--- v0 (2025-11-05)
+++ v1 (2025-12-31)
@@ -1,2605 +1,911 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00756100" w:rsidRPr="00A731AE" w:rsidRDefault="006F524C" w:rsidP="00A731AE">
-[...1681 lines deleted...]
-    <w:p w:rsidR="00170C15" w:rsidRPr="006F524C" w:rsidRDefault="008C3149" w:rsidP="008C3149">
+    <w:p w:rsidR="004F7D91" w:rsidRPr="006F524C" w:rsidRDefault="004F7D91" w:rsidP="004F7D91">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F8F9FA"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="916"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="540" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="006F524C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...2 lines deleted...]
-      <w:r w:rsidR="00170C15" w:rsidRPr="006F524C">
+        <w:t xml:space="preserve">Мектеп, туған мектеп. Әр адамның өмірінде бұл сөздерден қымбат ештеңе жоқ. Жылдар мен мыңжылдықтар өтеді, және оның туған мектебінің есімі адам өмірінде ең жарқын беттердің бірі ретінде мәңгі қалады. Ұл мен қыз білім әлеміне алғашқы қадамдарын жасайтын, ғылым негіздерін үйренетін және көбінесе олардың болашағын анықтайтын мектеп. Мектептің жұмысы көбінесе директорға байланысты, бірақ 70 жыл ішінде мектепте бар болғаны 8 адам </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">Мектеп, туған мектеп. Әр адамның өмірінде бұл сөздерден қымбат ештеңе жоқ. Жылдар мен мыңжылдықтар өтеді, және оның туған мектебінің есімі адам өмірінде ең жарқын беттердің бірі ретінде мәңгі қалады. Ұл мен қыз білім әлеміне алғашқы қадамдарын жасайтын, ғылым негіздерін үйренетін және көбінесе олардың болашағын анықтайтын мектеп. Мектептің жұмысы көбінесе директорға байланысты, бірақ 70 жыл ішінде мектепте бар болғаны 8 адам </w:t>
-[...8 lines deleted...]
-        </w:rPr>
         <w:t>осы қызметті атқарды.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00170C15" w:rsidRPr="006F524C" w:rsidRDefault="00E53DDE" w:rsidP="008C3149">
+    <w:p w:rsidR="004F7D91" w:rsidRPr="006F524C" w:rsidRDefault="004F7D91" w:rsidP="004F7D91">
       <w:pPr>
         <w:pStyle w:val="HTML"/>
         <w:shd w:val="clear" w:color="auto" w:fill="F8F9FA"/>
         <w:spacing w:line="540" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>Осакаров  совхозын</w:t>
       </w:r>
-      <w:r w:rsidR="00170C15" w:rsidRPr="006F524C">
+      <w:r w:rsidRPr="006F524C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>ың жеті жылдық мектебі 1944 жылы ашылды. Мектеп директоры болып Тамтиев Сейітқазы Тамтыұлы тағайындалды.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00170C15" w:rsidRPr="006F524C" w:rsidRDefault="00170C15" w:rsidP="008C3149">
+    <w:p w:rsidR="004F7D91" w:rsidRPr="006F524C" w:rsidRDefault="004F7D91" w:rsidP="004F7D91">
       <w:pPr>
         <w:pStyle w:val="HTML"/>
         <w:shd w:val="clear" w:color="auto" w:fill="F8F9FA"/>
         <w:spacing w:line="540" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006F524C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>    Бірінші директормен бірге мектептің алғашқы оқытушылары жұмыс жасады - Белоусова Р.Я., Шамшаева М., Бекер В.В. Алғашқы жылдары мектепте барлығы 48 оқушы болды. Соғыс аяқталғаннан кейін, 1</w:t>
       </w:r>
-      <w:r w:rsidR="00E53DDE">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>945-1946 жылдары жаңа мұғалімдер</w:t>
       </w:r>
       <w:r w:rsidRPr="006F524C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> келді - Оспанов Әшім Оспанұлы, Кенжебаев Сейсенбай Кенжебайұлы. Содан кейін 2-3 жылдан кейін басшылар мен мұғалімдер ауысады: 1949 жылы директор Баяндин, 1950 жылы Керова Н.С.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006F524C" w:rsidRDefault="00170C15" w:rsidP="008C3149">
+    <w:p w:rsidR="004F7D91" w:rsidRDefault="004F7D91" w:rsidP="004F7D91">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="F8F9FA"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="F8F9FA"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidR="006F524C" w:rsidRPr="006F524C">
+      <w:r w:rsidRPr="006F524C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="F8F9FA"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">Мектеп ғимараты қазылып жатқандықтан, казарма типтес жаңа ғимараттың құрылысы басталды. Соғыстан кейінгі қиын жылдарға қарамастан, мектеп ғимаратының құрылысы 1947 жылы аяқталды, сол жылы барлығы жаңа ғимаратқа көшті. </w:t>
       </w:r>
-      <w:r w:rsidR="00E53DDE">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="F8F9FA"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">Оқушылар </w:t>
       </w:r>
-      <w:r w:rsidR="006F524C" w:rsidRPr="006F524C">
+      <w:r w:rsidRPr="006F524C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="F8F9FA"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">саны артты, олардың саны 65 болды. 1951-1952 жж. Беков Әміржан Бекұлы мектеп директоры болып тағайындалды. Мектептің кадрлық әлеуеті - 12 мұғалім. Оқушылар - 60. </w:t>
       </w:r>
-      <w:r w:rsidR="003F6F2E">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="F8F9FA"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>Бір ж</w:t>
       </w:r>
-      <w:r w:rsidR="006F524C" w:rsidRPr="006F524C">
+      <w:r w:rsidRPr="006F524C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="F8F9FA"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">ыл ішінде мектептің материалдық базасы толықтырылды. </w:t>
       </w:r>
-      <w:r w:rsidR="006F524C" w:rsidRPr="00E53DDE">
+      <w:r w:rsidRPr="00E53DDE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="F8F9FA"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>Тәрбие жұмысының кейбір бағыттарында үлк</w:t>
       </w:r>
-      <w:r w:rsidR="003F6F2E">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="F8F9FA"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>ен жұмыс атқарылды</w:t>
       </w:r>
-      <w:r w:rsidR="006F524C" w:rsidRPr="00E53DDE">
+      <w:r w:rsidRPr="00E53DDE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="F8F9FA"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006F524C" w:rsidRDefault="006F524C" w:rsidP="008C3149">
+    <w:p w:rsidR="004F7D91" w:rsidRDefault="004F7D91" w:rsidP="004F7D91">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="F8F9FA"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006F524C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="F8F9FA"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>1952-1961 жылдар аралығында жаңа директор Виктор Игнатов тағайындалды.    Сонымен қатар, мектеп Осака</w:t>
       </w:r>
-      <w:r w:rsidR="00E53DDE">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="F8F9FA"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>ров совхозының 4 бөлімінен  тұратын оқушылар қамтылды.</w:t>
       </w:r>
       <w:r w:rsidRPr="006F524C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="F8F9FA"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">      Күніне 8, 10, 20, 39 км қашықтықта тұратын </w:t>
       </w:r>
-      <w:r w:rsidR="00E53DDE">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="F8F9FA"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">бөлімшелерден оқушылардың сабаққа қатысуы </w:t>
       </w:r>
       <w:r w:rsidRPr="006F524C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="F8F9FA"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>оңай болған ж</w:t>
       </w:r>
-      <w:r w:rsidR="00E53DDE">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="F8F9FA"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>оқ. С</w:t>
       </w:r>
       <w:r w:rsidRPr="006F524C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="F8F9FA"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">ондықтан мектеп мұғалімдері мен олардың жетекшісі интернат салу туралы шешім қабылдады. </w:t>
       </w:r>
       <w:r w:rsidRPr="00E53DDE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="F8F9FA"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>1952 жылы №1, № 2, № 3 және № 4</w:t>
       </w:r>
-      <w:r w:rsidR="00E53DDE">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="F8F9FA"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> бөлімшелердің  оқитын  оқушылары </w:t>
       </w:r>
       <w:r w:rsidRPr="00E53DDE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="F8F9FA"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> үшін интернат ашылды</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006F524C" w:rsidRPr="003F6F2E" w:rsidRDefault="006F524C" w:rsidP="00E53DDE">
+    <w:p w:rsidR="004F7D91" w:rsidRPr="003F6F2E" w:rsidRDefault="004F7D91" w:rsidP="004F7D91">
       <w:pPr>
         <w:pStyle w:val="HTML"/>
         <w:shd w:val="clear" w:color="auto" w:fill="F8F9FA"/>
         <w:spacing w:line="540" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006F524C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>1961-1966 жылдары мектеп директоры Анна Рыбалченко болды. Тәжірибелі ұйымдастырушы, ойлы және қамқор жетекші Анна Моисеевна үнемі ізденіп, оқу процесін ұйымдастырудың және қ</w:t>
       </w:r>
-      <w:r w:rsidR="00E53DDE">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>олдаудың тиімді формаларын енгізді</w:t>
       </w:r>
       <w:r w:rsidRPr="006F524C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">, мектептің материалдық-техникалық базасын нығайтуға көп көңіл бөлді. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006F524C" w:rsidRPr="006F524C" w:rsidRDefault="006F524C" w:rsidP="008C3149">
+    <w:p w:rsidR="004F7D91" w:rsidRPr="006F524C" w:rsidRDefault="004F7D91" w:rsidP="004F7D91">
       <w:pPr>
         <w:pStyle w:val="HTML"/>
         <w:shd w:val="clear" w:color="auto" w:fill="F8F9FA"/>
         <w:spacing w:line="540" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006F524C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>1964 жылы Осакаров ауданының Осакаров совхозының № 12 орта мектебінің ашылуы болды. Мектеп директоры болып Омеркулов Төлетай Арынұлы тағайындалды. Толетай Арынұлы бұл мектепте 33 жыл директор болып жұмыс істеді және оның басшылығы кезінде мектеп оқу процесінде де, спортта да жақсы нәтижелер көрсетті. Волейбол мен баскетболшылардың спорттық командасы спорттық және жеңіл атлетикалық іс-шараларда облыс намысын қорғады.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006F524C" w:rsidRPr="006F524C" w:rsidRDefault="006F524C" w:rsidP="008C3149">
+    <w:p w:rsidR="004F7D91" w:rsidRPr="006F524C" w:rsidRDefault="004F7D91" w:rsidP="004F7D91">
       <w:pPr>
         <w:pStyle w:val="HTML"/>
         <w:shd w:val="clear" w:color="auto" w:fill="F8F9FA"/>
         <w:spacing w:line="540" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="006F524C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">972 жылы Қазақ КСР Жоғарғы Кеңесі Президиумының 1972 жылғы 10 наурыздағы Жарлығының негізінде ол Жастар РОНО-ның әкімшілік бағынысына ауыстырылды. (Жастар РОНО-ның 08.03.1372 ж. № 36-А бұйрығы). РОНО-ның «Аудандағы мектептердің нөмірін өзгерту туралы» бұйрығының негізінде ол </w:t>
       </w:r>
-      <w:r w:rsidR="00E53DDE">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> Молодежный </w:t>
       </w:r>
       <w:r w:rsidRPr="006F524C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> ауданы Осакаров совхозының № 4 орта мектебі болып өзгертілді. (</w:t>
       </w:r>
-      <w:r w:rsidR="00E53DDE">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>Молодежный</w:t>
       </w:r>
       <w:r w:rsidRPr="006F524C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> РОНО-ның 1978 жылғы 8 қыркүйектегі № 29 бұйрығы</w:t>
       </w:r>
-      <w:r w:rsidR="00E53DDE">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006F524C" w:rsidRPr="006F524C" w:rsidRDefault="006F524C" w:rsidP="008C3149">
+    <w:p w:rsidR="004F7D91" w:rsidRPr="006F524C" w:rsidRDefault="004F7D91" w:rsidP="004F7D91">
       <w:pPr>
         <w:pStyle w:val="HTML"/>
         <w:shd w:val="clear" w:color="auto" w:fill="F8F9FA"/>
         <w:spacing w:line="540" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006F524C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">1976 жылы мектепте 500 оқушы болды. </w:t>
       </w:r>
-      <w:r w:rsidR="00E53DDE">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>Оқушыларға  орын</w:t>
       </w:r>
       <w:r w:rsidRPr="006F524C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> жетіспеушілігіне байланысты екі қабатты мектеп ғимаратына 4 сынып, спорт залы және оқу залы бар кітапхана, екі қабатты мектеп-интернат, қыздарға арналған жатын бөлме, оқу-өндірістік кешеніне арналған шеберханалар қосылды.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006F524C" w:rsidRPr="006F524C" w:rsidRDefault="006F524C" w:rsidP="008C3149">
+    <w:p w:rsidR="004F7D91" w:rsidRPr="006F524C" w:rsidRDefault="004F7D91" w:rsidP="004F7D91">
       <w:pPr>
         <w:pStyle w:val="HTML"/>
         <w:shd w:val="clear" w:color="auto" w:fill="F8F9FA"/>
         <w:spacing w:line="540" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006F524C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>1997 жылы Қазақстан Республикасы Президентінің 23.05.1997 жылғы Жарлығының негізінде мектеп Осакаров аудандық қоғамдық ұйымының әкімшілік бағынуына берілді. (Осакаров аудандық қоғамдық ұйымының 07.07.1997 жылғы № 69 бұйрығы).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006F524C" w:rsidRPr="006F524C" w:rsidRDefault="006F524C" w:rsidP="008C3149">
+    <w:p w:rsidR="004F7D91" w:rsidRPr="006F524C" w:rsidRDefault="004F7D91" w:rsidP="004F7D91">
       <w:pPr>
         <w:pStyle w:val="HTML"/>
         <w:shd w:val="clear" w:color="auto" w:fill="F8F9FA"/>
         <w:spacing w:line="540" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006F524C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>Аудандағы мектептердің нөмірін өзгерту туралы» РПО бұйрығының негізінде ол Осакаров ауданы, Дальне ауылының № 24 орта мектебі болып қайта аталды. (Осакаров аудандық қоғамдық ұйымының 1997 жылғы 24 шілдедегі № 38 бұйрығы).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006F524C" w:rsidRPr="006F524C" w:rsidRDefault="006F524C" w:rsidP="008C3149">
+    <w:p w:rsidR="004F7D91" w:rsidRPr="006F524C" w:rsidRDefault="004F7D91" w:rsidP="004F7D91">
       <w:pPr>
         <w:pStyle w:val="HTML"/>
         <w:shd w:val="clear" w:color="auto" w:fill="F8F9FA"/>
         <w:spacing w:line="540" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006F524C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t> 1997 жылы Т.А.Омеркуловтың зейнетке шығуына байланысты директор болып Беков Есмұрат Әміржанұлы тағайындалды. Қуатты, белсенді директор әрдайым әр түрлі идеялардың бастамашысы болды. Мектепте көптеген қызықты шаралар өтті - бұл КВН, концерттер, семинарлар, ардагерлермен кездесулер, кештер мен карнавалдар. Мектеп өмірі өте қызықты өтті. 2006-2007 оқу жылында оқушылар саны 98 болды.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006F524C" w:rsidRPr="006F524C" w:rsidRDefault="006F524C" w:rsidP="008C3149">
+    <w:p w:rsidR="004F7D91" w:rsidRPr="006F524C" w:rsidRDefault="004F7D91" w:rsidP="004F7D91">
       <w:pPr>
         <w:pStyle w:val="HTML"/>
         <w:shd w:val="clear" w:color="auto" w:fill="F8F9FA"/>
         <w:spacing w:line="540" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006F524C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>2006 жылы мектеп 2006 жылғы 24 ақпандағы № 0040556 лицензия негізінде «Осакаров ауданы, Дальне ауылының №24 орта мектебі» мемлекеттік мекемесі болып өзгертілді.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006F524C" w:rsidRPr="006F524C" w:rsidRDefault="006F524C" w:rsidP="008C3149">
+    <w:p w:rsidR="004F7D91" w:rsidRPr="006F524C" w:rsidRDefault="004F7D91" w:rsidP="004F7D91">
       <w:pPr>
         <w:pStyle w:val="HTML"/>
         <w:shd w:val="clear" w:color="auto" w:fill="F8F9FA"/>
         <w:spacing w:line="540" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006F524C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>2011 жылы жаңа директор болып Толкова Сулушаш Шалабайқызы тағайындалды.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BB24AC" w:rsidRDefault="006F524C" w:rsidP="008C3149">
+    <w:p w:rsidR="004F7D91" w:rsidRDefault="004F7D91" w:rsidP="004F7D91">
       <w:pPr>
         <w:pStyle w:val="HTML"/>
         <w:shd w:val="clear" w:color="auto" w:fill="F8F9FA"/>
         <w:spacing w:line="540" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006F524C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>  2011 жылы мектеп 2011 жылғы 14 қарашадағы № 00660 лицензия негізінде Қарағанды ​​облысы Осакаров ауданы әк</w:t>
       </w:r>
-      <w:r w:rsidR="00E53DDE">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">імдігінің « Аманқоңыр </w:t>
       </w:r>
       <w:r w:rsidRPr="006F524C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00E53DDE">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>селосы</w:t>
       </w:r>
       <w:r w:rsidRPr="006F524C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>ның №24 орта мектебі» коммуналдық мемлекеттік мекемесі болып өзгертілді</w:t>
       </w:r>
-      <w:r w:rsidR="00BE6E81">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E53DDE" w:rsidRDefault="00BE6E81" w:rsidP="008C3149">
+    <w:p w:rsidR="004F7D91" w:rsidRDefault="004F7D91" w:rsidP="004F7D91">
       <w:pPr>
         <w:pStyle w:val="HTML"/>
         <w:shd w:val="clear" w:color="auto" w:fill="F8F9FA"/>
         <w:spacing w:line="540" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">2021 жылы  5 қаңтарда   Қарағанды облысы білім басқармасының Осакаров ауданы білім бөлімінің  «№24 жалпы білім беретін мектебі» коммуналдық мемлекеттік мекеме болып өзгертілді. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006F524C" w:rsidRPr="006F524C" w:rsidRDefault="006F524C" w:rsidP="008C3149">
+    <w:p w:rsidR="004F7D91" w:rsidRPr="006F524C" w:rsidRDefault="004F7D91" w:rsidP="004F7D91">
       <w:pPr>
         <w:pStyle w:val="HTML"/>
         <w:shd w:val="clear" w:color="auto" w:fill="F8F9FA"/>
         <w:spacing w:line="540" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="006F524C" w:rsidRPr="006F524C" w:rsidSect="00BB24AC">
+    <w:p w:rsidR="00A827DB" w:rsidRPr="004F7D91" w:rsidRDefault="00A827DB">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:sectPr w:rsidR="00A827DB" w:rsidRPr="004F7D91" w:rsidSect="00BB24AC">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="567" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
-    <w:charset w:val="CC"/>
+    <w:charset w:val="00"/>
     <w:family w:val="modern"/>
+    <w:notTrueType/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00756100"/>
-[...12 lines deleted...]
-    <w:rsid w:val="00E53DDE"/>
+    <w:rsidRoot w:val="00E025B5"/>
+    <w:rsid w:val="004F7D91"/>
+    <w:rsid w:val="00A827DB"/>
+    <w:rsid w:val="00E025B5"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -2742,136 +1048,120 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="004F7D91"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a3">
-[...15 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:styleId="HTML">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="HTML0"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="006F524C"/>
+    <w:rsid w:val="004F7D91"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="916"/>
         <w:tab w:val="left" w:pos="1832"/>
         <w:tab w:val="left" w:pos="2748"/>
         <w:tab w:val="left" w:pos="3664"/>
         <w:tab w:val="left" w:pos="4580"/>
         <w:tab w:val="left" w:pos="5496"/>
         <w:tab w:val="left" w:pos="6412"/>
         <w:tab w:val="left" w:pos="7328"/>
         <w:tab w:val="left" w:pos="8244"/>
         <w:tab w:val="left" w:pos="9160"/>
         <w:tab w:val="left" w:pos="10076"/>
         <w:tab w:val="left" w:pos="10992"/>
         <w:tab w:val="left" w:pos="11908"/>
         <w:tab w:val="left" w:pos="12824"/>
         <w:tab w:val="left" w:pos="13740"/>
         <w:tab w:val="left" w:pos="14656"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HTML0">
     <w:name w:val="Стандартный HTML Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="HTML"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="006F524C"/>
+    <w:rsid w:val="004F7D91"/>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
@@ -2997,444 +1287,139 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="004F7D91"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a3">
-[...15 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:styleId="HTML">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="HTML0"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="006F524C"/>
+    <w:rsid w:val="004F7D91"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="916"/>
         <w:tab w:val="left" w:pos="1832"/>
         <w:tab w:val="left" w:pos="2748"/>
         <w:tab w:val="left" w:pos="3664"/>
         <w:tab w:val="left" w:pos="4580"/>
         <w:tab w:val="left" w:pos="5496"/>
         <w:tab w:val="left" w:pos="6412"/>
         <w:tab w:val="left" w:pos="7328"/>
         <w:tab w:val="left" w:pos="8244"/>
         <w:tab w:val="left" w:pos="9160"/>
         <w:tab w:val="left" w:pos="10076"/>
         <w:tab w:val="left" w:pos="10992"/>
         <w:tab w:val="left" w:pos="11908"/>
         <w:tab w:val="left" w:pos="12824"/>
         <w:tab w:val="left" w:pos="13740"/>
         <w:tab w:val="left" w:pos="14656"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HTML0">
     <w:name w:val="Стандартный HTML Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="HTML"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="006F524C"/>
+    <w:rsid w:val="004F7D91"/>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
-  <w:divs>
-[...286 lines deleted...]
-  </w:divs>
   <w:optimizeForBrowser/>
-  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -3678,86 +1663,59 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...14 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>5</Pages>
-[...1 lines deleted...]
-  <Characters>8892</Characters>
+  <Pages>3</Pages>
+  <Words>711</Words>
+  <Characters>4054</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>74</Lines>
-  <Paragraphs>20</Paragraphs>
+  <Lines>33</Lines>
+  <Paragraphs>9</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...14 lines deleted...]
-  <Company/>
+  <Company>StartSoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>10432</CharactersWithSpaces>
+  <CharactersWithSpaces>4756</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Санду</dc:creator>
+  <dc:title/>
+  <dc:subject/>
+  <dc:creator>Админ</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>