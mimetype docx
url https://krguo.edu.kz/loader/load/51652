--- v0 (2025-10-09)
+++ v1 (2026-02-03)
@@ -1,6244 +1,6555 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="3BA833B7" w14:textId="40538256" w:rsidR="00097C4B" w:rsidRPr="00D8658C" w:rsidRDefault="00C12E78" w:rsidP="00097C4B">
+    <w:p w14:paraId="0F1CB2E6" w14:textId="41FEF9EC" w:rsidR="00217E15" w:rsidRPr="00914C9B" w:rsidRDefault="00687B5C" w:rsidP="00217E15">
       <w:pPr>
         <w:spacing w:after="0" w:line="280" w:lineRule="auto"/>
         <w:ind w:right="1395"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_Hlk116590048"/>
-      <w:r w:rsidRPr="00ED70B8">
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00217E15" w:rsidRPr="00ED70B8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">    </w:t>
       </w:r>
-      <w:r w:rsidR="00097C4B">
+      <w:r w:rsidR="00217E15">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">                                                   </w:t>
+        <w:t xml:space="preserve">                            </w:t>
       </w:r>
-      <w:r w:rsidRPr="00ED70B8">
+      <w:r w:rsidR="00217E15" w:rsidRPr="00ED70B8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00097C4B" w:rsidRPr="00097C4B">
+      <w:r w:rsidR="00914C9B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:noProof/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Қаныш Сәтбаев атындағы тірек мектебі (РО)КММ»</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00097C4B" w:rsidRPr="00D8658C">
+      <w:r w:rsidR="00217E15" w:rsidRPr="00097C4B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">. </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00914C9B" w:rsidRPr="00914C9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>КГУ «Опорная школа (РЦ) имени Каныша Сатбаева»</w:t>
+      </w:r>
+      <w:r w:rsidR="00914C9B" w:rsidRPr="00914C9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00914C9B" w:rsidRPr="00914C9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>на 2022-2023 г.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C646E65" w14:textId="09434CEB" w:rsidR="00097C4B" w:rsidRPr="003B3BB8" w:rsidRDefault="00097C4B" w:rsidP="00C12E78">
+    <w:p w14:paraId="55FA6BC9" w14:textId="528844D0" w:rsidR="00217E15" w:rsidRPr="00914C9B" w:rsidRDefault="00914C9B" w:rsidP="00217E15">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003B3BB8">
+      <w:r w:rsidRPr="00914C9B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">                                 </w:t>
+        <w:t xml:space="preserve">                             </w:t>
       </w:r>
-      <w:r w:rsidR="00C12E78" w:rsidRPr="003B3BB8">
+      <w:r w:rsidRPr="00914C9B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">  2022 – 2023 оқу жылына арналған Кәсіби бағдар бойынша жұмыс</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">План Работы по профориентации на 2022 – 2023 учебный год </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05285DDD" w14:textId="3BFEA783" w:rsidR="00C12E78" w:rsidRPr="003B3BB8" w:rsidRDefault="00097C4B" w:rsidP="00C12E78">
-[...23 lines deleted...]
-    <w:p w14:paraId="02A52E3C" w14:textId="77777777" w:rsidR="00C12E78" w:rsidRPr="003B3BB8" w:rsidRDefault="00C12E78" w:rsidP="00C12E78">
+    <w:p w14:paraId="0305DD68" w14:textId="77777777" w:rsidR="00217E15" w:rsidRPr="003B3BB8" w:rsidRDefault="00217E15" w:rsidP="00217E15">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3E9B3BFB" w14:textId="78A5907E" w:rsidR="00C12E78" w:rsidRPr="003B3BB8" w:rsidRDefault="00C12E78" w:rsidP="00C12E78">
+    <w:p w14:paraId="130B9B07" w14:textId="4D3BE540" w:rsidR="00217E15" w:rsidRPr="003B3BB8" w:rsidRDefault="00914C9B" w:rsidP="00217E15">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003B3BB8">
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Мақсаты: </w:t>
+        <w:t xml:space="preserve">Цель </w:t>
+      </w:r>
+      <w:r w:rsidR="00217E15" w:rsidRPr="003B3BB8">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="478FD4A1" w14:textId="7E466526" w:rsidR="00C12E78" w:rsidRPr="003B3BB8" w:rsidRDefault="00C12E78" w:rsidP="00C12E78">
+    <w:p w14:paraId="245198E8" w14:textId="4CF41D03" w:rsidR="00217E15" w:rsidRPr="00914C9B" w:rsidRDefault="00914C9B" w:rsidP="00914C9B">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003B3BB8">
-[...45 lines deleted...]
-      <w:r w:rsidR="00CC1756" w:rsidRPr="003B3BB8">
+      <w:r>
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00D13957" w:rsidRPr="003B3BB8">
+      <w:r w:rsidRPr="00914C9B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Оказание помощи учащимся в определении своих способностей, склонностей к определенной профессиональной сфере и правильном выборе профессии, всесторонне подготовив подростков как личность;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2EF9A44E" w14:textId="77777777" w:rsidR="00914C9B" w:rsidRDefault="00914C9B" w:rsidP="00217E15">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6963C6E8" w14:textId="754E6712" w:rsidR="00217E15" w:rsidRPr="003B3BB8" w:rsidRDefault="00914C9B" w:rsidP="00217E15">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Обязанности:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33D2AF30" w14:textId="77777777" w:rsidR="00217E15" w:rsidRPr="003B3BB8" w:rsidRDefault="00217E15" w:rsidP="00217E15">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="34979669" w14:textId="424367F5" w:rsidR="00217E15" w:rsidRPr="00914C9B" w:rsidRDefault="00914C9B" w:rsidP="00217E15">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00914C9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00914C9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Развитие социального партнерства в рамках профессионального образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3672090C" w14:textId="241CC8AE" w:rsidR="00217E15" w:rsidRPr="00914C9B" w:rsidRDefault="00914C9B" w:rsidP="00217E15">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00914C9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Организация предпрофильной, профориентационной работы совместно с профессиональными образовательными учреждениями;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FD1CF1A" w14:textId="718B0F59" w:rsidR="00217E15" w:rsidRPr="00A92E49" w:rsidRDefault="00914C9B" w:rsidP="00217E15">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A92E49" w:rsidRPr="00A92E49">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Организовать работу по выбору профессии с учетом индивидуальных психофизиологических особенностей, исходя из потребностей региона в специалистах, в зависимости от состояния здоровья, в соответствии с их профессиональными предпочтениями;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F02E5B2" w14:textId="186339F4" w:rsidR="00217E15" w:rsidRPr="00A92E49" w:rsidRDefault="00A92E49" w:rsidP="00217E15">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> мамндықты дұрыс</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="003B3BB8">
+      </w:pPr>
+      <w:r w:rsidRPr="00A92E49">
         <w:rPr>
           <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> таңдауына көмек беру;</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A92E49">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>проводить консультации с родителями, поддерживать связь, ориентироваться;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="73DD0538" w14:textId="77777777" w:rsidR="00C12E78" w:rsidRPr="003B3BB8" w:rsidRDefault="00C12E78" w:rsidP="00C12E78">
+    <w:p w14:paraId="6D32C1EA" w14:textId="77777777" w:rsidR="00217E15" w:rsidRPr="003B3BB8" w:rsidRDefault="00217E15" w:rsidP="00217E15">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="011E224B" w14:textId="65F9CAA0" w:rsidR="00C12E78" w:rsidRPr="003B3BB8" w:rsidRDefault="00C12E78" w:rsidP="00C12E78">
-[...214 lines deleted...]
-    <w:p w14:paraId="5A0F591B" w14:textId="77777777" w:rsidR="000563D9" w:rsidRPr="000563D9" w:rsidRDefault="000563D9" w:rsidP="000563D9">
+    <w:p w14:paraId="4F462F8F" w14:textId="18FFEB97" w:rsidR="00217E15" w:rsidRPr="003B3BB8" w:rsidRDefault="00AE34E0" w:rsidP="00217E15">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ожидаемый результат</w:t>
+      </w:r>
+      <w:r w:rsidR="00217E15" w:rsidRPr="003B3BB8">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE34E0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ученик осознает свой природный потенциал и познавательные возможности, формируется как личность, может выбрать конкретную профессию</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="529B5D09" w14:textId="77777777" w:rsidR="00217E15" w:rsidRPr="003B3BB8" w:rsidRDefault="00217E15" w:rsidP="00217E15">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="14734" w:type="dxa"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblCellMar>
           <w:top w:w="105" w:type="dxa"/>
           <w:left w:w="105" w:type="dxa"/>
           <w:bottom w:w="105" w:type="dxa"/>
           <w:right w:w="105" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7647"/>
         <w:gridCol w:w="1492"/>
         <w:gridCol w:w="3327"/>
         <w:gridCol w:w="2268"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003B3BB8" w:rsidRPr="003B3BB8" w14:paraId="6762238C" w14:textId="77777777" w:rsidTr="00C40128">
+      <w:tr w:rsidR="00217E15" w:rsidRPr="003B3BB8" w14:paraId="6928F0F2" w14:textId="77777777" w:rsidTr="00C01DFF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0C56049A" w14:textId="77777777" w:rsidR="00F71039" w:rsidRPr="003B3BB8" w:rsidRDefault="00F71039" w:rsidP="0076312A">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="003B3BB8">
+          <w:p w14:paraId="2D4D052D" w14:textId="3DC0010A" w:rsidR="00217E15" w:rsidRPr="003B3BB8" w:rsidRDefault="00AE34E0" w:rsidP="00C01DFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Іс-шаралар</w:t>
+              <w:t xml:space="preserve"> Мероприятия</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1492" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5AFB4CBA" w14:textId="77777777" w:rsidR="00F71039" w:rsidRPr="003B3BB8" w:rsidRDefault="00F71039" w:rsidP="0076312A">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="003B3BB8">
+          <w:p w14:paraId="7ECC6031" w14:textId="5FA1A62D" w:rsidR="00217E15" w:rsidRPr="003B3BB8" w:rsidRDefault="00AE34E0" w:rsidP="00C01DFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Мерзімі</w:t>
+              <w:t xml:space="preserve"> Срок </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3327" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="75BB7207" w14:textId="77777777" w:rsidR="00F71039" w:rsidRPr="003B3BB8" w:rsidRDefault="00F71039" w:rsidP="0076312A">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="003B3BB8">
+          <w:p w14:paraId="019337A2" w14:textId="13CA1DC8" w:rsidR="00217E15" w:rsidRPr="003B3BB8" w:rsidRDefault="00AE34E0" w:rsidP="00C01DFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Жауаптылар</w:t>
+              <w:t>Ответственные</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="33127D6A" w14:textId="77777777" w:rsidR="00F71039" w:rsidRPr="003B3BB8" w:rsidRDefault="00F71039" w:rsidP="0076312A">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="003B3BB8">
+          <w:p w14:paraId="07C9F0D6" w14:textId="5340AB97" w:rsidR="00217E15" w:rsidRPr="003B3BB8" w:rsidRDefault="00AE34E0" w:rsidP="00C01DFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Есеп түрі</w:t>
+              <w:t>Тип отчета</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B3BB8" w:rsidRPr="003B3BB8" w14:paraId="3B43A761" w14:textId="77777777" w:rsidTr="00C40128">
+      <w:tr w:rsidR="00217E15" w:rsidRPr="003B3BB8" w14:paraId="24DB1643" w14:textId="77777777" w:rsidTr="00C01DFF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="14734" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3AFA9C1C" w14:textId="315BEE4B" w:rsidR="00F71039" w:rsidRPr="003B3BB8" w:rsidRDefault="006A5B07" w:rsidP="0076312A">
-[...10 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="62B069E3" w14:textId="06EBCCE6" w:rsidR="00217E15" w:rsidRPr="00AE34E0" w:rsidRDefault="00133C8E" w:rsidP="00133C8E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">                                                </w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:noProof/>
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                                          </w:t>
+            </w:r>
+            <w:r w:rsidR="00AE34E0" w:rsidRPr="00AE34E0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:noProof/>
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Работа с педаго</w:t>
+            </w:r>
+            <w:r w:rsidR="00CB7EBD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:noProof/>
-[...4 lines deleted...]
-              <w:t>мен жұмыс</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>гами</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B3BB8" w:rsidRPr="003B3BB8" w14:paraId="028B7E8E" w14:textId="77777777" w:rsidTr="00C40128">
+      <w:tr w:rsidR="00217E15" w:rsidRPr="003B3BB8" w14:paraId="6CA24B6A" w14:textId="77777777" w:rsidTr="00C01DFF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2D78F979" w14:textId="77777777" w:rsidR="00F71039" w:rsidRPr="003B3BB8" w:rsidRDefault="00F71039" w:rsidP="0076312A">
-[...18 lines deleted...]
-              <w:t>Кәсіптік бағдар беру кеңесін құру</w:t>
+          <w:p w14:paraId="03F1D84B" w14:textId="55CC09BC" w:rsidR="00217E15" w:rsidRPr="00AE34E0" w:rsidRDefault="00AE34E0" w:rsidP="00C01DFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE34E0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Создание Совета профориентации</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1492" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="15076A81" w14:textId="78BA8E62" w:rsidR="00F71039" w:rsidRPr="003B3BB8" w:rsidRDefault="0021658A" w:rsidP="0076312A">
-[...28 lines deleted...]
-              <w:t>ыркүйек</w:t>
+          <w:p w14:paraId="70036174" w14:textId="236103D4" w:rsidR="00217E15" w:rsidRPr="003B3BB8" w:rsidRDefault="00AE34E0" w:rsidP="00C01DFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Сентябр</w:t>
+            </w:r>
+            <w:r w:rsidR="009D748D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ь</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3327" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="588D9EA5" w14:textId="17A12FFF" w:rsidR="00F71039" w:rsidRPr="003B3BB8" w:rsidRDefault="006B5274" w:rsidP="0076312A">
-[...29 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="4CBE7F6C" w14:textId="7AA1B139" w:rsidR="00217E15" w:rsidRPr="003B3BB8" w:rsidRDefault="00AE34E0" w:rsidP="00C01DFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Директор школы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="115" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="115" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="432B3BCF" w14:textId="5B714A97" w:rsidR="00217E15" w:rsidRPr="003B3BB8" w:rsidRDefault="00AE34E0" w:rsidP="00C01DFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>приказ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00217E15" w:rsidRPr="003B3BB8" w14:paraId="530AB6BD" w14:textId="77777777" w:rsidTr="00C01DFF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="115" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="115" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="29340BD5" w14:textId="2619E393" w:rsidR="00217E15" w:rsidRPr="00AE34E0" w:rsidRDefault="00AE34E0" w:rsidP="00C01DFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00F71039" w:rsidRPr="003B3BB8">
-[...91 lines deleted...]
-              <w:t>Мұғалімдерді кәсіптік бағыт-бағдар берудегі нұсқау, бұйрық, шешімдерімен таныстыру</w:t>
+            <w:r w:rsidRPr="00AE34E0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ознакомление учителей с инструкциями, приказами, решениями в профессиональной ориентации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1492" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="012F3DBB" w14:textId="1865C44F" w:rsidR="00F71039" w:rsidRPr="003B3BB8" w:rsidRDefault="0021658A" w:rsidP="0076312A">
-[...28 lines deleted...]
-              <w:t>ыркүйек</w:t>
+          <w:p w14:paraId="4CB6BAA0" w14:textId="24B2A824" w:rsidR="00217E15" w:rsidRPr="003B3BB8" w:rsidRDefault="00AE34E0" w:rsidP="00C01DFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Сентябр</w:t>
+            </w:r>
+            <w:r w:rsidR="009D748D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ь</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3327" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0C5FD633" w14:textId="3563D353" w:rsidR="00F71039" w:rsidRPr="003B3BB8" w:rsidRDefault="006B5274" w:rsidP="0076312A">
-[...18 lines deleted...]
-              <w:t>Кәсіби бағдар беруші</w:t>
+          <w:p w14:paraId="19227A92" w14:textId="6B44DF0B" w:rsidR="00217E15" w:rsidRPr="003B3BB8" w:rsidRDefault="00AE34E0" w:rsidP="00C01DFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Профориентатор </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0026477A" w14:textId="77777777" w:rsidR="0021658A" w:rsidRDefault="0021658A" w:rsidP="0076312A">
-[...54 lines deleted...]
-              <w:t>Хаттама</w:t>
+          <w:p w14:paraId="20620CB5" w14:textId="77777777" w:rsidR="005A0AC4" w:rsidRDefault="005A0AC4" w:rsidP="00C01DFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2720EBD0" w14:textId="77777777" w:rsidR="005A0AC4" w:rsidRDefault="005A0AC4" w:rsidP="00C01DFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5B0AB94D" w14:textId="77777777" w:rsidR="005A0AC4" w:rsidRDefault="005A0AC4" w:rsidP="00C01DFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5AC502D6" w14:textId="33EA7930" w:rsidR="00217E15" w:rsidRPr="003B3BB8" w:rsidRDefault="005A0AC4" w:rsidP="00C01DFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Протокол </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B3BB8" w:rsidRPr="003B3BB8" w14:paraId="3D69F93F" w14:textId="77777777" w:rsidTr="00C40128">
+      <w:tr w:rsidR="00217E15" w:rsidRPr="005A0AC4" w14:paraId="62CCD234" w14:textId="77777777" w:rsidTr="00C01DFF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6D9BDAB5" w14:textId="4C829311" w:rsidR="00F71039" w:rsidRPr="003B3BB8" w:rsidRDefault="00F71039" w:rsidP="0076312A">
-[...20 lines deleted...]
-            <w:r w:rsidR="00503FDE" w:rsidRPr="003B3BB8">
+          <w:p w14:paraId="5D11592F" w14:textId="56C0CC2F" w:rsidR="00217E15" w:rsidRPr="00FB1ED4" w:rsidRDefault="00AE34E0" w:rsidP="00C01DFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FB1ED4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="003B3BB8">
-[...7 lines deleted...]
-              <w:t>оқушыларының кәсіби бағдар беру жұмысын талдау.</w:t>
+            <w:r w:rsidRPr="00FB1ED4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Анализ и проверка профориентационной работы школьников.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1492" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0F22528F" w14:textId="77777777" w:rsidR="00F71039" w:rsidRPr="003B3BB8" w:rsidRDefault="00F71039" w:rsidP="0076312A">
-[...86 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+          <w:p w14:paraId="7D9748D2" w14:textId="77777777" w:rsidR="00217E15" w:rsidRPr="003B3BB8" w:rsidRDefault="00217E15" w:rsidP="00C01DFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2FD19DF2" w14:textId="77777777" w:rsidR="00217E15" w:rsidRPr="003B3BB8" w:rsidRDefault="00217E15" w:rsidP="00C01DFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="17A517EC" w14:textId="77777777" w:rsidR="00217E15" w:rsidRPr="003B3BB8" w:rsidRDefault="00217E15" w:rsidP="00C01DFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="33936565" w14:textId="77777777" w:rsidR="00217E15" w:rsidRPr="003B3BB8" w:rsidRDefault="00217E15" w:rsidP="00C01DFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="38A5910F" w14:textId="38878C5F" w:rsidR="00217E15" w:rsidRPr="003B3BB8" w:rsidRDefault="00CB7EBD" w:rsidP="00C01DFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>В течение</w:t>
+            </w:r>
+            <w:r w:rsidR="00FB1ED4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> год</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>а</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3327" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="47AD8F50" w14:textId="5217088A" w:rsidR="00F71039" w:rsidRPr="003B3BB8" w:rsidRDefault="00F71039" w:rsidP="0076312A">
-[...28 lines deleted...]
-              <w:t>орынбасарлары</w:t>
+          <w:p w14:paraId="42BABD39" w14:textId="2C5D018E" w:rsidR="00217E15" w:rsidRPr="003B3BB8" w:rsidRDefault="00FB1ED4" w:rsidP="00C01DFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ЗДВР</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="685FC734" w14:textId="77777777" w:rsidR="00F71039" w:rsidRPr="003B3BB8" w:rsidRDefault="00F71039" w:rsidP="0076312A">
+          <w:p w14:paraId="10FA0635" w14:textId="77777777" w:rsidR="00217E15" w:rsidRPr="003B3BB8" w:rsidRDefault="00217E15" w:rsidP="00C01DFF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B3BB8" w:rsidRPr="003B3BB8" w14:paraId="5B544A1D" w14:textId="77777777" w:rsidTr="00C40128">
+      <w:tr w:rsidR="00217E15" w:rsidRPr="003B3BB8" w14:paraId="7B0D6BA6" w14:textId="77777777" w:rsidTr="00C01DFF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="258BBA2F" w14:textId="1C247DBE" w:rsidR="00F71039" w:rsidRPr="003B3BB8" w:rsidRDefault="00F71039" w:rsidP="0076312A">
-[...30 lines deleted...]
-            <w:r w:rsidRPr="003B3BB8">
+          <w:p w14:paraId="66A90282" w14:textId="1731F152" w:rsidR="00217E15" w:rsidRPr="00FB1ED4" w:rsidRDefault="00FB1ED4" w:rsidP="00C01DFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FB1ED4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00503FDE" w:rsidRPr="003B3BB8">
-[...37 lines deleted...]
-              <w:t xml:space="preserve"> әрекеттестігі (кездесу және экскурсия)</w:t>
+            <w:r w:rsidRPr="00FB1ED4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Взаимодействие вузов и колледжей в профессиональной ориентации школьников (встреч</w:t>
+            </w:r>
+            <w:r w:rsidR="00CB7EBD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>и,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB1ED4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> экскурси</w:t>
+            </w:r>
+            <w:r w:rsidR="00CB7EBD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB1ED4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7C725DCF" w14:textId="77777777" w:rsidR="00F71039" w:rsidRPr="003B3BB8" w:rsidRDefault="00F71039" w:rsidP="0076312A">
+          <w:p w14:paraId="7CD22B76" w14:textId="77777777" w:rsidR="00217E15" w:rsidRPr="003B3BB8" w:rsidRDefault="00217E15" w:rsidP="00C01DFF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3327" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4A85CC01" w14:textId="77777777" w:rsidR="00F71039" w:rsidRPr="003B3BB8" w:rsidRDefault="00F71039" w:rsidP="0076312A">
-[...18 lines deleted...]
-              <w:t>Кәсіби бағдар беруші</w:t>
+          <w:p w14:paraId="25DA3FD6" w14:textId="71ECA585" w:rsidR="00217E15" w:rsidRPr="003B3BB8" w:rsidRDefault="00FB1ED4" w:rsidP="00C01DFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Профориентатор</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="09F01B4F" w14:textId="77777777" w:rsidR="00F71039" w:rsidRPr="003B3BB8" w:rsidRDefault="00F71039" w:rsidP="0076312A">
+          <w:p w14:paraId="40CFB2DC" w14:textId="77777777" w:rsidR="00217E15" w:rsidRPr="003B3BB8" w:rsidRDefault="00217E15" w:rsidP="00C01DFF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B3BB8" w:rsidRPr="003B3BB8" w14:paraId="0D3B0779" w14:textId="77777777" w:rsidTr="00C40128">
+      <w:tr w:rsidR="00217E15" w:rsidRPr="003B3BB8" w14:paraId="06B49B98" w14:textId="77777777" w:rsidTr="00C01DFF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4BAC1F03" w14:textId="77777777" w:rsidR="00F71039" w:rsidRPr="003B3BB8" w:rsidRDefault="00F71039" w:rsidP="0076312A">
-[...18 lines deleted...]
-              <w:t>Сыныптағы кәсіби бағдар беру жұмыстарын ұйымдастыру туралы мұғалімдерге жеке кеңестер беру;</w:t>
+          <w:p w14:paraId="4CE7B551" w14:textId="434B3E52" w:rsidR="00217E15" w:rsidRPr="00FB1ED4" w:rsidRDefault="00FB1ED4" w:rsidP="00C01DFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FB1ED4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB1ED4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Индивидуальные консультации учителей об организации профориентационной работы в классе</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="252EA62F" w14:textId="77777777" w:rsidR="00F71039" w:rsidRPr="003B3BB8" w:rsidRDefault="00F71039" w:rsidP="0076312A">
+          <w:p w14:paraId="7023C18F" w14:textId="77777777" w:rsidR="00217E15" w:rsidRPr="003B3BB8" w:rsidRDefault="00217E15" w:rsidP="00C01DFF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3327" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3934C91F" w14:textId="0E45E94E" w:rsidR="00F03AA3" w:rsidRDefault="006B5274" w:rsidP="0076312A">
-[...31 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="4050AFE2" w14:textId="77777777" w:rsidR="00217E15" w:rsidRDefault="00FB1ED4" w:rsidP="00C01DFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ЗДВР</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="26C582B0" w14:textId="3BE513AE" w:rsidR="00FB1ED4" w:rsidRPr="003B3BB8" w:rsidRDefault="00FB1ED4" w:rsidP="00C01DFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Профориентатор</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5FE91E44" w14:textId="03E3C7C3" w:rsidR="00F71039" w:rsidRPr="003B3BB8" w:rsidRDefault="00F03AA3" w:rsidP="0076312A">
-[...18 lines deleted...]
-              <w:t>Хаттама</w:t>
+          <w:p w14:paraId="0233579C" w14:textId="1689B00D" w:rsidR="00217E15" w:rsidRPr="003B3BB8" w:rsidRDefault="00FB1ED4" w:rsidP="00C01DFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Протокол</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B3BB8" w:rsidRPr="003B3BB8" w14:paraId="30ABBA06" w14:textId="77777777" w:rsidTr="00C40128">
+      <w:tr w:rsidR="00217E15" w:rsidRPr="003B3BB8" w14:paraId="7C91413D" w14:textId="77777777" w:rsidTr="00C01DFF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="14734" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0F6F01FB" w14:textId="4C0262B4" w:rsidR="00F71039" w:rsidRPr="003B3BB8" w:rsidRDefault="006A5B07" w:rsidP="006A5B07">
-[...10 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="59C1D83B" w14:textId="247A8328" w:rsidR="00217E15" w:rsidRPr="00FB1ED4" w:rsidRDefault="00133C8E" w:rsidP="00133C8E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">                                   </w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:noProof/>
-[...4 lines deleted...]
-              <w:t>Оқушылармен жұмыс</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                                         </w:t>
+            </w:r>
+            <w:r w:rsidR="00FB1ED4" w:rsidRPr="00FB1ED4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Работа с учащимися</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B3BB8" w:rsidRPr="003B3BB8" w14:paraId="1B9AF607" w14:textId="77777777" w:rsidTr="00C40128">
+      <w:tr w:rsidR="00217E15" w:rsidRPr="003B3BB8" w14:paraId="46CC260A" w14:textId="77777777" w:rsidTr="00C01DFF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="470C48BA" w14:textId="77777777" w:rsidR="00F71039" w:rsidRPr="003B3BB8" w:rsidRDefault="00F71039" w:rsidP="0076312A">
+          <w:p w14:paraId="6B80AEB4" w14:textId="2FC27A55" w:rsidR="00217E15" w:rsidRPr="00F679F9" w:rsidRDefault="00AC5CC6" w:rsidP="00C01DFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F679F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F679F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Продолжение обучения выпускников в учреждениях профессионального образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1492" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="115" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="115" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="42BB1ECF" w14:textId="0CFFC6DC" w:rsidR="00217E15" w:rsidRPr="003B3BB8" w:rsidRDefault="00FB1ED4" w:rsidP="00C01DFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Сентябр</w:t>
+            </w:r>
+            <w:r w:rsidR="00CB7EBD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3327" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="115" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="115" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1F99C8F0" w14:textId="62487EE6" w:rsidR="00217E15" w:rsidRPr="003B3BB8" w:rsidRDefault="00217E15" w:rsidP="00C01DFF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003B3BB8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Кәсіптік білім мекемелерінде мектеп бітіруші түлектердің оқуын жалғастыруы</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00BF7486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Профориентатор</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="115" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="115" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="69BE5B94" w14:textId="0A8A4A5C" w:rsidR="00217E15" w:rsidRPr="003B3BB8" w:rsidRDefault="00F679F9" w:rsidP="00C01DFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Анализ работы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00217E15" w:rsidRPr="003B3BB8" w14:paraId="438A8D3A" w14:textId="77777777" w:rsidTr="00C01DFF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="115" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="115" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="20DC2F57" w14:textId="46D1048A" w:rsidR="00217E15" w:rsidRPr="00F679F9" w:rsidRDefault="00AC5CC6" w:rsidP="00C01DFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F679F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F679F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>К</w:t>
+            </w:r>
+            <w:r w:rsidR="00CB7EBD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>руглый стол</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F679F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="009D748D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F679F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>профессиональное самосознание и профессиональное становление</w:t>
+            </w:r>
+            <w:r w:rsidR="009D748D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F679F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (выбор профессии).</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1492" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3D4EEB86" w14:textId="7CD6817D" w:rsidR="00F71039" w:rsidRPr="003B3BB8" w:rsidRDefault="0021658A" w:rsidP="0076312A">
+          <w:p w14:paraId="3A10F10D" w14:textId="4862AFD1" w:rsidR="00217E15" w:rsidRPr="003B3BB8" w:rsidRDefault="00CB7EBD" w:rsidP="00C01DFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>В течение года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3327" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="115" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="115" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="36FC4E66" w14:textId="26A8B872" w:rsidR="00217E15" w:rsidRPr="003B3BB8" w:rsidRDefault="00FB1ED4" w:rsidP="00C01DFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Педагог </w:t>
+            </w:r>
+            <w:r w:rsidR="00AC5CC6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:r w:rsidR="00217E15" w:rsidRPr="003B3BB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>сихолог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="115" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="115" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="08586E42" w14:textId="2A119B9A" w:rsidR="00217E15" w:rsidRPr="003B3BB8" w:rsidRDefault="00F679F9" w:rsidP="00C01DFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Справка </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00217E15" w:rsidRPr="003B3BB8" w14:paraId="534ED81C" w14:textId="77777777" w:rsidTr="00C01DFF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="115" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="115" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3558CD34" w14:textId="50104D6B" w:rsidR="00217E15" w:rsidRPr="008F2E54" w:rsidRDefault="00AC5CC6" w:rsidP="00C01DFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F679F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="008F2E54">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> По проекту</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F679F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F679F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «</w:t>
+            </w:r>
+            <w:r w:rsidR="008F2E54">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Өнегелі өмір</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F679F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidR="008F2E54">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> проводить встречу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1492" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="115" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="115" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="057890F1" w14:textId="6A25D4D4" w:rsidR="00217E15" w:rsidRDefault="00AC5CC6" w:rsidP="00C01DFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Сентябр</w:t>
+            </w:r>
+            <w:r w:rsidR="00CB7EBD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ь</w:t>
+            </w:r>
+            <w:r w:rsidR="008F2E54">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> -</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2AC50348" w14:textId="7DA6B64D" w:rsidR="00AC5CC6" w:rsidRPr="003B3BB8" w:rsidRDefault="00AC5CC6" w:rsidP="00C01DFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Март</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3327" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="115" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="115" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="676D8D26" w14:textId="77777777" w:rsidR="00F679F9" w:rsidRDefault="00F679F9" w:rsidP="00F679F9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ЗДВР</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="37F8F04B" w14:textId="3C244FA0" w:rsidR="00217E15" w:rsidRPr="003B3BB8" w:rsidRDefault="00F679F9" w:rsidP="00C01DFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Профориентатор </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="115" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="115" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="642750AD" w14:textId="11A4245F" w:rsidR="00217E15" w:rsidRPr="003B3BB8" w:rsidRDefault="00217E15" w:rsidP="00C01DFF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003B3BB8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Қ</w:t>
-[...101 lines deleted...]
-              <w:t>Талдау анықтамасы</w:t>
+              <w:t xml:space="preserve">Фото </w:t>
+            </w:r>
+            <w:r w:rsidR="00F679F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>отчет</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B3BB8" w:rsidRPr="003B3BB8" w14:paraId="78554E3D" w14:textId="77777777" w:rsidTr="00C40128">
-[...460 lines deleted...]
-      <w:tr w:rsidR="003B3BB8" w:rsidRPr="006A5B07" w14:paraId="60C080CB" w14:textId="77777777" w:rsidTr="00C40128">
+      <w:tr w:rsidR="00217E15" w:rsidRPr="003B3BB8" w14:paraId="5E38ED2A" w14:textId="77777777" w:rsidTr="00C01DFF">
         <w:trPr>
           <w:trHeight w:val="512"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7BA770FE" w14:textId="77777777" w:rsidR="00F71039" w:rsidRPr="003B3BB8" w:rsidRDefault="00F71039" w:rsidP="0076312A">
+          <w:p w14:paraId="12C58D28" w14:textId="3BC6FCE1" w:rsidR="00217E15" w:rsidRPr="00F679F9" w:rsidRDefault="00AC5CC6" w:rsidP="00C01DFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F679F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F679F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Наполнение информационными материалами стенда «я выбираю профессию» в библиотеке.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F679F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="00682D4A" w:rsidRPr="00F679F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1-10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F679F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1492" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="115" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="115" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3FC4E8FC" w14:textId="2AF93BA2" w:rsidR="00217E15" w:rsidRPr="003B3BB8" w:rsidRDefault="00AC5CC6" w:rsidP="00C01DFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Каждый месяц</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3327" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="115" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="115" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="002AE0E5" w14:textId="2DE212C8" w:rsidR="00217E15" w:rsidRPr="003B3BB8" w:rsidRDefault="00F679F9" w:rsidP="00C01DFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Библиотекарь </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="115" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="115" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="03724D08" w14:textId="77777777" w:rsidR="00F679F9" w:rsidRDefault="00217E15" w:rsidP="00C01DFF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003B3BB8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Кітапханада «Мен мамандықты таңдаймын» стендін ақпараттық материалдармен толықтыру.</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00F679F9" w:rsidRPr="003B3BB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Фото </w:t>
+            </w:r>
+            <w:r w:rsidR="00F679F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">отчет </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="08026066" w14:textId="6B2B9EA7" w:rsidR="00217E15" w:rsidRPr="003B3BB8" w:rsidRDefault="00217E15" w:rsidP="00C01DFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B3BB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00F679F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00217E15" w:rsidRPr="003B3BB8" w14:paraId="35A2D1FE" w14:textId="77777777" w:rsidTr="00C01DFF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="115" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="115" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="48EF50BF" w14:textId="336834B2" w:rsidR="00217E15" w:rsidRPr="00F679F9" w:rsidRDefault="00682D4A" w:rsidP="00C01DFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F679F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Конкурс рисунков «Моя будущая профессия " (начальные классы)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1492" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="61A6C3C5" w14:textId="68C9AFC5" w:rsidR="00F71039" w:rsidRPr="003B3BB8" w:rsidRDefault="0021658A" w:rsidP="0076312A">
+          <w:p w14:paraId="1FF97A8B" w14:textId="45FBF780" w:rsidR="00217E15" w:rsidRPr="00F679F9" w:rsidRDefault="00217E15" w:rsidP="00C01DFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F679F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00F679F9" w:rsidRPr="00F679F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>В начале года, в конце года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3327" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="115" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="115" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6554B54E" w14:textId="714DFC87" w:rsidR="00217E15" w:rsidRPr="00BF7486" w:rsidRDefault="00911190" w:rsidP="00C01DFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00911190">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Учителя изобразительного искусства</w:t>
+            </w:r>
+            <w:r w:rsidR="00BF7486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>, Вожатый</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="40DEE117" w14:textId="3B51C265" w:rsidR="00AC5CC6" w:rsidRPr="003B3BB8" w:rsidRDefault="00911190" w:rsidP="00C01DFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="115" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="115" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="678A3B96" w14:textId="1236B1A5" w:rsidR="00217E15" w:rsidRDefault="00911190" w:rsidP="00C01DFF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003B3BB8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>А</w:t>
-[...11 lines deleted...]
-            <w:r>
+              <w:t xml:space="preserve">Фото </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>отчет</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="416E0AD8" w14:textId="468C5F74" w:rsidR="00911190" w:rsidRPr="003B3BB8" w:rsidRDefault="00911190" w:rsidP="00C01DFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00911190">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Справка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00217E15" w:rsidRPr="003B3BB8" w14:paraId="29CD1187" w14:textId="77777777" w:rsidTr="00C01DFF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="115" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="115" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="425EC8BA" w14:textId="7F4EB65E" w:rsidR="00217E15" w:rsidRPr="00F679F9" w:rsidRDefault="00D314B4" w:rsidP="00C01DFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F679F9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00F71039" w:rsidRPr="003B3BB8">
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> сайын</w:t>
+            <w:r w:rsidRPr="00F679F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>П</w:t>
+            </w:r>
+            <w:r w:rsidR="009D748D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>роведение</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F679F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> анкет</w:t>
+            </w:r>
+            <w:r w:rsidR="00F66D47">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ировани</w:t>
+            </w:r>
+            <w:r w:rsidR="00133C8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>е</w:t>
+            </w:r>
+            <w:r w:rsidR="00F66D47">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F679F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> среди 9-11 классов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1492" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="115" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="115" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="49475E0A" w14:textId="7A22D4EF" w:rsidR="00217E15" w:rsidRPr="00F679F9" w:rsidRDefault="00F679F9" w:rsidP="00C01DFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F679F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Каждый квартал</w:t>
+            </w:r>
+            <w:r w:rsidR="00217E15" w:rsidRPr="00F679F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3327" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
-[...1 lines deleted...]
-          <w:p w14:paraId="55B15460" w14:textId="2DBF62F8" w:rsidR="00F71039" w:rsidRPr="003B3BB8" w:rsidRDefault="006B5274" w:rsidP="0076312A">
+          </w:tcPr>
+          <w:p w14:paraId="51EF70A3" w14:textId="62EEC42B" w:rsidR="00217E15" w:rsidRPr="003B3BB8" w:rsidRDefault="00217E15" w:rsidP="00C01DFF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003B3BB8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>К</w:t>
-[...11 lines deleted...]
-            <w:r>
+              <w:t>П</w:t>
+            </w:r>
+            <w:r w:rsidR="00AC5CC6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>едагог п</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B3BB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>сихолог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="115" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="115" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="69C0F03C" w14:textId="5752D027" w:rsidR="00217E15" w:rsidRPr="003B3BB8" w:rsidRDefault="00F66D47" w:rsidP="00C01DFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Подведение итогов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D544F3" w:rsidRPr="003B3BB8" w14:paraId="29722B6D" w14:textId="77777777" w:rsidTr="00C01DFF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="115" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="115" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3B2638D1" w14:textId="1014FD71" w:rsidR="00D544F3" w:rsidRPr="00F679F9" w:rsidRDefault="00D544F3" w:rsidP="00D544F3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F679F9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:r w:rsidRPr="00F679F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>"Путешествие в профессию". Знакомство с миром профессий. (9-11 классы)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1492" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="115" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="115" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="728F39EB" w14:textId="073E9D29" w:rsidR="00D544F3" w:rsidRDefault="00D544F3" w:rsidP="00D544F3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Сентябр</w:t>
+            </w:r>
+            <w:r w:rsidR="00CB7EBD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ь</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="445E7C6C" w14:textId="7BADDAAA" w:rsidR="00D544F3" w:rsidRPr="003B3BB8" w:rsidRDefault="00D544F3" w:rsidP="00D544F3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3327" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="115" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="115" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="353AE165" w14:textId="77777777" w:rsidR="00D544F3" w:rsidRDefault="00D544F3" w:rsidP="00D544F3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Профориентатор</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="37992C7B" w14:textId="02441752" w:rsidR="00D544F3" w:rsidRPr="003B3BB8" w:rsidRDefault="00BF7486" w:rsidP="00D544F3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
-[...1 lines deleted...]
-          <w:p w14:paraId="0EFED1BA" w14:textId="0CA9732C" w:rsidR="00F71039" w:rsidRPr="003B3BB8" w:rsidRDefault="00503FDE" w:rsidP="0076312A">
+          </w:tcPr>
+          <w:p w14:paraId="0A4C3AA3" w14:textId="309534F3" w:rsidR="00D544F3" w:rsidRPr="003B3BB8" w:rsidRDefault="00D544F3" w:rsidP="00D544F3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003B3BB8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Суретті есеп және іс-шаралар қорытындысы</w:t>
+              <w:t xml:space="preserve">Фото </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>отчет</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B3BB8" w:rsidRPr="006A5B07" w14:paraId="6BAFDCDD" w14:textId="77777777" w:rsidTr="00C40128">
+      <w:tr w:rsidR="00D544F3" w:rsidRPr="003B3BB8" w14:paraId="0FDD84F2" w14:textId="77777777" w:rsidTr="00C01DFF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="48419EE5" w14:textId="0E082BB2" w:rsidR="00F71039" w:rsidRPr="003B3BB8" w:rsidRDefault="000A1517" w:rsidP="0076312A">
+          <w:p w14:paraId="1BF8AE85" w14:textId="136AFA30" w:rsidR="00D544F3" w:rsidRPr="00F679F9" w:rsidRDefault="00D544F3" w:rsidP="00D544F3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F679F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F679F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Неделя профориентации 9-11 классы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1492" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="115" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="115" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2E4BE774" w14:textId="53CCF7BF" w:rsidR="00D544F3" w:rsidRPr="003B3BB8" w:rsidRDefault="00D544F3" w:rsidP="00D544F3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Октябрь, февраль </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3327" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="115" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="115" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1465DC19" w14:textId="77777777" w:rsidR="00D544F3" w:rsidRDefault="00D544F3" w:rsidP="00D544F3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003B3BB8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> «Менің болашақ мамандығым» сурет сайыс (бастауыш сыныптар)</w:t>
+              <w:t>Кәсіби бағдарлаушы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0868B4F6" w14:textId="77777777" w:rsidR="00D544F3" w:rsidRDefault="00D544F3" w:rsidP="00D544F3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="30FB1D64" w14:textId="6A691DB9" w:rsidR="008F2E54" w:rsidRPr="003B3BB8" w:rsidRDefault="008F2E54" w:rsidP="00D544F3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Вожатый</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="115" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="115" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2CA34D69" w14:textId="2B1755C6" w:rsidR="00D544F3" w:rsidRPr="003B3BB8" w:rsidRDefault="00D544F3" w:rsidP="00D544F3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Круглый стол</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D544F3" w:rsidRPr="003B3BB8" w14:paraId="083B5ED8" w14:textId="77777777" w:rsidTr="00C01DFF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="115" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="115" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4041FC8C" w14:textId="724FFBA7" w:rsidR="00D544F3" w:rsidRPr="00F679F9" w:rsidRDefault="00D544F3" w:rsidP="00D544F3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F679F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F679F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Кем я буду? Дискуссия (5-8 классы)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1492" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="187983C5" w14:textId="36AFF564" w:rsidR="00F71039" w:rsidRPr="003B3BB8" w:rsidRDefault="000A1517" w:rsidP="0076312A">
+          <w:p w14:paraId="3E826F62" w14:textId="24E3D772" w:rsidR="00D544F3" w:rsidRPr="003B3BB8" w:rsidRDefault="00D544F3" w:rsidP="00D544F3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ноябрь </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3327" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="115" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="115" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2CF7EB5A" w14:textId="4C998DA8" w:rsidR="00D544F3" w:rsidRPr="003B3BB8" w:rsidRDefault="00D544F3" w:rsidP="00D544F3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="115" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="115" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3E0CB2FD" w14:textId="39424461" w:rsidR="00D544F3" w:rsidRPr="003B3BB8" w:rsidRDefault="00D544F3" w:rsidP="00D544F3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003B3BB8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Жыл басында, жыл соңында</w:t>
+              <w:t xml:space="preserve">Фото </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>отчет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D544F3" w:rsidRPr="003B3BB8" w14:paraId="1A6B6143" w14:textId="77777777" w:rsidTr="00C01DFF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="115" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="115" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="68B22A28" w14:textId="7396DD31" w:rsidR="00D544F3" w:rsidRPr="00F679F9" w:rsidRDefault="00D544F3" w:rsidP="00D544F3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F679F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F679F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Организация экскурсий в учебные заведения, региональные предприятия (8-11 классы)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1492" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="115" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="115" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="16082862" w14:textId="5DEEA03F" w:rsidR="00D544F3" w:rsidRPr="003B3BB8" w:rsidRDefault="00D544F3" w:rsidP="00D544F3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F679F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Каждый квартал</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3327" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4DA7B980" w14:textId="2244A2A8" w:rsidR="00F71039" w:rsidRDefault="000A1517" w:rsidP="0076312A">
+          <w:p w14:paraId="026F087F" w14:textId="02F8ECF1" w:rsidR="00D544F3" w:rsidRDefault="00D544F3" w:rsidP="00D544F3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ЗДВР</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="558D9F3F" w14:textId="77777777" w:rsidR="00D544F3" w:rsidRDefault="00D544F3" w:rsidP="00D544F3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Профориентатор</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="32F9BE05" w14:textId="352309C1" w:rsidR="00D544F3" w:rsidRPr="003B3BB8" w:rsidRDefault="00D544F3" w:rsidP="00D544F3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="115" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="115" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="31FB8D60" w14:textId="705A7D95" w:rsidR="00D544F3" w:rsidRPr="003B3BB8" w:rsidRDefault="00D544F3" w:rsidP="00D544F3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003B3BB8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Бейнелеу өнер</w:t>
-[...9 lines deleted...]
-              <w:t>і</w:t>
+              <w:t xml:space="preserve">Фото </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>отчет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D544F3" w:rsidRPr="003B3BB8" w14:paraId="019EF9F8" w14:textId="77777777" w:rsidTr="00C01DFF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="115" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="115" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="247F0276" w14:textId="7BB51F1C" w:rsidR="00D544F3" w:rsidRPr="00F679F9" w:rsidRDefault="00D544F3" w:rsidP="00D544F3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F679F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00BF7486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Тренинг</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F679F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «профессия моей мечты " (7-9</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F679F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> классы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F679F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F679F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1492" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="115" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="115" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="378E2868" w14:textId="28D99853" w:rsidR="00D544F3" w:rsidRPr="003B3BB8" w:rsidRDefault="00D544F3" w:rsidP="00D544F3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Февраль </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3327" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="63B0F8D1" w14:textId="6E77822F" w:rsidR="00D544F3" w:rsidRPr="003B3BB8" w:rsidRDefault="001933BA" w:rsidP="00D544F3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Вожатые</w:t>
+            </w:r>
+            <w:r w:rsidR="00BF7486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> учителя музыки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="17465E5E" w14:textId="02231A24" w:rsidR="00D544F3" w:rsidRPr="003B3BB8" w:rsidRDefault="00D544F3" w:rsidP="00D544F3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="003B3BB8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> пәнінің мұғалімдері</w:t>
-[...34 lines deleted...]
-            </w:pPr>
+              <w:t xml:space="preserve">Фото </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>отчет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D544F3" w:rsidRPr="003B3BB8" w14:paraId="46F5F335" w14:textId="77777777" w:rsidTr="00C01DFF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="115" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="115" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4AE84CF3" w14:textId="0EDEA765" w:rsidR="00D544F3" w:rsidRPr="00F679F9" w:rsidRDefault="00D544F3" w:rsidP="00D544F3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F679F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F679F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Участие в Дне открытых дверей в вузах и колледжах.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1492" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="115" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="115" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4CDCE669" w14:textId="606F02BB" w:rsidR="00D544F3" w:rsidRPr="003B3BB8" w:rsidRDefault="00D544F3" w:rsidP="00D544F3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F679F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Каждый квартал</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3327" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="115" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="115" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1555FF56" w14:textId="422C0F3A" w:rsidR="001933BA" w:rsidRDefault="001933BA" w:rsidP="001933BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ЗДВР</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3DEB3575" w14:textId="1F315239" w:rsidR="00D544F3" w:rsidRPr="003B3BB8" w:rsidRDefault="001933BA" w:rsidP="001933BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Профориентатор</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="115" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="115" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="036EA67E" w14:textId="17AEF8B9" w:rsidR="00D544F3" w:rsidRPr="003B3BB8" w:rsidRDefault="00D544F3" w:rsidP="00D544F3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:r w:rsidRPr="003B3BB8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Сынып жетекшілер</w:t>
+              <w:t xml:space="preserve">Фото </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>отчет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D544F3" w:rsidRPr="003B3BB8" w14:paraId="5AFE1A65" w14:textId="77777777" w:rsidTr="00C01DFF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="115" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="115" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="64802460" w14:textId="44434272" w:rsidR="00D544F3" w:rsidRPr="00F679F9" w:rsidRDefault="00D544F3" w:rsidP="00D544F3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F679F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F679F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Выб</w:t>
+            </w:r>
+            <w:r w:rsidR="00CB7EBD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ираю</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F679F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> будущую профессию?</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F679F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (эссе)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1492" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="115" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="115" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="230054D6" w14:textId="2C5B3CBD" w:rsidR="00D544F3" w:rsidRPr="003B3BB8" w:rsidRDefault="00D544F3" w:rsidP="00D544F3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Март </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3327" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="115" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="115" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="22A17C20" w14:textId="17F9EAF8" w:rsidR="00D544F3" w:rsidRDefault="001933BA" w:rsidP="00D544F3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
+            </w:r>
+            <w:r w:rsidR="00D544F3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00D544F3" w:rsidRPr="003B3BB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00D544F3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0954C78C" w14:textId="56D6B5F1" w:rsidR="00D544F3" w:rsidRPr="003B3BB8" w:rsidRDefault="001933BA" w:rsidP="00D544F3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Языковеды </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6BA31D81" w14:textId="42152017" w:rsidR="00F71039" w:rsidRPr="003B3BB8" w:rsidRDefault="000A1517" w:rsidP="0076312A">
-[...18 lines deleted...]
-              <w:t>Суретті есеп және іс-шаралар қорытындысы</w:t>
+          <w:p w14:paraId="14780254" w14:textId="19923611" w:rsidR="00D544F3" w:rsidRPr="003B3BB8" w:rsidRDefault="00D544F3" w:rsidP="00D544F3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Протокол </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B3BB8" w:rsidRPr="003B3BB8" w14:paraId="141534A5" w14:textId="77777777" w:rsidTr="00C40128">
-[...1673 lines deleted...]
-      <w:tr w:rsidR="003B3BB8" w:rsidRPr="003B3BB8" w14:paraId="24839C8B" w14:textId="77777777" w:rsidTr="00C40128">
+      <w:tr w:rsidR="00D544F3" w:rsidRPr="003B3BB8" w14:paraId="0CF7E29E" w14:textId="77777777" w:rsidTr="00C01DFF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="14734" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6700CB49" w14:textId="50B972BE" w:rsidR="00F71039" w:rsidRPr="003B3BB8" w:rsidRDefault="006A5B07" w:rsidP="006A5B07">
-[...10 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="61477246" w14:textId="285AE48F" w:rsidR="00D544F3" w:rsidRPr="00F66D47" w:rsidRDefault="00133C8E" w:rsidP="00133C8E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">                                       </w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:noProof/>
-[...4 lines deleted...]
-              <w:t>Ата-аналармен жұмыс</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                                                </w:t>
+            </w:r>
+            <w:r w:rsidR="00D544F3" w:rsidRPr="00F66D47">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Работа с родителями</w:t>
+            </w:r>
+            <w:r w:rsidR="00D544F3" w:rsidRPr="00F66D47">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B3BB8" w:rsidRPr="003B3BB8" w14:paraId="55595CD2" w14:textId="77777777" w:rsidTr="00C40128">
+      <w:tr w:rsidR="00D544F3" w:rsidRPr="003B3BB8" w14:paraId="14F7FCB8" w14:textId="77777777" w:rsidTr="00C01DFF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="664020B5" w14:textId="3FB18C0F" w:rsidR="00F71039" w:rsidRPr="003B3BB8" w:rsidRDefault="00F71039" w:rsidP="0076312A">
-[...9 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="1CBD6C31" w14:textId="786D7F48" w:rsidR="00D544F3" w:rsidRPr="00D544F3" w:rsidRDefault="00D544F3" w:rsidP="00D544F3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D544F3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D544F3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Темы общешкольных собраний</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1492" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="115" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="115" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="29EC4E65" w14:textId="5A0A5DBC" w:rsidR="00D544F3" w:rsidRPr="003B3BB8" w:rsidRDefault="00D544F3" w:rsidP="00D544F3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Сентябр</w:t>
+            </w:r>
+            <w:r w:rsidR="00CB7EBD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3327" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3030D889" w14:textId="73A34C21" w:rsidR="001933BA" w:rsidRDefault="001933BA" w:rsidP="001933BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ЗДВР</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2E123A3C" w14:textId="4F2B4EAC" w:rsidR="00D544F3" w:rsidRPr="003B3BB8" w:rsidRDefault="001933BA" w:rsidP="00D544F3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Классные руководители </w:t>
+            </w:r>
             <w:r w:rsidRPr="003B3BB8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Жалпы мектепішілік жиналыс тақырыптары</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0C50DB41" w14:textId="06CE9803" w:rsidR="00D544F3" w:rsidRPr="003B3BB8" w:rsidRDefault="00D544F3" w:rsidP="00D544F3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Протокол</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D544F3" w:rsidRPr="003B3BB8" w14:paraId="756AF38A" w14:textId="77777777" w:rsidTr="00C01DFF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="115" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="115" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="08A6E9DA" w14:textId="21BB477E" w:rsidR="00D544F3" w:rsidRPr="007A2755" w:rsidRDefault="00D544F3" w:rsidP="00D544F3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D544F3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D544F3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Организация встречи с родителями выпускников</w:t>
+            </w:r>
+            <w:r w:rsidR="007A2755">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (индивидуально)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1492" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
-[...1 lines deleted...]
-          <w:p w14:paraId="4533A5E2" w14:textId="0A927EB8" w:rsidR="00F71039" w:rsidRPr="003B3BB8" w:rsidRDefault="003F15B7" w:rsidP="0076312A">
+          </w:tcPr>
+          <w:p w14:paraId="0665FCDB" w14:textId="51001DB6" w:rsidR="00D544F3" w:rsidRPr="003B3BB8" w:rsidRDefault="007A2755" w:rsidP="00D544F3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Весь год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3327" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A3B6743" w14:textId="7A0A2E68" w:rsidR="001933BA" w:rsidRDefault="001933BA" w:rsidP="001933BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ЗДВР</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="29B7F576" w14:textId="77777777" w:rsidR="001933BA" w:rsidRDefault="001933BA" w:rsidP="001933BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Классные руководители </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="12EFC6E0" w14:textId="47605F8B" w:rsidR="00D544F3" w:rsidRPr="003B3BB8" w:rsidRDefault="001933BA" w:rsidP="001933BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Профориентатор </w:t>
+            </w:r>
             <w:r w:rsidRPr="003B3BB8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Қыркүйек</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="13AD2B83" w14:textId="2B166567" w:rsidR="00D544F3" w:rsidRPr="003B3BB8" w:rsidRDefault="00D544F3" w:rsidP="00D544F3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Протокол</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D544F3" w:rsidRPr="003B3BB8" w14:paraId="797FFA3E" w14:textId="77777777" w:rsidTr="00C01DFF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="115" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="115" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="230DE2C1" w14:textId="1126AF66" w:rsidR="00D544F3" w:rsidRPr="00D544F3" w:rsidRDefault="00D544F3" w:rsidP="00D544F3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D544F3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00BF7486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D544F3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Правильный выбор профессии. Региональный рыночный труд</w:t>
+            </w:r>
+            <w:r w:rsidR="00BF7486">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D544F3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>беседа с родителями выпускников</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1492" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="115" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="115" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="66C0D60F" w14:textId="1AC8C8D7" w:rsidR="00D544F3" w:rsidRPr="003B3BB8" w:rsidRDefault="00D544F3" w:rsidP="00D544F3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ноябрь </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3327" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-            <w:vAlign w:val="center"/>
-[...12 lines deleted...]
-            </w:pPr>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="115" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="115" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="477751DB" w14:textId="18B3E000" w:rsidR="001933BA" w:rsidRDefault="001933BA" w:rsidP="001933BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ЗДВР</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="478C2822" w14:textId="77777777" w:rsidR="001933BA" w:rsidRDefault="001933BA" w:rsidP="001933BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Классные руководители </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2A158860" w14:textId="66EC7791" w:rsidR="001933BA" w:rsidRDefault="001933BA" w:rsidP="001933BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Профориентатор </w:t>
+            </w:r>
             <w:r w:rsidRPr="003B3BB8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Директордың тәрбие ісі жөніндегі орынбасарлары</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="696F98AE" w14:textId="73ACFDA9" w:rsidR="003F15B7" w:rsidRPr="003B3BB8" w:rsidRDefault="003F15B7" w:rsidP="0076312A">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="59AAE099" w14:textId="0FD181A1" w:rsidR="00D544F3" w:rsidRPr="003B3BB8" w:rsidRDefault="001933BA" w:rsidP="00D544F3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003B3BB8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Сынып жетекшілер</w:t>
-[...26 lines deleted...]
-            </w:pPr>
+              <w:t>П</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>едагог п</w:t>
+            </w:r>
             <w:r w:rsidRPr="003B3BB8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Хаттама</w:t>
-[...271 lines deleted...]
-            <w:r w:rsidR="00C40128" w:rsidRPr="003B3BB8">
+              <w:t>сихолог</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
-            </w:r>
-[...217 lines deleted...]
-              <w:t>Мектеп психологтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2D9C7644" w14:textId="0F0A466A" w:rsidR="00F71039" w:rsidRPr="003B3BB8" w:rsidRDefault="00C40128" w:rsidP="0076312A">
-[...9 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="0B774432" w14:textId="2E2EF216" w:rsidR="00D544F3" w:rsidRPr="003B3BB8" w:rsidRDefault="00D544F3" w:rsidP="00D544F3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Протокол</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D544F3" w:rsidRPr="003B3BB8" w14:paraId="3004F71B" w14:textId="77777777" w:rsidTr="00C01DFF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7647" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="115" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="115" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3DB012B0" w14:textId="751CE322" w:rsidR="00D544F3" w:rsidRPr="00D544F3" w:rsidRDefault="00D544F3" w:rsidP="00D544F3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D544F3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Классные часы "организация обучения групп предпрофессиональной подготовке" (7-8 классы)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1492" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="115" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="115" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="26C9AEA6" w14:textId="1BF12730" w:rsidR="00D544F3" w:rsidRPr="003B3BB8" w:rsidRDefault="00D544F3" w:rsidP="00D544F3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Октябрь </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3327" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="115" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="115" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5FE17A7F" w14:textId="00920B38" w:rsidR="001933BA" w:rsidRDefault="001933BA" w:rsidP="001933BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Классные руководители </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="68253F96" w14:textId="77777777" w:rsidR="001933BA" w:rsidRDefault="001933BA" w:rsidP="001933BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Профориентатор </w:t>
+            </w:r>
             <w:r w:rsidRPr="003B3BB8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Хаттама</w:t>
-[...23 lines deleted...]
-          <w:p w14:paraId="37D991DD" w14:textId="39E569CB" w:rsidR="00F71039" w:rsidRPr="003B3BB8" w:rsidRDefault="00F71039" w:rsidP="00C40128">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3AB189F4" w14:textId="78055B72" w:rsidR="00D544F3" w:rsidRPr="003B3BB8" w:rsidRDefault="001933BA" w:rsidP="001933BA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003B3BB8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>«</w:t>
-[...9 lines deleted...]
-              <w:t xml:space="preserve"> К</w:t>
+              <w:t>П</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>едагог п</w:t>
             </w:r>
             <w:r w:rsidRPr="003B3BB8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">әсіптік бағдар беру алдындағы дайындықты оқытуды ұйымдастыру» </w:t>
-[...186 lines deleted...]
-              <w:t>Мектеп психологтары</w:t>
+              <w:t>сихолог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="515AE356" w14:textId="77777777" w:rsidR="00F71039" w:rsidRPr="003B3BB8" w:rsidRDefault="00F71039" w:rsidP="0076312A">
+          <w:p w14:paraId="48062D4E" w14:textId="77777777" w:rsidR="00D544F3" w:rsidRPr="003B3BB8" w:rsidRDefault="00D544F3" w:rsidP="00D544F3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B3BB8" w:rsidRPr="003B3BB8" w14:paraId="637E4196" w14:textId="77777777" w:rsidTr="00C40128">
+      <w:tr w:rsidR="00D544F3" w:rsidRPr="003B3BB8" w14:paraId="163B60B8" w14:textId="77777777" w:rsidTr="00C01DFF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7647" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="18EA66D2" w14:textId="1E30D4A2" w:rsidR="00F71039" w:rsidRPr="003B3BB8" w:rsidRDefault="00F71039" w:rsidP="00C40128">
-[...9 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="4988A49E" w14:textId="6D457B8D" w:rsidR="00D544F3" w:rsidRPr="00D544F3" w:rsidRDefault="00D544F3" w:rsidP="00D544F3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D544F3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D544F3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>"Условия поступления в высшие учебные заведения" (9-11 класс)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1492" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="115" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="115" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1A202B20" w14:textId="4F74D7AD" w:rsidR="00D544F3" w:rsidRPr="003B3BB8" w:rsidRDefault="00CB7EBD" w:rsidP="00D544F3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>В течение года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3327" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6DA9C31B" w14:textId="2DA70CDE" w:rsidR="001933BA" w:rsidRDefault="001933BA" w:rsidP="001933BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Классные руководители </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="24AEC27E" w14:textId="77777777" w:rsidR="001933BA" w:rsidRDefault="001933BA" w:rsidP="001933BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Профориентатор </w:t>
+            </w:r>
             <w:r w:rsidRPr="003B3BB8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>«Жоғары оқу орындарына түсу шарттары» (</w:t>
-[...10 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="788ED6C6" w14:textId="5F6833F6" w:rsidR="00D544F3" w:rsidRPr="003B3BB8" w:rsidRDefault="001933BA" w:rsidP="001933BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="003B3BB8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>11 сынып)</w:t>
-[...32 lines deleted...]
-            </w:pPr>
+              <w:t>П</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>едагог п</w:t>
+            </w:r>
             <w:r w:rsidRPr="003B3BB8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Ж</w:t>
-[...35 lines deleted...]
-            <w:tcW w:w="3327" w:type="dxa"/>
+              <w:t>сихолог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1C81A332" w14:textId="77777777" w:rsidR="00C40128" w:rsidRPr="003B3BB8" w:rsidRDefault="00C40128" w:rsidP="00C40128">
-[...98 lines deleted...]
-              <w:t>Хаттама</w:t>
+          <w:p w14:paraId="1AD270BA" w14:textId="5A957C42" w:rsidR="00D544F3" w:rsidRPr="003B3BB8" w:rsidRDefault="00D544F3" w:rsidP="00D544F3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Протокол</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="4C44744B" w14:textId="77777777" w:rsidR="00F71039" w:rsidRPr="003B3BB8" w:rsidRDefault="00F71039" w:rsidP="00F71039">
+    <w:p w14:paraId="4AB7E1C9" w14:textId="77777777" w:rsidR="00217E15" w:rsidRPr="003B3BB8" w:rsidRDefault="00217E15" w:rsidP="00217E15">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B3BB8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="792E4F9D" w14:textId="77777777" w:rsidR="00F71039" w:rsidRPr="003B3BB8" w:rsidRDefault="00F71039" w:rsidP="00F71039">
+    <w:p w14:paraId="0B5DB650" w14:textId="77777777" w:rsidR="00217E15" w:rsidRPr="003B3BB8" w:rsidRDefault="00217E15" w:rsidP="00217E15">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="00B1293C" w14:textId="77777777" w:rsidR="00F71039" w:rsidRPr="003B3BB8" w:rsidRDefault="00F71039" w:rsidP="00F71039">
+    <w:p w14:paraId="2527E0D3" w14:textId="77777777" w:rsidR="00217E15" w:rsidRPr="003B3BB8" w:rsidRDefault="00217E15" w:rsidP="00217E15">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="27878531" w14:textId="1F41099C" w:rsidR="00F71039" w:rsidRPr="003B3BB8" w:rsidRDefault="003B3BB8" w:rsidP="00F71039">
+    <w:p w14:paraId="05E8B641" w14:textId="7B6AF0DC" w:rsidR="00217E15" w:rsidRPr="003B3BB8" w:rsidRDefault="00217E15" w:rsidP="00217E15">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">                                                </w:t>
-[...17 lines deleted...]
-        <w:t>әсіби бағдарлаушы                             Муханбетжанова К.Р.</w:t>
+        <w:t xml:space="preserve">                                                       Профорентатор                             Муханбетжанова К.Р.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="150D6A98" w14:textId="77777777" w:rsidR="00F71039" w:rsidRPr="00D8658C" w:rsidRDefault="00F71039" w:rsidP="00F71039">
+    <w:p w14:paraId="4BA4868C" w14:textId="77777777" w:rsidR="00217E15" w:rsidRPr="003B3BB8" w:rsidRDefault="00217E15" w:rsidP="00217E15">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3EBEF444" w14:textId="77777777" w:rsidR="00F71039" w:rsidRPr="00D8658C" w:rsidRDefault="00F71039" w:rsidP="00F71039">
+    <w:p w14:paraId="01CA85C6" w14:textId="77777777" w:rsidR="00217E15" w:rsidRPr="003B3BB8" w:rsidRDefault="00217E15" w:rsidP="00217E15">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="57437BDE" w14:textId="77777777" w:rsidR="00C12E78" w:rsidRPr="00D8658C" w:rsidRDefault="00C12E78" w:rsidP="00C12E78">
+    <w:p w14:paraId="517AB965" w14:textId="77777777" w:rsidR="00217E15" w:rsidRPr="003B3BB8" w:rsidRDefault="00217E15" w:rsidP="00217E15">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6C2747EF" w14:textId="77777777" w:rsidR="00217E15" w:rsidRPr="003B3BB8" w:rsidRDefault="00217E15" w:rsidP="00217E15">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="52F3CBEA" w14:textId="77777777" w:rsidR="00C12E78" w:rsidRPr="003B3BB8" w:rsidRDefault="00C12E78" w:rsidP="00C12E78">
+    <w:p w14:paraId="39FF906A" w14:textId="77777777" w:rsidR="00217E15" w:rsidRPr="003B3BB8" w:rsidRDefault="00217E15" w:rsidP="00217E15">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6DE2A8CC" w14:textId="2133D3CF" w:rsidR="00C12E78" w:rsidRPr="003B3BB8" w:rsidRDefault="00C12E78" w:rsidP="00C12E78">
+    <w:p w14:paraId="1C53FE43" w14:textId="77777777" w:rsidR="00217E15" w:rsidRPr="003B3BB8" w:rsidRDefault="00217E15" w:rsidP="00217E15">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5C51697D" w14:textId="3A48D094" w:rsidR="00ED70B8" w:rsidRPr="003B3BB8" w:rsidRDefault="00ED70B8" w:rsidP="00C12E78">
+    <w:p w14:paraId="5D4E1C51" w14:textId="77777777" w:rsidR="00217E15" w:rsidRPr="003B3BB8" w:rsidRDefault="00217E15" w:rsidP="00217E15">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="16769463" w14:textId="5E274C8A" w:rsidR="00ED70B8" w:rsidRPr="003B3BB8" w:rsidRDefault="00ED70B8" w:rsidP="00C12E78">
+    <w:p w14:paraId="18A13050" w14:textId="77777777" w:rsidR="00217E15" w:rsidRPr="003B3BB8" w:rsidRDefault="00217E15" w:rsidP="00217E15">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="24B03B47" w14:textId="17DED0E9" w:rsidR="00ED70B8" w:rsidRPr="003B3BB8" w:rsidRDefault="00ED70B8" w:rsidP="00C12E78">
+    <w:p w14:paraId="7AC71B37" w14:textId="77777777" w:rsidR="00217E15" w:rsidRPr="003B3BB8" w:rsidRDefault="00217E15" w:rsidP="00217E15">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5A01445F" w14:textId="7DA8E685" w:rsidR="00ED70B8" w:rsidRPr="003B3BB8" w:rsidRDefault="00ED70B8" w:rsidP="00C12E78">
+    <w:p w14:paraId="436C08FD" w14:textId="77777777" w:rsidR="00217E15" w:rsidRPr="003B3BB8" w:rsidRDefault="00217E15" w:rsidP="00217E15">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="53A07FBD" w14:textId="4F516694" w:rsidR="00ED70B8" w:rsidRPr="003B3BB8" w:rsidRDefault="00ED70B8" w:rsidP="00C12E78">
+    <w:p w14:paraId="22A19D11" w14:textId="77777777" w:rsidR="00217E15" w:rsidRPr="003B3BB8" w:rsidRDefault="00217E15" w:rsidP="00217E15">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="00D90B58" w14:textId="2194DEB3" w:rsidR="00ED70B8" w:rsidRPr="003B3BB8" w:rsidRDefault="00ED70B8" w:rsidP="00C12E78">
+    <w:p w14:paraId="2D134FC5" w14:textId="77777777" w:rsidR="00217E15" w:rsidRDefault="00217E15" w:rsidP="00217E15">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...10 lines deleted...]
-        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6495134C" w14:textId="59154CE5" w:rsidR="00D92D89" w:rsidRPr="00C12E78" w:rsidRDefault="00ED70B8">
+    <w:p w14:paraId="58E8140D" w14:textId="77777777" w:rsidR="00217E15" w:rsidRDefault="00217E15" w:rsidP="00217E15">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5A562E9B" w14:textId="77777777" w:rsidR="00217E15" w:rsidRPr="00C12E78" w:rsidRDefault="00217E15" w:rsidP="00217E15">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3746E220" w14:textId="77777777" w:rsidR="00217E15" w:rsidRPr="00C12E78" w:rsidRDefault="00217E15" w:rsidP="00217E15">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="355DBC18" w14:textId="38E8A62C" w:rsidR="00217E15" w:rsidRPr="00C12E78" w:rsidRDefault="00217E15" w:rsidP="00217E15">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6805AFB8" w14:textId="77777777" w:rsidR="00217E15" w:rsidRPr="00C12E78" w:rsidRDefault="00217E15" w:rsidP="00217E15">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:sectPr w:rsidR="00D92D89" w:rsidRPr="00C12E78" w:rsidSect="00C12E78">
+    <w:p w14:paraId="3A69BB59" w14:textId="77777777" w:rsidR="00D92D89" w:rsidRDefault="00D92D89"/>
+    <w:sectPr w:rsidR="00D92D89" w:rsidSect="00C12E78">
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="426" w:right="709" w:bottom="426" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -6254,872 +6565,50 @@
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="0E7E3338"/>
-[...820 lines deleted...]
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="63B304B4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6C8C93CC"/>
     <w:lvl w:ilvl="0" w:tplc="2000000D">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="780" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="20000003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1500" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -7188,51 +6677,51 @@
     <w:lvl w:ilvl="7" w:tplc="20000003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5820" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="20000005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6540" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="67F026A8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="15D281BA"/>
     <w:lvl w:ilvl="0" w:tplc="2000000D">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="20000003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -7301,302 +6790,128 @@
     <w:lvl w:ilvl="7" w:tplc="20000003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="20000005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
-[...157 lines deleted...]
-  <w:num w:numId="4" w16cid:durableId="1824346998">
+  <w:num w:numId="1" w16cid:durableId="1026714944">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="331031226">
-[...12 lines deleted...]
-    <w:abstractNumId w:val="4"/>
+  <w:num w:numId="2" w16cid:durableId="302005673">
+    <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="0011454B"/>
-[...25 lines deleted...]
-    <w:rsid w:val="00D8658C"/>
+    <w:rsidRoot w:val="00444425"/>
+    <w:rsid w:val="00133C8E"/>
+    <w:rsid w:val="001933BA"/>
+    <w:rsid w:val="002008FF"/>
+    <w:rsid w:val="00217E15"/>
+    <w:rsid w:val="00444425"/>
+    <w:rsid w:val="00584491"/>
+    <w:rsid w:val="005A0AC4"/>
+    <w:rsid w:val="00682D4A"/>
+    <w:rsid w:val="00687B5C"/>
+    <w:rsid w:val="007A2755"/>
+    <w:rsid w:val="008F2E54"/>
+    <w:rsid w:val="00911190"/>
+    <w:rsid w:val="00914C9B"/>
+    <w:rsid w:val="009D748D"/>
+    <w:rsid w:val="00A92E49"/>
+    <w:rsid w:val="00AC5CC6"/>
+    <w:rsid w:val="00AE34E0"/>
+    <w:rsid w:val="00BF7486"/>
+    <w:rsid w:val="00C30093"/>
+    <w:rsid w:val="00CB7EBD"/>
+    <w:rsid w:val="00D3058F"/>
+    <w:rsid w:val="00D314B4"/>
+    <w:rsid w:val="00D544F3"/>
     <w:rsid w:val="00D92D89"/>
-    <w:rsid w:val="00ED70B8"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00F71039"/>
+    <w:rsid w:val="00F66D47"/>
+    <w:rsid w:val="00F679F9"/>
+    <w:rsid w:val="00FB1ED4"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="62D6544D"/>
+  <w14:docId w14:val="378A570A"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{991182CB-F08C-4B34-931B-CF3EFFCFFDCF}"/>
+  <w15:docId w15:val="{67E03D0E-2D60-467D-9108-4302FF54302F}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -7954,112 +7269,113 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00C12E78"/>
+    <w:rsid w:val="00217E15"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00C12E78"/>
+    <w:rsid w:val="00217E15"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a4">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="00ED70B8"/>
+    <w:rsid w:val="00217E15"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
@@ -8289,70 +7605,70 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>3671</Characters>
+  <Pages>4</Pages>
+  <Words>622</Words>
+  <Characters>3547</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>30</Lines>
+  <Lines>29</Lines>
   <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4306</CharactersWithSpaces>
+  <CharactersWithSpaces>4161</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>комп6</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>