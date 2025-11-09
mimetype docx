--- v0 (2025-10-10)
+++ v1 (2025-11-09)
@@ -1,9893 +1,21466 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="2019E268" w14:textId="77777777" w:rsidR="000E1D20" w:rsidRDefault="000E1D20">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="0027094D">
+    <w:p w14:paraId="09E5A374" w14:textId="77777777" w:rsidR="004763A8" w:rsidRDefault="004763A8">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="49BC6199" w14:textId="77777777" w:rsidR="004763A8" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
-          <w:lang w:val="ru-RU"/>
-[...79 lines deleted...]
-      <w:r w:rsidRPr="0027094D">
+        </w:rPr>
+        <w:t>Мемлекеттік көрсетілетін қызметтер туралы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5AF8F6DC" w14:textId="77777777" w:rsidR="004763A8" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасының 2013 жылғы 15 сәуірдегі № 88-V Заңы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A301915" w14:textId="5EDB9258" w:rsidR="004763A8" w:rsidRDefault="00AE5136" w:rsidP="006E641A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="323F0EED" w14:textId="77777777" w:rsidR="004763A8" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>МАЗМҰНЫ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="382C5AD6" w14:textId="77777777" w:rsidR="004763A8" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Осы Заң мемлекеттік қызметтер көрсету саласындағы қоғамдық қатынастарды реттейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18A59B30" w14:textId="77777777" w:rsidR="004763A8" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="z1"/>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
-          <w:lang w:val="ru-RU"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve"> Глава 1. ОБЩИЕ ПОЛОЖЕНИЯ</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1-тарау. ЖАЛПЫ ЕРЕЖЕЛЕР</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:p w14:paraId="6083C1AD" w14:textId="77777777" w:rsidR="000E1D20" w:rsidRPr="0027094D" w:rsidRDefault="0027094D">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="0027094D">
+    <w:p w14:paraId="243F32F1" w14:textId="77777777" w:rsidR="004763A8" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
-          <w:lang w:val="ru-RU"/>
-[...34 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t>1-бап. Осы Заңда пайдаланылатын негізгі ұғымдар</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27920B5D" w14:textId="77777777" w:rsidR="004763A8" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Осы Заңда мынадай негізгі ұғымдар пайдаланылады:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28CAB106" w14:textId="77777777" w:rsidR="004763A8" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="z85"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>     </w:t>
-[...18 lines deleted...]
-      <w:bookmarkStart w:id="2" w:name="z139"/>
+        <w:t>      1) "Азаматтарға арналған үкімет" мемлекеттік корпорациясы (бұдан әрі – Мемлекеттік корпорация) – Қазақстан Республикасының заңнамасына сәйкес мемлекеттік қызметтерді, табиғи монополиялар субъектілерінің желілеріне қосуға арналған техникалық шарттарды беру жөніндегі қызметтерді және квазимемлекеттік сектор субъектілерінің қызметтерін көрсету, "бір терезе" қағидаты бойынша мемлекеттік қызметтерді, табиғи монополиялар субъектілерінің желілеріне қосуға арналған техникалық шарттарды беру жөніндегі қызметтерді, квазимемлекеттік сектор субъектілерінің қызметтерін көрсетуге өтініштер қабылдау және көрсетілетін қызметті алушыға олардың нәтижелерін беру жөніндегі жұмысты ұйымдастыру, сондай-ақ электрондық нысанда мемлекеттік қызметтер көрсетуді қамтамасыз ету үшін Қазақстан Республикасы Үкіметінің шешімі бойынша құрылған, орналасқан жері бойынша жылжымайтын мүлікке құқықтарды мемлекеттік тіркеуді жүзеге асыратын заңды тұлға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02F5FC8A" w14:textId="77777777" w:rsidR="004763A8" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="z119"/>
       <w:bookmarkEnd w:id="1"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>     </w:t>
-[...18 lines deleted...]
-      <w:bookmarkStart w:id="3" w:name="z140"/>
+        <w:t>      1-1) ақпараттандыру саласындағы уәкiлеттi орган – ақпараттандыру және "электрондық үкiмет" саласындағы басшылықты және салааралық үйлестіруді жүзеге асыратын орталық атқарушы орган;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31E5E6F1" w14:textId="77777777" w:rsidR="004763A8" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="z120"/>
       <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>     </w:t>
-[...16 lines deleted...]
-        </w:rPr>
+        <w:t>      1-2) "бір өтініш" қағидаты – бір өтініш негізінде көрсетілетін бірнеше мемлекеттік қызметтер жиынтығын көздейтін мемлекеттік қызметті көрсету нысаны;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BD976DB" w14:textId="77777777" w:rsidR="004763A8" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="z86"/>
       <w:bookmarkEnd w:id="3"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>     </w:t>
-[...16 lines deleted...]
-        </w:rPr>
+        <w:t>      2) "бір терезе" қағидаты – мемлекеттік қызметті орталықтандырып көрсетудің мемлекеттік қызметтер көрсету кезінде көрсетілетін қызметті алушының құжаттарды жинау мен дайындауға барынша аз қатысуын және оның көрсетілетін қызметті берушілермен тікелей байланысын шектеуді көздейтін нысаны;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40B18F18" w14:textId="77777777" w:rsidR="004763A8" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="5" w:name="z87"/>
       <w:bookmarkEnd w:id="4"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>     </w:t>
-[...16 lines deleted...]
-        </w:rPr>
+        <w:t xml:space="preserve">      3) көрсетілетін қызметті алушы – орталық мемлекеттік органдарды, Қазақстан Республикасының шетелдегі мекемелерін, облыстардың, республикалық маңызы бар қалалардың, астананың, аудандардың, облыстық маңызы бар қалалардың жергілікті атқарушы органдарын, қаладағы аудандардың, аудандық маңызы бар </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>қалалардың, кенттердің, ауылдардың, ауылдық округтердің әкімдерін қоспағанда, жеке және заңды тұлғалар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76CB55E5" w14:textId="77777777" w:rsidR="004763A8" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="6" w:name="z88"/>
       <w:bookmarkEnd w:id="5"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>      4) көрсетілетін қызметті беруші – Қазақстан Республикасының заңнамасына сәйкес мемлекеттік қызметтер көрсететін орталық мемлекеттік органдар, Қазақстан Республикасының шетелдегі мекемелері, облыстардың, республикалық маңызы бар қалалардың, астананың, аудандардың, облыстық маңызы бар қалалардың жергілікті атқарушы органдары, қаладағы аудандардың, аудандық маңызы бар қалалардың, кенттердің, ауылдардың, ауылдық округтердің әкімдері, сондай-ақ жеке және заңды тұлғалар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71AB2BA6" w14:textId="77777777" w:rsidR="004763A8" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="7" w:name="z126"/>
+      <w:bookmarkEnd w:id="6"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      4-1) қоғамдық маңызы бар көрсетілетін қызмет – үздіксіз негізде жүзеге асырылатын және қоғамның заңды мүдделерін қанағаттандыруға бағытталған мемлекеттік көрсетілетін қызмет;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4EB66A14" w14:textId="77777777" w:rsidR="004763A8" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="8" w:name="z89"/>
+      <w:bookmarkEnd w:id="7"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      5) мемлекеттік көрсетілетін қызмет – көрсетілетін қызметті алушылардың өтініш жасауы бойынша немесе өтініш жасауынсыз жүзеге асырылатын және олардың құқықтарын, бостандықтары мен заңды мүдделерін іске асыруға, оларға тиісті материалдық немесе материалдық емес игіліктер беруге бағытталған жекелеген мемлекеттік функцияларды іске асыру нысандарының бірі немесе олардың жиынтығы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:p w14:paraId="58983715" w14:textId="2B3A62DE" w:rsidR="004763A8" w:rsidRDefault="00AE5136" w:rsidP="006E641A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="9" w:name="z92"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:r w:rsidR="00917E5F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) мемлекеттік көрсетілетін қызметтер тізілімі – мемлекеттік көрсетілетін қызметтердің сыныпталған тізбесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62861909" w14:textId="789FF1F4" w:rsidR="004763A8" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="10" w:name="z93"/>
+      <w:bookmarkEnd w:id="9"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="00917E5F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Бiрыңғай байланыс орталығы – Қазақстан Республикасының Үкіметі айқындаған, көрсетiлетiн қызметтi алушыларға мемлекеттiк және өзге де қызметтер көрсету мәселелерi бойынша – ақпарат, сондай-ақ мемлекеттік органдарға ақпараттық-коммуникациялық қызметтер көрсету мәселелері бойынша ақпарат беру жөнiндегi ақпараттық-анықтамалық қызмет функцияларын орындайтын заңды тұлға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D7B6A80" w14:textId="18A99479" w:rsidR="004763A8" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="11" w:name="z94"/>
+      <w:bookmarkEnd w:id="10"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="00917E5F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) мемлекеттік қызметтер көрсету мониторингінің ақпараттық жүйесі – мемлекеттік қызметтер көрсету, оның ішінде "Азаматтарға арналған үкімет" мемлекеттік корпорациясы арқылы көрсету процесін автоматтандыруға және мониторингтеуге арналған ақпараттық жүйе;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12B1907C" w14:textId="055D6C67" w:rsidR="004763A8" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="12" w:name="z121"/>
+      <w:bookmarkEnd w:id="11"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="00917E5F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>-1) мемлекеттік қызметтер көрсету саласындағы пилоттық жоба – мемлекеттік қызметтер көрсету кезіндегі процестердің, тәсілдердің өзгеруін сынамалау жөніндегі процесс;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4100B2AC" w14:textId="664C948F" w:rsidR="004763A8" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="13" w:name="z95"/>
+      <w:bookmarkEnd w:id="12"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      1</w:t>
+      </w:r>
+      <w:r w:rsidR="00917E5F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) мемлекеттік қызметтер көрсету сапасының қоғамдық мониторингі – жеке тұлғалардың, коммерциялық емес ұйымдардың мемлекеттік қызметтер көрсету сапасының деңгейі туралы ақпаратты жинау, талдау және ұсынымдарды тұжырымдау жөніндегі қызметі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52D35137" w14:textId="55450DC7" w:rsidR="004763A8" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="14" w:name="z96"/>
+      <w:bookmarkEnd w:id="13"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      1</w:t>
+      </w:r>
+      <w:r w:rsidR="00917E5F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) мемлекеттік қызметтер көрсету сапасын бағалау – көрсетілетін қызметті алушыларды орталық мемлекеттік органдар, облыстардың, республикалық маңызы бар қалалардың, астананың, аудандардың, облыстық маңызы бар қалалардың жергілікті атқарушы органдары, қаладағы аудандардың, аудандық маңызы бар қалалардың, кенттердің, ауылдардың, ауылдық округтердің әкімдері көрсететін қолжетімді және сапалы мемлекеттік көрсетілетін қызметтермен қамтамасыз ету бойынша шаралардың тиімділігін айқындау жөніндегі қызмет;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FDF97EE" w14:textId="70915385" w:rsidR="004763A8" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="15" w:name="z97"/>
+      <w:bookmarkEnd w:id="14"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      1</w:t>
+      </w:r>
+      <w:r w:rsidR="00917E5F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) мемлекеттік қызметтер көрсету сапасын мемлекеттік бақылау – орталық мемлекеттік органдардың, облыстардың, республикалық маңызы бар қалалардың, астананың, аудандардың, облыстық маңызы бар қалалардың жергілікті атқарушы органдарының, қаладағы аудандар, аудандық маңызы бар қалалар, кенттер, ауылдар, ауылдық округтер әкімдерінің, сондай-ақ Қазақстан Республикасының заңнамасына сәйкес мемлекеттік қызметтер көрсететін жеке және заңды тұлғалардың Қазақстан Республикасының мемлекеттік қызметтер көрсету саласындағы заңнамасын сақтауын тексеру, профилактикалық бақылау және оған мониторинг жүргізу жөніндегі қызмет;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FD43CFC" w14:textId="7167F119" w:rsidR="004763A8" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="16" w:name="z98"/>
+      <w:bookmarkEnd w:id="15"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      1</w:t>
+      </w:r>
+      <w:r w:rsidR="00917E5F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті орган – өз құзыреті шегінде мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі қызметті жүзеге асыратын орталық мемлекеттік орган;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C3459E0" w14:textId="00222019" w:rsidR="004763A8" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="17" w:name="z99"/>
+      <w:bookmarkEnd w:id="16"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      1</w:t>
+      </w:r>
+      <w:r w:rsidR="00917E5F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) мемлекеттік қызмет көрсету процесін автоматтандыру – электрондық нысанда мемлекеттік қызмет көрсетуді қамтамасыз ету үшін көрсетілетін қызметті берушінің әкімшілік процестерін түрлендіру рәсімі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:p w14:paraId="51B6C33C" w14:textId="0FAECFE4" w:rsidR="004763A8" w:rsidRDefault="00AE5136" w:rsidP="006E641A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="18" w:name="z101"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      1</w:t>
+      </w:r>
+      <w:r w:rsidR="00917E5F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) мемлекеттік қызметтер көрсету саласындағы уәкілетті орган – мемлекеттік қызметтер көрсету саласындағы басшылықты және салааралық үйлестіруді жүзеге асыратын орталық мемлекеттік орган;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B6CC88F" w14:textId="40128FEA" w:rsidR="004763A8" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="19" w:name="z122"/>
+      <w:bookmarkEnd w:id="18"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      1</w:t>
+      </w:r>
+      <w:r w:rsidR="00917E5F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>-1) проактивті көрсетілетін қызмет – көрсетілетін қызметті алушының өтінішінсіз көрсетілетін қызметті берушінің бастамасы бойынша көрсетілетін мемлекеттік қызмет;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47570824" w14:textId="49F850B4" w:rsidR="004763A8" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="20" w:name="z123"/>
+      <w:bookmarkEnd w:id="19"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      1</w:t>
+      </w:r>
+      <w:r w:rsidR="00917E5F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>-2) реинжиниринг – ұйым қызметінің тиімділігін, сапасын және нәтижелілігін арттыру мақсатында ағымдағы жұмыс процесін қайта өзгерту;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70E02005" w14:textId="7A7B6DDE" w:rsidR="004763A8" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="21" w:name="z127"/>
+      <w:bookmarkEnd w:id="20"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      1</w:t>
+      </w:r>
+      <w:r w:rsidR="00917E5F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>-3) стационарлық абоненттік құрылғы – сымдар арқылы берілетін электр сигналдарының немесе радиосигналдардың көмегімен абонент берген ақпаратты қашықтан беруді немесе қабылдауды қамтамасыз ететін байланыс құралы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="613962F0" w14:textId="758CF07D" w:rsidR="004763A8" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="22" w:name="z128"/>
+      <w:bookmarkEnd w:id="21"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      1</w:t>
+      </w:r>
+      <w:r w:rsidR="00917E5F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-4) ұялы байланыс абоненттік құрылғысы – абонент берген ақпаратты беру немесе қабылдау үшін электр байланысы сигналдарын қалыптастыратын және ұялы байланыс операторының желісіне қосылатын, қызмет көрсетілетін аумақ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>шеңберінде географиялық тұрғыдан айқындалатын тұрақты орналасқан жері жоқ, ұялы байланыс желілерінде жұмыс істейтін жеке-дара пайдаланылатын байланыс құралы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="113F8348" w14:textId="1496342A" w:rsidR="004763A8" w:rsidRDefault="00AE5136" w:rsidP="006E641A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="23" w:name="z103"/>
+      <w:bookmarkEnd w:id="22"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     1</w:t>
+      </w:r>
+      <w:r w:rsidR="00917E5F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) "электрондық үкіметтің" веб-порталы – нормативтік құқықтық базаны қоса алғанда, бүкіл шоғырландырылған үкіметтік ақпаратқа және электрондық нысанда көрсетілетін мемлекеттік қызметтерге, табиғи монополиялар субъектілерінің желілеріне қосуға техникалық шарттарды беру жөніндегі қызметтерге және квазимемлекеттік сектор субъектілерінің қызметтеріне қол жеткізудің бірыңғай терезесі болатын ақпараттық жүйе.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:p w14:paraId="4C9C0F89" w14:textId="34EB809C" w:rsidR="004763A8" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A0CE552" w14:textId="77777777" w:rsidR="004763A8" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-бап. Қазақстан Республикасының мемлекеттік қызметтер көрсету саласындағы заңнамасы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7BC63980" w14:textId="77777777" w:rsidR="004763A8" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="24" w:name="z38"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      1. Қазақстан Республикасының мемлекеттік қызметтер көрсету саласындағы заңнамасы Қазақстан Республикасының Конституциясына негізделеді, осы Заңнан және Қазақстан Республикасының өзге де нормативтік құқықтық актілерінен тұрады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E98E4F9" w14:textId="77777777" w:rsidR="004763A8" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="25" w:name="z39"/>
+      <w:bookmarkEnd w:id="24"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      2. Егер Қазақстан Республикасы ратификациялаған халықаралық шартта осы Заңда қамтылғаннан өзгеше қағидалар белгіленсе, онда халықаралық шарттың қағидалары қолданылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:p w14:paraId="4A951FDD" w14:textId="77777777" w:rsidR="004763A8" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3-бап. Мемлекеттік қызметтер көрсетудің негізгі қағидаттары</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55F4416B" w14:textId="77777777" w:rsidR="004763A8" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Мемлекеттік қызметтер мынадай негізгі қағидаттар негізінде көрсетіледі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="167E8170" w14:textId="77777777" w:rsidR="004763A8" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      көрсетілетін қызметті алушылардың тегiне, әлеуметтiк, лауазымдық және мүлiктiк жағдайына, жынысына, нәсiлiне, ұлтына, тiлiне, дiнге көзқарасына, нанымына, тұрғылықты жерiне байланысты немесе кез келген өзге жағдаяттар бойынша қандай да бір кемсітушіліксіз теңдей қол жеткізуі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E3857D1" w14:textId="77777777" w:rsidR="004763A8" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      мемлекеттік қызметтер көрсету кезінде төрешілдік пен сөзбұйдалық көріністеріне жол бермеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="228DB442" w14:textId="77777777" w:rsidR="004763A8" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      мемлекеттік қызметтер көрсету саласындағы есеп берушілік және ашықтық;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31491ED2" w14:textId="77777777" w:rsidR="004763A8" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      мемлекеттік көрсетілетін қызметтердің сапасы мен қолжетімділігі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D3025C5" w14:textId="77777777" w:rsidR="004763A8" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      мемлекеттік қызметтер көрсету процесін үнемі жетілдіру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B25DB59" w14:textId="77777777" w:rsidR="004763A8" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      мемлекеттік қызметтер көрсету кезіндегі үнемділік және тиімділік.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="165CA493" w14:textId="77777777" w:rsidR="004763A8" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4-бап. Көрсетілетін қызметті алушылардың құқықтары</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B225A90" w14:textId="77777777" w:rsidR="004763A8" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="26" w:name="z40"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      1. Көрсетілетін қызметті алушылардың:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:p w14:paraId="6FF94B3C" w14:textId="77777777" w:rsidR="004763A8" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      1) көрсетілетін қызметті берушіден мемлекеттік көрсетілетін қызметті ұсыну тәртібі туралы толық және анық ақпаратты қолжетімді нысанда алуға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49C81FA1" w14:textId="77777777" w:rsidR="004763A8" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      2) мемлекеттік қызмет көрсету тәртібін айқындайтын заңға тәуелді нормативтік құқықтық актіге сәйкес мемлекеттік көрсетілетін қызметті алуға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D722D72" w14:textId="77777777" w:rsidR="004763A8" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      3) орталық мемлекеттік органның, облыстың, республикалық маңызы бар қаланың, астананың, ауданның, облыстық маңызы бар қаланың жергілікті атқарушы органының, қаладағы аудан, аудандық маңызы бар қала, кент, ауыл, ауылдық округ әкімінің, сондай-ақ көрсетілетін қызметті берушінің және (немесе) олардың лауазымды адамдарының, Мемлекеттік корпорацияның және (немесе) олардың қызметкерлерінің мемлекеттік қызметтер көрсету мәселелері бойынша шешімдеріне, әрекеттеріне (әрекетсіздігіне) Қазақстан Республикасының заңнамалық актілерінде белгіленген тәртіппен шағымдануға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40462C9B" w14:textId="77777777" w:rsidR="004763A8" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      4) Қазақстан Республикасының заңнамасына сәйкес мемлекеттік көрсетілетін қызметті қағаз және (немесе) электрондық нысанда алуға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F2A0701" w14:textId="77777777" w:rsidR="004763A8" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="27" w:name="z129"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      4-1) мемлекеттік көрсетілетін қызметтерді "бір өтініш" қағидаты бойынша алуға;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:p w14:paraId="6A5BA341" w14:textId="77777777" w:rsidR="004763A8" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       5) осы Заңның 15-бабында көзделген тәртіппен мемлекеттік қызметтер көрсету тәртібін айқындайтын заңға тәуелді нормативтік құқықтық актілердің жобаларын жария талқылауларға қатысуға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5892D20C" w14:textId="77777777" w:rsidR="004763A8" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      6) мемлекеттік қызметтер көрсету саласында бұзылған құқықтарды, бостандықтар мен заңды мүдделерді қорғау туралы талап арызбен сотқа жүгінуге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1391039C" w14:textId="77777777" w:rsidR="004763A8" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      7) мемлекеттік қызметтер көрсету тәртібін айқындайтын заңға тәуелді нормативтік құқықтық актіге сәйкес цифрлық құжаттар сервисінен өзіне және отбасының кәмелетке толмаған мүшелеріне қатысты электрондық құжаттарды пайдалануға құқығы бар.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D4424B4" w14:textId="72A571A4" w:rsidR="004763A8" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="28" w:name="z84"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>. Егер Қазақстан Республикасының заңдарында өзгеше көзделмесе, шетелдіктер, азаматтығы жоқ адамдар және шетелдік заңды тұлғалар мемлекеттік көрсетілетін қызметтерді Қазақстан Республикасының азаматтарымен және заңды тұлғаларымен тең жағдайда алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:p w14:paraId="7A40ED98" w14:textId="49B1BFE8" w:rsidR="004763A8" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27E7E91D" w14:textId="77777777" w:rsidR="004763A8" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5-бап. Көрсетілетін қызметті берушілердің құқықтары мен міндеттері</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06E6D1FC" w14:textId="77777777" w:rsidR="004763A8" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="29" w:name="z41"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      1. Көрсетілетін қызметті берушілердің:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:p w14:paraId="601258DB" w14:textId="77777777" w:rsidR="004763A8" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      1) орталық мемлекеттік органдардан, облыстардың, республикалық маңызы бар қалалардың, астананың, аудандардың, облыстық маңызы бар қалалардың жергілікті атқарушы органдарынан, қаладағы аудандардың, аудандық маңызы бар қалалардың, кенттердің, ауылдардың, ауылдық округтердің әкімдерінен мемлекеттік қызметтер көрсету үшін қажетті ақпаратты алуға құқығы бар.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="679BE1E0" w14:textId="0394DB38" w:rsidR="004763A8" w:rsidRDefault="00AE5136" w:rsidP="006E641A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="30" w:name="z42"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      2. Көрсетілетін қызметті берушілер:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:p w14:paraId="62353181" w14:textId="77777777" w:rsidR="004763A8" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      1) мемлекеттік қызметтер көрсету тәртібін айқындайтын заңға тәуелді нормативтік құқықтық актілерге сәйкес мемлекеттік қызметтер көрсетуге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2DB9079E" w14:textId="77777777" w:rsidR="004763A8" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      2) мүмкіндігі шектеулі адамдардың мемлекеттік көрсетілетін қызметтерді алуы кезінде оларға қажетті жағдайлар жасауға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E660580" w14:textId="77777777" w:rsidR="004763A8" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      3) көрсетілетін қызметті алушыларға мемлекеттік қызметтер көрсету тәртібі туралы қолжетімді нысанда толық және анық ақпарат ұсынуға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1AEDD5D2" w14:textId="77777777" w:rsidR="004763A8" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      4) Қазақстан Республикасының заңнамасына сәйкес, орталық мемлекеттік органдарға, облыстардың, республикалық маңызы бар қалалардың, астананың, аудандардың, облыстық маңызы бар қалалардың жергілікті атқарушы органдарына, қаладағы аудандардың, аудандық маңызы бар қалалардың, кенттердің, ауылдардың, ауылдық округтердің әкімдеріне, өзге де көрсетілетін қызметті берушілерге, Мемлекеттік корпорацияға мемлекеттік қызметтерді көрсету, оның ішінде ақпараттық жүйелерді интеграциялау арқылы көрсету үшін қажетті құжаттар мен ақпаратты ұсынуға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3130965B" w14:textId="77777777" w:rsidR="004763A8" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      5) бір жұмыс күні ішінде көрсетілетін мемлекеттік қызметтерді қоспағанда, мемлекеттік қызмет көрсету тәртібін айқындайтын заңға тәуелді нормативтік құқықтық актіде белгіленген мемлекеттік қызмет көрсету мерзімі өткенге дейін бір тәуліктен кешіктірмей Мемлекеттік корпорация арқылы көрсетілетін мемлекеттік қызметтердің нәтижесін Мемлекеттік корпорацияға жеткізуді қамтамасыз етуге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3004FC53" w14:textId="77777777" w:rsidR="004763A8" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      6) мемлекеттік қызметтер көрсету саласындағы қызметкерлердің біліктілігін арттыруға, сондай-ақ мүгедектігі бар адамдармен қарым-қатынас жасау дағдыларына үйретуге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A50B8C5" w14:textId="77777777" w:rsidR="004763A8" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      7) көрсетілетін қызметті алушылардың шағымдарын осы Заңда белгіленген мерзімдерде қарауға және оларды қарау нәтижелері туралы хабардар етуге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15CD3563" w14:textId="77777777" w:rsidR="004763A8" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      8) көрсетілетін қызметті алушылардың мемлекеттік көрсетілетін қызметтің орындалу сатысы туралы ақпаратты алу мүмкіндігін қамтамасыз етуге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C85C5F1" w14:textId="77777777" w:rsidR="004763A8" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      9) көрсетілетін қызметті алушылардың бұзылған құқықтарын, бостандықтары мен заңды мүдделерін қалпына келтіруге бағытталған шараларды қолдануға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3307AA7C" w14:textId="77777777" w:rsidR="004763A8" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      10) мемлекеттік қызметтер көрсету үшін пайдаланылатын, сондай-ақ оларды көрсету үшін қажет болатын өзекті мәліметтерді қамтитын ақпараттық жүйелердің іркіліссіз жұмыс істеуін қамтамасыз етуге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48241B4E" w14:textId="77777777" w:rsidR="004763A8" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      11) мемлекеттік қызмет көрсету сатысы туралы деректерді мемлекеттік қызметтер көрсету мониторингінің ақпараттық жүйесіне ақпараттандыру саласындағы уәкілетті орган белгілеген тәртіппен енгізуді қамтамасыз етуге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C386B62" w14:textId="77777777" w:rsidR="004763A8" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      12) егер Қазақстан Республикасының заңдарында өзгеше көзделмесе, мемлекеттік қызметтер көрсету кезінде ақпараттық жүйелерде қамтылған, заңмен қорғалатын құпияны құрайтын мәліметтерді пайдалануға көрсетілетін қызметті алушының жазбаша келісімін немесе электрондық цифрлық қолтаңбамен </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>расталған келісімін не ұялы байланыс абоненттік құрылғысы арқылы келісімін алуға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B7C6599" w14:textId="77777777" w:rsidR="004763A8" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      13) мемлекеттік қызметтер көрсету тәртібін айқындайтын заңға тәуелді нормативтік құқықтық актілерде көзделген жағдайларда мемлекеттік қызметтер көрсету үшін цифрлық құжаттар сервисінен электрондық құжаттарды пайдалануға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E524DA3" w14:textId="77777777" w:rsidR="004763A8" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      14) Қазақстан Республикасының заңдарында белгіленген жағдайларда және негіздер бойынша мемлекеттік қызметтерді көрсетуден бас тартуға міндетті.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="767942C0" w14:textId="77777777" w:rsidR="004763A8" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Мемлекеттік қызметтер көрсету кезінде көрсетілетін қызметтерді алушылардан:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2502A61B" w14:textId="3476B369" w:rsidR="004763A8" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      1</w:t>
+      </w:r>
+      <w:r w:rsidR="00917E5F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) мемлекеттік қызметтерді көрсету үшін пайдаланылатын ақпараттық жүйелерден немесе цифрлық құжаттар сервисінен алуға болатын құжаттар мен мәліметтерді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71AB1214" w14:textId="4ADE9E49" w:rsidR="004763A8" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="00917E5F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>16</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Қазақстан Республикасының зейнетақымен және әлеуметтік қамсыздандыру мәселелерін реттейтін заңнамасында көзделген жағдайларды қоспағанда, көрсетілетін қызметті берушінің Мемлекеттік корпорацияның салыстырып-тексеруі үшін түпнұсқалары ұсынылған құжаттардың нотариат куәландырған көшірмелерін талап етуге жол берілмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46025958" w14:textId="2DA09A08" w:rsidR="004763A8" w:rsidRDefault="00AE5136" w:rsidP="006E641A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="31" w:name="z7"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-тарау. МЕМЛЕКЕТТІК ҚЫЗМЕТТЕР КӨРСЕТУ САЛАСЫНДАҒЫ</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>МЕМЛЕКЕТТІК РЕТТЕУ</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:p w14:paraId="632A52BE" w14:textId="77777777" w:rsidR="004763A8" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6-бап. Қазақстан Республикасы Үкіметінің мемлекеттік қызметтер көрсету саласындағы құзыреті</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69B531B1" w14:textId="77777777" w:rsidR="004763A8" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Қазақстан Республикасының Үкіметі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67403801" w14:textId="77777777" w:rsidR="004763A8" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      1) мемлекеттік қызметтер көрсету саласындағы мемлекеттік саясаттың негізгі бағыттарын әзірлейді және олардың жүзеге асырылуын ұйымдастырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25B15D00" w14:textId="0541F383" w:rsidR="004763A8" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20498C4A" w14:textId="0DF2F5F0" w:rsidR="004763A8" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r w:rsidR="00917E5F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасының Конституциясымен, осы Заңымен, өзге де заңдарымен және Қазақстан Республикасы Президентінің актілерімен өзіне жүктелген өзге де функцияларды орындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="157CA199" w14:textId="5FB0C463" w:rsidR="004763A8" w:rsidRDefault="00AE5136" w:rsidP="006E641A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7-бап. Мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органның құзыреті</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="695014C4" w14:textId="77777777" w:rsidR="004763A8" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті орган:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40398728" w14:textId="77777777" w:rsidR="004763A8" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      1) өз құзыреті шегінде мемлекеттік қызметтер көрсету саласындағы мемлекеттік саясаттың іске асырылуын қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A02EF35" w14:textId="77777777" w:rsidR="004763A8" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      2) мемлекеттік қызметтер көрсету сапасын мемлекеттік бақылауды жүзеге асырады, талдау және мониторингтеу негізінде оларды көрсету кезінде бұзушылықтардың алдын алуға және көрсетілетін қызметті алушылардың құқықтары мен заңды мүдделерін қамтамасыз етуге бағытталған ұсыныстарды тұжырымдайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D9FB0C0" w14:textId="77777777" w:rsidR="004763A8" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      3) мемлекеттік қызметтер көрсету сапасын мемлекеттік бақылау қағидаларын әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="524C9030" w14:textId="77777777" w:rsidR="004763A8" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      4) мемлекеттік қызметтер көрсету сапасын ішкі бақылау нәтижелері туралы ақпарат сұратады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E44647E" w14:textId="77777777" w:rsidR="004763A8" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      5) ақпараттандыру саласындағы уәкілетті органмен келісу бойынша мемлекеттік қызметтер көрсету сапасын бағалау әдістемесін әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00D01490" w14:textId="77777777" w:rsidR="004763A8" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      6) мемлекеттік қызметтер көрсету сапасына қоғамдық мониторинг жүргізу бойынша мемлекеттік әлеуметтік тапсырысты қалыптастыруды, оның іске асырылу мониторингін және нәтижелерін бағалауды жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49B1832C" w14:textId="77777777" w:rsidR="004763A8" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       7) алып тасталды - ҚР 02.11.2015 № 384-V Заңымен (01.01.2016 бастап қолданысқа енгізіледі).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A0204EE" w14:textId="77777777" w:rsidR="004763A8" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      8) жеке тұлғаларға және коммерциялық емес ұйымдарға мемлекеттік қызметтер көрсету сапасына қоғамдық мониторинг жүргізу жөнінде ақпараттық, консультациялық, әдістемелік қолдау көрсетеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A83EA83" w14:textId="77777777" w:rsidR="004763A8" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      9) осы Заңда, Қазақстан Республикасының өзге де заңдарында, Қазақстан Республикасы Президентінің актілерінде көзделген өзге де функцияларды жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="759A3E99" w14:textId="1C0433F4" w:rsidR="004763A8" w:rsidRDefault="00AE5136" w:rsidP="006E641A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>8-бап. Мемлекеттік қызметтер көрсету саласындағы уәкілетті органның құзыреті</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3960578A" w14:textId="77777777" w:rsidR="004763A8" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Мемлекеттік қызметтер көрсету саласындағы уәкілетті орган:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="400B0899" w14:textId="77777777" w:rsidR="004763A8" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      1) мемлекеттік қызметтер көрсету саласындағы мемлекеттік саясаттың іске асырылуын қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0255A9A8" w14:textId="77777777" w:rsidR="004763A8" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      2) мемлекеттік көрсетілетін қызметтер тізілімін жүргізу қағидаларын әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B5A3DDE" w14:textId="77777777" w:rsidR="004763A8" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      2-1) мемлекеттік көрсетілетін қызметтер тізілімін бекітеді және мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органмен және мемлекеттік басқару жүйесін дамыту саласындағы уәкілетті органмен келісу бойынша оған өзгерістер мен толықтырулар енгізеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40042B18" w14:textId="77777777" w:rsidR="004763A8" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      3) мемлекеттік көрсетілетін қызметтер тізілімін әзірлеуді және жүргізуді жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7AF60019" w14:textId="6849C81E" w:rsidR="004763A8" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A6EAAC1" w14:textId="51B22601" w:rsidR="004763A8" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="00917E5F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) мемлекеттік қызметтер көрсету тәртібін айқындайтын заңға тәуелді нормативтік құқықтық актілердің жобаларын келісуді жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="129988B4" w14:textId="6253CBB5" w:rsidR="004763A8" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="00917E5F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) мемлекеттік қызметтер көрсету тәртібін айқындайтын заңға тәуелді нормативтік құқықтық актілерді әзірлеу бойынша орталық мемлекеттік органдардың қызметіне мониторинг жүргізеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="271E2C05" w14:textId="191BA1CE" w:rsidR="004763A8" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B8B925C" w14:textId="6EFA7D5C" w:rsidR="004763A8" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="00917E5F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) орталық мемлекеттік органдардың, облыстардың, республикалық маңызы бар қалалардың, астананың, аудандардың, облыстық маңызы бар қалалардың жергілікті атқарушы органдарының, қаладағы аудандар, аудандық маңызы бар қалалар, кенттер, ауылдар, ауылдық округтер әкімдерінің мемлекеттік қызметтер көрсету мәселелері жөніндегі қызметі есебінің қалыптастырылу тәртібін, ұсынылу мерзімдерін және үлгі нысанын әзірлеп, бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="447AA565" w14:textId="4054E530" w:rsidR="004763A8" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="00917E5F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>-1) дербес деректерді қорғау саласындағы уәкілетті органмен келісу бойынша мемлекеттік қызметтер көрсету кезінде жеке тұлғаларды биометриялық сәйкестендіру үшін олардың биометриялық деректерін жинау, өңдеу және сақтау қағидаларын әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3027E298" w14:textId="7469F098" w:rsidR="004763A8" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="00917E5F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) мемлекеттік қызметтер көрсету тәртібін айқындайтын заңға тәуелді нормативтік құқықтық актілерді жетілдіру жөнінде ұсыныстар әзірлейді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="052C9EF7" w14:textId="05DCA77E" w:rsidR="004763A8" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="00917E5F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) осы Заңда, Қазақстан Республикасының өзге де заңдарында, Қазақстан Республикасы Президентінің және Қазақстан Республикасы Үкіметінің актілерінде көзделген өзге де өкілеттіктерді жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BDB109F" w14:textId="541B1B26" w:rsidR="004763A8" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>  </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E1961A7" w14:textId="77777777" w:rsidR="004763A8" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>9-бап. Ақпараттандыру саласындағы уәкілетті органның құзыреті</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6EC41EDA" w14:textId="77777777" w:rsidR="004763A8" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Ақпараттандыру саласындағы уәкілетті орган:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74E09391" w14:textId="77777777" w:rsidR="004763A8" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      1) өз құзыреті шегінде мемлекеттік қызметтер көрсету саласындағы мемлекеттік саясаттың іске асырылуын қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="668A23F9" w14:textId="77777777" w:rsidR="004763A8" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       2) алып тасталды - ҚР 17.11.2015 № 408-V Заңымен (01.03.2016 бастап қолданысқа енгізіледі);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C9302DD" w14:textId="77777777" w:rsidR="004763A8" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       3) алып тасталды - ҚР 17.11.2015 № 408-V Заңымен (01.03.2016 бастап қолданысқа енгізіледі);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0EE1B859" w14:textId="77777777" w:rsidR="004763A8" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       4) алып тасталды - ҚР 17.11.2015 № 408-V Заңымен (01.03.2016 бастап қолданысқа енгізіледі);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0469DC91" w14:textId="77777777" w:rsidR="004763A8" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       5) алып тасталды - ҚР 17.11.2015 № 408-V Заңымен (01.03.2016 бастап қолданысқа енгізіледі);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C3F5CEC" w14:textId="77777777" w:rsidR="004763A8" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       6) алып тасталды - ҚР 17.11.2015 № 408-V Заңымен (01.03.2016 бастап қолданысқа енгізіледі);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55DCB70E" w14:textId="2EED6D4D" w:rsidR="004763A8" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F676E87" w14:textId="77777777" w:rsidR="004763A8" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      8) Бірыңғай байланыс орталығының жұмысын ұйымдастырады және үйлестіреді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61382414" w14:textId="77777777" w:rsidR="004763A8" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      9) Бірыңғай байланыс орталығы қызметінің және Бірыңғай байланыс орталығының орталық мемлекеттік органдармен, облыстардың, республикалық маңызы бар қалалардың, астананың жергілікті атқарушы органдарымен, сондай-ақ көрсетілетін қызметті берушілермен өзара іс-қимыл жасауы қағидаларын бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41CD0ADA" w14:textId="6586FD69" w:rsidR="004763A8" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72262323" w14:textId="430088D9" w:rsidR="004763A8" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      1</w:t>
+      </w:r>
+      <w:r w:rsidR="00917E5F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) мемлекеттік қызметтер көрсетудің электрондық нысанын көздейтін мемлекеттік қызметтер көрсету тәртібін айқындайтын заңға тәуелді нормативтік құқықтық актілердің жобаларын келісуді жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C1EDCAB" w14:textId="306DEEE1" w:rsidR="004763A8" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      1</w:t>
+      </w:r>
+      <w:r w:rsidR="00917E5F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) электрондық нысанда көрсетілетін мемлекеттік қызметтерді көрсету тәртібін айқындайтын заңға тәуелді нормативтік құқықтық актілерді жетілдіру жөнінде ұсыныстар әзірлейді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="070455C8" w14:textId="77777777" w:rsidR="004763A8" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      12-1) құзыреті шегінде Мемлекеттік корпорацияның қызметін тексеруді жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C5B7BF9" w14:textId="77777777" w:rsidR="004763A8" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      12-2) мемлекеттік органдар мен ұйымдардан Мемлекеттік корпорацияның қызметі туралы мәліметтерді алуға құқылы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6CAFE0A3" w14:textId="77777777" w:rsidR="004763A8" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      12-3) Қазақстан Республикасының Үкіметі бекіткен, мемлекеттік басқаруды цифрлық трансформациялау қағидаларына (бұдан әрі – мемлекеттік басқаруды цифрлық трансформациялау қағидалары) сәйкес орталық мемлекеттік органдардың, жергілікті атқарушы органдардың мемлекеттік қызметтер көрсету реинжинирингі жөніндегі қызметін үйлестіреді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3249BD9C" w14:textId="06B48834" w:rsidR="004763A8" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51FBCED4" w14:textId="77777777" w:rsidR="004763A8" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      13-1) проактивті қызметтер көрсету тәртібін бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="443A8DF5" w14:textId="77777777" w:rsidR="004763A8" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      14) осы Заңда, Қазақстан Республикасының өзге де заңдарында, Қазақстан Республикасы Президентінің және Қазақстан Республикасы Үкіметінің актілерінде көзделген өзге де өкілеттіктерді жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1564BBE9" w14:textId="56D9EB50" w:rsidR="004763A8" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54898D32" w14:textId="77777777" w:rsidR="004763A8" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>9-1-бап. Орталық мемлекеттік органдар арасынан Қазақстан Республикасының Үкіметі айқындайтын уәкілетті органның құзыреті</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3BFA8FCE" w14:textId="77777777" w:rsidR="004763A8" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Уәкілетті орган:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="166BA71B" w14:textId="77777777" w:rsidR="004763A8" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      1) Мемлекеттік корпорацияның қызметі қағидаларын әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3AF68569" w14:textId="01252D4A" w:rsidR="004763A8" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E68D561" w14:textId="2399E176" w:rsidR="004763A8" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="00917E5F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Мемлекеттік корпорацияның қызметін ұйымдастыруды және бақылауды жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36CEA19C" w14:textId="663F3D65" w:rsidR="004763A8" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="00917E5F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Мемлекеттік корпорацияның қызметін және оның көрсетілетін қызметті берушілермен өзара іс-қимыл жасауын үйлестіреді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="301AC06E" w14:textId="0A471F77" w:rsidR="004763A8" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D54FEE0" w14:textId="1BFB23AD" w:rsidR="004763A8" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="00917E5F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Мемлекеттік корпорация арқылы мемлекеттік қызметтер көрсету тәртібін айқындайтын заңға тәуелді нормативтік құқықтық актілердің жобаларын келісуді жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10C292B9" w14:textId="34BB3C3C" w:rsidR="004763A8" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="00917E5F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Мемлекеттік корпорация арқылы көрсетілетін мемлекеттік қызметтерді көрсету тәртібін айқындайтын заңға тәуелді нормативтік құқықтық актілерді жетілдіру жөнінде ұсыныстар әзірлейді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1383714A" w14:textId="15D3BB52" w:rsidR="004763A8" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="00917E5F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Мемлекеттік корпорация көрсететін қызметтерге баға белгілеу тәртібін айқындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="349DF28F" w14:textId="658ED8D1" w:rsidR="004763A8" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A6F2726" w14:textId="77777777" w:rsidR="004763A8" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>10-бап. Орталық мемлекеттік органдардың құзыреті</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="053DB66C" w14:textId="77777777" w:rsidR="004763A8" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Орталық мемлекеттік органдар:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B8C0A01" w14:textId="77777777" w:rsidR="004763A8" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      1) мемлекеттік қызметтер көрсету тәртібін айқындайтын заңға тәуелді нормативтік құқықтық актілерді әзірлейді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="366887C1" w14:textId="3420C54C" w:rsidR="004763A8" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="632CC436" w14:textId="24E59D45" w:rsidR="004763A8" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="00917E5F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) мемлекеттік қызметтер көрсету сапасын арттыруды, оған қолжетімділікті қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4770484C" w14:textId="732D2869" w:rsidR="004763A8" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="00917E5F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мемлекеттік қызметтер көрсету тәртібін айқындайтын заңға тәуелді нормативтік құқықтық актілердің қолжетімділігін қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39926F0A" w14:textId="5446C953" w:rsidR="004763A8" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="00917E5F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) көрсетілетін қызметті алушылардың мемлекеттік қызметтер көрсету тәртібі туралы қолжетімді нысанда хабардар болуын қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41BAADE5" w14:textId="197ED475" w:rsidR="004763A8" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="00917E5F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) көрсетілетін қызметті алушылардың мемлекеттік қызметтер көрсету мәселелері бойынша өтініштерін қарайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31AE0D2C" w14:textId="4589AC09" w:rsidR="004763A8" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="00917E5F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) көрсетілетін қызметті алушылардың бұзылған құқықтарын, бостандықтары мен заңды мүдделерін қалпына келтіруге бағытталған шараларды қолданады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D3C28CC" w14:textId="1CC2ACA1" w:rsidR="004763A8" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="00917E5F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) мемлекеттік қызметтер көрсету, мүгедектігі бар адамдармен қарым-қатынас жасау саласындағы қызметкерлердің біліктілігін арттыруды қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07F615D2" w14:textId="139C472B" w:rsidR="004763A8" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="00917E5F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) мемлекеттік басқаруды цифрлық трансформациялау қағидаларына сәйкес мемлекеттік қызметтер көрсету реинжинирингін жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06AFC893" w14:textId="77777777" w:rsidR="004763A8" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      9-1) мемлекеттік көрсетілетін қызметтер тізіліміне жаңа мемлекеттік көрсетілетін қызмет енгізілгеннен кейін ақпараттандыру саласындағы уәкілетті органмен келісу бойынша Қазақстан Республикасының заңнамасына сәйкес оны электрондық форматта көрсетуге ауыстыру бойынша шаралар қолданады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20AE541F" w14:textId="77777777" w:rsidR="004763A8" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      10) мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органға мемлекеттік қызметтер көрсету сапасын бағалауды жүргізу үшін ақпараттың, сондай-ақ мемлекеттік қызметтер көрсету сапасын ішкі бақылау нәтижелері бойынша ақпараттың Қазақстан Республикасының заңнамасында белгіленген тәртіппен және мерзімдерде ұсынылуын қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5ADDDCE3" w14:textId="77777777" w:rsidR="004763A8" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      11) ақпараттандыру саласындағы уәкілетті органға электрондық нысанда көрсетілетін мемлекеттік қызметтер сапасын бағалауды жүргізу үшін ақпараттың Қазақстан Республикасының заңнамасында белгіленген тәртіппен және мерзімдерде ұсынылуын қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C6FD014" w14:textId="77777777" w:rsidR="004763A8" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      12) егер Қазақстан Республикасының заңнамасында өзгеше көзделмесе, Мемлекеттік корпорацияға мемлекеттік қызметтер көрсету үшін қажетті мәліметтерді қамтитын ақпараттық жүйелерге қолжетімділік береді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="388E3A0D" w14:textId="77777777" w:rsidR="004763A8" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      13) мемлекеттік қызметтер көрсету тәртібі туралы ақпаратты Бірыңғай байланыс орталығына береді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4355D3B2" w14:textId="77777777" w:rsidR="004763A8" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="32" w:name="z130"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      13-1) өзінің аумақтық бөлімшелерінің, сондай-ақ облыстардың, республикалық маңызы бар қалалардың, астананың, аудандардың, облыстық маңызы бар қалалардың жергілікті атқарушы органдарының, қаладағы аудандар, аудандық маңызы бар қалалар, кенттер, ауылдар, ауылдық округтер әкімдерінің Қазақстан Республикасының мемлекеттік қызметтер көрсету тәртібін реттейтін заңнамасын сақтау жөніндегі қызметін үйлестіреді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:p w14:paraId="4EA73EBC" w14:textId="77777777" w:rsidR="004763A8" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      14) Қазақстан Республикасының заңнамасына сәйкес мемлекеттік қызметтер көрсету сапасын ішкі бақылауды жүргізеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="011EA1CB" w14:textId="77777777" w:rsidR="004763A8" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      15) көрсетілетін қызметті берушілердің мемлекеттік қызметтер көрсету тәртібін айқындайтын заңға тәуелді нормативтік құқықтық актілерді сақтауын қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F31A704" w14:textId="77777777" w:rsidR="004763A8" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      16) осы Заңда, Қазақстан Республикасының өзге де заңдарында, Қазақстан Республикасы Президентінің және Қазақстан Республикасы Үкіметінің актілерінде көзделген өзге де өкілеттіктерді жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7EE0F5C1" w14:textId="23B05FC6" w:rsidR="004763A8" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1740E663" w14:textId="77777777" w:rsidR="004763A8" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">11-бап. Облыстардың, республикалық маңызы бар қалалардың, астананың, аудандардың, облыстық маңызы бар қалалардың жергілікті атқарушы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>органдарының, қаладағы аудандар, аудандық маңызы бар қалалар, кенттер, ауылдар, ауылдық округтер әкімдерінің құзыреті</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2FD32A2D" w14:textId="77777777" w:rsidR="004763A8" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Облыстардың, республикалық маңызы бар қалалардың, астананың, аудандардың, облыстық маңызы бар қалалардың жергілікті атқарушы органдары, қаладағы аудандардың, аудандық маңызы бар қалалардың, кенттердің, ауылдардың, ауылдық округтердің әкімдері:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5305BB64" w14:textId="77777777" w:rsidR="004763A8" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      1) тиісті әкімшілік-аумақтық бірліктің аумағында мемлекеттік қызметтер көрсету сапасын арттыруды, оған қолжетімділікті қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DF2CA44" w14:textId="77777777" w:rsidR="004763A8" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      2) мемлекеттік қызметтер көрсету тәртібін айқындайтын заңға тәуелді нормативтік құқықтық актілердің қолжетімділігін қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06464B81" w14:textId="77777777" w:rsidR="004763A8" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      3) көрсетілетін қызметті алушылардың мемлекеттік қызметтер көрсету тәртібі туралы қолжетімді нысанда хабардар болуын қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51CB3B33" w14:textId="77777777" w:rsidR="004763A8" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      4) көрсетілетін қызметті алушылардың мемлекеттік қызметтер көрсету мәселелері бойынша өтініштерін қарайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7CAAFB3A" w14:textId="77777777" w:rsidR="004763A8" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      5) көрсетілетін қызметті алушылардың бұзылған құқықтарын, бостандықтары мен заңды мүдделерін қалпына келтіруге бағытталған шараларды қолданады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4674C8E5" w14:textId="77777777" w:rsidR="004763A8" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      6) мемлекеттік қызметтер көрсету, мүгедектігі бар адамдармен қарым-қатынас жасау саласындағы қызметкерлердің біліктілігін арттыруды қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="094BD788" w14:textId="77777777" w:rsidR="004763A8" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      7) мемлекеттік басқаруды цифрлық трансформациялау қағидаларына сәйкес мемлекеттік қызметтер көрсету реинжинирингін жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D9823D2" w14:textId="77777777" w:rsidR="004763A8" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      8) мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органға мемлекеттік қызметтер көрсету сапасын бағалауды жүргізу үшін ақпараттың, сондай-ақ мемлекеттік қызметтер көрсету сапасын ішкі бақылау нәтижелері бойынша ақпараттың Қазақстан Республикасының заңнамасында белгіленген тәртіппен және мерзімдерде ұсынылуын қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10A2F799" w14:textId="77777777" w:rsidR="004763A8" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      9) ақпараттандыру саласындағы уәкілетті органға электрондық нысанда көрсетілетін мемлекеттік қызметтер сапасын бағалауды жүргізу үшін ақпараттың Қазақстан Республикасының заңнамасында белгіленген тәртіппен және мерзімдерде ұсынылуын қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="570166EC" w14:textId="77777777" w:rsidR="004763A8" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      10) егер Қазақстан Республикасының заңнамасында өзгеше көзделмесе, Мемлекеттік корпорацияға мемлекеттік қызметтер көрсету үшін қажетті мәліметтерді қамтитын ақпараттық жүйелерге қолжетімділік береді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BD64A5E" w14:textId="77777777" w:rsidR="004763A8" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      11) мемлекеттік қызметтер көрсету тәртібі туралы ақпаратты Бірыңғай байланыс орталығына береді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16EFE1CD" w14:textId="77777777" w:rsidR="004763A8" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      12) Қазақстан Республикасының заңнамасына сәйкес мемлекеттік қызметтер көрсету сапасын ішкі бақылауды жүргізеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0BB62D73" w14:textId="77777777" w:rsidR="004763A8" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      13) көрсетілетін қызметті берушілердің мемлекеттік қызметтер көрсету тәртібін айқындайтын заңға тәуелді нормативтік құқықтық актілерді сақтауын қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66FA3C30" w14:textId="77777777" w:rsidR="004763A8" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      14) жергілікті мемлекеттік басқару мүдделері үшін Қазақстан Республикасының заңнамасымен жүктелетін өзге де өкілеттіктерді жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4AE5AC83" w14:textId="632C7F70" w:rsidR="004763A8" w:rsidRDefault="00AE5136" w:rsidP="006E641A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>11-1-бап. Мемлекеттік корпорацияның қызметін ұйымдастыру</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6817FC39" w14:textId="77777777" w:rsidR="004763A8" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      1. Мемлекеттік корпорация жеке және (немесе) заңды тұлғаларға "бір терезе" қағидаты бойынша мемлекеттік қызметтер көрсету, жеке және заңды тұлғалардың міндетті мемлекеттік тіркелуге жатпайтын жылжымалы мүлік кепілін тіркеу, ғимараттарды, құрылысжайларды және (немесе) олардың құрамдастарын техникалық зерттеп-қарау, жылжымайтын мүлікке құқықтарды мемлекеттік тіркеу, мемлекеттік жер кадастрын жүргізу, зейнетақымен және әлеуметтік қамсыздандыру, коммерциялық ұйымдар болып табылатын заңды тұлғаларды мемлекеттік тіркеу және олардың филиалдары мен өкiлдiктерін есептік тіркеу саласындағы қызметті жүзеге асыратын бірыңғай провайдер болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B34005A" w14:textId="77777777" w:rsidR="004763A8" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Өзге тұлғалардың бірыңғай провайдер қызметін жүзеге асыруына тыйым салынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14FE813F" w14:textId="77777777" w:rsidR="004763A8" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      2. Мемлекеттік корпорация акционерлік қоғам нысанында құрылады, ол коммерциялық емес ұйым болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02B10DCE" w14:textId="77777777" w:rsidR="004763A8" w:rsidRPr="006E641A" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Мемлекеттік корпорацияның өз филиалдары болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D6B48FD" w14:textId="77777777" w:rsidR="004763A8" w:rsidRPr="006E641A" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3. Мемлекеттік корпорацияның жалғыз акционері Қазақстан Республикасының Үкіметі болып табылады. Мемлекеттік корпорацияның уәкілетті органы орталық мемлекеттік органдар арасынан Қазақстан Республикасы Үкіметінің шешімімен айқындалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77DBF1BE" w14:textId="77777777" w:rsidR="004763A8" w:rsidRPr="006E641A" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="33" w:name="z57"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4. Мемлекеттік корпорация:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:p w14:paraId="4BD60314" w14:textId="77777777" w:rsidR="004763A8" w:rsidRPr="006E641A" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) мемлекеттік қызметтер көрсету сапасын арттыруды қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C40F63F" w14:textId="77777777" w:rsidR="004763A8" w:rsidRPr="006E641A" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) мемлекеттік қызметтер көрсету тәртібін айқындайтын заңға тәуелді нормативтік құқықтық актілердің сақталуын қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1333C2E1" w14:textId="77777777" w:rsidR="004763A8" w:rsidRPr="006E641A" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) көрсетілетін қызметті алушылардың мемлекеттік қызметтер көрсету тәртібі туралы хабардар болуын қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43C7EC1C" w14:textId="77777777" w:rsidR="004763A8" w:rsidRPr="006E641A" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3-1) азаматтардың дербес деректеріне қолжетімділігі бар, сондай-ақ мемлекеттік қызметтер көрсету процесіне қатысатын Мемлекеттік корпорация қызметкерлері Қазақстан Республикасының Ұлттық қауіпсіздік комитетімен келісу бойынша ақпараттандыру саласындағы уәкілетті орган айқындайтын тәртіппен тексеруге жатады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67B9B4C1" w14:textId="77777777" w:rsidR="004763A8" w:rsidRPr="006E641A" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="0027094D">
-[...17 lines deleted...]
-      <w:bookmarkEnd w:id="6"/>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4) көрсетілетін қызметті алушылардың мемлекеттік қызметтер көрсету мәселелері бойынша өтініштерін қарайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A582DFF" w14:textId="77777777" w:rsidR="004763A8" w:rsidRPr="006E641A" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="0027094D">
-[...17 lines deleted...]
-      <w:bookmarkEnd w:id="7"/>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5) мемлекеттік қызметтер көрсету саласында қызметкерлердің біліктілігін арттыруды қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03E98055" w14:textId="77777777" w:rsidR="004763A8" w:rsidRPr="006E641A" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="0027094D">
-[...17 lines deleted...]
-      <w:bookmarkEnd w:id="8"/>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6) Қазақстан Республикасының заңнамасына сәйкес "бір терезе" қағидаты бойынша жеке және (немесе) заңды тұлғаларға мемлекеттік қызметтер көрсетеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2FECF78D" w14:textId="77777777" w:rsidR="004763A8" w:rsidRPr="006E641A" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="0027094D">
-[...33 lines deleted...]
-      <w:bookmarkEnd w:id="9"/>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6-1) мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органға мемлекеттік қызметтер көрсету сапасын бағалауды жүргізу үшін Мемлекеттік корпорация арқылы көрсетілетін мемлекеттік қызметтер жөнінде ақпарат береді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30E19851" w14:textId="77777777" w:rsidR="004763A8" w:rsidRPr="006E641A" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="0027094D">
-[...33 lines deleted...]
-      <w:bookmarkEnd w:id="10"/>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6-2) мемлекеттік қызметтер көрсету кезінде жеке тұлғаларды биометриялық сәйкестендіру үшін олардың биометриялық деректерін жинауды, өңдеуді және сақтауды жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="599D28D3" w14:textId="77777777" w:rsidR="004763A8" w:rsidRPr="006E641A" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="0027094D">
-[...33 lines deleted...]
-      <w:bookmarkEnd w:id="11"/>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6-3) мемлекеттік қызметтер көрсету кезінде жеке тұлғаларды биометриялық сәйкестендіру үшін олардың биометриялық деректер базасын жүргізуді жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D3418D7" w14:textId="77777777" w:rsidR="004763A8" w:rsidRPr="006E641A" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="0027094D">
-[...36 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7) осы Заңда, Қазақстан Республикасының өзге де заңдарында, Қазақстан Республикасы Президентінің және Қазақстан Республикасы Үкіметінің актілерінде көзделген өзге де өкілеттіктерді жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B6C6458" w14:textId="57DF4CF5" w:rsidR="004763A8" w:rsidRPr="00DA7592" w:rsidRDefault="00AE5136" w:rsidP="006E641A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="0027094D">
-[...36 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="00DA7592">
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="34" w:name="z14"/>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тарау</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>МЕМЛЕКЕТТІК</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>КӨРСЕТІЛЕТІН</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ҚЫЗМЕТТЕР</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ТІЗІЛІМІ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ОЛАРДЫ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>КӨРСЕТУ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ТӘРТІБІН</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>АЙҚЫНДАЙТЫН</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ЗАҢҒА</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ТӘУЕЛДІ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>НОРМАТИВТІК</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ҚҰҚЫҚТЫҚ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>АКТ</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:p w14:paraId="68525FD4" w14:textId="2C983FA7" w:rsidR="004763A8" w:rsidRPr="00DA7592" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="0027094D">
-[...11 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B333C61" w14:textId="77777777" w:rsidR="004763A8" w:rsidRPr="00DA7592" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>12-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>бап</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>көрсетілетін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қызметтер</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тізілімі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37A03273" w14:textId="77777777" w:rsidR="004763A8" w:rsidRPr="00DA7592" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="35" w:name="z43"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>көрсетілетін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қызметтер</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>көрсетілетін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қызметтер</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тізіліміне</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>енгізілуге</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жатады</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17BC3E1F" w14:textId="77777777" w:rsidR="004763A8" w:rsidRPr="00DA7592" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="36" w:name="z44"/>
+      <w:bookmarkEnd w:id="35"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>көрсетілетін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қызметтер</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тізілімін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жүргізу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тәртібін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>сондай</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ақ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>оның</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>құрылымын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қызметтер</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>көрсету</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>саласындағы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>уәкілетті</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>орган</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>айқындайды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:p w14:paraId="2BA7E4A9" w14:textId="67CEABAD" w:rsidR="004763A8" w:rsidRPr="00DA7592" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62FBE01D" w14:textId="77777777" w:rsidR="004763A8" w:rsidRPr="00DA7592" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>13-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>бап</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қызмет</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>көрсету</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тәртібін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>айқындайтын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>заңға</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тәуелді</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>нормативтік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>құқықтық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>актіні</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>әзірлеуге</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>бекітуге</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қойылатын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жалпы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>талаптар</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73D1A5A1" w14:textId="7E9D0D05" w:rsidR="004763A8" w:rsidRPr="00DA7592" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CCBFD4F" w14:textId="77777777" w:rsidR="004763A8" w:rsidRPr="00DA7592" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="37" w:name="z45"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қызметтер</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>көрсету</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>сапасына</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қойылатын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>бірыңғай</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>талаптарды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қамтамасыз</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ету</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>орталық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>органдар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қызметтер</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>көрсету</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тәртібін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>айқындайтын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>заңға</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тәуелді</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>нормативтік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>құқықтық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>актілерді</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>оның</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ішінде</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Республикасының</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>шетелдегі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мекемелері</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>облыстардың</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>республикалық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>маңызы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>бар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қалалардың</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>астананың</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>аудандардың</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>облыстық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>маңызы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>бар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қалалардың</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жергілікті</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>атқарушы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>органдары</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қаладағы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>аудандардың</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>аудандық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>маңызы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>бар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қалалардың</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>кенттердің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ауылдардың</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ауылдық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>округтердің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>әкімдері</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>көрсететін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қызметтер</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>заңға</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тәуелді</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>нормативтік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>құқықтық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>актілерді</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>әзірлейді</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>бекітеді</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48C1A839" w14:textId="77777777" w:rsidR="004763A8" w:rsidRPr="00DA7592" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="38" w:name="z105"/>
+      <w:bookmarkEnd w:id="37"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қызметтер</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>көрсету</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тәртібін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>айқындайтын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>заңға</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тәуелді</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>нормативтік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>құқықтық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>актілердің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жобаларын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>әзірлеу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>келісу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Құқықтық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>актілер</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">" </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Республикасының</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Заңына</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>сәйкес</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жүзеге</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>асырылады</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="485F7B75" w14:textId="77777777" w:rsidR="004763A8" w:rsidRPr="00DA7592" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="39" w:name="z46"/>
+      <w:bookmarkEnd w:id="38"/>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қызмет</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>көрсету</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тәртібін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>айқындайтын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>заңға</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тәуелді</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>нормативтік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>құқықтық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>актінің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жобасы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>осы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Заңның</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 15-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>бабында</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>айқындалатын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тәртіппен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жария</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>талқылауға</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жатады</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12100ECC" w14:textId="77777777" w:rsidR="004763A8" w:rsidRPr="00DA7592" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="40" w:name="z47"/>
+      <w:bookmarkEnd w:id="39"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қызметтер</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>көрсету</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тәртібін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>айқындайтын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>заңға</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тәуелді</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>нормативтік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>құқықтық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>актілерді</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қабылдау</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>өзгерту</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>толықтыру</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>олардың</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>күшін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жою</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қызметтер</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>көрсету</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>сапасын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>бағалау</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>бақылау</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жөніндегі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>уәкілетті</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>органның</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қызметтер</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>көрсету</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>саласындағы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>уәкілетті</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>органның</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ақпараттандыру</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>саласындағы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>уәкілетті</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>органның</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>орталық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>органдардың</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>облыстардың</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>республикалық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>маңызы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>бар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қалалардың</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>астананың</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>аудандардың</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>облыстық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>маңызы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>бар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қалалардың</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жергілікті</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>атқарушы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>органдарының</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қаладағы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>аудандар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>аудандық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>маңызы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>бар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қалалар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>кенттер</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ауылдар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ауылдық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>округтер</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>әкімдерінің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ұсыныстары</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>негізінде</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>сондай</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ақ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қызметтер</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>көрсету</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>сапасының</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қоғамдық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мониторингі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>көрсетілетін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қызметті</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>алушылардың</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қызметтер</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>көрсету</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мәселелері</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жөніндегі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>өтініштерін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қарау</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қорытындылары</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жүзеге</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>асырылады</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:p w14:paraId="0D14730B" w14:textId="6A097EB6" w:rsidR="004763A8" w:rsidRPr="00DA7592" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="648E12AF" w14:textId="77777777" w:rsidR="004763A8" w:rsidRPr="00DA7592" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>14-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>бап</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қызмет</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>көрсету</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тәртібін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>айқындайтын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>заңға</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тәуелді</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>нормативтік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>құқықтық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>актінің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мазмұнына</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қойылатын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>талаптар</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C104500" w14:textId="77777777" w:rsidR="004763A8" w:rsidRPr="00DA7592" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қызмет</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>көрсету</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тәртібін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>айқындайтын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>заңға</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тәуелді</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>нормативтік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>құқықтық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>акт</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6733C0A7" w14:textId="094EFCBD" w:rsidR="004763A8" w:rsidRPr="00DA7592" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00DA7592">
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4772B496" w14:textId="1BE60F5D" w:rsidR="004763A8" w:rsidRPr="00DA7592" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001534AF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidRPr="0027094D">
-[...26 lines deleted...]
-      <w:bookmarkEnd w:id="14"/>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мыналардың</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1686CA3E" w14:textId="77777777" w:rsidR="004763A8" w:rsidRPr="00DA7592" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="0027094D">
-[...33 lines deleted...]
-      <w:bookmarkEnd w:id="15"/>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қызмет</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>көрсету</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>процесінде</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>көрсетілетін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қызметті</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>берушінің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>құрылымдық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>бөлімшелерінің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қызметкерлерінің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>әрекет</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ету</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C0967A4" w14:textId="77777777" w:rsidR="004763A8" w:rsidRPr="00DA7592" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="0027094D">
-[...285 lines deleted...]
-      <w:bookmarkEnd w:id="21"/>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қызмет</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>көрсету</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>процесінде</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>көрсетілетін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қызметті</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>берушінің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>құрылымдық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>бөлімшелерінің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қызметкерлерінің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>өзара</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>іс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қимыл</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жасау</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FD9E47C" w14:textId="77777777" w:rsidR="004763A8" w:rsidRPr="00DA7592" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="0027094D">
-[...42 lines deleted...]
-      <w:r w:rsidRPr="0027094D">
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қызмет</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>көрсету</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>процесінде</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>корпорациямен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>өзге</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>де</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>көрсетілетін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қызметті</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>берушілермен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>өзара</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>іс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қимыл</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жасау</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>сондай</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ақ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ақпараттық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жүйелерді</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>пайдалану</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="051F1DBA" w14:textId="77777777" w:rsidR="004763A8" w:rsidRPr="00DA7592" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қызмет</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>көрсету</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>нәтижесін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>беру</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тәртібін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>сипаттауды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15C41049" w14:textId="5E7642CA" w:rsidR="004763A8" w:rsidRPr="00DA7592" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001534AF" w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қызмет</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>көрсету</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тәртібін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>айқындайтын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>заңға</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тәуелді</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>нормативтік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>құқықтық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>актілерге</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>енгізілген</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>өзгерістер</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>толықтырулар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ақпаратты</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>өтініштерді</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қабылдауды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қызмет</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>көрсету</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>нәтижелерін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>беруді</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жүзеге</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>асыратын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ұйымдарға</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>көрсетілетін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қызметті</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>берушілерге</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жіберу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тәртібін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DB17E56" w14:textId="77777777" w:rsidR="004763A8" w:rsidRPr="00DA7592" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3-1) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мыналарды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D487D76" w14:textId="77777777" w:rsidR="004763A8" w:rsidRPr="00DA7592" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>көрсетілетін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қызметтің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>атауын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2101F801" w14:textId="77777777" w:rsidR="004763A8" w:rsidRPr="00DA7592" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>көрсетілетін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қызметті</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>берушінің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>атауын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6393F38F" w14:textId="77777777" w:rsidR="004763A8" w:rsidRPr="00DA7592" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қызмет</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>көрсету</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тәсілдерін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3DF3B3CE" w14:textId="77777777" w:rsidR="004763A8" w:rsidRPr="00DA7592" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қызмет</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>көрсету</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мерзімін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4945AD2B" w14:textId="77777777" w:rsidR="004763A8" w:rsidRPr="00DA7592" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қызмет</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>көрсету</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>нысанын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11112177" w14:textId="77777777" w:rsidR="004763A8" w:rsidRPr="00DA7592" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қызмет</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>көрсету</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>нәтижесін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="593D99B6" w14:textId="77777777" w:rsidR="004763A8" w:rsidRPr="00DA7592" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қызмет</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>көрсету</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>кезінде</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>көрсетілетін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қызметті</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>алушыдан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>алынатын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>төлемақы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мөлшерін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Республикасының</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>заңнамасында</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>көзделген</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жағдайларда</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>оны</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>алу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тәсілдерін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B3EBFE6" w14:textId="77777777" w:rsidR="004763A8" w:rsidRPr="00DA7592" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>көрсетілетін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қызметті</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>берушінің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>корпорацияның</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ақпарат</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>объектілерінің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>графигін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="215499CC" w14:textId="77777777" w:rsidR="004763A8" w:rsidRPr="00DA7592" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қызмет</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>көрсету</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>көрсетілетін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қызметті</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>алушыдан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>талап</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>етілетін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>құжаттар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мәліметтердің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тізбесін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="459CE646" w14:textId="77777777" w:rsidR="004763A8" w:rsidRPr="00DA7592" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қызмет</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>көрсетуден</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>бас</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тарту</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Республикасының</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>заңдарында</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>белгіленген</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>негіздерді</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қамтитын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қызмет</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>көрсетуге</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қойылатын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>негізгі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>талаптар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тізбесі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>бар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қосымшаны</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F3AE9FE" w14:textId="77777777" w:rsidR="004763A8" w:rsidRPr="00DA7592" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қызмет</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>көрсету</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>оның</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ішінде</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>электрондық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>нысанда</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>корпорация</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>арқылы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>көрсету</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ерекшеліктері</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ескеріле</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>отырып</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>өзге</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>де</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>талаптарды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>көздейді</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="022F7198" w14:textId="3642925D" w:rsidR="004763A8" w:rsidRPr="00DA7592" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71259029" w14:textId="77777777" w:rsidR="004763A8" w:rsidRPr="00DA7592" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00DA7592">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
-          <w:lang w:val="ru-RU"/>
-[...23 lines deleted...]
-          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>15-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>бап</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қызметтер</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>көрсету</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тәртібін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>айқындайтын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>заңға</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тәуелді</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>нормативтік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>құқықтық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>актілердің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жобаларын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жария</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>талқылау</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49185AB9" w14:textId="32F5BA00" w:rsidR="004763A8" w:rsidRPr="00DA7592" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="0027094D">
-[...19 lines deleted...]
-      <w:bookmarkEnd w:id="23"/>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="465D5648" w14:textId="77777777" w:rsidR="004763A8" w:rsidRPr="00DA7592" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="41" w:name="z48"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="0027094D">
-[...43 lines deleted...]
-      </w:pPr>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қызметтер</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>көрсету</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тәртібін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>айқындайтын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>заңға</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тәуелді</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>нормативтік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>құқықтық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>актілердің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жобаларын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жария</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>талқылау</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қызметтер</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>көрсету</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тәртібін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>айқындайтын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>заңға</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тәуелді</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>нормативтік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>құқықтық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>актілерде</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>құқықтары</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>бостандықтары</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>заңды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мүдделері</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қозғалатын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жеке</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>заңды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тұлғалардың</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ескертпелері</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ұсыныстарын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ескеру</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мақсатымен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жүргізіледі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05C3D14A" w14:textId="77777777" w:rsidR="004763A8" w:rsidRPr="00DA7592" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="42" w:name="z49"/>
+      <w:bookmarkEnd w:id="41"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="0027094D">
-[...15 lines deleted...]
-      </w:pPr>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қызмет</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>көрсету</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тәртібін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>айқындайтын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>заңға</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тәуелді</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>нормативтік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>құқықтық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>актіні</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>әзірлейтін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>орталық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>орган</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қызмет</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>көрсету</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тәртібін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>айқындайтын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>заңға</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тәуелді</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>нормативтік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>құқықтық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>актінің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жобасын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жария</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>талқылау</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>оны</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>электрондық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>үкіметтің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">" </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>веб</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>порталында</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>өзінің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>интернет</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ресурсында</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>облыстың</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>республикалық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>маңызы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>бар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қаланың</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>астананың</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ауданның</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>облыстық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>маңызы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>бар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қаланың</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жергілікті</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>атқарушы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>органының</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қаладағы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>аудан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>аудандық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>маңызы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>бар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қала</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>кент</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ауыл</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ауылдық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>округ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>әкімінің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>интернет</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ресурстарында</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>орналастырады</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>сондай</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ақ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>көрсетілетін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қызметті</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>алушылардың</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>көрсетілетін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қызмет</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>стандартының</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жобасы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>хабардар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>етілуін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>өзге</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>де</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тәсілдермен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қамтамасыз</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>етеді</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4440C226" w14:textId="77777777" w:rsidR="004763A8" w:rsidRPr="00DA7592" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="43" w:name="z50"/>
+      <w:bookmarkEnd w:id="42"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="0027094D">
-[...15 lines deleted...]
-      </w:pPr>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қызмет</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>көрсету</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тәртібін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>айқындайтын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>заңға</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тәуелді</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>нормативтік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>құқықтық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>актінің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жобасын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жария</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>талқылау</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>оның</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жария</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>талқылау</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>орналастырылған</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>күнінен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>бастап</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>он</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>күні</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ішінде</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жүзеге</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>асырылады</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0365037A" w14:textId="77777777" w:rsidR="004763A8" w:rsidRPr="00DA7592" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="44" w:name="z51"/>
+      <w:bookmarkEnd w:id="43"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="0027094D">
-[...14 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қызмет</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>көрсету</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тәртібін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>айқындайтын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>заңға</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тәуелді</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>нормативтік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>құқықтық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>актінің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жобасын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>әзірлейтін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>орталық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>орган</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>көрсетілетін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қызмет</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>стандартының</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жобасын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жария</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>талқылаудың</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>аяқталғаны</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>есеп</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жасайды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ол</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>электрондық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>үкіметтің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">" </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>веб</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>порталында</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>өзінің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>интернет</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ресурсында</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>облыстың</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>республикалық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>маңызы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>бар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қаланың</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>астананың</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ауданның</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>облыстық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>маңызы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>бар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қаланың</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жергілікті</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>атқарушы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>органының</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қаладағы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>аудан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>аудандық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>маңызы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>бар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қала</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>кент</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ауыл</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ауылдық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>округ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>әкімінің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>интернет</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ресурстарында</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>орналастырылуға</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жатады</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:p w14:paraId="5543005D" w14:textId="77777777" w:rsidR="004763A8" w:rsidRPr="00DA7592" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="0027094D">
-[...14 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қызмет</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>көрсету</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тәртібін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>айқындайтын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>заңға</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тәуелді</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>нормативтік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>құқықтық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>актінің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жобасын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жария</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>талқылаудың</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>аяқталғаны</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>есепте</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0671CD99" w14:textId="77777777" w:rsidR="004763A8" w:rsidRPr="00DA7592" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="0027094D">
-[...14 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қабылданған</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қабылданбаған</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ескертпелер</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ұсыныстар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>негіздемелер</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қоса</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>беріле</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>отырып</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жария</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>талқылау</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>барысында</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>алынған</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ескертпелер</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ұсыныстардың</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тізбесі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қысқаша</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мазмұны</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56E929F1" w14:textId="77777777" w:rsidR="004763A8" w:rsidRPr="00DA7592" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="0027094D">
-[...15 lines deleted...]
-      </w:pPr>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қызмет</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>көрсету</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тәртібін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>айқындайтын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>заңға</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тәуелді</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>нормативтік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>құқықтық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>актінің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>келіп</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>түскен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ескертпелер</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ұсыныстар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ескеріле</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>отырып</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>пысықталған</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жобасымен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>танысу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тәсілі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ақпарат</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қамтылады</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49FAE7B4" w14:textId="77777777" w:rsidR="004763A8" w:rsidRPr="00DA7592" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="0027094D">
-[...123 lines deleted...]
-      <w:bookmarkStart w:id="26" w:name="z120"/>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Жеке</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>заңды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тұлғалардың</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қызмет</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>көрсету</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тәртібін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>айқындайтын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>заңға</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тәуелді</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>нормативтік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>құқықтық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>актінің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жобасына</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>осы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>баптың</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тармағында</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>көрсетілген</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мерзім</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>өткеннен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>кейін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>келіп</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>түскен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ескертпелері</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ұсыныстары</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қарауға</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жатпайды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3997C679" w14:textId="77777777" w:rsidR="004763A8" w:rsidRPr="00DA7592" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="0027094D">
-[...24 lines deleted...]
-      </w:pPr>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қызмет</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>көрсету</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тәртібін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>айқындайтын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>заңға</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тәуелді</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>нормативтік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>құқықтық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>актінің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жария</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>талқылау</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>нәтижелері</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>пысықталған</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жобасы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қызмет</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>көрсету</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тәртібін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>айқындайтын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>заңға</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тәуелді</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>нормативтік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>құқықтық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>актінің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жобасын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жария</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>талқылаудың</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>аяқталғаны</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>есеп</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мүдделі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>орталық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>органдарға</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>облыстардың</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>республикалық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>маңызы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>бар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қалалардың</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>астананың</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>аудандардың</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>облыстық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>маңызы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>бар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қалалардың</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жергілікті</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>атқарушы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>органдарына</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қаладағы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>аудандардың</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>аудандық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>маңызы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>бар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қалалардың</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>кенттердің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ауылдардың</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ауылдық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>округтердің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>әкімдеріне</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>келісуге</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жіберіледі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0EA5E0E2" w14:textId="77777777" w:rsidR="004763A8" w:rsidRPr="00DA7592" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="45" w:name="z52"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="0027094D">
-[...19 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Бекітілген</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қызметтер</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>көрсету</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тәртібін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>айқындайтын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>заңға</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тәуелді</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>нормативтік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>құқықтық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>актілерге</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>өзгерістер</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>толықтырулар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>енгізу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жөніндегі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>нормативтік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>құқықтық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>актілердің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жобалары</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>осы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>бапта</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>белгіленген</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тәртіппен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>міндетті</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>түрде</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жария</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>талқылануға</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жатады</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:p w14:paraId="0CB0F82D" w14:textId="17ED5F07" w:rsidR="004763A8" w:rsidRPr="00DA7592" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="0027094D">
-[...27 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="00DA7592">
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C2D810E" w14:textId="77777777" w:rsidR="004763A8" w:rsidRPr="00DA7592" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>16-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>бап</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>көрсетілетін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қызмет</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>регламентін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>әзірлеуге</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қойылатын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>талаптар</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78BCE474" w14:textId="08635EE5" w:rsidR="004763A8" w:rsidRPr="00DA7592" w:rsidRDefault="00AE5136" w:rsidP="006E641A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0195256A" w14:textId="77777777" w:rsidR="004763A8" w:rsidRPr="00DA7592" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>17-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>бап</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>көрсетілетін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қызмет</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>регламентінің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мазмұнына</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қойылатын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>талаптар</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51C8FCF1" w14:textId="673C3861" w:rsidR="004763A8" w:rsidRPr="00DA7592" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="0027094D">
-[...14 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="269C948D" w14:textId="77777777" w:rsidR="004763A8" w:rsidRPr="00DA7592" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="46" w:name="z21"/>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тарау</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>МЕМЛЕКЕТТІК</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ҚЫЗМЕТТЕР</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>КӨРСЕТУ</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:p w14:paraId="5FFBB2D9" w14:textId="77777777" w:rsidR="004763A8" w:rsidRPr="00DA7592" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>18-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>бап</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қызметтер</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>көрсету</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56090F90" w14:textId="77777777" w:rsidR="004763A8" w:rsidRPr="00DA7592" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="0027094D">
-[...16 lines deleted...]
-      <w:bookmarkStart w:id="28" w:name="z170"/>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>көрсетілетін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қызметтер</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34A6F442" w14:textId="77777777" w:rsidR="004763A8" w:rsidRPr="00DA7592" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="0027094D">
-[...19 lines deleted...]
-      <w:bookmarkEnd w:id="28"/>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>көрсетілетін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қызметті</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>берушілер</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>арқылы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03F565DE" w14:textId="77777777" w:rsidR="004763A8" w:rsidRPr="00DA7592" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="0027094D">
-[...26 lines deleted...]
-      <w:r w:rsidRPr="0027094D">
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>корпорация</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>арқылы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7851999C" w14:textId="77777777" w:rsidR="004763A8" w:rsidRPr="006E641A" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA7592">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>3) "электрондық үкімет" веб-порталы арқылы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D7EFD11" w14:textId="77777777" w:rsidR="004763A8" w:rsidRPr="006E641A" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4) стационарлық абоненттік құрылғы арқылы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3BBF57B5" w14:textId="77777777" w:rsidR="004763A8" w:rsidRPr="006E641A" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5) ұялы байланыс абоненттік құрылғысы арқылы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36948F33" w14:textId="77777777" w:rsidR="004763A8" w:rsidRPr="006E641A" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6) орталық мемлекеттік органдар айқындаған ақпараттандыру объектілері арқылы көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C466633" w14:textId="507CFE20" w:rsidR="004763A8" w:rsidRPr="006E641A" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33CBA817" w14:textId="77777777" w:rsidR="004763A8" w:rsidRPr="006E641A" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006E641A">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>Статья 5. Права и обязанности услугодателей</w:t>
-[...10 lines deleted...]
-      <w:bookmarkStart w:id="30" w:name="z12"/>
+        <w:t>19-бап. Көрсетілетін қызметті берушілердің мемлекеттік қызметтер көрсетуі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26FC540C" w14:textId="77777777" w:rsidR="004763A8" w:rsidRPr="006E641A" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="0027094D">
-[...9 lines deleted...]
-    <w:p w14:paraId="5D3ADBDF" w14:textId="77777777" w:rsidR="000E1D20" w:rsidRPr="0027094D" w:rsidRDefault="0027094D">
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Көрсетілетін қызметті берушілердің мемлекеттік қызметтер көрсетуіне қойылатын талаптар және оларды көрсету тәртібі мемлекеттік қызметтер көрсету тәртібін айқындайтын заңға тәуелді нормативтік құқықтық актіде айқындалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39311418" w14:textId="77777777" w:rsidR="004763A8" w:rsidRPr="006E641A" w:rsidRDefault="00AE5136">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="0027094D">
-[...8 lines deleted...]
-    <w:p w14:paraId="3611D2F4" w14:textId="77777777" w:rsidR="000E1D20" w:rsidRPr="0027094D" w:rsidRDefault="0027094D" w:rsidP="0027094D">
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Көрсетілетін қызметті алушы мемлекеттік қызмет көрсету тәртібін айқындайтын заңға тәуелді нормативтік құқықтық актіде көзделген тізбеге сәйкес </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>құжаттардың топтамасын толық ұсынбаған және (немесе) қолданылу мерзімі өтіп кеткен құжаттарды ұсынған жағдайларда, көрсетілетін қызметті беруші өтінішті қабылдаудан бас тартады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2ADCBE5A" w14:textId="662DFE0B" w:rsidR="004763A8" w:rsidRPr="006E641A" w:rsidRDefault="00AE5136">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="0027094D">
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="717F502B" w14:textId="77777777" w:rsidR="004763A8" w:rsidRPr="006E641A" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>19-1-бап. Көрсетілетін қызметті берушілердің мемлекеттік қызметтер көрсетуден бас тартуы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C337AC8" w14:textId="77777777" w:rsidR="004763A8" w:rsidRPr="006E641A" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="47" w:name="z59"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. Көрсетілетін қызметті беруші мемлекеттік қызметтер көрсетуден бас тартқан кезде көрсетілетін қызметті алушыға мемлекеттік қызметтер көрсетуден бас тартудың себептерін көрсете отырып, жауап жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DFA198F" w14:textId="77777777" w:rsidR="004763A8" w:rsidRPr="006E641A" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="48" w:name="z60"/>
+      <w:bookmarkEnd w:id="47"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. Көрсетілетін қызметті берушілер мынадай негіздер:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:p w14:paraId="1EB340B1" w14:textId="77777777" w:rsidR="004763A8" w:rsidRPr="006E641A" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) көрсетілетін қызметті алушының мемлекеттік көрсетілетін қызметті алу үшін ұсынған құжаттардың және (немесе) олардағы деректердің (мәліметтердің) анық еместігін анықтау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5DC5938D" w14:textId="77777777" w:rsidR="004763A8" w:rsidRPr="006E641A" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) көрсетілетін қызметті алушының және (немесе) мемлекеттік қызмет көрсету үшін қажетті ұсынылған материалдардың, объектілердің, деректердің және мәліметтердің Қазақстан Республикасының нормативтік құқықтық актілерінде белгіленген талаптарға сәйкес келмеуі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7FBA6C79" w14:textId="77777777" w:rsidR="004763A8" w:rsidRPr="006E641A" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) уәкілетті мемлекеттік органның мемлекеттік қызмет көрсету үшін қажетті келісімі туралы сұрау салуға берілген теріс жауап, сондай-ақ сараптаманың, зерттеудің не тексерудің теріс қорытындысы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2DE05F82" w14:textId="77777777" w:rsidR="004763A8" w:rsidRPr="006E641A" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4) көрсетілетін қызметті алушыға қатысты оның қызметіне немесе мемлекеттік көрсетілетін қызметті алуды талап ететін жекелеген қызмет түрлеріне тыйым салу туралы соттың заңды күшіне енген шешімінің (үкімінің) болуы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13BCDA51" w14:textId="77777777" w:rsidR="004763A8" w:rsidRPr="006E641A" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5) көрсетілетін қызметті алушыға қатысты соттың заңды күшіне енген үкімінің болуы, оның негізінде көрсетілетін қызметті алушының мемлекеттік көрсетілетін қызметті алумен байланысты арнаулы құқығынан айырылуы бойынша;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F1011F8" w14:textId="77777777" w:rsidR="004763A8" w:rsidRPr="006E641A" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6) көрсетілетін қызметті алушының мемлекеттік қызмет көрсету үшін талап етілетін, "Дербес деректер және оларды қорғау туралы" Қазақстан Республикасы Заңының 8-бабына сәйкес берілетін қолжетімділігі шектеулі дербес деректерге қол жеткізуге келісімі болмауы бойынша мемлекеттік қызметтерді көрсетуден бас тартады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="368E27F1" w14:textId="77777777" w:rsidR="004763A8" w:rsidRPr="006E641A" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="49" w:name="z61"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3. Көрсетілетін қызметті алушы мемлекеттік қызметті көрсетуден бас тарту себептерін жойған жағдайда, Қазақстан Республикасының заңнамасында белгіленген тәртіппен көрсетілетін мемлекеттік қызметті алу үшін көрсетілетін қызметті алушының қайта жүгінуіне болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="069F2205" w14:textId="77777777" w:rsidR="004763A8" w:rsidRPr="006E641A" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="50" w:name="z117"/>
+      <w:bookmarkEnd w:id="49"/>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4. Осы баптың 2-тармағының қолданысы "Рұқсаттар және хабарламалар туралы" Қазақстан Республикасының Заңында белгіленген тәртіппен лицензия алу жағдайларына қолданылмайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21E8C8A6" w14:textId="77777777" w:rsidR="004763A8" w:rsidRPr="006E641A" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="51" w:name="z118"/>
+      <w:bookmarkEnd w:id="50"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5. Қазақстан Республикасының заңдарымен мемлекеттік қызметтер көрсетуден бас тартудың өзге де негіздері белгіленуі мүмкін.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:p w14:paraId="7A664FEF" w14:textId="0D77E5D5" w:rsidR="004763A8" w:rsidRPr="006E641A" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
-          <w:lang w:val="ru-RU"/>
-[...7 lines deleted...]
-          <w:sz w:val="28"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="0027094D">
-[...16 lines deleted...]
-      </w:pPr>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4215768A" w14:textId="77777777" w:rsidR="004763A8" w:rsidRPr="006E641A" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>20-бап. Мемлекеттік корпорация арқылы мемлекеттік қызметтер көрсету</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C716991" w14:textId="77777777" w:rsidR="004763A8" w:rsidRPr="006E641A" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="52" w:name="z56"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="0027094D">
-[...8 lines deleted...]
-    <w:p w14:paraId="1994DE5A" w14:textId="77777777" w:rsidR="000E1D20" w:rsidRPr="0027094D" w:rsidRDefault="0027094D">
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. Көрсетілетін қызметті алушының өтініші мен құжаттарын көрсетілетін қызметті берушілерге қағаз жеткізгіште жөнелтуді көздейтін мемлекеттік қызметтерді Мемлекеттік корпорация арқылы көрсету кезінде өтініштер мен құжаттар қабылданған күн мемлекеттік қызмет көрсету тәртібін айқындайтын заңға тәуелді нормативтік құқықтық актіде белгіленген мемлекеттік қызмет көрсету мерзіміне кірмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:p w14:paraId="35EBCCEC" w14:textId="77777777" w:rsidR="004763A8" w:rsidRPr="006E641A" w:rsidRDefault="00AE5136">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="0027094D">
-[...18 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. Мемлекеттік корпорацияның қызметкері мемлекеттік қызмет көрсету тәртібін айқындайтын заңға тәуелді нормативтік құқықтық актіде көзделген тізбеге сәйкес құжаттардың толық топтамасы көрсетілетін қызметті алушыда болған кезде оның өтінішін қабылдауға міндетті.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32214D21" w14:textId="77777777" w:rsidR="004763A8" w:rsidRPr="006E641A" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Көрсетілетін қызметті алушы мемлекеттік қызмет көрсету тәртібін айқындайтын заңға тәуелді нормативтік құқықтық актіде көзделген тізбеге сәйкес құжаттардың толық топтамасын ұсынбаған, сондай-ақ қолданылу мерзімі өтіп кеткен құжаттарды ұсынған жағдайда, Мемлекеттік корпорацияның қызметкері өтінішті қабылдаудан бас тартады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4298CB32" w14:textId="77777777" w:rsidR="004763A8" w:rsidRPr="006E641A" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3. Мемлекеттік корпорация арқылы мемлекеттік қызмет көрсету кезінде көрсетілетін қызметті алушының жеке басын сәйкестендіруді Мемлекеттік корпорацияның қызметкерлері жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7AB81FB1" w14:textId="77777777" w:rsidR="004763A8" w:rsidRPr="006E641A" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4. Мемлекеттік корпорация арқылы мемлекеттік қызметтер көрсету кезінде көрсетілетін қызметті берушілермен өзара іс-қимыл жасау мемлекеттік қызметтер көрсету мониторингінің ақпараттық жүйесі пайдаланыла отырып жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04A4C40A" w14:textId="4BB8DD31" w:rsidR="004763A8" w:rsidRPr="006E641A" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40015520" w14:textId="189CC97E" w:rsidR="004763A8" w:rsidRPr="006E641A" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001534AF" w:rsidRPr="001534AF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>. Мемлекеттік корпорацияның қызметкерлері мемлекеттік қызметтер көрсету кезінде, егер Қазақстан Республикасының заңдарында өзгеше көзделмесе, ақпараттық жүйелерде қамтылған, заңмен қорғалатын құпияны құрайтын мәліметтерді пайдалануға көрсетілетін қызметті алушының келісімін алуға міндетті.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E2B8DE3" w14:textId="0E0A7F37" w:rsidR="004763A8" w:rsidRPr="006E641A" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="0027094D">
-[...16 lines deleted...]
-      <w:bookmarkStart w:id="32" w:name="z123"/>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37EEE81A" w14:textId="77777777" w:rsidR="004763A8" w:rsidRPr="006E641A" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>21-бап. Электрондық нысанда мемлекеттік қызметтер көрсету</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="634AEE7B" w14:textId="77777777" w:rsidR="004763A8" w:rsidRPr="006E641A" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="53" w:name="z62"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="0027094D">
-[...16 lines deleted...]
-      </w:pPr>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. Электрондық нысанда мемлекеттік қызметтер көрсету Қазақстан Республикасының заңнамасына сәйкес "электрондық үкіметтің" веб-порталы және "электрондық үкіметтің" шлюзінде, "электрондық үкіметтің" сыртқы шлюзінде орналастырылған сервистермен интеграцияланған ақпараттандыру объектілері арқылы жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CABD7FF" w14:textId="77777777" w:rsidR="004763A8" w:rsidRPr="006E641A" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="54" w:name="z63"/>
+      <w:bookmarkEnd w:id="53"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="0027094D">
-[...15 lines deleted...]
-      </w:pPr>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. Электрондық құжат немесе қағаз жеткізгіштегі құжат не "электрондық үкіметтің" ақпараттық жүйесінен мәлімет беру электрондық нысанда мемлекеттік қызмет көрсетудің нәтижесі болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="778A4061" w14:textId="77777777" w:rsidR="004763A8" w:rsidRPr="006E641A" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="55" w:name="z125"/>
+      <w:bookmarkEnd w:id="54"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="0027094D">
-[...24 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-1. Ұялы байланыс абоненттік құрылғысы арқылы алынған, электрондық нысанда мемлекеттік қызметтер көрсету нәтижелері электрондық құжат нысанында "электрондық үкімет" веб-парталындағы пайдаланушының кабинетіне, сондай-ақ көрсетілетін қызметті алушының таңдауы бойынша қысқа мәтіндік хабар түрінде оның абоненттік нөміріне жіберіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DD4B4EA" w14:textId="77777777" w:rsidR="004763A8" w:rsidRPr="006E641A" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="56" w:name="z114"/>
+      <w:bookmarkEnd w:id="55"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="0027094D">
-[...16 lines deleted...]
-      </w:pPr>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-2. Ұялы байланыс абоненттік құрылғысы арқылы алынған, электрондық нысанда мемлекеттік қызметтер көрсету нәтижелерінің міндетті деректемелері, сондай-ақ олардың анықтығын тексеру тәртібі Қазақстан Республикасының ақпараттандыру туралы заңнамасымен реттеледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="342D293C" w14:textId="77777777" w:rsidR="004763A8" w:rsidRPr="006E641A" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="57" w:name="z115"/>
+      <w:bookmarkEnd w:id="56"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="0027094D">
-[...15 lines deleted...]
-      </w:pPr>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-3. Ұялы байланыс абоненттік құрылғысы арқылы алынған, электрондық нысанда мемлекеттік қызметтер көрсету нәтижелерін көрсетілетін қызметті алушы оларды қағаз жеткізгіште ұсыну қажеттілігінсіз, заңдық мәні бар фактілерді растау үшін пайдаланады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4393AD6D" w14:textId="77777777" w:rsidR="004763A8" w:rsidRPr="006E641A" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="58" w:name="z64"/>
+      <w:bookmarkEnd w:id="57"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="0027094D">
-[...18 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3. Мемлекеттік корпорация арқылы электрондық нысанда мемлекеттік қызмет көрсету кезінде көрсетілетін қызметті алушының жазбаша келісімі негізінде электрондық құжат нысанындағы оның сұрау салуын Мемлекеттік корпорацияның қызметкері өзіне қызметтік мақсатта пайдалану үшін берілген электрондық цифрлық қолтаңбамен куәландырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:p w14:paraId="13710525" w14:textId="43BF0F5C" w:rsidR="004763A8" w:rsidRPr="006E641A" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="0027094D">
-[...15 lines deleted...]
-      </w:pPr>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71DF080C" w14:textId="32B03DF4" w:rsidR="004763A8" w:rsidRPr="006E641A" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="59" w:name="z107"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="0027094D">
-[...16 lines deleted...]
-      <w:bookmarkStart w:id="34" w:name="z135"/>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001534AF" w:rsidRPr="001534AF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>. Электрондық нысанда мемлекеттік қызметтерді көрсету үшін мемлекеттік органдар тұрақты түрде өздерінің ақпараттық жүйелеріндегі электрондық ақпараттық ресурстарын жаңартылған күйде ұстап тұруға міндетті.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:p w14:paraId="1444A9A0" w14:textId="13BD26F9" w:rsidR="004763A8" w:rsidRPr="006E641A" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="292C1CF1" w14:textId="77777777" w:rsidR="004763A8" w:rsidRPr="006E641A" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>21-1-бап. Проактивті қызметтер көрсету</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C5F1DC6" w14:textId="77777777" w:rsidR="004763A8" w:rsidRPr="006E641A" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="0027094D">
-[...16 lines deleted...]
-      </w:pPr>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Проактивті қызметтер көрсету "электрондық үкімет" веб-порталында көрсетілетін қызметті алушының ұялы байланыс абоненттік құрылғысының </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>телефон нөмірін тіркеген кезде және көрсетілетін қызметті алушының дербес деректерге қол жеткізуді мемлекеттік бақылау сервисі арқылы алынған дербес деректерді жинау мен өңдеуге келісімі болған кезде мемлекеттік органдардың ақпараттық жүйелері арқылы жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0805EEB4" w14:textId="5A8CDD2C" w:rsidR="004763A8" w:rsidRPr="006E641A" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66A32496" w14:textId="77777777" w:rsidR="004763A8" w:rsidRPr="006E641A" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>22-бап. Мемлекеттік қызметтер көрсету реинжинирингі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BBF8D59" w14:textId="77777777" w:rsidR="004763A8" w:rsidRPr="006E641A" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Мемлекеттік қызметтер көрсету реинжинирингін орталық мемлекеттік органдар, мемлекеттік корпорация, жергілікті атқарушы органдар мемлекеттік басқаруды цифрлық трансформациялау қағидаларына сәйкес тұрақты негізде жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E9E56AB" w14:textId="77777777" w:rsidR="004763A8" w:rsidRPr="006E641A" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Мемлекеттік қызметтер көрсету саласындағы уәкілетті органның және мемлекеттік қызмет көрсету тәртібін айқындайтын заңға тәуелді нормативтік құқықтық актіні әзірлеуші – мүдделі орталық мемлекеттік органдардың мемлекеттік қызметтер көрсету саласындағы пилоттық жобаларын іске асыру бірлескен шешім негізінде жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B6F8E9A" w14:textId="690DBC18" w:rsidR="004763A8" w:rsidRPr="006E641A" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41BE716D" w14:textId="77777777" w:rsidR="004763A8" w:rsidRPr="006E641A" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>23-бап. Көрсетілетін қызметті алушыларды мемлекеттік қызметтер көрсету тәртібі туралы хабардар ету</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42124760" w14:textId="77777777" w:rsidR="004763A8" w:rsidRPr="006E641A" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="60" w:name="z66"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. Мемлекеттік қызметтер көрсету тәртібі туралы ақпарат:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:p w14:paraId="5249137A" w14:textId="77777777" w:rsidR="004763A8" w:rsidRPr="006E641A" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) мемлекеттік қызметтер көрсету тәртібін айқындайтын заңға тәуелді нормативтік құқықтық актілерді көрсетілетін қызметті берушілердің орналасқан жерлерінде және Мемлекеттік корпорацияда орналастыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="587D14D9" w14:textId="77777777" w:rsidR="004763A8" w:rsidRPr="006E641A" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) жеке және заңды тұлғалардың көрсетілетін қызметті берушілерге өтініш жасауы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5195A764" w14:textId="77777777" w:rsidR="004763A8" w:rsidRPr="006E641A" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) мемлекеттік қызметтер көрсету тәртібін айқындайтын заңға тәуелді нормативтік құқықтық актілерді "электрондық үкіметтің" веб-порталында, орталық мемлекеттік органдардың, облыстардың, республикалық маңызы бар қалалардың, астананың, аудандардың, облыстық маңызы бар қалалардың жергілікті атқарушы органдарының, қаладағы аудандар, аудандық маңызы бар қалалар, кенттер, ауылдар, ауылдық округтер әкімдерінің, көрсетілетін қызметті берушілердің интернет-ресурстарында және басқа да бұқаралық ақпарат құралдарында орналастыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75438A01" w14:textId="77777777" w:rsidR="004763A8" w:rsidRPr="006E641A" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4) Бірыңғай байланыс орталығына өтініш жасау арқылы ұсынылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B125108" w14:textId="77777777" w:rsidR="004763A8" w:rsidRPr="006E641A" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="61" w:name="z67"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. Орталық мемлекеттік органдар, облыстардың, республикалық маңызы бар қалалардың, астананың, аудандардың, облыстық маңызы бар қалалардың жергілікті атқарушы органдары, қаладағы аудандардың, аудандық маңызы бар </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>қалалардың, кенттердің, ауылдардың, ауылдық округтердің әкімдері және көрсетілетін қызметті берушілер мемлекеттік қызмет көрсету тәртібін айқындайтын заңға тәуелді нормативтік құқықтық акт бекітілген немесе өзгертілген күннен бастап үш жұмыс күні ішінде оны көрсету тәртібі туралы ақпаратты жаңартады және Бірыңғай байланыс-орталығына жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48BB85BC" w14:textId="77777777" w:rsidR="004763A8" w:rsidRPr="006E641A" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="62" w:name="z68"/>
+      <w:bookmarkEnd w:id="61"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3. Орталық мемлекеттік органдар, облыстардың, республикалық маңызы бар қалалардың, астананың, аудандардың, облыстық маңызы бар қалалардың жергілікті атқарушы органдары, қаладағы аудандардың, аудандық маңызы бар қалалардың, кенттердің, ауылдардың, ауылдық округтердің әкімдері, көрсетілетін қызметті берушілер және Мемлекеттік корпорация көрсетілетін қызметті алушылар өтініш жасаған кезде оларға қажетті түсініктемелермен бірге мемлекеттік қызметтер көрсету тәртібі туралы ақпаратты дереу беруге міндетті.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D06515D" w14:textId="77777777" w:rsidR="004763A8" w:rsidRPr="006E641A" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="63" w:name="z69"/>
+      <w:bookmarkEnd w:id="62"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4. Мемлекеттік қызмет көрсету сатысы туралы ақпарат көрсетілетін қызметті алушыға оның Бірыңғай байланыс орталығына және (немесе) көрсетілетін қызметті берушіге өтініш жасаған кезінде ұсынылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="566C5558" w14:textId="77777777" w:rsidR="004763A8" w:rsidRPr="006E641A" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="64" w:name="z70"/>
+      <w:bookmarkEnd w:id="63"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5. Орталық мемлекеттік органдар, облыстардың, республикалық маңызы бар қалалардың, астананың, аудандардың, облыстық маңызы бар қалалардың жергілікті атқарушы органдары, қаладағы аудандардың, аудандық маңызы бар қалалардың, кенттердің, ауылдардың, ауылдық округтердің әкімдері жыл сайын "электрондық үкіметтің" веб-порталында, интернет-ресурстарда және басқа да бұқаралық ақпарат құралдарында мемлекеттік қызметтер көрсету мәселелері жөніндегі қызмет туралы есепті орналастырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1512F4C7" w14:textId="77777777" w:rsidR="004763A8" w:rsidRPr="006E641A" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="65" w:name="z71"/>
+      <w:bookmarkEnd w:id="64"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6. Орталық мемлекеттік органдар, облыстардың, республикалық маңызы бар қалалардың, астананың, аудандардың, облыстық маңызы бар қалалардың жергілікті атқарушы органдары, қаладағы аудандардың, аудандық маңызы бар қалалардың, кенттердің, ауылдардың, ауылдық округтердің әкімдері көрсетілетін қызметті берушілердің, мүдделі жеке және заңды тұлғалардың қатысуымен мемлекеттік қызметтер көрсету саласындағы қызмет туралы есептерге жылына кемінде бір рет жария талқылаулар өткізеді. Жария талқылаулардың қорытындылары мемлекеттік қызметтер көрсету сапасын арттыру және мемлекеттік қызметтер көрсету тәртібін айқындайтын заңға тәуелді нормативтік құқықтық актілерді жетілдіру үшін пайдаланылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:p w14:paraId="134527AC" w14:textId="4EF5E020" w:rsidR="004763A8" w:rsidRPr="006E641A" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F0FBFDC" w14:textId="77777777" w:rsidR="004763A8" w:rsidRPr="006E641A" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>24-бап. Мемлекеттік қызметтер көрсеткені үшін төлемақы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A40349C" w14:textId="77777777" w:rsidR="004763A8" w:rsidRPr="006E641A" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="66" w:name="z72"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. Қазақстан Республикасында мемлекеттік қызметтер Қазақстан Республикасының заңдарына сәйкес ақылы немесе тегін негізде көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C2F2EC6" w14:textId="77777777" w:rsidR="004763A8" w:rsidRPr="006E641A" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="67" w:name="z73"/>
+      <w:bookmarkEnd w:id="66"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="0027094D">
-[...16 lines deleted...]
-      <w:bookmarkStart w:id="35" w:name="z181"/>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. Қазақстан Республикасының заңдарында тегін ұсынылуға кепілдік берілген мемлекеттік қызметтерді көрсеткені үшін көрсетілетін қызметті алушыға төлемақы белгілеуге жол берілмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:p w14:paraId="09221D34" w14:textId="77777777" w:rsidR="004763A8" w:rsidRPr="006E641A" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>25-бап. Мемлекеттік қызметтер көрсету мәселелері бойынша шағымдарды қарау ерекшеліктері</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7CC6FB00" w14:textId="77777777" w:rsidR="004763A8" w:rsidRPr="006E641A" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="68" w:name="z74"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="0027094D">
-[...16 lines deleted...]
-      </w:pPr>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. Көрсетілетін қызметті алушылардың мемлекеттік қызметтер көрсету мәселелері бойынша шағымдары осы Заңда белгіленген ерекшеліктер ескеріле отырып, Қазақстан Республикасының заңнамасына сәйкес қаралуға жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78982828" w14:textId="77777777" w:rsidR="004763A8" w:rsidRPr="006E641A" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="69" w:name="z75"/>
+      <w:bookmarkEnd w:id="68"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="0027094D">
-[...8 lines deleted...]
-    <w:p w14:paraId="45C93EE6" w14:textId="4BF47E96" w:rsidR="000E1D20" w:rsidRPr="0027094D" w:rsidRDefault="0027094D">
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. Мемлекеттік қызметтерді тікелей көрсететін орталық мемлекеттік органның, облыстың, республикалық маңызы бар қаланың, астананың, ауданның, облыстық маңызы бар қаланың жергілікті атқарушы органының, қаладағы аудан, аудандық маңызы бар қала, кент, ауыл, ауылдық округ әкімінің, көрсетілетін қызметті берушінің, Мемлекеттік корпорацияның атына келіп түскен көрсетілетін қызметті алушының шағымы оны тіркеген күннен бастап бес жұмыс күні ішінде қарауға жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:p w14:paraId="00497BCC" w14:textId="77777777" w:rsidR="004763A8" w:rsidRPr="006E641A" w:rsidRDefault="00AE5136">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="0027094D">
-[...32 lines deleted...]
-      <w:bookmarkStart w:id="36" w:name="z121"/>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органның атына келіп түскен көрсетілетін қызметті алушының шағымы оның тіркелген күнінен бастап он бес жұмыс күні ішінде қаралуға жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E1EFEED" w14:textId="77777777" w:rsidR="004763A8" w:rsidRPr="006E641A" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="70" w:name="z76"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="0027094D">
-[...26 lines deleted...]
-        <w:spacing w:after="0"/>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3. Мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті орган шағымды қарау қорытындылары бойынша:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:p w14:paraId="26269E52" w14:textId="77777777" w:rsidR="004763A8" w:rsidRPr="006E641A" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) көрсетілетін қызметті алушының шағымы бойынша орталық мемлекеттік орган, облыстың, республикалық маңызы бар қаланың, астананың, ауданның, облыстық маңызы бар қаланың жергілікті атқарушы органы, қаладағы аудан, аудандық маңызы бар қала, кент, ауыл, ауылдық округ әкімі, көрсетілетін қызметті беруші, Мемлекеттік корпорация қабылдаған шешімге оның қанағаттанбауы себептерін кешенді зерделеуді қамтамасыз етуге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="329477F2" w14:textId="77777777" w:rsidR="004763A8" w:rsidRPr="006E641A" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) орталық мемлекеттік орган, облыстың, республикалық маңызы бар қаланың, астананың, ауданның, облыстық маңызы бар қаланың жергілікті атқарушы органы, қаладағы ауданның, аудандық маңызы бар қаланың, кенттің, ауылдың, ауылдық округтің әкімі тарапынан Қазақстан Республикасының мемлекеттік қызметтер көрсету саласындағы заңнамасының сақталмау фактісі анықталған жағдайда олардың атына көрсетілетін қызметті алушының бұзылған құқықтарын, бостандықтары мен заңды мүдделерін қалпына келтіру жөнінде шаралар қолдану үшін ұсыныстар жіберуге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04CA55AF" w14:textId="77777777" w:rsidR="004763A8" w:rsidRPr="006E641A" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) көрсетілетін қызметті алушының шағымын орталық мемлекеттік орган, облыстың, республикалық маңызы бар қаланың, астананың, ауданның, облыстық маңызы бар қаланың жергілікті атқарушы органы, қаладағы ауданның, аудандық </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>маңызы бар қаланың, кенттің, ауылдың, ауылдық округтің әкімі тарапынан қанағаттандырудың уақтылылығы мен толықтығын бақылауды жүзеге асыруға міндетті.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6145DB16" w14:textId="77777777" w:rsidR="004763A8" w:rsidRPr="006E641A" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="71" w:name="z77"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4. Мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органның, орталық мемлекеттік органның, облыстың, республикалық маңызы бар қаланың, астананың, ауданның, облыстық маңызы бар қаланың жергілікті атқарушы органының, қаладағы аудан, аудандық маңызы бар қала, кент, ауыл, ауылдық округ әкімінің шағымды қарау мерзімі:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:p w14:paraId="4FF2C3E4" w14:textId="77777777" w:rsidR="004763A8" w:rsidRPr="006E641A" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) шағым бойынша қосымша зерделеу немесе тексеру не жергілікті жерге барып тексеру жүргізу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F51E70F" w14:textId="77777777" w:rsidR="004763A8" w:rsidRPr="006E641A" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) қосымша ақпарат алу қажет болған жағдайларда он жұмыс күнінен аспайтын мерзімге ұзартылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7419ED22" w14:textId="77777777" w:rsidR="004763A8" w:rsidRPr="006E641A" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Шағымды қарау мерзімі ұзартылған жағдайда шағымдарды қарау бойынша өкілеттіктер берілген лауазымды адам шағымды қарау мерзімі ұзартылған кезден бастап үш жұмыс күні ішінде шағым берген көрсетілетін қызметті алушыға ұзарту себептерін көрсете отырып, шағымды қарау мерзімінің ұзартылғаны туралы жазбаша нысанда (шағым қағаз жеткізгіште берілген кезде) немесе электрондық нысанда (шағым электрондық түрде берілген кезде) хабарлайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21AB2485" w14:textId="49A40BAF" w:rsidR="004763A8" w:rsidRPr="006E641A" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3DA4BCD6" w14:textId="77777777" w:rsidR="004763A8" w:rsidRPr="006E641A" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="72" w:name="z30"/>
+      <w:r w:rsidRPr="006E641A">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-      </w:pPr>
-[...5 lines deleted...]
-        <w:spacing w:after="0"/>
+        <w:t xml:space="preserve"> 5-тарау. Мемлекеттік қызметтер көрсету сапасын мемлекеттік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="0027094D">
+        <w:t>бақылау. Мемлекеттік қызметтер көрсету сапасын бағалау және</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>Глава 2. ГОСУДАРСТВЕННОЕ РЕГУЛИРОВАНИЕ</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="0027094D">
+        <w:t>оған қоғамдық мониторинг жүргізу</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:p w14:paraId="73ED3242" w14:textId="35610D2B" w:rsidR="004763A8" w:rsidRPr="006E641A" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6DAE09FB" w14:textId="77777777" w:rsidR="004763A8" w:rsidRPr="006E641A" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>26-бап. Мемлекеттік қызметтер көрсету сапасын мемлекеттік бақылауды, мемлекеттік қызметтер көрсету сапасын бағалауды және оған қоғамдық мониторингті жүргізу қағидаттары</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48C1D3B3" w14:textId="77777777" w:rsidR="004763A8" w:rsidRPr="006E641A" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Мемлекеттік қызметтер көрсету сапасын мемлекеттік бақылауды, мемлекеттік қызметтер көрсету сапасын бағалауды және оған қоғамдық мониторингті жүргізу мынадай қағидаттарға негізделеді:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4EE35B0F" w14:textId="77777777" w:rsidR="004763A8" w:rsidRPr="006E641A" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="73" w:name="z108"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) заңдылық;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="032930E9" w14:textId="77777777" w:rsidR="004763A8" w:rsidRPr="006E641A" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="74" w:name="z109"/>
+      <w:bookmarkEnd w:id="73"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) объективтілік;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E4601AE" w14:textId="77777777" w:rsidR="004763A8" w:rsidRPr="006E641A" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="75" w:name="z110"/>
+      <w:bookmarkEnd w:id="74"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) бейтараптық;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3EBB6268" w14:textId="77777777" w:rsidR="004763A8" w:rsidRPr="006E641A" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="76" w:name="z111"/>
+      <w:bookmarkEnd w:id="75"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4) анықтық;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35BAF35E" w14:textId="77777777" w:rsidR="004763A8" w:rsidRPr="006E641A" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="77" w:name="z112"/>
+      <w:bookmarkEnd w:id="76"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5) жан-жақтылық;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="601730D7" w14:textId="77777777" w:rsidR="004763A8" w:rsidRPr="006E641A" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="78" w:name="z113"/>
+      <w:bookmarkEnd w:id="77"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6) ашықтық.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:p w14:paraId="74B9A42F" w14:textId="11794FC2" w:rsidR="004763A8" w:rsidRPr="006E641A" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10DC977D" w14:textId="77777777" w:rsidR="004763A8" w:rsidRPr="006E641A" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>27-бап. Мемлекеттік қызметтер көрсету сапасын мемлекеттік бақылауды жүргізудің ерекшеліктері</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79AC45FD" w14:textId="77777777" w:rsidR="004763A8" w:rsidRPr="006E641A" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="79" w:name="z78"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. Мемлекеттік қызметтер көрсету сапасын мемлекеттік бақылау Қазақстан Республикасының заңнамасына сәйкес жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6105E1DC" w14:textId="77777777" w:rsidR="004763A8" w:rsidRPr="006E641A" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="80" w:name="z79"/>
+      <w:bookmarkEnd w:id="79"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. Орталық мемлекеттік органдардың, облыстардың, республикалық маңызы бар қалалардың, астананың, аудандардың, облыстық маңызы бар қалалардың жергілікті атқарушы органдарының, қаладағы аудандар, аудандық маңызы бар қалалар, кенттер, ауылдар, ауылдық округтер әкімдерінің, сондай-ақ Қазақстан Республикасының заңнамасына сәйкес мемлекеттік қызметтер көрсететін жеке және заңды тұлғалардың мемлекеттік қызметтер көрсету саласындағы қызметі мемлекеттік қызметтер көрсету сапасын мемлекеттік бақылаудың объектісі болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:p w14:paraId="39B6A4F1" w14:textId="75F57979" w:rsidR="004763A8" w:rsidRPr="006E641A" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
         <w:rPr>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="0027094D">
+    </w:p>
+    <w:p w14:paraId="2EE27A3C" w14:textId="77777777" w:rsidR="004763A8" w:rsidRPr="006E641A" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006E641A">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
-          <w:lang w:val="ru-RU"/>
-[...13 lines deleted...]
-      <w:r w:rsidRPr="0027094D">
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>28-бап. Мемлекеттік қызметтер көрсету сапасын бағалауды жүргізу тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41780A9E" w14:textId="77777777" w:rsidR="004763A8" w:rsidRPr="006E641A" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Электрондық нысанда көрсетілетін мемлекеттік қызметтерді қоспағанда, мемлекеттік қызметтер көрсету сапасын бағалауды мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті орган Қазақстан Республикасының заңнамасында белгіленген тәртіппен жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="353C196E" w14:textId="77777777" w:rsidR="004763A8" w:rsidRPr="006E641A" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Электрондық нысанда көрсетілетін мемлекеттік қызметтердің сапасын бағалауды ақпараттандыру саласындағы уәкілетті орган Қазақстан Республикасының заңнамасында белгіленген тәртіппен жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5DA8561E" w14:textId="77777777" w:rsidR="004763A8" w:rsidRPr="006E641A" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006E641A">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>Статья 6. Компетенция Правительства Республики Казахстан в сфере оказания государственных услуг</w:t>
-[...9 lines deleted...]
-      </w:pPr>
+        <w:t>29-бап. Мемлекеттік қызметтер көрсету сапасының қоғамдық мониторингі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DFCAFD7" w14:textId="77777777" w:rsidR="004763A8" w:rsidRPr="006E641A" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="81" w:name="z80"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="0027094D">
-[...8 lines deleted...]
-    <w:p w14:paraId="275879A6" w14:textId="77777777" w:rsidR="000E1D20" w:rsidRPr="0027094D" w:rsidRDefault="0027094D">
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. Мемлекеттік қызметтер көрсету сапасының қоғамдық мониторингін жеке тұлғалар, коммерциялық емес ұйымдар өз бастамасы бойынша және өз есебінен жүргізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:p w14:paraId="01F29703" w14:textId="77777777" w:rsidR="004763A8" w:rsidRPr="006E641A" w:rsidRDefault="00AE5136">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="0027094D">
-[...15 lines deleted...]
-      </w:pPr>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Мемлекеттік қызметтер көрсету сапасының қоғамдық мониторингі Қазақстан Республикасындағы мемлекеттік әлеуметтік тапсырыс, стратегиялық әріптестікті іске асыруға арналған мемлекеттік тапсырыс, үкіметтік емес ұйымдарға арналған гранттар және сыйлықақылар туралы Қазақстан Республикасының заңнамасына сәйкес мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органның мемлекеттік әлеуметтік тапсырысы бойынша да жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="529801A4" w14:textId="77777777" w:rsidR="004763A8" w:rsidRPr="006E641A" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="82" w:name="z81"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="0027094D">
-[...56 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. Мемлекеттік қызметтер көрсету сапасына қоғамдық мониторинг жүргізу кезінде жеке тұлғалар, коммерциялық емес ұйымдар, Қазақстан Республикасының заңнамасына сәйкес мемлекеттік құпияларды, коммерциялық және өзге де заңмен қорғалатын құпияны құрайтын ақпаратты қоспағанда, мемлекеттік қызметтер көрсету саласына жататын қажетті ақпаратты орталық мемлекеттік органдардан, облыстардың, республикалық маңызы бар қалалардың, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>астананың, аудандардың, облыстық маңызы бар қалалардың жергілікті атқарушы органдарынан, қаладағы аудандар, аудандық маңызы бар қалалар, кенттер, ауылдар, ауылдық округтер әкімдерінен, Мемлекеттік корпорациядан осы ақпарат олардың интернет-ресурстарында болмаған жағдайда, сұратуға құқылы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C83C939" w14:textId="77777777" w:rsidR="004763A8" w:rsidRPr="006E641A" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="83" w:name="z82"/>
+      <w:bookmarkEnd w:id="82"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="0027094D">
-[...41 lines deleted...]
-      <w:r w:rsidRPr="0027094D">
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3. Мемлекеттік қызметтер көрсету сапасының қоғамдық мониторингі нәтижелері бойынша жеке тұлғалар, коммерциялық емес ұйымдар қорытынды жасайды. Мемлекеттік қызметтер көрсету сапасының қоғамдық мониторингінің қорытындысы:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:p w14:paraId="56CB559D" w14:textId="77777777" w:rsidR="004763A8" w:rsidRPr="006E641A" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) орталық мемлекеттік органдардың, облыстардың, республикалық маңызы бар қалалардың, астананың, аудандардың, облыстық маңызы бар қалалардың жергілікті атқарушы органдарының, қаладағы аудандардың, аудандық маңызы бар қалалардың, кенттердің, ауылдардың, ауылдық округтердің әкімдерінің, Мемлекеттік корпорацияның, сондай-ақ көрсетілетін қызметті берушілердің Қазақстан Республикасының мемлекеттік қызметтер көрсету саласындағы заңнамасының талаптарын сақтауы туралы ақпаратты;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51A053EE" w14:textId="77777777" w:rsidR="004763A8" w:rsidRPr="006E641A" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) мемлекеттік қызметтер көрсету сапасының қоғамдық мониторингі барысында анықталған Қазақстан Республикасының мемлекеттік қызметтер көрсету саласындағы заңнамасының сақталмау фактілерін жою жөніндегі ұсынымдарды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0EC0C0E2" w14:textId="77777777" w:rsidR="004763A8" w:rsidRPr="006E641A" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) мемлекеттік қызметтер көрсету сапасын арттыру жөніндегі ұсыныстарды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13B45567" w14:textId="77777777" w:rsidR="004763A8" w:rsidRPr="006E641A" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4) мемлекеттік қызметтер көрсету тәртібін айқындайтын заңға тәуелді нормативтік құқықтық актілерге өзгерістер мен толықтырулар енгізу жөніндегі ұсыныстарды қамтиды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="083D05D8" w14:textId="77777777" w:rsidR="004763A8" w:rsidRPr="006E641A" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Қоғамдық маңызы бар қызметтер көрсету сапасын бағалау өлшемшарттары әлеуметтанушылық зерттеулер немесе оларды көрсету сапасын мониторингтеу шеңберінде белгіленеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2815F681" w14:textId="77777777" w:rsidR="004763A8" w:rsidRPr="006E641A" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="84" w:name="z83"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4. Орталық мемлекеттік органдар, облыстардың, республикалық маңызы бар қалалардың, астананың, аудандардың, облыстық маңызы бар қалалардың жергілікті атқарушы органдары, қаладағы аудандардың, аудандық маңызы бар қалалардың, кенттердің, ауылдардың, ауылдық округтердің әкімдері, Мемлекеттік корпорация, сондай-ақ көрсетілетін қызметті берушілер мемлекеттік қызметтер көрсету сапасына қоғамдық мониторинг қорытындысын ескере отырып, мемлекеттік қызметтер көрсету сапасын арттыру жөнінде шаралар қабылдайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="84"/>
+    <w:p w14:paraId="6D9E6DD4" w14:textId="65421968" w:rsidR="004763A8" w:rsidRPr="006E641A" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71E85C58" w14:textId="77777777" w:rsidR="004763A8" w:rsidRPr="006E641A" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="85" w:name="z35"/>
+      <w:r w:rsidRPr="006E641A">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...61 lines deleted...]
-    <w:p w14:paraId="13C48399" w14:textId="77777777" w:rsidR="000E1D20" w:rsidRPr="0027094D" w:rsidRDefault="0027094D">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  6-тарау. ҚОРЫТЫНДЫ ЕРЕЖЕЛЕР</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="85"/>
+    <w:p w14:paraId="7A2B7F65" w14:textId="77777777" w:rsidR="004763A8" w:rsidRPr="006E641A" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>30-бап. Қазақстан Республикасының мемлекеттік қызметтер көрсету саласындағы заңнамасын бұзғаны үшін жауаптылық</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71C34764" w14:textId="77777777" w:rsidR="004763A8" w:rsidRPr="006E641A" w:rsidRDefault="00AE5136">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="0027094D">
-[...8 lines deleted...]
-    <w:p w14:paraId="74F943F8" w14:textId="77777777" w:rsidR="000E1D20" w:rsidRPr="0027094D" w:rsidRDefault="0027094D">
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Қазақстан Республикасының мемлекеттік қызметтер көрсету саласындағы заңнамасын бұзу Қазақстан Республикасының заңдарында белгіленген жауаптылыққа әкеп соғады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B96B159" w14:textId="77777777" w:rsidR="004763A8" w:rsidRPr="006E641A" w:rsidRDefault="00AE5136">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>31-бап. Осы Заңды қолданысқа енгізу тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F1EA470" w14:textId="77777777" w:rsidR="004763A8" w:rsidRPr="006E641A" w:rsidRDefault="00AE5136">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="0027094D">
-[...7173 lines deleted...]
-        <w:t xml:space="preserve"> Настоящий Закон вводится в действие по истечении тридцати календарных дней после его первого официального опубликования.</w:t>
+      <w:r w:rsidRPr="006E641A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Осы Заң алғашқы ресми жарияланғанынан кейін күнтізбелік отыз күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
-        <w:gridCol w:w="3960"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000E1D20" w:rsidRPr="001224FD" w14:paraId="13652BB9" w14:textId="77777777">
-[...34 lines deleted...]
-      <w:tr w:rsidR="000E1D20" w14:paraId="59ED0101" w14:textId="77777777">
+      <w:tr w:rsidR="004763A8" w14:paraId="385BF115" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2B4B144D" w14:textId="77777777" w:rsidR="000E1D20" w:rsidRDefault="0027094D">
+          <w:p w14:paraId="25970EF7" w14:textId="77777777" w:rsidR="004763A8" w:rsidRDefault="00AE5136">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>     </w:t>
             </w:r>
-            <w:r w:rsidRPr="0027094D">
+            <w:r w:rsidRPr="006E641A">
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Президент</w:t>
+              <w:t>Қазақстан Республикасының</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7A569B5F" w14:textId="77777777" w:rsidR="000E1D20" w:rsidRDefault="000E1D20">
+          <w:p w14:paraId="2F25EF00" w14:textId="77777777" w:rsidR="004763A8" w:rsidRDefault="004763A8">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="67937DB3" w14:textId="77777777" w:rsidR="000E1D20" w:rsidRDefault="0027094D">
+          <w:p w14:paraId="5D4EA199" w14:textId="77777777" w:rsidR="004763A8" w:rsidRDefault="00AE5136">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Республики Казахстан</w:t>
+              <w:t>Президенті</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3960" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="204A3557" w14:textId="77777777" w:rsidR="000E1D20" w:rsidRDefault="0027094D">
+          <w:p w14:paraId="2C9A592D" w14:textId="77777777" w:rsidR="004763A8" w:rsidRDefault="00AE5136">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Н. НАЗАРБАЕВ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="744C5841" w14:textId="77777777" w:rsidR="000E1D20" w:rsidRDefault="0027094D">
+    <w:p w14:paraId="3A3C9563" w14:textId="77777777" w:rsidR="004763A8" w:rsidRDefault="00AE5136">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2FE2AE19" w14:textId="77777777" w:rsidR="000E1D20" w:rsidRPr="0027094D" w:rsidRDefault="0027094D">
+    <w:p w14:paraId="413BB9E0" w14:textId="77777777" w:rsidR="004763A8" w:rsidRDefault="00AE5136">
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
-        <w:rPr>
-[...11 lines deleted...]
-    <w:sectPr w:rsidR="000E1D20" w:rsidRPr="0027094D">
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="004763A8">
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
@@ -9899,81 +21472,83 @@
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="000E1D20"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00A15AFF"/>
+    <w:rsidRoot w:val="004763A8"/>
+    <w:rsid w:val="001534AF"/>
+    <w:rsid w:val="004763A8"/>
+    <w:rsid w:val="006E641A"/>
+    <w:rsid w:val="00917E5F"/>
+    <w:rsid w:val="00AE5136"/>
+    <w:rsid w:val="00DA7592"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU" w:bidi="he-IL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="2CAB003C"/>
-  <w15:docId w15:val="{0CFB6E1D-58F0-4899-996A-8022AA136454}"/>
+  <w14:docId w14:val="367B0213"/>
+  <w15:docId w15:val="{A23BB0D0-CB5C-46F5-B95E-6C48C2ACB83A}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -10885,66 +22460,66 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>28</Pages>
-[...1 lines deleted...]
-  <Characters>51082</Characters>
+  <Pages>29</Pages>
+  <Words>9254</Words>
+  <Characters>52752</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>425</Lines>
-  <Paragraphs>119</Paragraphs>
+  <Lines>439</Lines>
+  <Paragraphs>123</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>59924</CharactersWithSpaces>
+  <CharactersWithSpaces>61883</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Аяулым</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>