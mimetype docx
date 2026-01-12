--- v0 (2025-10-10)
+++ v1 (2026-01-12)
@@ -1,15789 +1,9635 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
-  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w14:paraId="2AE40481" w14:textId="77777777" w:rsidR="003D4800" w:rsidRPr="007F18DF" w:rsidRDefault="003D4800" w:rsidP="003D4800">
-[...86 lines deleted...]
-    <w:p w14:paraId="55B0C789" w14:textId="1B1DB0CA" w:rsidR="003D4800" w:rsidRPr="004B4571" w:rsidRDefault="00233A4C" w:rsidP="003D4800">
+    <w:p w:rsidR="00F61F15" w:rsidRPr="000902E1" w:rsidRDefault="00F61F15" w:rsidP="00F61F15">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...249 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="000902E1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Қосымша</w:t>
+      </w:r>
+      <w:r w:rsidR="005D5234">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007D41D1">
-[...58 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidR="005D5234">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000902E1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A067F0">
-[...1883 lines deleted...]
-    <w:p w14:paraId="243B44F4" w14:textId="77777777" w:rsidR="00233A4C" w:rsidRPr="004B4571" w:rsidRDefault="00233A4C" w:rsidP="00233A4C">
+    </w:p>
+    <w:p w:rsidR="00F61F15" w:rsidRPr="000902E1" w:rsidRDefault="00F61F15" w:rsidP="00F61F15">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="000902E1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Қарағанды облысы бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000902E1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000902E1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ім басқармасының</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F61F15" w:rsidRPr="000902E1" w:rsidRDefault="00F61F15" w:rsidP="00F61F15">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000902E1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Шахтинск қаласының бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000902E1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000902E1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ім бөлімі </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F61F15" w:rsidRDefault="00F61F15" w:rsidP="00F61F15">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="48C96F8C" w14:textId="77777777" w:rsidR="00DF715D" w:rsidRDefault="00DF715D" w:rsidP="00DF715D">
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F61F15">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Березка</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F61F15">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бөбекжайы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F61F15">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>КМҚК</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F61F15" w:rsidRPr="00F61F15" w:rsidRDefault="00F61F15" w:rsidP="00F61F15">
       <w:pPr>
         <w:pStyle w:val="Default"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F61F15">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> директордың бұйрығына</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F61F15" w:rsidRPr="00F61F15" w:rsidRDefault="00F61F15" w:rsidP="00F61F15">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F61F15">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EC305B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>06.06.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F61F15">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2022 жыл №</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC305B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 71</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F61F15" w:rsidRPr="00F61F15" w:rsidRDefault="00F61F15" w:rsidP="00F61F15">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00212B55" w:rsidRPr="00F61F15" w:rsidRDefault="00212B55" w:rsidP="00212B55">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:bCs/>
-[...136 lines deleted...]
-    <w:p w14:paraId="1CC288FD" w14:textId="77777777" w:rsidR="00DF715D" w:rsidRPr="00BE32A4" w:rsidRDefault="00DF715D" w:rsidP="00DF715D">
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F61F15" w:rsidRDefault="00F61F15" w:rsidP="00F61F15">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
-        </w:rPr>
-[...84 lines deleted...]
-      </w:pPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F61F15">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қарағанды облысы білім басқармасының Шахтинск қаласының білім бөлімі</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
-        </w:rPr>
-[...253 lines deleted...]
-    <w:p w14:paraId="7079EDC8" w14:textId="77777777" w:rsidR="00DF715D" w:rsidRPr="00BE32A4" w:rsidRDefault="00DF715D" w:rsidP="00DF715D">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Березка» бөбекжайы» </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F61F15">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">КМҚК сыбайлас жемқорлыққа қарсы іс-қимыл және қызметкерлер үшін пара беру </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F61F15" w:rsidRPr="00F61F15" w:rsidRDefault="00F61F15" w:rsidP="00F61F15">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
-        </w:rPr>
-[...9 lines deleted...]
-    <w:p w14:paraId="10A3FA7C" w14:textId="77777777" w:rsidR="00DF715D" w:rsidRPr="000A19C8" w:rsidRDefault="00DF715D" w:rsidP="00DF715D">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F61F15">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Нұсқаулық</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F61F15" w:rsidRPr="00F61F15" w:rsidRDefault="00F61F15" w:rsidP="00F61F15">
       <w:pPr>
         <w:ind w:firstLine="709"/>
-        <w:jc w:val="both"/>
-[...19 lines deleted...]
-    <w:p w14:paraId="7DCD1F04" w14:textId="77777777" w:rsidR="00DF715D" w:rsidRPr="000A19C8" w:rsidRDefault="00DF715D" w:rsidP="00DF715D">
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F61F15" w:rsidRPr="00F61F15" w:rsidRDefault="00F61F15" w:rsidP="00F61F15">
       <w:pPr>
         <w:ind w:firstLine="709"/>
-        <w:jc w:val="both"/>
-[...14 lines deleted...]
-          <w:sz w:val="28"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F61F15">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1. Осы Нұсқаулықта пайдаланылатын негізгі анықтамалар мен ұғымдар</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F61F15" w:rsidRDefault="00212B55" w:rsidP="00212B55">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F61F15">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Коррупция</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F61F15">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidR="00F61F15" w:rsidRPr="00F61F15">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жауапты мемлекеттік лауазымды атқаратын адамдардың, мемлекеттік функцияларды орындауға уәкілеттік берілген адамдардың, мемлекеттік функцияларды орындауға уәкілеттік берілген адамдарға теңестірілген адамдардың, лауазымды адамдардың өздерінің лауазымдық (қызметтік) өкілеттіктерін және олармен байланысты мүмкіндіктерді жеке өзі немесе делдалдар арқылы өздері үшін мүліктік (мүліктік емес) игіліктер мен артықшылықтар алу немесе алу мақсатында заңсыз пайдалануы немесе үшінші тұлғаларға, сол сияқты осы тұлғаларға игіліктер мен артықшылықтар беру арқылы пара беру.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F61F15" w:rsidRDefault="00F61F15" w:rsidP="00212B55">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F61F15">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Сыбайлас жемқорлыққа қарсы іс - қимыл-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F61F15">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сыбайлас жемқорлықтың алдын алу, оның ішінде қоғамда сыбайлас жемқорлыққа қарсы мәдениетті қалыптастыру, сыбайлас жемқорлық құқық бұзушылықтар жасауға ықпал ететін себептер мен жағдайларды анықтау және жою, сондай-ақ сыбайлас жемқорлық құқық бұзушылықтарды анықтау, жолын кесу, ашу және тергеу және олардың салдарын жою жөніндегі өз өкілеттіктері шегіндегі сыбайлас жемқорлыққа қарсы іс-қимыл субъектілерінің қызметі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F61F15" w:rsidRDefault="00F61F15" w:rsidP="00212B55">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F61F15">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Пара беру-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F61F15">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>кәсіпорында басқару функцияларын орындайтын адамға ақшаны, бағалы қағаздарды немесе өзге де мүлікті заңсыз беру, сол сияқты оған өзінің қызметтік жағдайын пайдаланғаны үшін, сондай-ақ пара беруді жүзеге асыратын адамның мүддесі үшін қызмет бойынша жалпы қамқорлығы немесе жол бергені үшін мүліктік сипаттағы қызметтерді заңсыз көрсету.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F61F15" w:rsidRPr="00F61F15" w:rsidRDefault="00F61F15" w:rsidP="00212B55">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C4E9C">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Лауазымды адам-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C4E9C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>билік өкілінің функцияларын тұрақты, уақытша немесе арнайы өкілеттік бойынша жүзеге асыратын не мемлекеттік органдарда, квазимемлекеттік сектор субъектілерінде, жергілікті өзін-өзі басқару органдарында, сондай-ақ Қазақстан Республикасының Қарулы Күштерінде, басқа да әскерлері мен әскери құралымдарында ұйымдық-өкімдік немесе әкімшілік-шаруашылық функцияларды орындайтын адам.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F61F15" w:rsidRDefault="00F61F15" w:rsidP="00212B55">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C4E9C">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мүдделер қақтығысы-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C4E9C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">жауапты мемлекеттік лауазымды атқаратын адамдардың, мемлекеттік функцияларды орындауға уәкілеттік берілген адамдардың, оларға теңестірілген адамдардың, лауазымды адамдардың жеке </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C4E9C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>мүдделері мен олардың лауазымдық өкілеттіктері арасындағы қайшылық, бұл ретте аталған адамдардың жеке мүдделері олардың өз лауазымдық өкілеттіктерін тиісінше орындамауына әкеп соғуы мүмкін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F61F15" w:rsidRDefault="00F61F15" w:rsidP="00212B55">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F61F15">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Пара-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F61F15">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мемлекеттік функцияларды орындауға уәкілеттік берілген адам не оған теңестірілген адам, не жауапты мемлекеттік лауазымды атқаратын адам не лауазымды адам, сол сияқты шет мемлекеттің немесе халықаралық ұйымның лауазымды адамы жеке өзі немесе делдал арқылы алатын ақша, бағалы қағаздар, өзге де мүліктер, мүлікке құқық немесе мүліктік сипаттағы пайда.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F61F15" w:rsidRPr="00F61F15" w:rsidRDefault="00F61F15" w:rsidP="00F61F15">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F61F15">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Қазақстан Республикасында пара алу және беру жөніндегі іс-әрекеттер заңға қайшы келеді және қылмыстық кодекс пен Әкімшілік құқық бұзушылық туралы кодекстің қолданысына жатады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F61F15" w:rsidRPr="00F61F15" w:rsidRDefault="00F61F15" w:rsidP="00F61F15">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F61F15">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Егер ақша, өзге де мүлік, материалдық қызметтер түріндегі мүліктік пайда лауазымды адамның туыстары мен жақындарына оның келісімімен берілген болса не егер ол бұған қарсылық білдірмесе және өзінің қызметтік өкілеттігін пара берушінің пайдасына пайдаланса, лауазымды адамның іс-әрекеті пара алу ретінде саралануы тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F61F15" w:rsidRPr="00F61F15" w:rsidRDefault="00F61F15" w:rsidP="00F61F15">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F61F15">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ҚР қолданыстағы заңнамасына сәйкес пара беру және коммерциялық пара беру нысанасы ақшамен, бағалы қағаздармен және өзге де мүлікпен қатар өтеусіз көрсетілетін, бірақ төлеуге жататын мүліктік сипаттағы пайда болуы мүмкін (туристік жолдамалар беру, пәтерді жөндеу, саяжай салу және т.б.).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F61F15" w:rsidRDefault="00F61F15" w:rsidP="00F61F15">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F61F15">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мүліктік сипаттағы артықшылықтарды, атап айтқанда, берілетін мүліктің, жекешелендірілген объектілердің құнын төмендету, жалдау төлемдерін, банктік несиелерді пайдаланғаны үшін пайыздық мөлшерлемелерді азайту деп түсіну керек.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00212B55" w:rsidRPr="00F61F15" w:rsidRDefault="00F61F15" w:rsidP="00212B55">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F61F15">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Параны бопсалау-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F61F15">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>адамның пара берушінің немесе ол өкілдік ететін адамдардың заңды мүдделеріне нұқсан келтіруі мүмкін әрекеттер жасау қатерімен пара талап етуі не құқық қорғау мүдделері үшін зиянды салдардың алдын алу мақсатында пара беруге мәжбүр болатын жағдайларды қасақана жасауы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00212B55" w:rsidRDefault="00212B55" w:rsidP="00212B55">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. </w:t>
+      </w:r>
+      <w:r w:rsidR="00F61F15" w:rsidRPr="00F61F15">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Пара алу және пара беру</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F61F15" w:rsidRDefault="00F61F15" w:rsidP="00212B55">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F61F15">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Бұл бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F61F15">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F61F15">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қылмыстық модельдің екі толық жағы егер пара туралы айтатын болсақ, онда пара алатын адам (пара алушы) және оны беретін адам (пара беруші) бар.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00212B55" w:rsidRPr="00F61F15" w:rsidRDefault="00F61F15" w:rsidP="00212B55">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Пара алу</w:t>
+      </w:r>
+      <w:r w:rsidR="00212B55" w:rsidRPr="00F61F15">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F61F15">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ең қауіпті лауазымдық қылмыстардың бірі, әсіресе егер оны адамдар тобы жасаса немесе бопсалаумен бірге жүрсе, бұл лауазымды адамның заңды немесе заңсыз әрекеттері (әрекетсіздігі) үшін артықшылықтар мен артықшылықтар алуынан тұрады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00212B55" w:rsidRPr="00F61F15" w:rsidRDefault="00F61F15" w:rsidP="00212B55">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Пара беру</w:t>
+      </w:r>
+      <w:r w:rsidR="00212B55" w:rsidRPr="00F61F15">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F61F15">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>лауазымды адамды заңды немесе заңсыз іс-әрекеттер (әрекетсіздік) жасауға итермелеуге не берушінің пайдасына, оның ішінде қызмет бойынша жалпы қамқорлығы немесе попыласы үшін қандай да бір артықшылықтар беруге, алуға бағытталған қылмыс.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00212B55" w:rsidRPr="00012B19" w:rsidRDefault="00012B19" w:rsidP="00212B55">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Пара заттары болуы мүмкін</w:t>
+      </w:r>
+      <w:r w:rsidR="00212B55" w:rsidRPr="00012B19">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00012B19" w:rsidRPr="00012B19" w:rsidRDefault="00012B19" w:rsidP="00012B19">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012B19">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">тауарлар заттар, ақша, оның ішінде: валюта, банктік чектер және бағалы қағаздар, бағалы металдар мен тастардан жасалған бұйымдар, автомашиналар, Тамақ өнімдері, бейнетехника, тұрмыстық аспаптар және басқа да тауарлар, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012B19">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>пәтерлер, саяжайлар, қала сыртындағы үйлер, гараждар, жер учаскелері және басқа да жылжымайтын мүлік;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00012B19" w:rsidRPr="00012B19" w:rsidRDefault="00012B19" w:rsidP="00012B19">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00012B19">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00BE32A4">
-[...20 lines deleted...]
-    <w:p w14:paraId="412BD098" w14:textId="77777777" w:rsidR="00DF715D" w:rsidRPr="00BE32A4" w:rsidRDefault="00DF715D" w:rsidP="00DF715D">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012B19">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>пайда: емдеу, жөндеу және құрылыс жұмыстары, санаторийлер мен туристік жолдамалар, шетелге сапарлар, ойын-сауық және басқа шығындарды ақысыз немесе арзан бағамен төлеу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00012B19" w:rsidRDefault="00012B19" w:rsidP="00012B19">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...13 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00012B19">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000A19C8">
-[...21 lines deleted...]
-    <w:p w14:paraId="48EE1FAD" w14:textId="77777777" w:rsidR="00DF715D" w:rsidRPr="00BE32A4" w:rsidRDefault="00DF715D" w:rsidP="00DF715D">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012B19">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>тауар параның жабық түрі-қарызға немесе жоқ қарызды өтеу түріндегі банктік несие, төмен бағамен сатып алынған тауарларға ақы төлеу, тауарларды жоғары бағамен сатып алу, пара алушының, оның туыстарының, достарының жалақысын төлей отырып, жалған еңбек шарттарын жасасу, жеңілдікпен несие алу, дәрістер, мақалалар мен кі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">таптар үшін алымдарды көбейту, «кездейсоқ» </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012B19">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Казинода ұтып алу, қарызды кешіру, жалдау ақысын азайту, несие бойынша пайыздық мөлшерлемені арттыру және т. б.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00012B19" w:rsidRPr="00012B19" w:rsidRDefault="00012B19" w:rsidP="00012B19">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
-        </w:rPr>
-[...10 lines deleted...]
-        <w:pStyle w:val="af"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00012B19">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мүдделер қақтығысын болғызбау немесе реттеу туралы шектеулерді, тыйымдар мен талаптарды, сыбайлас жемқорлық құқық бұзушылықтар жасауға итермелеу мақсатында өтініштер туралы жалдаушының (жұмыс берушінің) өкілін хабардар ету туралы міндеттемені, сыбайлас жемқорлыққа қарсы іс-қимыл мақсатында белгіленген өзге де міндеттерді сақтау маңызды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00012B19" w:rsidRDefault="00012B19" w:rsidP="00012B19">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C4E9C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Айта кету керек, кейбір сөздерді, өрнектерді және қимылдарды басқалар пара беру туралы өтініш (кеңес) ретінде қабылдауы мүмкін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00012B19" w:rsidRDefault="00012B19" w:rsidP="00212B55">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00012B19">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Мұндай өрнектерге мыналар жатады, мысалы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00212B55" w:rsidRDefault="00212B55" w:rsidP="00212B55">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>• «Вопрос решить трудно, но можно»;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00212B55" w:rsidRDefault="00212B55" w:rsidP="00212B55">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>• «Спасибо на хлеб не намажешь»;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00212B55" w:rsidRDefault="00212B55" w:rsidP="00212B55">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>• «Договоримся»;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00212B55" w:rsidRDefault="00212B55" w:rsidP="00212B55">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>• «Нужны более веские аргументы»;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00212B55" w:rsidRDefault="00212B55" w:rsidP="00212B55">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>• «Нужно обсудить параметры»;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00212B55" w:rsidRDefault="00212B55" w:rsidP="00212B55">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>• «Ну, что делать будем?» и т.д.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00012B19" w:rsidRPr="00012B19" w:rsidRDefault="00012B19" w:rsidP="00012B19">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00012B19">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ұйымдардың өкілдерімен және азаматтармен, әсіресе шенеуніктердің шешімдері мен іс-әрекеттеріне байланысты белгілі бір тақырыптарды талқылау пара беру туралы өтініш ретінде де қабылдануы мүмкін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00012B19" w:rsidRPr="00012B19" w:rsidRDefault="00012B19" w:rsidP="00012B19">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1429"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00012B19">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мұндай тақырыптардың қатарына, мысалы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00012B19" w:rsidRPr="00012B19" w:rsidRDefault="00012B19" w:rsidP="00012B19">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
-        <w:tabs>
-[...3 lines deleted...]
-        <w:ind w:left="0" w:firstLine="709"/>
+        <w:ind w:left="567" w:firstLine="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00BE32A4">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00012B19">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
-        </w:rPr>
-[...6 lines deleted...]
-        <w:pStyle w:val="af"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жалақының төмен деңгейі және белгілі бір қажеттіліктерді іске асыруға ақшалай қаражаттың жетіспеушілігі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00012B19" w:rsidRPr="00012B19" w:rsidRDefault="00012B19" w:rsidP="00012B19">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
-        <w:tabs>
-[...3 lines deleted...]
-        <w:ind w:left="0" w:firstLine="709"/>
+        <w:ind w:left="567" w:firstLine="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00BE32A4">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00012B19">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
-        </w:rPr>
-[...5 lines deleted...]
-        <w:pStyle w:val="af"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>белгілі бір мүлікті сатып алуға, сол немесе басқа қызметті алуға, туристік сапарға шығуға деген ұмтылыс;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00012B19" w:rsidRPr="00012B19" w:rsidRDefault="00012B19" w:rsidP="00012B19">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
-        <w:tabs>
-[...3 lines deleted...]
-        <w:ind w:left="0" w:firstLine="709"/>
+        <w:ind w:left="567" w:firstLine="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00BE32A4">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00012B19">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
-        </w:rPr>
-[...450 lines deleted...]
-        <w:pStyle w:val="af"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>лауазымды тұлғаның туыстарында жұмыстың болмауы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00012B19" w:rsidRPr="00012B19" w:rsidRDefault="00012B19" w:rsidP="00012B19">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
-        <w:tabs>
-[...3 lines deleted...]
-        <w:ind w:left="0" w:firstLine="709"/>
+        <w:ind w:left="567" w:firstLine="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00BE32A4">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00012B19">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
-        </w:rPr>
-[...13 lines deleted...]
-        <w:pStyle w:val="af"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>лауазымды тұлғаның балаларының білім беру мекемелеріне түсу қажеттілігі және т. б.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00012B19" w:rsidRPr="00012B19" w:rsidRDefault="00012B19" w:rsidP="00012B19">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="19"/>
         </w:numPr>
-        <w:tabs>
-[...3 lines deleted...]
-        <w:ind w:left="0" w:firstLine="709"/>
+        <w:ind w:left="567" w:firstLine="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000A19C8">
+      <w:r w:rsidRPr="000C4E9C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00BE32A4">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Шенеуніктен шығатын белгілі бір ұсыныстар, әсіресе егер олар ұйымдардың өкілдеріне және пайдасы олардың шешімдері мен әрекеттеріне байланысты азаматтарға бағытталған болса, пара беру туралы өтініш ретінде қабылдануы мүмкін. Бұл мұндай ұсыныстар жақсы ниетпен айтылған және шенеуніктің жеке пайдасына ешқандай қатысы жоқ болған жағдайда да мүмкін. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012B19">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> после ухода посетителя на рабочем месте или в личных вещах каких-либо посторонних предметов, не предпринимая никаких самостоятельных действий, немедленно доложить руководству.</w:t>
-[...23 lines deleted...]
-        <w:pStyle w:val="af"/>
+        <w:t>Мұндай сөйлемдерге, мысалы, сөйлемдер жатады:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00012B19" w:rsidRPr="00012B19" w:rsidRDefault="00012B19" w:rsidP="00012B19">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="19"/>
         </w:numPr>
-        <w:tabs>
-[...3 lines deleted...]
-        <w:ind w:left="0" w:firstLine="709"/>
+        <w:ind w:left="567" w:firstLine="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BE32A4">
+      <w:r w:rsidRPr="00012B19">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>вести себя крайне осторожно, вежливо, без заискивания, не допуская опрометчивых высказываний, которые могли бы трактоваться либо как готовность, либо как категорический отказ принять предмет взятки и/или коммерческого подкупа;</w:t>
-[...4 lines deleted...]
-        <w:pStyle w:val="af"/>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">лауазымды </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00012B19">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>адам</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00012B19">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ға және (немесе) оның туыстарына жеңілдік беру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00012B19" w:rsidRPr="00012B19" w:rsidRDefault="00012B19" w:rsidP="00012B19">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="19"/>
         </w:numPr>
-        <w:tabs>
-[...3 lines deleted...]
-        <w:ind w:left="0" w:firstLine="709"/>
+        <w:ind w:left="567" w:firstLine="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="000A19C8">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00012B19">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
-[...6 lines deleted...]
-        <w:pStyle w:val="af"/>
+        </w:rPr>
+        <w:t xml:space="preserve">анықталған бұзушылықтарды жою, мемлекеттік келісімшарт шеңберінде жұмыстарды орындау, қажетті құжаттарды дайындау үшін </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00012B19">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00012B19">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қты компанияның және (немесе) сарапшылардың қызметтерін пайдалану;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00012B19" w:rsidRPr="00012B19" w:rsidRDefault="00012B19" w:rsidP="00012B19">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="19"/>
         </w:numPr>
-        <w:tabs>
-[...3 lines deleted...]
-        <w:ind w:left="0" w:firstLine="709"/>
+        <w:ind w:left="567" w:firstLine="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000A19C8">
+      <w:r w:rsidRPr="00012B19">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00BE32A4">
+        </w:rPr>
+        <w:t>белгілі бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00012B19">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> подкупа до следующей беседы и предложить хорошо знакомое Вам место для следующей встречи;</w:t>
-[...4 lines deleted...]
-        <w:pStyle w:val="af"/>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00012B19">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қайырымдылық қорына ақша салыңыз;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00212B55" w:rsidRPr="00012B19" w:rsidRDefault="00012B19" w:rsidP="00012B19">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="19"/>
         </w:numPr>
-        <w:tabs>
-[...3 lines deleted...]
-        <w:ind w:left="0" w:firstLine="709"/>
+        <w:ind w:left="567" w:firstLine="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BE32A4">
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00012B19">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>не берите инициативу в разговоре на себя, больше «работайте на прием», позволяйте собеседнику «выговориться», сообщить Вам как можно больше информации;</w:t>
-[...14 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:t>на</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00012B19">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00BE32A4">
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00012B19">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">поинтересуйтесь о гарантиях решения Вашего вопроса в случае Вашего согласия дать взятку </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="000A19C8">
+        <w:t>ты</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00012B19">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
-[...333 lines deleted...]
-    <w:p w14:paraId="2419B34E" w14:textId="77777777" w:rsidR="00DF715D" w:rsidRPr="00BE32A4" w:rsidRDefault="00DF715D" w:rsidP="00DF715D">
+        </w:rPr>
+        <w:t xml:space="preserve"> спорт командасын қолдау және т. б.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00212B55" w:rsidRDefault="00212B55" w:rsidP="00212B55">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BE32A4">
-[...7 lines deleted...]
-    <w:p w14:paraId="090089E9" w14:textId="77777777" w:rsidR="00DF715D" w:rsidRPr="00BE32A4" w:rsidRDefault="00DF715D" w:rsidP="00DF715D">
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. </w:t>
+      </w:r>
+      <w:r w:rsidR="00012B19" w:rsidRPr="00012B19">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Сыбайлас жемқорлыққа бағытталған және коммерциялық пара берудің ықтимал жағдайлары, сондай-ақ міне</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00012B19" w:rsidRPr="00012B19">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>з-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00012B19" w:rsidRPr="00012B19">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>құлық ережелері бойынша ұсыныстар.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00012B19" w:rsidRDefault="00012B19" w:rsidP="00212B55">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...23 lines deleted...]
-    <w:p w14:paraId="74B76990" w14:textId="77777777" w:rsidR="00DF715D" w:rsidRPr="00BE32A4" w:rsidRDefault="00DF715D" w:rsidP="00DF715D">
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00012B19">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Арандатушылық:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00012B19" w:rsidRPr="000C4E9C" w:rsidRDefault="00012B19" w:rsidP="00012B19">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
-        </w:rPr>
-[...8 lines deleted...]
-    <w:p w14:paraId="3B59A2D0" w14:textId="77777777" w:rsidR="00DF715D" w:rsidRPr="000A19C8" w:rsidRDefault="00DF715D" w:rsidP="00DF715D">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C4E9C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қызметке жүгінген азаматтар, бөлімшенің қызметін тексеруді жүзеге асыратын лауазымды тұлғалар тарапынан ықтимал арандатушылықтарды болдырмау үшін:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00012B19" w:rsidRPr="000C4E9C" w:rsidRDefault="00012B19" w:rsidP="00012B19">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
-[...130 lines deleted...]
-        <w:pStyle w:val="af"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C4E9C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> келушілер орналасқан қызметтік үй-жайларды және жеке заттарды (киім, портфельдер, сөмкелер және т. б.) қараусыз қалдыруға болмайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00012B19" w:rsidRDefault="00012B19" w:rsidP="00012B19">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C4E9C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C4E9C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>келуші кеткеннен кейін жұмыс орнында немесе жеке заттарында қандай да бір бөгде заттар табылған жағдайда, ешқандай дербес іс-қимыл жасамай, басшылыққа дереу баяндалсын.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00212B55" w:rsidRPr="00012B19" w:rsidRDefault="00012B19" w:rsidP="00012B19">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Пара алу</w:t>
+      </w:r>
+      <w:r w:rsidR="00212B55" w:rsidRPr="00012B19">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00012B19" w:rsidRPr="00012B19" w:rsidRDefault="00012B19" w:rsidP="00012B19">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012B19">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>пара беру және/немесе коммерциялық пара беру тақырыбын қабылдауға дайын немесе үзілді-кесілді бас тарту ретінде түсіндірілуі мүмкін асығыс мәлімдемелерге жол бермей, өте сақ, сыпайы, сыпайы әрекет ету;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00012B19" w:rsidRPr="00012B19" w:rsidRDefault="00012B19" w:rsidP="00012B19">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00012B19">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012B19">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Сізге ұсынылған шарттарды (сомалардың мөлшері, тауарлардың атауы мен қызметтердің сипаты, параны беру мерзімдері мен тәсілдері, коммерциялық пара беру нысаны, мәселелерді шешу реттілігі)мұқият тыңдау және дәл есте сақтау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00012B19" w:rsidRPr="00012B19" w:rsidRDefault="00012B19" w:rsidP="00012B19">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00012B19">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012B19">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>пара беру және/немесе коммерциялық пара беру уақыты мен орны туралы мәселені келесі әңгімеге ауыстыруға тырысыңыз және келесі кездесу үшін сізге таныс орынды ұсыныңыз;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00012B19" w:rsidRPr="00012B19" w:rsidRDefault="00012B19" w:rsidP="00012B19">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012B19">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сөйлесуде бастаманы өз мойныңызға алмаңыз, көбірек "кездесуге жұмыс жасаңыз", сұхбаттасушыға "сөйлеуге" мүмкіндік беріңіз, сізге мүмкіндігінше көп ақпарат беріңіз;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00012B19" w:rsidRPr="00012B19" w:rsidRDefault="00012B19" w:rsidP="00012B19">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00012B19">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012B19">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>егер сіз пара беруге немесе коммерциялық пара беруге келіссеңіз сіздің мәселеңізді шешудің кепілдіктері туралы сұраңыз;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00012B19" w:rsidRPr="00012B19" w:rsidRDefault="00012B19" w:rsidP="00012B19">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00012B19">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012B19">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>егер сізде диктофон болса, пара және/немесе коммерциялық пара беру туралы ұсынысты (жасырын) жазуға тырысыңыз;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00012B19" w:rsidRPr="00012B19" w:rsidRDefault="00012B19" w:rsidP="00012B19">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012B19">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> аталмыш факт туралы жоғары тұрған басшылыққа қызметтік жазба түрінде баяндалсын;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00012B19" w:rsidRDefault="00012B19" w:rsidP="00012B19">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00012B19">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-1424 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012B19">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>сыбайлас жемқорлыққа қарсы іс-қимыл жөніндегі уәкілетті органға не Call-орталыққа дайындалып жатқан қылмыс туралы жазбаша немесе ауызша хабарлама жіберуге құқылы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00012B19" w:rsidRDefault="00012B19" w:rsidP="00012B19">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00012B19" w:rsidRDefault="00012B19" w:rsidP="00012B19">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00212B55" w:rsidRPr="00012B19" w:rsidRDefault="00012B19" w:rsidP="00012B19">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мүдделер қақтығысы</w:t>
+      </w:r>
+      <w:r w:rsidR="00212B55" w:rsidRPr="00012B19">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00012B19" w:rsidRPr="00012B19" w:rsidRDefault="00012B19" w:rsidP="00012B19">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00012B19">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>мүдделер қақтығысының кез келген мүмкіндігіне мұқият болыңыз;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00012B19" w:rsidRPr="00012B19" w:rsidRDefault="00012B19" w:rsidP="00012B19">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00012B19">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012B19">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>мүдделер қақтығысының кез келген мүмкіндігін болдырмау бойынша шаралар қабылдау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00012B19" w:rsidRPr="00012B19" w:rsidRDefault="00012B19" w:rsidP="00012B19">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00012B19">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012B19">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>мүдделер қақтығысы немесе оның туындау мүмкіндігі туралы тікелей бастығыңызға жазбаша нысанда хабарлаңыз, бұл туралы Сіз білген бойда;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00012B19" w:rsidRPr="00012B19" w:rsidRDefault="00012B19" w:rsidP="00012B19">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00012B19">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012B19">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>тікелей басшының келісімі бойынша туындаған мүдделер қақтығысын еңсеру жөнінде шаралар қабылдау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00012B19" w:rsidRPr="00012B19" w:rsidRDefault="00012B19" w:rsidP="00012B19">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00012B19">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012B19">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>мүдделер қақтығысының тарабы болып табылатын қызметкердің қызметтік жағдайын оны белгіленген тәртіппен қызметтік міндеттерін атқарудан шеттетуге дейін және (немесе) мүдделер қақтығысының туындауына себеп болған пайдадан бас тартуға дейін өзгерту;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00012B19" w:rsidRPr="00012B19" w:rsidRDefault="00012B19" w:rsidP="00012B19">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00012B19">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012B19">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>заң қызметтік мінез-құлыққа қойылатын талаптарды сақтау және мүдделер қақтығысын реттеу жөніндегі комиссия құру.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00212B55" w:rsidRDefault="00012B19" w:rsidP="00012B19">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C4E9C">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Әр адам өз шешімін таңдауда еркін. Бірақ еркін тұлға ретінде ол қылмыстың жазалануы керек екенін түсінбейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00012B19" w:rsidRPr="00012B19" w:rsidRDefault="00012B19" w:rsidP="00012B19">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00212B55" w:rsidRPr="00012B19" w:rsidRDefault="00212B55" w:rsidP="00212B55">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00012B19">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. </w:t>
+      </w:r>
+      <w:r w:rsidR="00012B19" w:rsidRPr="00012B19">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Егер сіз сыбайлас жемқорлыққа қарсы тұру туралы шешім қабылдаған болсаңыз сіздің әрекеттеріңіз</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00012B19" w:rsidRPr="00012B19" w:rsidRDefault="00012B19" w:rsidP="00012B19">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00012B19">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Өз қалауыңыз бойынша сіз сыбайлас жемқорлыққа қарсы іс-қимыл жөніндегі уәкілетті органға немесе 1424 Call-орталығына ауызша немесе жазбаша өтінішпен жүгіне аласыз.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00012B19" w:rsidRPr="00012B19" w:rsidRDefault="00012B19" w:rsidP="00012B19">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00012B19">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Сыбайлас жемқорлық сипаттағы құқық бұзушылық туралы хабарлау нысандарының бірі анонимді өтініш болып табылады. Бұл жағдайда өтініш беруші анонимділікке байланысты жауап алуға сене алмаса да, ал қылмыс туралы анонимді өтініштің өзі, мұндай өтініште дайындалып жатқан немесе жасалған қылмыстық құқық бұзушылықтар туралы мәліметтер болған жағдайларды қоспағанда, қылмыстық іс қозғауға себеп бола алмайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00012B19" w:rsidRDefault="00012B19" w:rsidP="00012B19">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00012B19">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Параны бопсалау жағдайында Сіз сыбайлас жемқорлыққа қарсы іс-қимыл жөніндегі уәкілетті органға хабарласып, Сізден пара алу немесе коммерциялық пара алу фактісі туралы өтініш жазуыңыз керек, онда дәл көрсетіңіз:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00012B19" w:rsidRPr="00012B19" w:rsidRDefault="00012B19" w:rsidP="00012B19">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00012B19">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- лауазымды тұлғалардың қайсысы (тегі, аты, әкесінің аты, лауазымы, мекеменің атауы) Сізден пара алады немесе коммерциялық құрылымдардың қайсысы сізді пара беруге итермелейді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00012B19" w:rsidRPr="00012B19" w:rsidRDefault="00012B19" w:rsidP="00012B19">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00012B19">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012B19">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>талап етілетін параның (пара берудің)сомасы мен сипаты қандай;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00012B19" w:rsidRPr="00012B19" w:rsidRDefault="00012B19" w:rsidP="00012B19">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00012B19">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012B19">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қандай нақты әрекеттер (немесе әрекетсіздік) үшін сіз пара аласыз немесе коммерциялық пара аласыз;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00012B19" w:rsidRDefault="00012B19" w:rsidP="00012B19">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00012B19">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012B19">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қай уақытта, қай жерде және қалай тікелей пара беру керек немесе коммерциялық пара беру керек.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00212B55" w:rsidRDefault="00212B55" w:rsidP="00212B55">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7E20B335" w14:textId="77777777" w:rsidR="007F18DF" w:rsidRDefault="007F18DF" w:rsidP="00DF715D">
-[...1 lines deleted...]
-        <w:pStyle w:val="af"/>
+    <w:p w:rsidR="00212B55" w:rsidRDefault="00212B55" w:rsidP="00212B55">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...2 lines deleted...]
-        <w:pStyle w:val="af"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5. </w:t>
+      </w:r>
+      <w:r w:rsidR="00012B19" w:rsidRPr="00012B19">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Сыбайлас жемқорлық жағдайындағы қызметкерлердің і</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00012B19" w:rsidRPr="00012B19">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>с-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00012B19" w:rsidRPr="00012B19">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қимыл алгоритмі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00012B19" w:rsidRPr="00012B19" w:rsidRDefault="00012B19" w:rsidP="00012B19">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00012B19">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Сыбайлас жемқорлыққа қарсы і</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00012B19">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>с-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00012B19">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қимыл жөніндегі уәкілетті органға жүгінумен қатар, қызметкерлер осы Нұсқаулыққа сәйкес басшылықты хабардар ету жөнінде шаралар қабылдауы тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00012B19" w:rsidRDefault="00012B19" w:rsidP="00012B19">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00012B19">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Бекітілген штат кестесіне сәйкес сыбайлас жемқорлық қылмыстар мен сыбайлас жемқорлық белгілері бар жағдайлар анықталған және/немесе соқтығысқан жағдайда барлық қызметкерлердің і</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00012B19">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>с-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00012B19">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қимылдарының мынадай алгоритмі әзірленді:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00012B19" w:rsidRDefault="00012B19" w:rsidP="00012B19">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C4E9C">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Кәсіпорын Қызметкерлері</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00012B19" w:rsidRPr="00012B19" w:rsidRDefault="00012B19" w:rsidP="00012B19">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012B19">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>кәсіпорынның педагогикалық қызметкерлері директордың орынбасарына (бар болса) немесе әдіскер мен комплаенс офицеріне немесе кәсіпорын директорына хабарлауы керек;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00212B55" w:rsidRPr="00012B19" w:rsidRDefault="00012B19" w:rsidP="00012B19">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012B19">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>"педагог" санатына жатпайтын кәсіпорын қызметкерлері директо</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>рдың орынбасарына (шаруамеңгеруші</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00012B19">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>) және кәсіпорын офицеріне немесе директорына Комплаенс туралы хабарлауы керек.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00212B55" w:rsidRPr="00012B19" w:rsidRDefault="00212B55" w:rsidP="00212B55">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
-        </w:rPr>
-[...4 lines deleted...]
-        <w:pStyle w:val="af"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00012B19">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6. </w:t>
+      </w:r>
+      <w:r w:rsidR="00012B19" w:rsidRPr="00012B19">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Басшылардың, қарамағындағылардың сыбайлас жемқорлық құқық бұзушылықтары үшін жауаптылығы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F24C19" w:rsidRDefault="00F24C19" w:rsidP="00212B55">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
-        <w:jc w:val="center"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...6 lines deleted...]
-        <w:pStyle w:val="af"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F24C19">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Сыбайлас жемқорлықтың алдын алуға бағытталған шараларды күшейту мақсатында бағыныштылары сыбайлас жемқорлық құқық бұзушылық жасаған және олардың кінәсі сотта дәлелденген басшылардың дербес жауапкершілігін білдіретін норма көзделген.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F24C19" w:rsidRPr="00F24C19" w:rsidRDefault="00F24C19" w:rsidP="00F24C19">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F24C19">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Тәртіптік жауапкершілік мыналарды қамтиды:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00212B55" w:rsidRPr="00F24C19" w:rsidRDefault="00F24C19" w:rsidP="00F24C19">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1429"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-ескерту</w:t>
+      </w:r>
+      <w:r w:rsidR="00212B55" w:rsidRPr="00F24C19">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F24C19" w:rsidRPr="00F24C19" w:rsidRDefault="00F24C19" w:rsidP="00F24C19">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F24C19">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сөгіс беру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F24C19" w:rsidRPr="00F24C19" w:rsidRDefault="00F24C19" w:rsidP="00F24C19">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F24C19">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F24C19">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қатаң сөгіс беру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F24C19" w:rsidRDefault="00F24C19" w:rsidP="00F24C19">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
-        <w:jc w:val="center"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00BE32A4">
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F24C19">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...28 lines deleted...]
-      </w:pPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...27 lines deleted...]
-      </w:r>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C4E9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Еңбек кодексінде көзделген негіздер бойынша жұмыс берушінің бастамасы бойынша еңбек шартын бұзу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F24C19" w:rsidRPr="00F24C19" w:rsidRDefault="00F24C19" w:rsidP="00F24C19">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:left="0" w:hanging="578"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
-          <w:b/>
-[...12 lines deleted...]
-        </w:numPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F24C19">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Басшы өзінің тікелей қарамағындағыларға қатысты заңды күшіне енген соттың айыптау үкімі болған кезде немесе ақталмайтын негіздер бойынша (рақымшылық жасау, белсенді өкіну, тараптардың татуласуы және т.б.) қылмыстық істі тоқтату туралы шешім қабылдаған кезде жұмыстан шығаруға өтініш беруге тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F24C19" w:rsidRPr="00F24C19" w:rsidRDefault="00F24C19" w:rsidP="00F24C19">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:left="0" w:hanging="578"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00F24C19">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Жұмыстан босату туралы өтініш басшыны қызметке тағайындаған жауапты адамға беріледі. Жұмыстан босату және тәртіптік жаза қолдану туралы шешім қабылдау басшыны осы лауазымға тағайындаған адамның құзыреті болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F24C19" w:rsidRPr="00F24C19" w:rsidRDefault="00F24C19" w:rsidP="00F24C19">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:left="0" w:hanging="578"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">         </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00F24C19">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Тікелей бағынысты адам сыбайлас жемқорлық сипатындағы құқық бұзушылық жасаған кезде басшы (лауазымдық нұсқаулыққа сәйкес) осы лауазымға тағайындалған күннен бастап 3 ай өткен соң дербес жауапты болатынын назарға алу қажет.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F24C19" w:rsidRPr="00F24C19" w:rsidRDefault="00F24C19" w:rsidP="00F24C19">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
-        </w:rPr>
-      </w:pPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F24C19">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Бұл ретте, ж</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00BE32A4">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>оғарыда аталған жауапкершілік "С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F24C19">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
-        </w:rPr>
-[...482 lines deleted...]
-          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ыбайлас жемқорлыққа қарсы іс-қимыл туралы"Қазақстан Республикасы Заңының 24-бабына сәйкес тікелей бағынысты адам жасаған сыбайлас жемқорлық құқық бұзушылық фактісі туралы дербес хабарлаған басшылыққа қолданылмайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F24C19" w:rsidRPr="00F24C19" w:rsidRDefault="00F24C19" w:rsidP="00F24C19">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F24C19">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">правонарушения, совершенном непосредственным подчиненным, </w:t>
-[...90 lines deleted...]
-          <w:headerReference w:type="default" r:id="rId8"/>
+        <w:t>Сыбайлас жемқорлық құқық бұзушылық фактісі туралы хабарлаған немесе сыбайлас жемқорлыққа қарсы іс-қимылға өзге де жолмен жәрдемдесетін қызметкер мемлекеттің қорғауында болады және Қазақстан Республикасының Үкіметі белгілеген тәртіппен көтермеленеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F24C19" w:rsidRPr="00F24C19" w:rsidRDefault="00F24C19" w:rsidP="00F24C19">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F24C19">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Осы Ережелер заңға сәйкес жауаптылыққа жататын сыбайлас жемқорлық құқық бұзушылық фактісі туралы көрінеу жалған ақпарат хабарлаған адамдарға қолданылмайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00212B55" w:rsidRPr="00F24C19" w:rsidRDefault="00F24C19" w:rsidP="00F24C19">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00212B55" w:rsidRPr="00F24C19">
           <w:pgSz w:w="11906" w:h="16838"/>
-          <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="851" w:header="708" w:footer="708" w:gutter="0"/>
-[...2 lines deleted...]
-          <w:docGrid w:linePitch="360"/>
+          <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1418" w:header="708" w:footer="708" w:gutter="0"/>
+          <w:cols w:space="720"/>
         </w:sectPr>
       </w:pPr>
-    </w:p>
-[...96 lines deleted...]
-    <w:p w14:paraId="72825602" w14:textId="77777777" w:rsidR="00233A4C" w:rsidRPr="004B4571" w:rsidRDefault="00233A4C" w:rsidP="00233A4C">
+      <w:r w:rsidRPr="00F24C19">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Сыбайлас жемқорлыққа қарсы іс-қимылға жәрдем көрсететін қызметкер туралы ақпарат мемлекеттік құпия болып табылады және заңда белгіленген тәртіппен беріледі. Аталған ақпаратты жария ету заңда белгіленген жауаптылыққа әкеп соғады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F24C19" w:rsidRPr="00F24C19" w:rsidRDefault="00F24C19" w:rsidP="00F24C19">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...10 lines deleted...]
-    <w:p w14:paraId="73E3F434" w14:textId="65F13B71" w:rsidR="00DF715D" w:rsidRPr="00FD5D2E" w:rsidRDefault="00DF715D" w:rsidP="00DF715D">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F24C19">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Қосымша</w:t>
+      </w:r>
+      <w:r w:rsidR="005D5234">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F24C19" w:rsidRPr="00F24C19" w:rsidRDefault="00F24C19" w:rsidP="00F24C19">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w14:paraId="0B1C62CF" w14:textId="77777777" w:rsidR="00DF715D" w:rsidRDefault="00DF715D" w:rsidP="00DF715D">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F24C19">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қарағанды облысы білім басқармасының</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F24C19" w:rsidRPr="00F24C19" w:rsidRDefault="00F24C19" w:rsidP="00F24C19">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F24C19">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Шахтинск қаласының білім бөлімі </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F24C19" w:rsidRDefault="00F24C19" w:rsidP="00F24C19">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F61F15">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Березка</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F61F15">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бөбекжайы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F61F15">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>КМҚК</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F24C19" w:rsidRPr="00F61F15" w:rsidRDefault="00F24C19" w:rsidP="00F24C19">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F61F15">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> директордың бұйрығына</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EC305B" w:rsidRPr="00F61F15" w:rsidRDefault="00EC305B" w:rsidP="00EC305B">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>06.06.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F61F15">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2022 жыл №</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 71</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00212B55" w:rsidRPr="00F24C19" w:rsidRDefault="00212B55" w:rsidP="00212B55">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w14:paraId="5B0752AC" w14:textId="77777777" w:rsidR="00DF715D" w:rsidRPr="000C393C" w:rsidRDefault="00DF715D" w:rsidP="00DF715D">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00212B55" w:rsidRPr="00F24C19" w:rsidRDefault="00212B55" w:rsidP="00212B55">
       <w:pPr>
         <w:pStyle w:val="2"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:firstLine="142"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i w:val="0"/>
-          <w:lang w:val="ru-RU"/>
-[...115 lines deleted...]
-    <w:p w14:paraId="44E600CD" w14:textId="77777777" w:rsidR="00E352ED" w:rsidRDefault="00E352ED" w:rsidP="00DF715D">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F24C19" w:rsidRPr="00F24C19" w:rsidRDefault="00F24C19" w:rsidP="00F24C19">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:ind w:firstLine="142"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:b/>
-[...6 lines deleted...]
-    <w:p w14:paraId="0C8CBB3B" w14:textId="77777777" w:rsidR="00DF715D" w:rsidRPr="000C393C" w:rsidRDefault="00DF715D" w:rsidP="00DF715D">
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="x-none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F24C19">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="x-none"/>
+        </w:rPr>
+        <w:t>Қарағанды облысы білім басқармасының Шахтинск қаласының білім бөлімі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="x-none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">"Березка" бөбекжайы" </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F24C19">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="x-none"/>
+        </w:rPr>
+        <w:t>К</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="x-none"/>
+        </w:rPr>
+        <w:t>М</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F24C19">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="x-none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҚК сыйлықтарды, өкілдік сыйлықтарды шектеу бойынша </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F24C19" w:rsidRPr="00F24C19" w:rsidRDefault="00F24C19" w:rsidP="00F24C19">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:ind w:firstLine="142"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:b/>
-[...20 lines deleted...]
-        </w:numPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="x-none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F24C19">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="x-none"/>
+        </w:rPr>
+        <w:t>шығыстар, қайырмалдықтар және өзге де пайда</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F24C19" w:rsidRPr="00F24C19" w:rsidRDefault="00F24C19" w:rsidP="00F24C19">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:ind w:firstLine="142"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="x-none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F24C19">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="x-none"/>
+        </w:rPr>
+        <w:t>Нұсқаулық</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F24C19" w:rsidRDefault="00F24C19" w:rsidP="00F24C19">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:ind w:firstLine="142"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="x-none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F24C19" w:rsidRDefault="00F24C19" w:rsidP="00F24C19">
+      <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:ind w:left="0" w:firstLine="709"/>
-[...13 lines deleted...]
-      </w:r>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri"/>
-[...70 lines deleted...]
-        </w:numPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C4E9C">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Жалпы ережелер</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F24C19" w:rsidRPr="00F24C19" w:rsidRDefault="00F24C19" w:rsidP="00F24C19">
+      <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
-        <w:ind w:left="0" w:firstLine="709"/>
-[...48 lines deleted...]
-        </w:numPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F24C19">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F24C19">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Қарағанды облысы білім басқармасының Шахтинск қаласы білім бөлімінің "Березка "бөбекжай – бақшасы" КМҚК (бұдан әрі - кәсіпорын) сыйлықтарды ұсынуды немесе қабылдауды, шығыстарды төлеуді, қайырмалдықтарды төлеуді және осындай пайда алуды болдырмау мақсатында осы Нұсқаулық бекітіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F24C19" w:rsidRPr="00F24C19" w:rsidRDefault="00F24C19" w:rsidP="00F24C19">
+      <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
-        <w:ind w:left="0" w:firstLine="709"/>
-[...27 lines deleted...]
-        </w:numPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F24C19">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F24C19">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Осы Нұсқаулық кәсіпорынның ішкі актісі болып табылады. Осы нұсқаулықтың негізгі мақсаты кәсіпорындағы еңбек міндеттерін/функцияларын орындау барысында кәсіпорын қызметкерлерінде туындайтын сыйлықтар мен өзге де материалдық және материалдық емес игіліктерді ұсыну/беру және қабылдау/алу тәртібін белгілеу болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F24C19" w:rsidRPr="00F24C19" w:rsidRDefault="00F24C19" w:rsidP="00F24C19">
+      <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
-          <w:tab w:val="left" w:pos="1276"/>
-          <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
-        <w:suppressAutoHyphens/>
-[...29 lines deleted...]
-        </w:numPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F24C19">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F24C19">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Осы Нұсқаулықтың күші атқаратын лауазымының деңгейіне және атқаратын функцияларына қарамастан кәсіпорынның барлық қызметкерлеріне қолданылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F24C19" w:rsidRPr="00F24C19" w:rsidRDefault="00F24C19" w:rsidP="00F24C19">
+      <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
-          <w:tab w:val="left" w:pos="1276"/>
-          <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
-        <w:suppressAutoHyphens/>
-[...15 lines deleted...]
-    <w:p w14:paraId="57AB7124" w14:textId="77777777" w:rsidR="00DF715D" w:rsidRPr="000C393C" w:rsidRDefault="00DF715D" w:rsidP="00DF715D">
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F24C19">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F24C19">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Сыйлық ретінде әдеттегі бағаны, оның ішінде ақшаны, бағалы қағаздарды және өзге де мүлікті, мүліктік сипаттағы пайдалар мен қызметтерді (жұмыстар, қызметтер, ойын-сауық, демалыс, көлік шығындарын төлеу, несиелер, жеңілдіктер, мүлікті, оның ішінде тұрғын үйді пайдалануға беру) төлеу міндеті жоқ материалдық немесе материалдық емес нысандағы кез келген құндылық танылады), функционалдық міндеттерін орындауға байланысты алынған немесе берілген, сондай-ақ кәсіпорын қызметкеріне жүктелген басқа да функциялар.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F24C19" w:rsidRDefault="00F24C19" w:rsidP="00F24C19">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F24C19">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F24C19">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Сыйлықтар мен өкілдік шығыстар саласындағы өзге де мәселелер кәсіпорынның тиісті ішкі нормативтік құқықтық актілерімен және Қазақстан Республикасының заңнамасымен реттеледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F24C19" w:rsidRDefault="00F24C19" w:rsidP="00F24C19">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F24C19" w:rsidRDefault="00F24C19" w:rsidP="00F24C19">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3540"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F24C19" w:rsidRDefault="00F24C19" w:rsidP="00F24C19">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3540"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F24C19" w:rsidRDefault="00F24C19" w:rsidP="00F24C19">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3540"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F24C19" w:rsidRDefault="00F24C19" w:rsidP="00F24C19">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3540"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F24C19" w:rsidRDefault="00F24C19" w:rsidP="00F24C19">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3540"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F24C19" w:rsidRDefault="00F24C19" w:rsidP="00F24C19">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3540"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F24C19" w:rsidRPr="00F24C19" w:rsidRDefault="00F24C19" w:rsidP="00F24C19">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3540"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F24C19">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Байланысты жағдайлар кезінде қызметкерлердің әрекет ету тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F24C19" w:rsidRPr="00F24C19" w:rsidRDefault="00F24C19" w:rsidP="00F24C19">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3540"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F24C19">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>игіліктер беру және (немесе) алу арқылы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F24C19" w:rsidRPr="00F24C19" w:rsidRDefault="00F24C19" w:rsidP="00F24C19">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00212B55" w:rsidRDefault="00212B55" w:rsidP="00212B55">
       <w:pPr>
         <w:pStyle w:val="2"/>
         <w:keepNext w:val="0"/>
         <w:suppressAutoHyphens/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:firstLineChars="295" w:firstLine="829"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i w:val="0"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6A179BDE" w14:textId="77777777" w:rsidR="007F18DF" w:rsidRDefault="007F18DF" w:rsidP="00DF715D">
-[...96 lines deleted...]
-        </w:numPr>
+    <w:p w:rsidR="00F24C19" w:rsidRPr="00F24C19" w:rsidRDefault="00F24C19" w:rsidP="00F24C19">
+      <w:pPr>
+        <w:pStyle w:val="22"/>
         <w:tabs>
-          <w:tab w:val="clear" w:pos="1200"/>
-[...155 lines deleted...]
-          <w:tab w:val="clear" w:pos="1200"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
-        <w:spacing w:before="0" w:after="0"/>
-        <w:ind w:left="0" w:firstLine="709"/>
+        <w:ind w:firstLine="709"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000C393C">
+      <w:r w:rsidRPr="00F24C19">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>Любые неразрешенные подарки должны незамедлительно отклоняться и возвращаться дарителю. Работник Предприятия обязан вернуть, с соблюдением этики деловых отношений, полученный им подарок дарителю непосредственно во время получения подарка, не откладывая на позднее время.</w:t>
-[...8 lines deleted...]
-        </w:numPr>
+        <w:t>6.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F24C19">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Қызметкердің сыйлық алуына </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F24C19">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>бас</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F24C19">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қа қызметкерлер немесе басқа адамдар (оның ішінде серіктестер, мемлекет және мемлекеттік органдар, кәсіподақтар мен кәсіптік бірлестіктер, нарыққа қатысушылар), тіпті қызметкер мен донордың ниетінде жосықсыз немесе ақылға сыймайтын болса да теріс баға беруі мүмкі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F24C19">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>н</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F24C19">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F24C19" w:rsidRPr="00F24C19" w:rsidRDefault="00F24C19" w:rsidP="00F24C19">
+      <w:pPr>
+        <w:pStyle w:val="22"/>
         <w:tabs>
-          <w:tab w:val="clear" w:pos="1200"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
-        <w:spacing w:before="0" w:after="0"/>
-        <w:ind w:left="0" w:firstLine="709"/>
+        <w:ind w:firstLine="709"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000C393C">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Calibri"/>
+      <w:r w:rsidRPr="00F24C19">
+        <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>Вознаграждения, платежи (наличные/безналичные), подарки и прочие материальные и нематериа</w:t>
-[...5 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:t>7.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F24C19">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>льные блага, производимые за оказание или получение любого рода услуг, товаров и работ запрещены.</w:t>
-[...4 lines deleted...]
-        <w:pStyle w:val="21"/>
+        <w:tab/>
+        <w:t>Кәсіпорын қызметкерінің отбасы мүшелеріне, туыстарына немесе өзге де жақын адамдарына осындай қызметкердің кәсіпорындағы жұмысына байланысты қандай да бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F24C19">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F24C19">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> іс-әрекет/әрекетсіздік жасауына байланысты берілген сыйлықтар осы Ереженің мақсаттары үшін қызметкерге берілетін сыйлықтар болып есептеледі. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F24C19" w:rsidRPr="00F24C19" w:rsidRDefault="00F24C19" w:rsidP="00F24C19">
+      <w:pPr>
+        <w:pStyle w:val="22"/>
         <w:tabs>
-          <w:tab w:val="clear" w:pos="1200"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F24C19">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>8.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F24C19">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Осы Нұсқаулықта белгіленген сыйлықтарды қабылдауға қойылатын шектеулер қызметкердің отбасының айқын қары</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F24C19">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>м-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F24C19">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қатынастарына (ата-аналардың, балалардың, ерлі-зайыптылардың сыйлықтары) немесе жеке қасиетінің өзге де жақын қарым-қатынастарына, кәсіпорындағы жұмысына қарамастан орын алатын достық қарым-қатынастарына негізделген, сондай-ақ мұндай сыйлық корпоративтік сыйлық болып табылатын жағдайларда қызметкердің донормен қарым-қатынасына қолданылмайды</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F24C19">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> К</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F24C19">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>әдесый өнімдері: қаламдар, дәптерлер, күнделіктер және т.б.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F24C19" w:rsidRPr="00F24C19" w:rsidRDefault="00F24C19" w:rsidP="00F24C19">
+      <w:pPr>
+        <w:pStyle w:val="22"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F24C19">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>9.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F24C19">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Осы Нұсқаулықта белгіленген сыйлықтарды қ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F24C19">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>абылдау</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F24C19">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ға шектеулер кәсіпорын қызметкерлері олардың атынан үшінші тұлғалардың атына жіберетін қайырымдылықтар мен қайырымдылық жарналарға қатысты, сондай-ақ қызметкерлердің атына жіберілетін осындай қайырымдылықтар мен қайырымдылық жарналарға қатысты (емделуге, жақын туыстарының қайтыс болуына байланысты, стихиялық жағдайлардың салдарын </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F24C19">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жою</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F24C19">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ға қаражат жинау) қолданылмайды. апаттар және т. б.).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F24C19" w:rsidRPr="00F24C19" w:rsidRDefault="00F24C19" w:rsidP="00F24C19">
+      <w:pPr>
+        <w:pStyle w:val="22"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F24C19">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>10.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F24C19">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Кез келген </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F24C19">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F24C19">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ұқсат етілмеген сыйлықтар дереу қабылданбауы және донорға қайтарылуы керек. Кәсіпорын қызметкері іскерлік қатынастардың этикасын сақтай отырып, алған сыйлығын сыйлық алу кезінде тікелей сыйлық </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F24C19">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>алушы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F24C19">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ға қайтаруға міндетті, оны кешіктірмей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00212B55" w:rsidRDefault="00F24C19" w:rsidP="00F24C19">
+      <w:pPr>
+        <w:pStyle w:val="22"/>
+        <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:firstLine="709"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...2 lines deleted...]
-        <w:pStyle w:val="21"/>
+      <w:r w:rsidRPr="00F24C19">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>11.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F24C19">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Кез келген қызмет тү</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F24C19">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F24C19">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ін, тауарлар мен жұмыстарды көрсеткені немесе алғаны үшін өндірілетін сыйақыларға, төлемдерге (қолма-қол/қолма-қол ақшасыз), сыйлықтарға және өзге де материалдық және материалдық емес игіліктерге тыйым салынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F24C19" w:rsidRDefault="00F24C19" w:rsidP="00F24C19">
+      <w:pPr>
+        <w:pStyle w:val="22"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:before="0" w:after="0"/>
-        <w:ind w:left="709" w:firstLine="142"/>
-[...2 lines deleted...]
-          <w:b/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000C393C">
-[...15 lines deleted...]
-        </w:numPr>
+    </w:p>
+    <w:p w:rsidR="00F24C19" w:rsidRPr="00F24C19" w:rsidRDefault="00F24C19" w:rsidP="00F24C19">
+      <w:pPr>
+        <w:pStyle w:val="22"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1200"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="2940"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F24C19">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>К</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F24C19">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>әсіпорын қызметіндегі сыйлықтарды және (немесе) өкілдік шығыстарды шектеу жөніндегі Регламент</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F24C19" w:rsidRPr="00F24C19" w:rsidRDefault="00F24C19" w:rsidP="00F24C19">
+      <w:pPr>
+        <w:pStyle w:val="22"/>
+        <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:before="0" w:after="0"/>
-        <w:ind w:left="0" w:firstLine="709"/>
-        <w:rPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
-[...3 lines deleted...]
-          <w:iCs/>
+    </w:p>
+    <w:p w:rsidR="00F24C19" w:rsidRDefault="00F24C19" w:rsidP="00F24C19">
+      <w:pPr>
+        <w:pStyle w:val="22"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">Представительские расходы </w:t>
-[...91 lines deleted...]
-        </w:numPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F24C19" w:rsidRDefault="00F24C19" w:rsidP="00F24C19">
+      <w:pPr>
+        <w:pStyle w:val="22"/>
         <w:tabs>
-          <w:tab w:val="clear" w:pos="1200"/>
           <w:tab w:val="left" w:pos="992"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:before="0" w:after="0"/>
-        <w:ind w:left="0" w:firstLine="709"/>
-        <w:rPr>
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000C393C">
-        <w:rPr>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">представительские расходы и подарки прямо связаны с законными целями деятельности Предприятия, например, с презентацией или завершением </w:t>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">     </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="000C393C">
-        <w:rPr>
+      <w:r w:rsidRPr="00F24C19">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-        <w:t>бизнес-проектов</w:t>
+        <w:t>Кәсіпорынның өкілдік шығыстары, оның ішінде іскерлік қонақжайлылық кәсіпорынның атынан және есебінен жүргізілуі керек, ал сыйлықтар мен қызметтер кәсіпорынның атынан және есебінен берілуі немесе көрсетілуі мүмкін не жеке тұлғалар мен ұйымдардан, оның ішінде</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="000C393C">
-        <w:rPr>
+      <w:r w:rsidRPr="00F24C19">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>, успешным исполнением контрактов либо с общепринятыми праздниками;</w:t>
-[...8 lines deleted...]
-        </w:numPr>
+        <w:t xml:space="preserve"> кәсіпорынмен іскерлік қары</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F24C19">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>м-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F24C19">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қатынасы бар немесе оны құруға ұмтылатын ұйымдардан қабылдануы мүмкін. төменде көрсетілген критерийлер жиынтығының сәйкестігі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D5234" w:rsidRPr="005D5234" w:rsidRDefault="005D5234" w:rsidP="005D5234">
+      <w:pPr>
+        <w:pStyle w:val="22"/>
         <w:tabs>
-          <w:tab w:val="clear" w:pos="1200"/>
+          <w:tab w:val="left" w:pos="992"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D5234">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>1) Өкілдік шығыстар мен сыйлықтар Кәсіпорын қызметінің заңды мақсаттарымен, мысалы, бизнес-жобалардың тұсаукесерімен немесе аяқталуымен, келісімшарттардың сә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005D5234">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тт</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005D5234">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>і орындалуымен немесе жалпы қабылданған мерекелермен тікелей байланысты;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D5234" w:rsidRPr="005D5234" w:rsidRDefault="005D5234" w:rsidP="005D5234">
+      <w:pPr>
+        <w:pStyle w:val="22"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="992"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D5234">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>2) өкілдік шығыстар мен сыйлықтар қабылданған іскерлік практикаға сәйкес келеді және іскерлік қары</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005D5234">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>м-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005D5234">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қатынас нормаларынан (гүлдер, жарнамалық не имидждік сипаттағы кәдесыйлар және т. б.) аспайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D5234" w:rsidRPr="005D5234" w:rsidRDefault="005D5234" w:rsidP="005D5234">
+      <w:pPr>
+        <w:pStyle w:val="22"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="992"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D5234">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) кәсіпорын атынан өкілдік шығыстар мен сыйлықтардың құны қалыпты болуға және өткізілетін іс-шаралардың мақсаттары мен ауқымына немесе оқиғаның маңыздылығына жауап беруге </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005D5234">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тиіс</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005D5234">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D5234" w:rsidRPr="005D5234" w:rsidRDefault="005D5234" w:rsidP="005D5234">
+      <w:pPr>
+        <w:pStyle w:val="22"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="992"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D5234">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>4) өкілдік шығыстар мен сыйлықтардың мақсаты қызмет көрсеткені, жол бергені, қамқоршысы болғаны, құқықтар бергені, мә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005D5234">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>м</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005D5234">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>іле, келісім, лицензия, рұқсат немесе өзге де осыған ұқсас шешімдер туралы белгілі бір шешім қабылдағаны немесе өзге де заңсыз мақсатпен алушыға ықпал етуге тырысқаны үшін жасырын сыйақы болып табылмайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D5234" w:rsidRPr="005D5234" w:rsidRDefault="005D5234" w:rsidP="005D5234">
+      <w:pPr>
+        <w:pStyle w:val="22"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="992"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D5234">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5) өкілдік шығыстар мен сыйлықтар </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005D5234">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005D5234">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>әсіпорынның іскерлік беделіне нұқсан келтірмейді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D5234" w:rsidRPr="005D5234" w:rsidRDefault="005D5234" w:rsidP="005D5234">
+      <w:pPr>
+        <w:pStyle w:val="22"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="992"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D5234">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>6) Өкілдік шығыстар мен сыйлықтар осы Ереженің қағидаттары мен талаптарына, кәсіптік ә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005D5234">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>деп</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005D5234">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қағидаттарын және іскерлік қарым-қатынастың этикалық нормаларын, сондай-ақ Қазақстан Республикасы заңнамасын айқындайтын өзге де нормаларға қайшы келмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D5234" w:rsidRPr="005D5234" w:rsidRDefault="005D5234" w:rsidP="005D5234">
+      <w:pPr>
+        <w:pStyle w:val="22"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="992"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D5234">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>7) кәсіпорынның және оның қызметкерлерінің атынан үшінші тұлғаларға валютаның нысанына (қолм</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005D5234">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>а-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005D5234">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қол/қолма-қол емес) және түріне қарамастан ақша түріндегі сыйлықтарға жол берілмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D5234" w:rsidRPr="00F24C19" w:rsidRDefault="005D5234" w:rsidP="005D5234">
+      <w:pPr>
+        <w:pStyle w:val="22"/>
+        <w:tabs>
           <w:tab w:val="left" w:pos="992"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:before="0" w:after="0"/>
-        <w:ind w:left="0" w:firstLine="709"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000C393C">
+      <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">представительские расходы и подарки соответствуют принятой деловой практике и не выходят за рамки норм делового общения (цветы, сувениры рекламного либо </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="000C393C">
+        <w:t xml:space="preserve">8) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D5234">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>имиджевого</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="000C393C">
+        <w:t xml:space="preserve">Сыйлықтың </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005D5234">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> характера и так далее);</w:t>
-[...15 lines deleted...]
-        <w:ind w:left="0" w:firstLine="709"/>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005D5234">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-      </w:pPr>
-[...212 lines deleted...]
-    <w:p w14:paraId="52A4CCF7" w14:textId="77777777" w:rsidR="00DF715D" w:rsidRDefault="00DF715D" w:rsidP="00EE5342">
+        <w:t>ұқсат етілуіне немесе сыйлықтармен жұмыс істеу тәртібіне қатысты басқа мәселелерге қатысты күмән туындаған жағдайда, қызметкер түсініктеме алу үшін кәсіпорынның тікелей басшысына және офицеріне жүгінуі керек.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00212B55" w:rsidRDefault="00212B55" w:rsidP="00212B55">
       <w:pPr>
         <w:ind w:left="4536"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1757FB98" w14:textId="77777777" w:rsidR="00DF715D" w:rsidRDefault="00DF715D" w:rsidP="00EE5342">
+    <w:p w:rsidR="00212B55" w:rsidRDefault="00212B55" w:rsidP="00212B55">
       <w:pPr>
         <w:ind w:left="4536"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="255BC439" w14:textId="77777777" w:rsidR="00DF715D" w:rsidRDefault="00DF715D" w:rsidP="00EE5342">
+    <w:p w:rsidR="00212B55" w:rsidRDefault="00212B55" w:rsidP="00212B55">
       <w:pPr>
         <w:ind w:left="4536"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4C83758E" w14:textId="77777777" w:rsidR="00DF715D" w:rsidRDefault="00DF715D" w:rsidP="00EE5342">
+    <w:p w:rsidR="00212B55" w:rsidRDefault="00212B55" w:rsidP="00212B55">
       <w:pPr>
         <w:ind w:left="4536"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6A41A0ED" w14:textId="77777777" w:rsidR="00DF715D" w:rsidRDefault="00DF715D" w:rsidP="00EE5342">
+    <w:p w:rsidR="00212B55" w:rsidRDefault="00212B55" w:rsidP="00212B55">
       <w:pPr>
         <w:ind w:left="4536"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6BD30129" w14:textId="77777777" w:rsidR="00DF715D" w:rsidRDefault="00DF715D" w:rsidP="00EE5342">
+    <w:p w:rsidR="00212B55" w:rsidRDefault="00212B55" w:rsidP="00212B55">
       <w:pPr>
         <w:ind w:left="4536"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="18E069F9" w14:textId="77777777" w:rsidR="00DF715D" w:rsidRDefault="00DF715D" w:rsidP="00EE5342">
+    <w:p w:rsidR="00212B55" w:rsidRDefault="00212B55" w:rsidP="00212B55">
       <w:pPr>
         <w:ind w:left="4536"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="744E3478" w14:textId="77777777" w:rsidR="00DF715D" w:rsidRDefault="00DF715D" w:rsidP="00EE5342">
-[...205 lines deleted...]
-    <w:p w14:paraId="3832DE2D" w14:textId="77777777" w:rsidR="00233A4C" w:rsidRPr="004B4571" w:rsidRDefault="00233A4C" w:rsidP="00233A4C">
+    <w:p w:rsidR="005D5234" w:rsidRPr="005D5234" w:rsidRDefault="005D5234" w:rsidP="005D5234">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-      </w:pPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000902E1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Қосымша</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="4B67E399" w14:textId="3D246491" w:rsidR="00EE5342" w:rsidRPr="004B4571" w:rsidRDefault="00EE5342" w:rsidP="00EE5342">
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D5234" w:rsidRPr="000C4E9C" w:rsidRDefault="005D5234" w:rsidP="005D5234">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w14:paraId="6B934AEF" w14:textId="77777777" w:rsidR="00EE5342" w:rsidRDefault="00EE5342" w:rsidP="00EE5342">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C4E9C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Қарағанды облысы білім басқармасының</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D5234" w:rsidRPr="000C4E9C" w:rsidRDefault="005D5234" w:rsidP="005D5234">
       <w:pPr>
         <w:pStyle w:val="Default"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C4E9C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Шахтинск қаласының білім бөлімі </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D5234" w:rsidRDefault="005D5234" w:rsidP="005D5234">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F61F15">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Березка</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F61F15">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бөбекжайы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F61F15">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>КМҚК</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D5234" w:rsidRPr="00F61F15" w:rsidRDefault="005D5234" w:rsidP="005D5234">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F61F15">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> директордың бұйрығына</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EC305B" w:rsidRPr="00F61F15" w:rsidRDefault="00EC305B" w:rsidP="00EC305B">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>06.06.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F61F15">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2022 жыл №</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 71</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D5234" w:rsidRPr="00F61F15" w:rsidRDefault="005D5234" w:rsidP="005D5234">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00212B55" w:rsidRPr="005D5234" w:rsidRDefault="00212B55" w:rsidP="00212B55">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00212B55" w:rsidRPr="000C4E9C" w:rsidRDefault="00212B55" w:rsidP="00212B55">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:bCs/>
-[...14 lines deleted...]
-    <w:p w14:paraId="578CE538" w14:textId="77777777" w:rsidR="00EE5342" w:rsidRPr="003A0C64" w:rsidRDefault="00EE5342" w:rsidP="00EE5342">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005D5234" w:rsidRPr="000C4E9C" w:rsidRDefault="005D5234" w:rsidP="005D5234">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...10 lines deleted...]
-    <w:p w14:paraId="53426DFC" w14:textId="7D85550E" w:rsidR="00EE5342" w:rsidRDefault="00EE5342" w:rsidP="00EE5342">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C4E9C">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ЕРЕЖЕ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00212B55" w:rsidRPr="000C4E9C" w:rsidRDefault="005D5234" w:rsidP="005D5234">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...22 lines deleted...]
-    <w:p w14:paraId="004E1C47" w14:textId="0217BDEF" w:rsidR="00EE5342" w:rsidRDefault="005413E8" w:rsidP="00993E25">
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C4E9C">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>шарттар жасасу кезінде сыбайлас жемқорлық тәуекелдерін анықтау бойынша</w:t>
+      </w:r>
+      <w:r w:rsidR="00212B55" w:rsidRPr="000C4E9C">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00212B55" w:rsidRPr="000C4E9C" w:rsidRDefault="00212B55" w:rsidP="00212B55">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...48 lines deleted...]
-        <w:pStyle w:val="af"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00212B55" w:rsidRPr="00EC305B" w:rsidRDefault="005D5234" w:rsidP="005D5234">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="4DC51FC0" w14:textId="4B9840B8" w:rsidR="00EE5342" w:rsidRDefault="00EE5342" w:rsidP="00EE5342">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC305B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC305B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Қолдану пәні мен саласы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D5234" w:rsidRPr="00EC305B" w:rsidRDefault="005D5234" w:rsidP="005D5234">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...116 lines deleted...]
-    <w:p w14:paraId="1E5FE5AA" w14:textId="602AC229" w:rsidR="00EE5342" w:rsidRDefault="00EE5342" w:rsidP="00EE5342">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC305B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1. Шарттар жасасу кезінде сыбайлас жемқорлық тәуекелдерін болдырмау мақсатында (бұдан әрі – Кәсіпорын) шарттар жасасу кезінде сыбайлас жемқорлық тәуекелдерін анықтау жөніндегі осы ереже (бұдан әрі-Ереже) әзірленді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D5234" w:rsidRPr="00EC305B" w:rsidRDefault="005D5234" w:rsidP="005D5234">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...103 lines deleted...]
-    <w:p w14:paraId="5FFA6739" w14:textId="63678026" w:rsidR="00EE5342" w:rsidRPr="00796E75" w:rsidRDefault="00EE5342" w:rsidP="00EE5342">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC305B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2. Ереже кәсіпорынның шарттық қатынастары кезінде туындауы мүмкін Сыбайлас жемқорлық тәуекелдерін уақтылы сәйкестендіруге, анықтауға, бақылауға және азайту жөнінде шаралар қабылдауға бағытталған шарттарда сыбайлас жемқорлық тәуекелдерін (бұдан әрі – сыбайлас жемқорлық тәуекелі) болғызбаудың маңыздылығын айқындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D5234" w:rsidRPr="00EC305B" w:rsidRDefault="005D5234" w:rsidP="005D5234">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...18 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC305B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC305B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:tab/>
-        <w:t>Настоящее Положение является внутренним актом Предприятия. Основной целью настоящего Положения является</w:t>
-[...16 lines deleted...]
-    <w:p w14:paraId="2456E5F4" w14:textId="77777777" w:rsidR="00EE5342" w:rsidRPr="00796E75" w:rsidRDefault="00EE5342" w:rsidP="00EE5342">
+        <w:t>Осы Ереже кәсіпорынның ішкі актісі болып табылады. Осы Ереженің негізгі мақсаты кәсіпорынның шарттарында және өзге де актілерінде сыбайлас жемқорлық тәуекелдерінің туындауын болдырмау болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D5234" w:rsidRPr="00EC305B" w:rsidRDefault="005D5234" w:rsidP="005D5234">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...18 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC305B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC305B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:tab/>
-        <w:t>Действие настоящего Положения распространяется на всех работников Предприятия вне зависимости от уровня занимаемой должности и выполняемых функций</w:t>
-[...16 lines deleted...]
-    <w:p w14:paraId="34C078DD" w14:textId="77777777" w:rsidR="00EE5342" w:rsidRDefault="00EE5342" w:rsidP="00EE5342">
+        <w:t>Осы Ереженің күші атқаратын лауазымы мен атқаратын функцияларының деңгейіне қарамастан кәсіпорынның барлық қызметкерлеріне және кез келген сипаттағы азаматтық-құқықтық актілер жасалған барлық адамдарға қолданылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D5234" w:rsidRPr="00EC305B" w:rsidRDefault="005D5234" w:rsidP="005D5234">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...18 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC305B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC305B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...74 lines deleted...]
-    <w:p w14:paraId="56E98B1A" w14:textId="77777777" w:rsidR="00EE5342" w:rsidRDefault="00EE5342" w:rsidP="00EE5342">
+        <w:t>Сыбайлас жемқорлық тәуекелі болашақта осы Ережені, кәсіпорынның Комплаенс саясатын, Қазақстан Республикасының Сыбайлас жемқорлыққа қарсы іс-қимыл саласындағы заңнамасын бұзуы мүмкін, сондай-ақ осындай тәуекелдердің туындауына ықпал етуі мүмкін әлеуетті оқиғаны (немесе мән-жайлардың жиынтығын) білдіреді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D5234" w:rsidRPr="00EC305B" w:rsidRDefault="005D5234" w:rsidP="005D5234">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...18 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC305B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>6.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC305B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">Иные вопросы в области </w:t>
-[...23 lines deleted...]
-    <w:p w14:paraId="588A55F6" w14:textId="2BB417A9" w:rsidR="00EE5342" w:rsidRDefault="00EE5342" w:rsidP="00EE5342">
+        <w:t>Сыбайлас жемқорлық тәуекелдерін анықтау саласындағы өзге де мәселелер кәсіпорынның тиісті ішкі нормативтік құқықтық актілерімен және Қазақстан Республикасының заңнамасымен регламенттеледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D5234" w:rsidRDefault="005D5234" w:rsidP="005D5234">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...81 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC305B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>7. Осы Ереженің күші кәсіпорын шарттарының барлық түрлеріне қолданылады. Ереже кәсіпорынның барлық қызметкерлерімен танысу және қолдану үшін міндетті болып табылады. Функционалдық міндеттерді жүзеге асыру және қойылған міндеттерді іске асыру кезінде кәсіпорын қызметкерлері осы Ережеде көрсетілген нормаларды басшылыққа алуы керек.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D5234" w:rsidRPr="005D5234" w:rsidRDefault="005D5234" w:rsidP="005D5234">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D5234">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8. Шарттар мен келісімшарттардағы сыбайлас жемқорлық тәуекелдерін басқару процесінің негізгі қағидаттары: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D5234" w:rsidRPr="005D5234" w:rsidRDefault="005D5234" w:rsidP="005D5234">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D5234">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">Предприятия должны </w:t>
-[...328 lines deleted...]
-    <w:p w14:paraId="435F03D6" w14:textId="77777777" w:rsidR="00EE5342" w:rsidRDefault="00EE5342" w:rsidP="00EE5342">
+        <w:t>1) тұтастық-тәуекелдерді басқарудың корпоративтік жүйесі бөлінісінде кәсіпорынның барлық актілерінде сыбайлас жемқорлық сипатындағы тәуекел элементтерін қарау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D5234" w:rsidRPr="005D5234" w:rsidRDefault="005D5234" w:rsidP="005D5234">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D5234">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2) ашықтық-сыбайлас жемқорлық тәуекелдерін басқару жүйесін дербес немесе оқшауланған ретінде қарауға, сондай-ақ осы қағиданы кәсіпорынның барлық шарттық актілерінде таратуға тыйым салу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D5234" w:rsidRPr="005D5234" w:rsidRDefault="005D5234" w:rsidP="005D5234">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D5234">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3) ақпараттандыру – кәсіпорынның контрагенттерімен шарттық актілерде объективті, анық және өзекті ақпараттың болуымен сүйемелдеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D5234" w:rsidRDefault="005D5234" w:rsidP="005D5234">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C4E9C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4) үздіксіздік-кәсіпорынның мәмілелері мен шарттарында сыбайлас жемқорлық тәуекелдерін анықтауға арналған мониторинг процесі тұрақты негізде жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00212B55" w:rsidRPr="005D5234" w:rsidRDefault="00212B55" w:rsidP="005D5234">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...18 lines deleted...]
-    <w:p w14:paraId="2F23043B" w14:textId="77777777" w:rsidR="00EE5342" w:rsidRPr="008A4675" w:rsidRDefault="00EE5342" w:rsidP="00EE5342">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D5234">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. </w:t>
+      </w:r>
+      <w:r w:rsidR="005D5234" w:rsidRPr="005D5234">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Тәуекелдерді анықтау</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00212B55" w:rsidRPr="005D5234" w:rsidRDefault="00212B55" w:rsidP="00212B55">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...49 lines deleted...]
-    <w:p w14:paraId="0171AE76" w14:textId="77777777" w:rsidR="00EE5342" w:rsidRPr="00210F7C" w:rsidRDefault="00EE5342" w:rsidP="00EE5342">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005D5234" w:rsidRPr="005D5234" w:rsidRDefault="005D5234" w:rsidP="005D5234">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D5234">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>9.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D5234">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Кәсіпорын кәсіпорынның қызметіне әсер етуі мүмкін шарттардағы әлеуетті оқиғаларды тұрақты негізде сәйкестендіреді және олардың сыбайлас жемқорлық тәуекелдерінің туындау себептері мен шарттары болып табылатынын анықтайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D5234" w:rsidRPr="005D5234" w:rsidRDefault="005D5234" w:rsidP="005D5234">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D5234">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Оқиғаларды анықтау кезінде сыбайлас жемқорлық тәуекелдерін, алғышарттар мен мүмкіндіктерді тудыруы мүмкін әртүрлі ішкі және сыртқы факторлар қарастырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D5234" w:rsidRPr="005D5234" w:rsidRDefault="005D5234" w:rsidP="005D5234">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D5234">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>10.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D5234">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve"> Тәуекелдерді сәйкестендіру-бұл кәсіпорынның оқиғалардың әсеріне ұшырауын анықтау, олардың басталуы кәсіпорын саясатының сәйкестігіне және сыбайлас жемқорлыққа қарсы заңнаманың бұзылуына теріс әсер етуі мүмкін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D5234" w:rsidRPr="005D5234" w:rsidRDefault="005D5234" w:rsidP="005D5234">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D5234">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>11. Сыбайлас жемқорлық тәуекелдерін сәйкестендіру және бар тәуекелдерге нақты объективті көзқарастың болуы кәсіпорынның Комплаенс саясатын орындауға ықпал ететін тәуекелдерді тиімді басқарудың негіздерінің бірі болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D5234" w:rsidRDefault="005D5234" w:rsidP="005D5234">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C4E9C">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>12. Кәсіпорынның әрбір қызметкері кәсіпорын шарттарындағы сыбайлас жемқорлық тәуекелдерін тұрақты негізде сәйкестендіре және бағалай алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00212B55" w:rsidRPr="005D5234" w:rsidRDefault="00212B55" w:rsidP="005D5234">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D5234">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. </w:t>
+      </w:r>
+      <w:r w:rsidR="005D5234" w:rsidRPr="005D5234">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Тәуекелдерді бағалау</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00212B55" w:rsidRPr="005D5234" w:rsidRDefault="00212B55" w:rsidP="00212B55">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...77 lines deleted...]
-    <w:p w14:paraId="7400FA46" w14:textId="25EAF0CC" w:rsidR="00EE5342" w:rsidRDefault="001A5004" w:rsidP="00EE5342">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005D5234" w:rsidRPr="005D5234" w:rsidRDefault="005D5234" w:rsidP="005D5234">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...60 lines deleted...]
-    <w:p w14:paraId="648E5194" w14:textId="3E5C4A34" w:rsidR="00EE5342" w:rsidRDefault="001A5004" w:rsidP="00EE5342">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D5234">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">13. Сыбайлас жемқорлық тәуекелдерін сәйкестендіру және бағалау неғұрлым "осал" орындарды айқындау үшін базалық саралауды жүзеге асыру жолымен қолданыстағы сыбайлас жемқорлық тәуекелдері мен олардың мөлшері бойынша ортақ пайым беруге бағытталған. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D5234" w:rsidRPr="005D5234" w:rsidRDefault="005D5234" w:rsidP="005D5234">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...72 lines deleted...]
-    <w:p w14:paraId="42DC883C" w14:textId="77777777" w:rsidR="00EE5342" w:rsidRDefault="00EE5342" w:rsidP="00EE5342">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D5234">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>14. Сыбайлас жемқорлық тәуекелдерін бағалау процесі кәсіпорын қызметіне теріс әсер етуі мүмкін, кәсіпорын қызметкері тарапынан да, контрагенттер мен серіктестер тарапынан да сыбайлас жемқорлық құқық бұзушылықтың туындауына әкеп соғуы мүмкін неғұрлым маңызды (сыни) тәуекелдерді бөлу мақсатында жүргізіледі. Бұл тәуекелдер дереу қаралуға және осы тәуекелдерді жою және бақылау туралы шешім қабылдауға тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D5234" w:rsidRPr="005D5234" w:rsidRDefault="005D5234" w:rsidP="005D5234">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...28 lines deleted...]
-    <w:p w14:paraId="79B7E8EC" w14:textId="77777777" w:rsidR="00EE5342" w:rsidRDefault="00EE5342" w:rsidP="00EE5342">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D5234">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">15. Сыбайлас жемқорлық тәуекелдерін бағалау әрбір тәуекелдің пайда болу көздері мен себептерін, оларды іске асыру кезіндегі жағымсыз </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D5234">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>салдарларды және белгілі бір оқиғаның орын алу ықтималдығын қарауды қамтиды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D5234" w:rsidRPr="005D5234" w:rsidRDefault="005D5234" w:rsidP="005D5234">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w14:paraId="1F6FAFC1" w14:textId="50B9A9DF" w:rsidR="00EE5342" w:rsidRDefault="001A5004" w:rsidP="00EE5342">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D5234">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>16. Бастапқыда сыбайлас жемқорлық тәуекелдерін бағалау сапалы негізде жүргізіледі, содан кейін олардың ең маңыздылары үшін сандық бағалау жүргізілуі тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D5234" w:rsidRPr="005D5234" w:rsidRDefault="005D5234" w:rsidP="005D5234">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...72 lines deleted...]
-    <w:p w14:paraId="1AB64912" w14:textId="3DCCB46B" w:rsidR="00EE5342" w:rsidRDefault="001A5004" w:rsidP="00EE5342">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D5234">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Сандық емес тәуекелдер, оларды модельдеу үшін сенімді статистикалық ақпарат жоқ немесе мұндай модельдерді құру шығындар тұрғысынан орынды емес, тек сапалы негізде бағаланады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D5234" w:rsidRPr="005D5234" w:rsidRDefault="005D5234" w:rsidP="005D5234">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...130 lines deleted...]
-    <w:p w14:paraId="5E1DF5BA" w14:textId="361D7738" w:rsidR="00EE5342" w:rsidRDefault="001A5004" w:rsidP="00EE5342">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D5234">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>17. Шарттарда орын алатын сыбайлас жемқорлық тәуекелдері мынадай белгілер бойынша жіктеледі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D5234" w:rsidRPr="000C4E9C" w:rsidRDefault="005D5234" w:rsidP="005D5234">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...51 lines deleted...]
-    <w:p w14:paraId="3E68D7A2" w14:textId="299876CB" w:rsidR="00EE5342" w:rsidRDefault="001A5004" w:rsidP="00EE5342">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C4E9C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1) жол берілетін тәуекел-бұл кәсіпорын, қызметкерлер және контрагенттер тарапынан сыбайлас жемқорлық құқық бұзушылық жасау қаупін туғызбайтын шешім тәуекелі, осы комплаенс аймағы шегінде Кәсіпорын саясаты өзінің профилактикалық орындылығын сақтайды, яғни сыбайлас жемқорлық тәуекелдері орын алады, бірақ олар шекті деңгейден аспайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D5234" w:rsidRPr="000C4E9C" w:rsidRDefault="005D5234" w:rsidP="005D5234">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...79 lines deleted...]
-    <w:p w14:paraId="57252D61" w14:textId="77777777" w:rsidR="00EE5342" w:rsidRDefault="00EE5342" w:rsidP="00EE5342">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C4E9C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2) жоғары тәуекел-бұл кәсіпорынға сыбайлас жемқорлық құқық бұзушылық жасау қаупі төнетін тәуекел, сыни тәуекел аймағы сыбайлас жемқорлыққа қарсы заңнаманы бұзу қаупімен сипатталады, олар шекті деңгейден көрінеу асып түседі және төтенше жағдайда кәсіпорынның бір қызметкерінің қылмыстық және/немесе әкімшілік жауаптылығына әкеп соғуы мүмкін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D5234" w:rsidRPr="000C4E9C" w:rsidRDefault="005D5234" w:rsidP="005D5234">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...16 lines deleted...]
-    <w:p w14:paraId="484ABFAC" w14:textId="297ECFAB" w:rsidR="00EE5342" w:rsidRDefault="001A5004" w:rsidP="00EE5342">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C4E9C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3) сыни тәуекел - жүйелі сыбайлас жемқорлық құқық бұзушылықтар жасау үшін жағдайлар туындайтын тәуекел, мұндай тәуекелдер жүйелілік тұрақты сипатқа ие болғанда және кәсіпорынның екі және одан да көп қызметкерлерінің тартылуы шамасына жетуі мүмкін. Сондай-ақ, бұл топқа мемлекеттік активтерді ұрлауды жүзеге асыру үшін тікелей қауіппен байланысты кез келген тәуекелдер жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00212B55" w:rsidRPr="000C4E9C" w:rsidRDefault="005D5234" w:rsidP="005D5234">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...450 lines deleted...]
-    <w:p w14:paraId="09493F9B" w14:textId="77777777" w:rsidR="005413E8" w:rsidRDefault="005413E8" w:rsidP="00EE5342">
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C4E9C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>18. Мәмілелер мен шарттардағы барлық сәйкестендірілген, анықталған және бағаланған сыбайлас жемқорлық тәуекелдері сыбайлас жемқорлық тәуекелдерінің тізілімінде көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00212B55" w:rsidRDefault="00212B55" w:rsidP="00212B55">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="3183FDD1" w14:textId="77777777" w:rsidR="00EE5342" w:rsidRPr="003C3711" w:rsidRDefault="00EE5342" w:rsidP="00EE5342">
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. </w:t>
+      </w:r>
+      <w:r w:rsidR="005D5234" w:rsidRPr="005D5234">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Тәуекелдерді басқару</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00212B55" w:rsidRDefault="00212B55" w:rsidP="00212B55">
       <w:pPr>
         <w:ind w:firstLine="709"/>
-        <w:jc w:val="center"/>
-[...53 lines deleted...]
-      <w:r w:rsidR="00EE5342" w:rsidRPr="008C2D53">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005D5234" w:rsidRPr="005D5234" w:rsidRDefault="005D5234" w:rsidP="005D5234">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D5234">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>19. Сыбайлас жемқорлық тәуекелдерін жою мақсатында</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005D5234">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> К</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005D5234">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>әсіпорын ден қою әдістерін айқындайды және оларды неғұрлым сыни тәуекелден аз сыни тәуекелге дейін жояды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D5234" w:rsidRPr="005D5234" w:rsidRDefault="005D5234" w:rsidP="005D5234">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D5234">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">20. Сыбайлас жемқорлық тәуекелдерін басқару кәсіпорын қызметкерлерінің де, контрагенттердің де теріс әсерін және сыбайлас жемқорлық құқық бұзушылық жасау ықтималдығын </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005D5234">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>азайту</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005D5234">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ға мүмкіндік беретін шараларды әзірлеу және іске асыру процесін білдіреді. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D5234" w:rsidRPr="005D5234" w:rsidRDefault="005D5234" w:rsidP="005D5234">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D5234">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>21.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D5234">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Мәмілелер мен шарттық қатынастарды қалыптастыруға, жасасуға, қол қоюға және орындауға қатысы бар кәсіпорынның құрылымдық бөлімшелері комплаенс офицермен бірлесі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005D5234">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005D5234">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сыбайлас жемқорлық тәуекелдерін сәйкестендіруге және анықтауға бағытталған мониторингті және басқа да іс-шараларды тұрақты негізде </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005D5234">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ж</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005D5234">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>үргізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D5234" w:rsidRPr="005D5234" w:rsidRDefault="005D5234" w:rsidP="005D5234">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D5234">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>22. Кәсіпорынның барлық келісімшарттарында, шарттарында және басқа да мә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005D5234">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>м</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005D5234">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ілелер актілерінде кәсіпорынның сыбайлас жемқорлыққа қарсы міндеттемелері туралы хабардар ету нормасы болуға, сондай-ақ кәсіпорынмен шарттық қатынастары бар барлық контрагенттер, серіктестер, тапсырыс берушілер және басқа да тұлғалар тарапынан тиісті сыбайлас жемқорлыққа қарсы мәдениетті талап етуге </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005D5234">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тиіс</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005D5234">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
+    </w:p>
+    <w:p w:rsidR="005D5234" w:rsidRPr="005D5234" w:rsidRDefault="005D5234" w:rsidP="005D5234">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D5234">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Контрагенттердің бұл талапты орындамауы қандай да бі</w:t>
+      </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidR="00EE5342">
-[...46 lines deleted...]
-        <w:t>критического к менее критическому риску.</w:t>
+      <w:r w:rsidRPr="005D5234">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>р</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-    </w:p>
-[...228 lines deleted...]
-        <w:t xml:space="preserve">или </w:t>
+      <w:r w:rsidRPr="005D5234">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> міндеттемелерді өтемей, кәсіпорын тарапынан Шартты біржақты тәртіппен бұзу үшін негіз бола алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D5234" w:rsidRPr="005D5234" w:rsidRDefault="005D5234" w:rsidP="005D5234">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D5234">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">23. Сыбайлас жемқорлық тәуекелін күту және/немесе болдырмау шарттық актілерде көрсетілген және ықтимал теріс </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidR="00EE5342" w:rsidRPr="008C2D53">
-[...4 lines deleted...]
-        <w:t>избежание</w:t>
+      <w:r w:rsidRPr="005D5234">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>салдар</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidR="00EE5342">
-[...447 lines deleted...]
-    <w:p w14:paraId="5CD2F948" w14:textId="77777777" w:rsidR="004A75F0" w:rsidRDefault="004A75F0" w:rsidP="004B4571">
+      <w:r w:rsidRPr="005D5234">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ға әкеп соғатын операцияларды барынша азайтуға, бақылауға және оларды жүзеге асыруды тоқтатуға немесе одан бас тартуға бағытталған әрекеттерді қамтиды. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D5234" w:rsidRPr="005D5234" w:rsidRDefault="005D5234" w:rsidP="005D5234">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D5234">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">24.. Сыбайлас жемқорлық тәуекелдерін барынша азайту және </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005D5234">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ба</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005D5234">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қылау:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D5234" w:rsidRPr="005D5234" w:rsidRDefault="005D5234" w:rsidP="005D5234">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D5234">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1) ескерту-шарттар жасасу кезінде белгілі бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005D5234">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005D5234">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тәуекелдің туындау ықтималдығын қысқарту;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D5234" w:rsidRPr="005D5234" w:rsidRDefault="005D5234" w:rsidP="005D5234">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D5234">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2) Бақылау-сыбайлас жемқорлық тәуекелдерін қысқарту және / немесе осындай тәуекел анықталған, сәйкестенді</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005D5234">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005D5234">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ілген және басталған жағдайда толық жою;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00212B55" w:rsidRDefault="005D5234" w:rsidP="005D5234">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D5234">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) әртараптандыру – сыбайлас жемқорлық тәуекелдерін толығымен алып тастау мүмкін болмаған жағдайларда, тәуекелді оның әлеуетті ықпалын төмендету мақсатында </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005D5234">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005D5234">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>әсіпорынның бірнеше жұмыскерлері арасында бөлу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00212B55" w:rsidRDefault="00212B55" w:rsidP="00212B55">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00212B55" w:rsidRDefault="00212B55" w:rsidP="00212B55">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00212B55" w:rsidRDefault="00212B55" w:rsidP="00212B55">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00212B55" w:rsidRDefault="00212B55" w:rsidP="00212B55">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00212B55" w:rsidRDefault="00212B55" w:rsidP="00212B55">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00212B55" w:rsidRDefault="00212B55" w:rsidP="00212B55">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00212B55" w:rsidRDefault="00212B55" w:rsidP="00212B55">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00212B55" w:rsidRDefault="00212B55" w:rsidP="00212B55">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00212B55" w:rsidRDefault="00212B55" w:rsidP="00212B55">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00212B55" w:rsidRDefault="00212B55" w:rsidP="00212B55">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00212B55" w:rsidRDefault="00212B55" w:rsidP="00212B55">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00212B55" w:rsidRDefault="00212B55" w:rsidP="00212B55">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00212B55" w:rsidRDefault="00212B55" w:rsidP="00212B55">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00212B55" w:rsidRDefault="00212B55" w:rsidP="00212B55">
       <w:pPr>
         <w:ind w:left="4536"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7B57FB2E" w14:textId="14196080" w:rsidR="004B4571" w:rsidRPr="004B4571" w:rsidRDefault="00DF715D" w:rsidP="004B4571">
+    <w:p w:rsidR="00212B55" w:rsidRDefault="00212B55" w:rsidP="00212B55">
       <w:pPr>
         <w:ind w:left="4536"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...8 lines deleted...]
-    <w:p w14:paraId="5A97B227" w14:textId="75B3DED6" w:rsidR="004B4571" w:rsidRPr="004B4571" w:rsidRDefault="004B4571" w:rsidP="004B4571">
+    </w:p>
+    <w:p w:rsidR="00212B55" w:rsidRDefault="00212B55" w:rsidP="00212B55">
       <w:pPr>
         <w:ind w:left="4536"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B4571">
-[...8 lines deleted...]
-    <w:p w14:paraId="4F1928D4" w14:textId="77777777" w:rsidR="00DF1228" w:rsidRPr="004B4571" w:rsidRDefault="00DF1228" w:rsidP="00DF1228">
+    </w:p>
+    <w:p w:rsidR="00212B55" w:rsidRDefault="00212B55" w:rsidP="00212B55">
       <w:pPr>
         <w:ind w:left="4536"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
-        </w:rPr>
-[...41 lines deleted...]
-    <w:p w14:paraId="27FD7B9B" w14:textId="77777777" w:rsidR="00233A4C" w:rsidRPr="004B4571" w:rsidRDefault="00233A4C" w:rsidP="00233A4C">
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00212B55" w:rsidRDefault="00212B55" w:rsidP="00212B55">
+      <w:pPr>
+        <w:ind w:left="4536"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005D5234" w:rsidRDefault="005D5234" w:rsidP="00212B55">
+      <w:pPr>
+        <w:ind w:left="4536"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005D5234" w:rsidRDefault="005D5234" w:rsidP="00212B55">
+      <w:pPr>
+        <w:ind w:left="4536"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005D5234" w:rsidRDefault="005D5234" w:rsidP="00212B55">
+      <w:pPr>
+        <w:ind w:left="4536"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005D5234" w:rsidRDefault="005D5234" w:rsidP="00212B55">
+      <w:pPr>
+        <w:ind w:left="4536"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005D5234" w:rsidRDefault="005D5234" w:rsidP="00212B55">
+      <w:pPr>
+        <w:ind w:left="4536"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005D5234" w:rsidRDefault="005D5234" w:rsidP="00212B55">
+      <w:pPr>
+        <w:ind w:left="4536"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005D5234" w:rsidRDefault="005D5234" w:rsidP="00212B55">
+      <w:pPr>
+        <w:ind w:left="4536"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005D5234" w:rsidRDefault="005D5234" w:rsidP="00212B55">
+      <w:pPr>
+        <w:ind w:left="4536"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005D5234" w:rsidRPr="00F24C19" w:rsidRDefault="005D5234" w:rsidP="005D5234">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-      </w:pPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F24C19">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қосымша</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="59FDDD10" w14:textId="1282337A" w:rsidR="004B4571" w:rsidRPr="004B4571" w:rsidRDefault="004B4571" w:rsidP="004B4571">
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F24C19">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D5234" w:rsidRPr="00F24C19" w:rsidRDefault="005D5234" w:rsidP="005D5234">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w14:paraId="7B16959C" w14:textId="77777777" w:rsidR="004B4571" w:rsidRDefault="004B4571" w:rsidP="004B4571">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F24C19">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қарағанды облысы білім басқармасының</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D5234" w:rsidRPr="00F24C19" w:rsidRDefault="005D5234" w:rsidP="005D5234">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F24C19">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Шахтинск қаласының білім бөлімі </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D5234" w:rsidRDefault="005D5234" w:rsidP="005D5234">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F61F15">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Березка</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F61F15">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бөбекжайы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F61F15">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>КМҚК</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D5234" w:rsidRPr="00F61F15" w:rsidRDefault="005D5234" w:rsidP="005D5234">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F61F15">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> директордың бұйрығына</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EC305B" w:rsidRPr="00F61F15" w:rsidRDefault="00EC305B" w:rsidP="00EC305B">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>06.06.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F61F15">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2022 жыл №</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 71</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00212B55" w:rsidRPr="005D5234" w:rsidRDefault="00212B55" w:rsidP="00212B55">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w14:paraId="1C336936" w14:textId="77777777" w:rsidR="004B4571" w:rsidRDefault="004B4571" w:rsidP="004B4571">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005D5234" w:rsidRPr="000C4E9C" w:rsidRDefault="005D5234" w:rsidP="005D5234">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w14:paraId="3308BCC6" w14:textId="77777777" w:rsidR="000E38E7" w:rsidRPr="00692DC3" w:rsidRDefault="000E38E7" w:rsidP="004B4571">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C4E9C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ЕРЕЖЕ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D5234" w:rsidRPr="000C4E9C" w:rsidRDefault="005D5234" w:rsidP="005D5234">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...13 lines deleted...]
-    <w:p w14:paraId="713EC63A" w14:textId="77777777" w:rsidR="000E38E7" w:rsidRPr="00692DC3" w:rsidRDefault="000E38E7" w:rsidP="004B4571">
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C4E9C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">МҮДДЕЛЕР ҚАҚТЫҒЫСЫН РЕТТЕУ БОЙЫНША </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D5234" w:rsidRDefault="005D5234" w:rsidP="005D5234">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...67 lines deleted...]
-    <w:p w14:paraId="25A4FE64" w14:textId="77777777" w:rsidR="000E38E7" w:rsidRPr="00692DC3" w:rsidRDefault="000E38E7" w:rsidP="004B4571">
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C4E9C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>"Березка" бөбекжайы " КМҚК</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00212B55" w:rsidRPr="005D5234" w:rsidRDefault="005D5234" w:rsidP="005D5234">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w14:paraId="45BFFD39" w14:textId="77777777" w:rsidR="000E38E7" w:rsidRPr="00692DC3" w:rsidRDefault="000E38E7" w:rsidP="004B4571">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D5234" w:rsidRPr="005D5234" w:rsidRDefault="005D5234" w:rsidP="005D5234">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:b/>
-[...434 lines deleted...]
-    <w:p w14:paraId="3B99C8B1" w14:textId="77777777" w:rsidR="00E85023" w:rsidRDefault="00E85023" w:rsidP="004B4571">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D5234">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ЖАЛПЫ ЕРЕЖЕЛЕР</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D5234" w:rsidRPr="005D5234" w:rsidRDefault="005D5234" w:rsidP="005D5234">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:ind w:firstLine="707"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w14:paraId="1C2DCDAA" w14:textId="77777777" w:rsidR="007F18DF" w:rsidRDefault="007F18DF" w:rsidP="004B4571">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D5234">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.1.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>"Березка "бөбекжайы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D5234">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>" КМҚК (бұдан әрі – кәсіпорын) мүдделер қақтығысы туралы ереже (бұдан әрі – ереже) "сыбайлас жемқорлыққа қарсы іс-қимыл туралы"Қазақстан Республикасының 2015 жылғы 18 қарашадағы № 410-V ҚРЗ Заңына сәйкес әзірленді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D5234" w:rsidRPr="000C4E9C" w:rsidRDefault="005D5234" w:rsidP="005D5234">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:ind w:firstLine="707"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w14:paraId="2437B539" w14:textId="77777777" w:rsidR="007F18DF" w:rsidRPr="00692DC3" w:rsidRDefault="007F18DF" w:rsidP="004B4571">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C4E9C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1.2.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C4E9C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Осы Ереже кәсіпорынның ішкі актісі болып табылады. Осы Ереженің негізгі мақсаты кәсіпорын қызметкерлерінің еңбек міндеттерін орындау барысында туындайтын мүдделер қақтығысын анықтау және реттеу тәртібін белгілеу болып табылады; негізгі міндет-жеке мүдделердің, қызметкерлердің жеке мүдделерінің олар іске асыратын еңбек функцияларына, қабылданатын іскерлік шешімдерге әсерін шектеу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D5234" w:rsidRPr="000C4E9C" w:rsidRDefault="005D5234" w:rsidP="005D5234">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:ind w:firstLine="707"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w14:paraId="0830039B" w14:textId="58EE3B8C" w:rsidR="007F18DF" w:rsidRPr="007F18DF" w:rsidRDefault="000E38E7" w:rsidP="001A5004">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C4E9C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1.3.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C4E9C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Мүдделер қақтығысы деп қызметкердің жеке мүдделері олардың өздерінің еңбек міндеттерін орындамауына және (немесе) тиісінше орындамауына әкеп соғуы мүмкін және (немесе) кәсіпорынның осындай жеке мүдделері мен заңды мүдделері арасында қайшылықтың туындауына әкеп соғуы немесе әкеп соғуы мүмкін қызметкердің жеке мүдделері арасындағы қайшылық түсініледі. кәсіпорынның заңды мүдделеріне және (немесе) іскерлік беделіне зиян келтіру (мүдделер қақтығысының үлгілік жағдайларына шамамен шолу қоса беріледі). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D5234" w:rsidRPr="000C4E9C" w:rsidRDefault="005D5234" w:rsidP="005D5234">
       <w:pPr>
         <w:pStyle w:val="Default"/>
+        <w:ind w:firstLine="707"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C4E9C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1.4.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C4E9C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Жеке қызығушылық дегеніміз-бұл кәсіпорынның құқықтары мен заңды мүдделерін қамтамасыз етуге әсер ететін немесе әсер етуі мүмкін материалдық немесе басқа қызығушылық. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D5234" w:rsidRPr="000C4E9C" w:rsidRDefault="005D5234" w:rsidP="005D5234">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:ind w:firstLine="707"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C4E9C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1.5.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C4E9C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Осы Ереженің күші атқаратын лауазымының деңгейіне және атқаратын функцияларына қарамастан кәсіпорынның барлық қызметкерлеріне қолданылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D5234" w:rsidRPr="000C4E9C" w:rsidRDefault="005D5234" w:rsidP="005D5234">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005D5234" w:rsidRPr="000C4E9C" w:rsidRDefault="005D5234" w:rsidP="005D5234">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005D5234" w:rsidRPr="000C4E9C" w:rsidRDefault="005D5234" w:rsidP="005D5234">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00212B55" w:rsidRDefault="005D5234" w:rsidP="005D5234">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="16"/>
-[...57 lines deleted...]
-          <w:numId w:val="13"/>
+          <w:numId w:val="10"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="2580"/>
         </w:tabs>
-        <w:ind w:left="0" w:firstLine="709"/>
-[...20 lines deleted...]
-        </w:numPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D5234">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>МҮДДЕЛЕР ҚАҚТЫҒЫСЫН БАСҚАРУДЫҢ НЕГІЗГІ ПРИНЦИПТЕРІ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D5234" w:rsidRPr="005D5234" w:rsidRDefault="005D5234" w:rsidP="005D5234">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="2580"/>
         </w:tabs>
-        <w:ind w:left="0" w:firstLine="709"/>
-[...36 lines deleted...]
-        </w:numPr>
+        <w:ind w:left="540"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005D5234" w:rsidRPr="005D5234" w:rsidRDefault="005D5234" w:rsidP="005D5234">
+      <w:pPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="2580"/>
         </w:tabs>
-        <w:ind w:left="0" w:firstLine="709"/>
-[...97 lines deleted...]
-        <w:pStyle w:val="Default"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...187 lines deleted...]
-    <w:p w14:paraId="22E3022C" w14:textId="1C2ADA56" w:rsidR="00A25E82" w:rsidRPr="00692DC3" w:rsidRDefault="00A25E82" w:rsidP="00A25E82">
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005D5234" w:rsidRPr="005D5234" w:rsidRDefault="005D5234" w:rsidP="005D5234">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
-        <w:ind w:firstLine="709"/>
-[...46 lines deleted...]
-    <w:p w14:paraId="5F2195BB" w14:textId="77777777" w:rsidR="008471B8" w:rsidRPr="00692DC3" w:rsidRDefault="008471B8" w:rsidP="004B4571">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D5234">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>1.1.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D5234">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Кәсіпорындағы мүдделер қақтығысын басқару бойынша жұмыс келесі принциптерге негізделген:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D5234" w:rsidRPr="005D5234" w:rsidRDefault="005D5234" w:rsidP="005D5234">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w14:paraId="2679FFA7" w14:textId="77777777" w:rsidR="000E38E7" w:rsidRPr="00692DC3" w:rsidRDefault="000E38E7" w:rsidP="004B4571">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D5234">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">туындаған немесе ықтимал мүдделер қақтығысы туралы мәліметтерді ашу міндеттілігі; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D5234" w:rsidRPr="005D5234" w:rsidRDefault="005D5234" w:rsidP="005D5234">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D5234">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D5234">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">әр мүдделер қақтығысы анықталған кезде кәсіпорын үшін беделді тәуекелдерді жеке қарау және бағалау және оны реттеу; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D5234" w:rsidRPr="005D5234" w:rsidRDefault="005D5234" w:rsidP="005D5234">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D5234">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мүдделер қақтығысы және оны реттеу процесі туралы ақпаратты ашу процесінің құпиялылығы; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D5234" w:rsidRPr="005D5234" w:rsidRDefault="005D5234" w:rsidP="005D5234">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D5234">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D5234">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">мүдделер қақтығысын реттеу кезінде кәсіпорын мен қызметкердің мүдделерінің тепе-теңдігін сақтау; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00212B55" w:rsidRPr="005D5234" w:rsidRDefault="005D5234" w:rsidP="005D5234">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D5234">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D5234">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Заң қызметкерді мүдделер қақтығысы туралы хабарламаға байланысты қудалаудан қорғау, оны қызметкер уақтылы ашып, кәсіпорын шешті (алдын алды).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00212B55" w:rsidRPr="005D5234" w:rsidRDefault="00212B55" w:rsidP="00212B55">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D5234">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. </w:t>
+      </w:r>
+      <w:r w:rsidR="005D5234" w:rsidRPr="005D5234">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ҚЫЗМЕТКЕРЛЕРДІҢ МІНДЕТТЕРІ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D5234" w:rsidRPr="005D5234" w:rsidRDefault="005D5234" w:rsidP="005D5234">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:ind w:firstLine="707"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...11 lines deleted...]
-    <w:p w14:paraId="19CB21FA" w14:textId="77777777" w:rsidR="000E38E7" w:rsidRPr="00692DC3" w:rsidRDefault="000E38E7" w:rsidP="004B4571">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D5234">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.1. Осы Ережеде мүдделер қақтығысын ашуға және реттеуге байланысты қызметкерлердің мынадай міндеттері Бекітілген: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D5234" w:rsidRPr="005D5234" w:rsidRDefault="005D5234" w:rsidP="005D5234">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:ind w:firstLine="707"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...128 lines deleted...]
-    <w:p w14:paraId="5B4435CD" w14:textId="77777777" w:rsidR="000E38E7" w:rsidRPr="00692DC3" w:rsidRDefault="008471B8" w:rsidP="004B4571">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D5234">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> іскерлік мәселелер бойынша шешімдер қабылдау және өзінің еңбек міндеттерін орындау кезінде ұйымның мүдделерін - өзінің жеке мүдделерін, туыстарының және оның жеке мүдделері байланысты басқа адамдардың мүдделерін ескермей басшылыққа алу; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D5234" w:rsidRPr="005D5234" w:rsidRDefault="005D5234" w:rsidP="005D5234">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:ind w:firstLine="707"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...44 lines deleted...]
-    <w:p w14:paraId="62D0D9FA" w14:textId="77777777" w:rsidR="000E38E7" w:rsidRPr="00692DC3" w:rsidRDefault="008471B8" w:rsidP="004B4571">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D5234">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D5234">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">мүдделер қақтығысына әкелуі мүмкін жағдайлар мен жағдайлардан аулақ болу; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D5234" w:rsidRPr="005D5234" w:rsidRDefault="005D5234" w:rsidP="005D5234">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:ind w:firstLine="707"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...16 lines deleted...]
-    <w:p w14:paraId="01474A3A" w14:textId="77777777" w:rsidR="008471B8" w:rsidRPr="00692DC3" w:rsidRDefault="000E38E7" w:rsidP="004B4571">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D5234">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пайда болған немесе ықтимал мүдделер қақтығысын ашу; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D5234" w:rsidRPr="005D5234" w:rsidRDefault="005D5234" w:rsidP="005D5234">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:ind w:firstLine="707"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...262 lines deleted...]
-    <w:p w14:paraId="5387B320" w14:textId="77777777" w:rsidR="000E38E7" w:rsidRPr="00692DC3" w:rsidRDefault="000E38E7" w:rsidP="004B4571">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D5234">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D5234">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">туындаған мүдделер қақтығысын реттеуге жәрдемдесу. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D5234" w:rsidRDefault="005D5234" w:rsidP="005D5234">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:ind w:firstLine="707"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...23 lines deleted...]
-    <w:p w14:paraId="17EFBA67" w14:textId="77777777" w:rsidR="000E38E7" w:rsidRPr="00692DC3" w:rsidRDefault="00EF0219" w:rsidP="004B4571">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D5234">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Осы Ережедегі туыстар деп жұбайы (зайыбы), ата-анасы (ата-анасы), балалары, асырап алушылары, асырап алынғандары, ата-анасы бір және ата-анасы бөлек аға-інілері мен апа-сіңлілері, аталары, әжелері, немерелері түсініледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D5234" w:rsidRDefault="00212B55" w:rsidP="00212B55">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:ind w:firstLine="707"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...19 lines deleted...]
-    <w:p w14:paraId="3248C0F9" w14:textId="7BFA606F" w:rsidR="00EF0219" w:rsidRPr="001A5004" w:rsidRDefault="000E38E7" w:rsidP="001A5004">
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D5234">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. </w:t>
+      </w:r>
+      <w:r w:rsidR="005D5234" w:rsidRPr="000C4E9C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>МҮДДЕЛЕР ҚАҚТЫҒЫСЫН ШЕШУ ЖОЛДАРЫ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D5234" w:rsidRPr="005D5234" w:rsidRDefault="005D5234" w:rsidP="005D5234">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:ind w:firstLine="707"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...9 lines deleted...]
-    <w:p w14:paraId="2C1FD7A4" w14:textId="77777777" w:rsidR="000E38E7" w:rsidRPr="00692DC3" w:rsidRDefault="000E38E7" w:rsidP="004B4571">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D5234">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4.1. Кәсіпорында мүдделер қақтығысын ашудың келесі түрлері орнатылған: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D5234" w:rsidRPr="005D5234" w:rsidRDefault="005D5234" w:rsidP="005D5234">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:ind w:firstLine="707"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D5234">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жұмысқа қабылдау кезінде мүдделер қақтығысы туралы мәліметтерді ашу; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D5234" w:rsidRPr="005D5234" w:rsidRDefault="005D5234" w:rsidP="005D5234">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:ind w:firstLine="707"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D5234">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D5234">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">жаңа лауазымға ауыстыру кезінде мүдделер қақтығысы туралы мәліметтерді ашу; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D5234" w:rsidRPr="005D5234" w:rsidRDefault="005D5234" w:rsidP="005D5234">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:ind w:firstLine="707"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D5234">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D5234">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">мүдделер қақтығысы жағдайларының туындауына қарай мәліметтерді бір реттік ашу; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D5234" w:rsidRPr="005D5234" w:rsidRDefault="005D5234" w:rsidP="005D5234">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:ind w:firstLine="707"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D5234">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D5234">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">мүдделер қақтығысы туралы декларацияны толтыру барысында мүдделер қақтығысы туралы мәліметтерді ашу. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D5234" w:rsidRPr="005D5234" w:rsidRDefault="005D5234" w:rsidP="005D5234">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:ind w:firstLine="707"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D5234">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4.2. Кәсіпорынға ұсынылған ақпаратты қарау және мүдделер қақтығысын реттеу құпия болып табылады. Келіп түскен ақпаратты кәсіпорын үшін туындайтын тәуекелдердің ауырлығын бағалау және мүдделер қақтығысын реттеудің неғұрлым қолайлы нысанын таңдау мақсатында осыған уәкілеттік берілген лауазымды адам мұқият тексереді. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D5234" w:rsidRPr="000C4E9C" w:rsidRDefault="005D5234" w:rsidP="005D5234">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:ind w:firstLine="707"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C4E9C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">4.3. Кәсіпорын қызметкер ұсынған жағдай мүдделер қақтығысы емес және нәтижесінде арнайы реттеу әдістерін қажет етпейді деген қорытындыға келуі мүмкін. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D5234" w:rsidRPr="000C4E9C" w:rsidRDefault="005D5234" w:rsidP="005D5234">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:ind w:firstLine="707"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C4E9C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4.4. Кәсіпорын сонымен қатар мүдделер қақтығысы орын алады және оны шешудің әртүрлі тәсілдерін қолдана алады, соның ішінде:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D5234" w:rsidRPr="000C4E9C" w:rsidRDefault="005D5234" w:rsidP="005D5234">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:ind w:firstLine="707"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C4E9C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C4E9C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қызметкердің жеке мүдделеріне әсер етуі мүмкін нақты ақпаратқа қол жетімділігін шектеу; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D5234" w:rsidRPr="000C4E9C" w:rsidRDefault="005D5234" w:rsidP="005D5234">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:ind w:firstLine="707"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C4E9C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мүдделер қақтығысы әсер етуі мүмкін немесе болуы мүмкін мәселелер бойынша қызметкердің өз еркімен бас тартуы немесе оны талқылауға және шешім қабылдау процесіне қатысудан шеттетуі (тұрақты немесе уақытша) ; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D5234" w:rsidRPr="000C4E9C" w:rsidRDefault="005D5234" w:rsidP="005D5234">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:ind w:firstLine="707"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C4E9C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қызметкердің функционалдық міндеттерін қайта қарау және өзгерту; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D5234" w:rsidRPr="000C4E9C" w:rsidRDefault="005D5234" w:rsidP="005D5234">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:ind w:firstLine="707"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C4E9C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C4E9C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">егер оның жеке мүдделері функционалдық міндеттеріне қайшы келсе, қызметкерді уақытша қызметінен шеттету; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D5234" w:rsidRPr="000C4E9C" w:rsidRDefault="005D5234" w:rsidP="005D5234">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:ind w:firstLine="707"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C4E9C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C4E9C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">мүдделер қақтығысына байланысты емес функционалдық міндеттерді орындауды көздейтін қызметкерді лауазымға ауыстыру; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D5234" w:rsidRPr="000C4E9C" w:rsidRDefault="005D5234" w:rsidP="005D5234">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:ind w:firstLine="707"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C4E9C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C4E9C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">мүдделер қақтығысының негізі болып табылатын қызметкердің өзіне тиесілі мүлікті сенімгерлік басқаруға беруі; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D5234" w:rsidRPr="000C4E9C" w:rsidRDefault="005D5234" w:rsidP="005D5234">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:ind w:firstLine="707"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C4E9C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C4E9C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қызметкердің ұйымның мүдделерімен жанжал туғызатын өзінің жеке мүддесінен бас тартуы; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D5234" w:rsidRPr="000C4E9C" w:rsidRDefault="005D5234" w:rsidP="005D5234">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:ind w:firstLine="707"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C4E9C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C4E9C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қызметкердің бастамасы бойынша қызметкерді жұмыстан шығару; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D5234" w:rsidRDefault="005D5234" w:rsidP="005D5234">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:ind w:firstLine="707"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C4E9C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C4E9C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тәртіптік теріс қылық жасағаны үшін, яғни қызметкердің өзіне жүктелген Еңбек міндеттерін орындамағаны немесе тиісінше орындамағаны үшін жұмыс берушінің бастамасы бойынша қызметкерді жұмыстан шығару.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D5234" w:rsidRPr="005D5234" w:rsidRDefault="005D5234" w:rsidP="005D5234">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D5234">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Мүдделер қақтығысын шешудің жоғарыда аталған әдістерінің тізімі толық емес. Әрбір нақты жағдайда оны реттеудің басқа тәсілдері қолданылуы мүмкін. Мүдделер қақтығысын шешудің нақты әдісін таңдау туралы шешім қабылдау кезінде белгілі бір мүдделер қақтығысының мән-жайлары ескеріледі және жеке мүдделерді немесе оның қызметкердің еңбек міндеттерін тиісінше, объективті және бейтарап атқаруына әсерін барынша қамтамасыз етеді. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D5234" w:rsidRPr="005D5234" w:rsidRDefault="005D5234" w:rsidP="005D5234">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D5234">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4.5. Мүдделер қақтығысын шешу кезінде қолданыстағы жағдайларды ескере отырып, мүмкін болатын ең "жұмсақ" реттеу шарасын таңдау керек. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00212B55" w:rsidRDefault="005D5234" w:rsidP="005D5234">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C4E9C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Неғұрлым қатаң шаралар нақты қажеттіліктен туындаған жағдайда немесе "жұмсақ" шаралар жеткіліксіз болған жағдайда ғана қолданылуы керек.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D5234" w:rsidRPr="005D5234" w:rsidRDefault="005D5234" w:rsidP="005D5234">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00212B55" w:rsidRPr="005D5234" w:rsidRDefault="00212B55" w:rsidP="00212B55">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...11 lines deleted...]
-    <w:p w14:paraId="5CA0777B" w14:textId="77777777" w:rsidR="00EF0219" w:rsidRPr="00692DC3" w:rsidRDefault="00EF0219" w:rsidP="004B4571">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D5234">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5. </w:t>
+      </w:r>
+      <w:r w:rsidR="005D5234" w:rsidRPr="005D5234">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ТУЫНДАҒАН (БАР) МҮДДЕЛЕР ҚАҚТЫҒЫСЫ ТУРАЛЫ МӘЛІМЕТТЕРДІ ҚАБЫЛДАУҒА ЖӘНЕ ОСЫ МӘЛІМЕТТЕРДІ ҚАРАУҒА ЖАУАПТЫ ТҰЛҒАЛАР</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D5234" w:rsidRPr="005D5234" w:rsidRDefault="005D5234" w:rsidP="005D5234">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...87 lines deleted...]
-    <w:p w14:paraId="13149FC6" w14:textId="77777777" w:rsidR="000E38E7" w:rsidRPr="00692DC3" w:rsidRDefault="000E38E7" w:rsidP="004B4571">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D5234">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5.1. Туындаған (бар) мүдделер қақтығысы туралы мәліметтерді, оның ішінде мүдделер қақтығысына әкеп соғатын немесе әкеп соғуы мүмкін лауазымдық міндеттерді орындау кезінде жеке мүдделіліктің туындауы туралы хабарламаларды, өтініштер мен өтініштерді (бұдан әрі – хабарлама) қабылдауға жауапты тұлға кәсіпорынның Комплаенс офицері болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D5234" w:rsidRPr="000C4E9C" w:rsidRDefault="005D5234" w:rsidP="005D5234">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...39 lines deleted...]
-    <w:p w14:paraId="19422C99" w14:textId="77777777" w:rsidR="000E38E7" w:rsidRPr="00692DC3" w:rsidRDefault="000E38E7" w:rsidP="004B4571">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C4E9C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5.2. Мүдделі тұлғалар кәсіпорын офицеріне сәйкестік туралы, мүдделер қақтығысына әкелетін немесе әкелуі мүмкін кез келген жеке қызығушылық туралы және объективті және адал шешімдер қабылдауға кедергі келтіруі </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C4E9C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">мүмкін кез келген қарым-қатынастан немесе әрекеттен аулақ болу туралы ұсыныстар алғанға дейін дереу хабарлауы керек. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D5234" w:rsidRPr="000C4E9C" w:rsidRDefault="005D5234" w:rsidP="005D5234">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...60 lines deleted...]
-    <w:p w14:paraId="1AB5AFDE" w14:textId="77777777" w:rsidR="000E38E7" w:rsidRPr="00692DC3" w:rsidRDefault="000E38E7" w:rsidP="004B4571">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C4E9C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5.3. Алынған ақпаратты кәсіпорын офицері комплаенс дереу кәсіпорын персоналын іріктеу жөніндегі комиссияның (бұдан әрі – Комиссия) қарауына береді. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D5234" w:rsidRPr="000C4E9C" w:rsidRDefault="005D5234" w:rsidP="005D5234">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...65 lines deleted...]
-    <w:p w14:paraId="472899A9" w14:textId="77777777" w:rsidR="000E38E7" w:rsidRPr="00692DC3" w:rsidRDefault="000E38E7" w:rsidP="004B4571">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C4E9C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Комиссиялардың құрамы Комиссия қабылдайтын шешімдерге әсер етуі мүмкін мүдделер қақтығысының туындау мүмкіндігін болдырмайтындай етіп қалыптастырылады және кәсіпорынның бас директорының бұйрығымен бекітіледі. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D5234" w:rsidRPr="000C4E9C" w:rsidRDefault="005D5234" w:rsidP="005D5234">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...9 lines deleted...]
-    <w:p w14:paraId="7B9BC334" w14:textId="77777777" w:rsidR="000E38E7" w:rsidRPr="00692DC3" w:rsidRDefault="000E38E7" w:rsidP="004B4571">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C4E9C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Комиссия отырысының күн тәртібіне енгізілген мәселені қарау кезінде мүдделер қақтығысына әкеп соғуы мүмкін Комиссия мүшесінің тікелей немесе жанама жеке мүдделілігі туындаған кезде ол бұл туралы отырыс басталғанға дейін мәлімдеуге міндетті. Мұндай жағдайда Комиссияның тиісті мүшесі аталған мәселені қарауға қатыспайды. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D5234" w:rsidRDefault="005D5234" w:rsidP="005D5234">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...9 lines deleted...]
-    <w:p w14:paraId="219CA7CA" w14:textId="77777777" w:rsidR="000E38E7" w:rsidRPr="00692DC3" w:rsidRDefault="000E38E7" w:rsidP="004B4571">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C4E9C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Комиссиялардың отырысы, әдетте, мүдделер қақтығысын реттеу туралы талаптарды сақтау туралы мәселе қаралатын қызметкердің қатысуымен өткізіледі. Қызметкер Комиссияның отырысына жеке өзі қатысу ниеті туралы хабарламада көрсетеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D5234" w:rsidRPr="005D5234" w:rsidRDefault="005D5234" w:rsidP="005D5234">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...9 lines deleted...]
-    <w:p w14:paraId="11DDBAA4" w14:textId="77777777" w:rsidR="000E38E7" w:rsidRPr="00692DC3" w:rsidRDefault="000E38E7" w:rsidP="004B4571">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D5234">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Комиссия отырысы қызметкер болмаған жағдайда өткізілуі мүмкін: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D5234" w:rsidRPr="005D5234" w:rsidRDefault="005D5234" w:rsidP="005D5234">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...9 lines deleted...]
-    <w:p w14:paraId="024DD948" w14:textId="77777777" w:rsidR="000E38E7" w:rsidRPr="00692DC3" w:rsidRDefault="000E38E7" w:rsidP="004B4571">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D5234">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">а) егер хабарламада қызметкердің комиссия отырысына жеке өзі қатысуға ниеті туралы нұсқау болмаса; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D5234" w:rsidRPr="005D5234" w:rsidRDefault="005D5234" w:rsidP="005D5234">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...9 lines deleted...]
-    <w:p w14:paraId="7F955F5E" w14:textId="77777777" w:rsidR="000E38E7" w:rsidRPr="00692DC3" w:rsidRDefault="000E38E7" w:rsidP="004B4571">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D5234">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">б) егер Комиссия отырысына жеке өзі қатысуға ниет білдірген және оны өткізу уақыты мен орны туралы тиісті түрде хабарланған қызметкер Комиссия отырысына келмесе. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D5234" w:rsidRPr="005D5234" w:rsidRDefault="005D5234" w:rsidP="005D5234">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...9 lines deleted...]
-    <w:p w14:paraId="20788C8B" w14:textId="48D91C58" w:rsidR="000E38E7" w:rsidRPr="00692DC3" w:rsidRDefault="001A5004" w:rsidP="004B4571">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D5234">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Комиссия отырысында қызметкердің түсіндірмелері тыңдалады, осы отырысқа шығарылған мәселелердің мәні бойынша материалдар, сондай-ақ қосымша материалдар қаралады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D5234" w:rsidRPr="005D5234" w:rsidRDefault="005D5234" w:rsidP="005D5234">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...45 lines deleted...]
-    <w:p w14:paraId="4BB4708F" w14:textId="77777777" w:rsidR="000E38E7" w:rsidRPr="00692DC3" w:rsidRDefault="000E38E7" w:rsidP="004B4571">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D5234">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5.9. Туындаған (бар) мүдделер қақтығысы туралы ақпаратты тексеруді комиссия бір ай мерзімде жүзеге асырады. Комиссия төрағасының шешімі бойынша тексеру мерзімі екі айға дейін ұзартылуы мүмкін. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D5234" w:rsidRPr="005D5234" w:rsidRDefault="005D5234" w:rsidP="005D5234">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...9 lines deleted...]
-    <w:p w14:paraId="644F0366" w14:textId="3690C6F2" w:rsidR="000E38E7" w:rsidRPr="00692DC3" w:rsidRDefault="001A5004" w:rsidP="004B4571">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D5234">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Комиссия мүшелері мен оның отырысына қатысқан адамдар Комиссия жұмысы барысында өздеріне белгілі болған мәліметтерді жария етуге құқылы емес. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D5234" w:rsidRPr="005D5234" w:rsidRDefault="005D5234" w:rsidP="005D5234">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...16 lines deleted...]
-    <w:p w14:paraId="46425E02" w14:textId="77777777" w:rsidR="000E38E7" w:rsidRPr="00692DC3" w:rsidRDefault="000E38E7" w:rsidP="004B4571">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D5234">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5.11. Хабарламаны қарау қорытындысы бойынша Комиссия мынадай шешімдердің бірін қабылдайды: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D5234" w:rsidRPr="005D5234" w:rsidRDefault="005D5234" w:rsidP="005D5234">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...9 lines deleted...]
-    <w:p w14:paraId="7B1D5986" w14:textId="77777777" w:rsidR="003E1804" w:rsidRPr="00692DC3" w:rsidRDefault="000E38E7" w:rsidP="004B4571">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D5234">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">а) қызметкер лауазымдық міндеттерін атқарған кезде мүдделер қақтығысы жоқ екенін мойындау; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D5234" w:rsidRDefault="005D5234" w:rsidP="005D5234">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...144 lines deleted...]
-    <w:p w14:paraId="27ABDA43" w14:textId="77777777" w:rsidR="003E1804" w:rsidRPr="00692DC3" w:rsidRDefault="003E1804" w:rsidP="004B4571">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C4E9C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>б) қызметкер лауазымдық міндеттерін атқарған кезде жеке мүдделілік мүдделер қақтығысына әкелетінін немесе әкелуі мүмкін екенін мойындау. Бұл жағдайда Комиссия аталған адамға мүдделер қақтығысын реттеу немесе оның туындауына жол бермеу жөнінде шаралар қабылдауды ұсынады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D5234" w:rsidRPr="005D5234" w:rsidRDefault="005D5234" w:rsidP="005D5234">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:ind w:left="120"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:b/>
-[...6 lines deleted...]
-    <w:p w14:paraId="06E10480" w14:textId="77777777" w:rsidR="000E38E7" w:rsidRPr="00692DC3" w:rsidRDefault="000E38E7" w:rsidP="004B4571">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D5234">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в) қызметкер мүдделер қақтығысын реттеу туралы талаптарды сақтамағанын мойындау. Бұл жағдайда Комиссия кәсіпорынның бас директорына аталған тұлғаға нақты жауапкершілік шарасын қолдануды ұсынады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D5234" w:rsidRPr="005D5234" w:rsidRDefault="005D5234" w:rsidP="005D5234">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:ind w:left="120"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D5234">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5.12. Комиссияның шешімі хаттамамен ресімделеді. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D5234" w:rsidRPr="005D5234" w:rsidRDefault="005D5234" w:rsidP="005D5234">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:ind w:left="120"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D5234">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">5.13. Оның шешімімен келіспеген Комиссия мүшесі өз пікірін жазбаша нысанда баяндауға құқылы, ол Комиссия отырысының хаттамасына міндетті түрде қосылуға жатады және қызметкер онымен танысуға тиіс. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00212B55" w:rsidRDefault="005D5234" w:rsidP="005D5234">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:ind w:left="120"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C4E9C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5.14. Туындаған (бар) мүдделер қақтығысын шешу тәсілі туралы түпкілікті шешімді кәсіпорынның бас директоры комиссия отырысының хаттамасын алған кезден бастап үш жұмыс күні ішінде қабылдайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D5234" w:rsidRPr="005D5234" w:rsidRDefault="005D5234" w:rsidP="005D5234">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:ind w:left="120"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00212B55" w:rsidRPr="005D5234" w:rsidRDefault="00212B55" w:rsidP="00212B55">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:ind w:left="120"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...11 lines deleted...]
-    <w:p w14:paraId="33574ECC" w14:textId="77777777" w:rsidR="000E38E7" w:rsidRPr="00692DC3" w:rsidRDefault="000E38E7" w:rsidP="004B4571">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D5234">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6. </w:t>
+      </w:r>
+      <w:r w:rsidR="005D5234" w:rsidRPr="005D5234">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ЕҢБЕК ШАРТЫ НЕГІЗІНДЕ ЖЕКЕЛЕГЕН ЛАУАЗЫМДАРДЫ АЛМАСТЫРАТЫН ҚЫЗМЕТКЕРЛЕРДІҢ МҮДДЕЛЕР ҚАҚТЫҒЫСЫНА ӘКЕП СОҒАТЫН НЕМЕСЕ ӘКЕП СОҒУЫ МҮМКІН ЛАУАЗЫМДЫҚ МІНДЕТТЕРДІ ОРЫНДАУ КЕЗІНДЕ ЖЕКЕ МҮДДЕЛІЛІКТІҢ ТУЫНДАУЫ ТУРАЛЫ ЖҰМЫС БЕРУШІНІ ХАБАРДАР ЕТУ ТӘРТІБІ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D5234" w:rsidRPr="005D5234" w:rsidRDefault="005D5234" w:rsidP="005D5234">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...9 lines deleted...]
-    <w:p w14:paraId="3776AAA6" w14:textId="77777777" w:rsidR="000E38E7" w:rsidRPr="00692DC3" w:rsidRDefault="000E38E7" w:rsidP="004B4571">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D5234">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6.1. Мүдделер қақтығысының туындауының кез келген мүмкіндігін болдырмау және туындаған мүдделер қақтығысын реттеу жөнінде шаралар қабылдау қызметкердің міндеті болып табылады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D5234" w:rsidRPr="005D5234" w:rsidRDefault="005D5234" w:rsidP="005D5234">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...23 lines deleted...]
-    <w:p w14:paraId="5E7D6CAB" w14:textId="77777777" w:rsidR="000E38E7" w:rsidRPr="00692DC3" w:rsidRDefault="000E38E7" w:rsidP="004B4571">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D5234">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6.2. Қызметкердің мүдделер қақтығысына әкеп соқтыратын немесе әкелуі мүмкін лауазымдық міндеттерді атқару кезінде жеке мүдделілігі туындаған жағдайда, ол бұл туралы өзіне белгілі болған күннен кейінгі бір жұмыс күнінен кешіктірмей, ал қызметкер қандай да бір себептермен жұмыс орнында болмаған жағдайда-бірінші мүмкіндік болған кезде ол туралы хабардар етуге міндетті бұл жұмыс берушінің. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D5234" w:rsidRPr="000C4E9C" w:rsidRDefault="005D5234" w:rsidP="005D5234">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...68 lines deleted...]
-    <w:p w14:paraId="0CBED3DC" w14:textId="77777777" w:rsidR="000E38E7" w:rsidRPr="00692DC3" w:rsidRDefault="000E38E7" w:rsidP="004B4571">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C4E9C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6.3. Мүдделер қақтығысына әкеп соғатын немесе әкеп соғуы мүмкін лауазымдық міндеттерді орындау кезінде жеке мүдделіліктің туындауы туралы хабарлама (бұдан әрі – хабарлама) еркін нысанда жазбаша түрде немесе осы Ереженің 2-қосымшасына сәйкес ұсынылатын үлгі бойынша кәсіпорынның бас директорының атына жасалады және кәсіпорын офицеріне комплаенс беріледі. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D5234" w:rsidRPr="000C4E9C" w:rsidRDefault="005D5234" w:rsidP="005D5234">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...9 lines deleted...]
-    <w:p w14:paraId="0FD25C71" w14:textId="77777777" w:rsidR="000E38E7" w:rsidRPr="00692DC3" w:rsidRDefault="000E38E7" w:rsidP="004B4571">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C4E9C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Хабарламаға мүдделер қақтығысына әкеп соғатын немесе әкеп соғуы мүмкін лауазымдық міндеттерді орындау кезінде жеке мүдделіліктің туындау фактісін растайтын қосымша материалдар, сондай-ақ мүдделер қақтығысын болғызбау немесе реттеу бойынша қабылданған шараларды растайтын материалдар қоса берілуі мүмкін. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D5234" w:rsidRPr="000C4E9C" w:rsidRDefault="005D5234" w:rsidP="005D5234">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...9 lines deleted...]
-    <w:p w14:paraId="14311366" w14:textId="77777777" w:rsidR="000E38E7" w:rsidRPr="00692DC3" w:rsidRDefault="000E38E7" w:rsidP="004B4571">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C4E9C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6.4. Егер хабарламаны қызметкер жеке өзі ұсына алмаған жағдайда, ол факсимильді байланыс арналары арқылы немесе тапсыру туралы хабарламасы бар пошта арқылы жіберіледі. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D5234" w:rsidRPr="00EC305B" w:rsidRDefault="005D5234" w:rsidP="005D5234">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...23 lines deleted...]
-    <w:p w14:paraId="39C1FA4F" w14:textId="77777777" w:rsidR="000E38E7" w:rsidRPr="00692DC3" w:rsidRDefault="000E38E7" w:rsidP="004B4571">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC305B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6.5. Хабарламалар олар келіп түскен күні осы Ереженің 3 – қосымшасына сәйкес ұсынылған үлгі бойынша жасалған лауазымдық міндеттерін атқару кезінде жеке мүдделіліктің туындауы туралы хабарламаларды тіркеу журналында (бұдан әрі-журнал) міндетті түрде тіркелуге тиіс. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D5234" w:rsidRDefault="005D5234" w:rsidP="005D5234">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...23 lines deleted...]
-    <w:p w14:paraId="61AC82C3" w14:textId="77777777" w:rsidR="000E38E7" w:rsidRPr="00692DC3" w:rsidRDefault="000E38E7" w:rsidP="004B4571">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC305B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Журнал парақтары тігіліп, нөмірленіп, кәсіпорынның мөрімен расталуы керек.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D5234" w:rsidRPr="005D5234" w:rsidRDefault="005D5234" w:rsidP="005D5234">
       <w:pPr>
         <w:pStyle w:val="Default"/>
-        <w:ind w:firstLine="709"/>
-[...14 lines deleted...]
-    <w:p w14:paraId="3221596B" w14:textId="77777777" w:rsidR="000E38E7" w:rsidRPr="00692DC3" w:rsidRDefault="000E38E7" w:rsidP="004B4571">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D5234">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6.6. Оның тіркелгені туралы белгісі бар хабарламаның көшірмесі қызметкердің қолына журналға қол қойғызып беріледі немесе табыс етілгені туралы хабарламамен почта арқылы жіберіледі. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00212B55" w:rsidRDefault="005D5234" w:rsidP="005D5234">
       <w:pPr>
         <w:pStyle w:val="Default"/>
-        <w:ind w:firstLine="709"/>
-[...37 lines deleted...]
-    <w:p w14:paraId="44702AE6" w14:textId="77777777" w:rsidR="000E38E7" w:rsidRPr="00692DC3" w:rsidRDefault="000E38E7" w:rsidP="004B4571">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C4E9C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>6.7. Хабарламаны тіркеген күннен кейінгі үш жұмыс күнінен кешіктірмей кәсіпорынның комплаенс офицері оның комиссияға жіберілуін қамтамасыз етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D5234" w:rsidRPr="005D5234" w:rsidRDefault="005D5234" w:rsidP="005D5234">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w14:paraId="1E2A88E8" w14:textId="77777777" w:rsidR="000E38E7" w:rsidRPr="00692DC3" w:rsidRDefault="000E38E7" w:rsidP="004B4571">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00212B55" w:rsidRPr="00886CBC" w:rsidRDefault="00212B55" w:rsidP="00212B55">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:ind w:firstLine="450"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...11 lines deleted...]
-    <w:p w14:paraId="16ECEF7C" w14:textId="77777777" w:rsidR="000E38E7" w:rsidRPr="00692DC3" w:rsidRDefault="000E38E7" w:rsidP="004B4571">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00886CBC">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7. </w:t>
+      </w:r>
+      <w:r w:rsidR="00886CBC" w:rsidRPr="00886CBC">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ҚЫЗМЕТКЕРЛЕРДІҢ МҮДДЕЛЕР ҚАҚТЫҒЫСЫ ТУРАЛЫ ЕРЕЖЕНІ САҚТАМАҒАНЫ ҮШІН ЖАУАПКЕРШІЛІГІ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00886CBC" w:rsidRPr="00886CBC" w:rsidRDefault="00886CBC" w:rsidP="00886CBC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00886CBC">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7.1. Осы Ережені сақтамағаны үшін қызметкер Қазақстан Республикасының қолданыстағы заңнамасында көзделген тәртіппен тәртіптік жауаптылыққа, сондай-ақ жауапкершіліктің өзге де түрлеріне тартылуы мүмкін. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00886CBC" w:rsidRPr="00886CBC" w:rsidRDefault="00886CBC" w:rsidP="00886CBC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00886CBC">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7.2. Қызметкер өзі тарап болып табылатын мүдделер қақтығысын болғызбау немесе реттеу жөнінде шаралар қолданбағаны үшін 52-бапқа сәйкес онымен еңбек шарты бұзылуы мүмкін </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00212B55" w:rsidRDefault="00886CBC" w:rsidP="00886CBC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00212B55">
+          <w:pgSz w:w="11906" w:h="16838"/>
+          <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1418" w:header="708" w:footer="708" w:gutter="0"/>
+          <w:cols w:space="720"/>
+        </w:sectPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00886CBC">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>ж</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00886CBC">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>әне Қазақстан Республикасының Еңбек кодексінің 143-1.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00212B55" w:rsidRDefault="00212B55" w:rsidP="00212B55">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00692DC3">
-[...21 lines deleted...]
-    <w:p w14:paraId="598E7F7F" w14:textId="4E64B2BE" w:rsidR="00692DC3" w:rsidRPr="00692DC3" w:rsidRDefault="00C718E0" w:rsidP="004B4571">
+    </w:p>
+    <w:p w:rsidR="005D5234" w:rsidRPr="00F24C19" w:rsidRDefault="005D5234" w:rsidP="005D5234">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F24C19">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қосымша</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F24C19">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D5234" w:rsidRPr="00F24C19" w:rsidRDefault="005D5234" w:rsidP="005D5234">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F24C19">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қарағанды облысы білім басқармасының</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D5234" w:rsidRPr="00F24C19" w:rsidRDefault="005D5234" w:rsidP="005D5234">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F24C19">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Шахтинск қаласының білім бөлімі </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D5234" w:rsidRDefault="005D5234" w:rsidP="005D5234">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F61F15">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Березка</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F61F15">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бөбекжайы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F61F15">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>КМҚК</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D5234" w:rsidRPr="00F61F15" w:rsidRDefault="005D5234" w:rsidP="005D5234">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F61F15">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> директордың бұйрығына</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EC305B" w:rsidRPr="00F61F15" w:rsidRDefault="005D5234" w:rsidP="00EC305B">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F61F15">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EC305B" w:rsidRPr="00F61F15">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EC305B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>06.06.</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC305B" w:rsidRPr="00F61F15">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2022 жыл №</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC305B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 71</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00212B55" w:rsidRPr="00886CBC" w:rsidRDefault="00212B55" w:rsidP="005D5234">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:p w:rsidR="00212B55" w:rsidRPr="00886CBC" w:rsidRDefault="00886CBC" w:rsidP="00212B55">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00886CBC">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мүдделер қақтығысының типтік жағдайларының тізімі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00886CBC" w:rsidRPr="00886CBC" w:rsidRDefault="00886CBC" w:rsidP="00886CBC">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:ind w:firstLine="680"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00886CBC">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. Кәсіпорын қызметкері өзінің еңбек міндеттерін орындау барысында өзінің туыстары болып табылатын адамдарға немесе оның жеке мүдделілігі байланысты өзге де адамдарға материалдық немесе материалдық емес пайда әкелетін шешімдер қабылдауға қатысады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00886CBC" w:rsidRPr="00886CBC" w:rsidRDefault="00886CBC" w:rsidP="00886CBC">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:ind w:firstLine="680"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00886CBC">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Мүмкін болатын реттеу әдістері: қызметкерді мүдделер қақтығысының мәні болып табылатын шешім қабылдаудан шеттету. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00886CBC" w:rsidRPr="00886CBC" w:rsidRDefault="00886CBC" w:rsidP="00886CBC">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:ind w:firstLine="680"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00886CBC" w:rsidRPr="00886CBC" w:rsidRDefault="00886CBC" w:rsidP="00886CBC">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:ind w:firstLine="680"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00886CBC">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. Кәсіпорын қызметкері өзінің туыстары немесе жеке мүдделілігі байланысты өзге тұлғалар болып табылатын адамдарға қатысты кадрлық шешімдер қабылдауға қатысады.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00886CBC" w:rsidRPr="00886CBC" w:rsidRDefault="00886CBC" w:rsidP="00886CBC">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:ind w:firstLine="680"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00886CBC">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Реттеудің ықтимал тәсілдері: қызметкерді мүдделер қақтығысының мәні болып табылатын шешім қабылдаудан шеттету; қызметкерді (оның қарамағындағыларды) басқа лауазымға ауыстыру немесе оның лауазымдық міндеттерін өзгерту. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00886CBC" w:rsidRPr="00886CBC" w:rsidRDefault="00886CBC" w:rsidP="00886CBC">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:ind w:firstLine="680"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00886CBC" w:rsidRPr="000C4E9C" w:rsidRDefault="00886CBC" w:rsidP="00886CBC">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:ind w:firstLine="680"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C4E9C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. Кәсіпорын қызметкері немесе қызметкердің жеке мүдделілігі байланысты басқа тұлға осындай қарым-қатынас орнатуға ниетті немесе оның бәсекелесі болып табылатын кәсіпорынмен іскерлік қарым-қатынасы бар басқа ұйымда ақылы жұмысты орындайды немесе орындауға ниетті.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00886CBC" w:rsidRPr="000C4E9C" w:rsidRDefault="00886CBC" w:rsidP="00886CBC">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:ind w:firstLine="680"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C4E9C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Реттеудің ықтимал тәсілдері: қызметкерді мүдделер қақтығысының мәні болып табылатын шешім қабылдаудан шеттету; қызметкерге басқа ақылы жұмысты орындаудан бас тарту туралы ұсыныс. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00886CBC" w:rsidRPr="000C4E9C" w:rsidRDefault="00886CBC" w:rsidP="00886CBC">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:ind w:firstLine="680"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00886CBC" w:rsidRPr="000C4E9C" w:rsidRDefault="00886CBC" w:rsidP="00886CBC">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:ind w:firstLine="680"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C4E9C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. Кәсіпорын қызметкері кәсіпорынның зияткерлік қызметтің нәтижелері болып табылатын тауарларды сатып алуы туралы шешім қабылдайды, оған ол немесе қызметкердің жеке мүдделілігі байланысты басқа тұлға айрықша құқықтарға ие болады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00886CBC" w:rsidRPr="000C4E9C" w:rsidRDefault="00886CBC" w:rsidP="00886CBC">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:ind w:firstLine="680"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C4E9C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Шешудің мүмкін жолдары: қызметкерді мүдделер қақтығысының мәні болып табылатын шешім қабылдаудан шеттету. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00886CBC" w:rsidRPr="000C4E9C" w:rsidRDefault="00886CBC" w:rsidP="00886CBC">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:ind w:firstLine="680"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00886CBC" w:rsidRDefault="00886CBC" w:rsidP="00886CBC">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:ind w:firstLine="680"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C4E9C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5. Кәсіпорын қызметкері немесе қызметкердің жеке қызығушылығымен байланысты басқа тұлға кәсіпорынмен іскерлік қарым-қатынасы бар, осындай қарым-қатынас орнатуға ниетті немесе оның бәсекелесі болып табылатын басқа ұйымнан материалдық игіліктер немесе қызметтер алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00886CBC" w:rsidRPr="00886CBC" w:rsidRDefault="00886CBC" w:rsidP="00886CBC">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...91 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00886CBC">
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Мүмкін болатын реттеу әдістері: қызметкерге ұсынылатын тауарлардан немесе қызметтерден бас тарту туралы ұсыныс; қызметкерді мүдделер </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00886CBC">
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Приложение 6</w:t>
-[...78 lines deleted...]
-    <w:p w14:paraId="291B67D3" w14:textId="77777777" w:rsidR="00233A4C" w:rsidRPr="004B4571" w:rsidRDefault="00233A4C" w:rsidP="00233A4C">
+        <w:t xml:space="preserve">қақтығысының мәні болып табылатын шешім қабылдаудан шеттету; қызметкердің еңбек міндеттерін өзгерту. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00886CBC" w:rsidRPr="00886CBC" w:rsidRDefault="00886CBC" w:rsidP="00886CBC">
       <w:pPr>
         <w:pStyle w:val="Default"/>
-        <w:jc w:val="right"/>
-[...16 lines deleted...]
-    <w:p w14:paraId="767D4C68" w14:textId="4DD6161E" w:rsidR="00A03B51" w:rsidRPr="004B4571" w:rsidRDefault="00A03B51" w:rsidP="00A03B51">
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00886CBC" w:rsidRPr="00886CBC" w:rsidRDefault="00886CBC" w:rsidP="00886CBC">
       <w:pPr>
         <w:pStyle w:val="Default"/>
-        <w:jc w:val="right"/>
-[...10 lines deleted...]
-    <w:p w14:paraId="6CE5F18D" w14:textId="77777777" w:rsidR="00E85023" w:rsidRPr="00692DC3" w:rsidRDefault="00E85023" w:rsidP="004B4571">
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00886CBC">
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6. Кәсіпорын қызметкері немесе қызметкердің жеке қызығушылығымен байланысты басқа адам өзінің қарамағындағы қызметкерден немесе қызметкер бақылау функцияларын орындайтын кәсіпорынның басқа қызметкерінен қымбат сыйлықтар алады.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00212B55" w:rsidRPr="000C4E9C" w:rsidRDefault="00886CBC" w:rsidP="00886CBC">
       <w:pPr>
         <w:pStyle w:val="Default"/>
-        <w:jc w:val="right"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C4E9C">
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Реттеудің ықтимал тәсілдері: қызметкерге қымбат сыйлықты донорға қайтаруға ұсыныс жасау; қымбат сыйлықтар беруден/қабылдаудан бас тартуды ұсынатын корпоративтік мінез-құлық ережелерін белгілеу; қызметкермен (оның қарамағындағылармен) еңбек қатынастарын бұзу және сыбайлас жемқорлыққа қарсы заңнамаға сәйкес шаралар қабылдау.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00886CBC" w:rsidRPr="000C4E9C" w:rsidRDefault="00886CBC" w:rsidP="00886CBC">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C4E9C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7. Кәсіпорын қызметкері өзіне немесе қызметкердің жеке мүдделілігі байланысты басқа адамға коммерциялық мәмілелер жасау кезінде пайда немесе бәсекелестік артықшылықтар алу үшін Еңбек міндеттерін орындау барысында өзіне белгілі болған ақпаратты пайдаланады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00212B55" w:rsidRPr="000C4E9C" w:rsidRDefault="00886CBC" w:rsidP="00886CBC">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
-        </w:rPr>
-[...2432 lines deleted...]
-    <w:sectPr w:rsidR="000E38E7" w:rsidRPr="000E38E7" w:rsidSect="004B4571">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C4E9C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Реттеудің ықтимал тәсілдері: қызметкерлерге еңбек міндеттерін орындауға байланысты өздеріне белгілі болған ақпаратты жария етуге немесе жеке мақсатта пайдалануға тыйым салатын корпоративтік мінез-құлық қағидаларын белгілеу; қызметкермен еңбек қатынастарын бұзу.</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00212B55" w:rsidRPr="000C4E9C" w:rsidSect="00F61F15">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1418" w:header="708" w:footer="708" w:gutter="0"/>
-      <w:cols w:space="708"/>
-      <w:docGrid w:linePitch="360"/>
+      <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
-<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...17 lines deleted...]
-
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Segoe UI">
-[...12 lines deleted...]
-  </w:font>
 </w:fonts>
-</file>
-[...49 lines deleted...]
-</w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
-    <w:nsid w:val="89497833"/>
-[...304 lines deleted...]
-  <w:abstractNum w:abstractNumId="6">
     <w:nsid w:val="00000001"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="00000001"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="3"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
@@ -15852,2446 +9698,2270 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3240"/>
         </w:tabs>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7">
-[...190 lines deleted...]
-  <w:abstractNum w:abstractNumId="10">
+  <w:abstractNum w:abstractNumId="1">
     <w:nsid w:val="0BF97F22"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="00E0F4D6"/>
     <w:lvl w:ilvl="0" w:tplc="64A20688">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1429" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="04190003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2149" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="04190005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2869" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="04190001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3589" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="04190003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4309" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="04190005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5029" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="04190001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5749" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="04190003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6469" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="04190005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7189" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11">
+  <w:abstractNum w:abstractNumId="2">
     <w:nsid w:val="11157E80"/>
-    <w:multiLevelType w:val="multilevel"/>
-[...1 lines deleted...]
-    <w:lvl w:ilvl="0">
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A8BCA58A"/>
+    <w:lvl w:ilvl="0" w:tplc="25741AF0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1008" w:hanging="648"/>
       </w:pPr>
-      <w:rPr>
-[...3 lines deleted...]
-    <w:lvl w:ilvl="1">
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:isLgl/>
-[...9 lines deleted...]
-    <w:lvl w:ilvl="2">
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:isLgl/>
-[...85 lines deleted...]
-      </w:rPr>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12">
+  <w:abstractNum w:abstractNumId="3">
     <w:nsid w:val="11E64E96"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="AB36D652"/>
+    <w:tmpl w:val="30A469F6"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="Глава %1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1069" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
-      <w:start w:val="1"/>
+      <w:start w:val="6"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1567" w:hanging="432"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:color w:val="auto"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="ru-RU"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1933" w:hanging="504"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+        <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2437" w:hanging="648"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+        <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2941" w:hanging="792"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+        <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3445" w:hanging="936"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+        <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3949" w:hanging="1080"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+        <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4453" w:hanging="1224"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+        <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5029" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+        <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13">
-[...121 lines deleted...]
-  <w:abstractNum w:abstractNumId="14">
+  <w:abstractNum w:abstractNumId="4">
     <w:nsid w:val="1A33413B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9280DDE2"/>
     <w:lvl w:ilvl="0" w:tplc="64A20688">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="04190003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="04190005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="04190001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="04190003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="04190005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="04190001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="04190003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="04190005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15">
+  <w:abstractNum w:abstractNumId="5">
+    <w:nsid w:val="27F34D96"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="2DD22D82"/>
+    <w:lvl w:ilvl="0" w:tplc="B5E48044">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1624" w:hanging="915"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Symbol" w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1789" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2509" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3229" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3949" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4669" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5389" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6109" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6829" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6">
     <w:nsid w:val="38682230"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="680619AE"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="21"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...3 lines deleted...]
-    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="0419001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="0419001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="0419001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16">
+  <w:abstractNum w:abstractNumId="7">
     <w:nsid w:val="3CCA4E30"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BA82A4A0"/>
     <w:lvl w:ilvl="0" w:tplc="04190001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1429" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="04190003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2149" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="04190005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2869" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="04190001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3589" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="04190003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4309" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="04190005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5029" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="04190001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5749" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="04190003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6469" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="04190005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7189" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17">
+  <w:abstractNum w:abstractNumId="8">
     <w:nsid w:val="3F75272A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3B106746"/>
     <w:lvl w:ilvl="0" w:tplc="64A20688">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1429" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2149" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2869" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3589" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4309" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5029" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5749" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6469" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7189" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18">
+  <w:abstractNum w:abstractNumId="9">
     <w:nsid w:val="4D8D5F4C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6CFEABC6"/>
     <w:lvl w:ilvl="0" w:tplc="E828FD0C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1429" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="04190003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2149" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="04190005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2869" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="04190001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3589" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="04190003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4309" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="04190005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5029" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="04190001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5749" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="04190003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6469" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="04190005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7189" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19">
+  <w:abstractNum w:abstractNumId="10">
     <w:nsid w:val="50B61164"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="7BE80ABA"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="1"/>
       <w:suff w:val="space"/>
       <w:lvlText w:val="Глава %1."/>
       <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
       <w:rPr>
-        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+        <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:pStyle w:val="2"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
       <w:rPr>
-        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+        <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:pStyle w:val="3"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
       <w:rPr>
-        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+        <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:pStyle w:val="4"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
       <w:rPr>
-        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+        <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:pStyle w:val="5"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
       <w:rPr>
-        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+        <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:pStyle w:val="6"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
       <w:rPr>
-        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+        <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:pStyle w:val="7"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
       <w:rPr>
-        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+        <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:pStyle w:val="8"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
       <w:rPr>
-        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+        <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:pStyle w:val="9"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
       <w:rPr>
-        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+        <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20">
-[...50 lines deleted...]
-  <w:abstractNum w:abstractNumId="21">
+  <w:abstractNum w:abstractNumId="11">
     <w:nsid w:val="5CB024C5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="875C4C04"/>
     <w:lvl w:ilvl="0" w:tplc="64A20688">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1429" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2149" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2869" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3589" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4309" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5029" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5749" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6469" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7189" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22">
-[...50 lines deleted...]
-  <w:abstractNum w:abstractNumId="23">
+  <w:abstractNum w:abstractNumId="12">
     <w:nsid w:val="63272762"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="251E33A0"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="540" w:hanging="540"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1288" w:hanging="720"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="1429" w:hanging="720"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2138" w:hanging="720"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3207" w:hanging="1080"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3916" w:hanging="1080"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4985" w:hanging="1440"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6054" w:hanging="1800"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6763" w:hanging="1800"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7832" w:hanging="2160"/>
       </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="13">
+    <w:nsid w:val="71DF4FDF"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="B818FAD8"/>
+    <w:lvl w:ilvl="0" w:tplc="04190001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1429" w:hanging="360"/>
+      </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2149" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2869" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3589" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4309" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5029" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5749" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6469" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7189" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24">
-[...50 lines deleted...]
-  <w:abstractNum w:abstractNumId="25">
+  <w:abstractNum w:abstractNumId="14">
     <w:nsid w:val="72D935CC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B3542360"/>
     <w:lvl w:ilvl="0" w:tplc="EE561EBE">
       <w:start w:val="9"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1068" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...3 lines deleted...]
-    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1788" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="0419001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2508" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3228" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3948" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="0419001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4668" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5388" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6108" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="0419001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6828" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="26">
+  <w:abstractNum w:abstractNumId="15">
     <w:nsid w:val="7356729D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A86A7694"/>
     <w:lvl w:ilvl="0" w:tplc="04190011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...3 lines deleted...]
-    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="04190005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="04190001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="04190003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="04190005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="04190001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="04190003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="04190005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="27">
+  <w:abstractNum w:abstractNumId="16">
     <w:nsid w:val="7552297F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="17E63F32"/>
     <w:lvl w:ilvl="0" w:tplc="64A20688">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1429" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2149" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2869" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3589" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4309" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5029" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5749" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6469" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7189" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="28">
+  <w:abstractNum w:abstractNumId="17">
     <w:nsid w:val="7A06127F"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="9F1ECC1E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="450" w:hanging="450"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="1080"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="1080"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="2160"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="22"/>
+    <w:abstractNumId w:val="10"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
   </w:num>
   <w:num w:numId="2">
-    <w:abstractNumId w:val="20"/>
+    <w:abstractNumId w:val="17"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
   </w:num>
   <w:num w:numId="3">
-    <w:abstractNumId w:val="3"/>
+    <w:abstractNumId w:val="0"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="3"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="4"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
   </w:num>
   <w:num w:numId="4">
-    <w:abstractNumId w:val="4"/>
+    <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="6">
-    <w:abstractNumId w:val="2"/>
+    <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="7">
-    <w:abstractNumId w:val="24"/>
+    <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="8">
-    <w:abstractNumId w:val="8"/>
+    <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="9">
-    <w:abstractNumId w:val="5"/>
+    <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="10">
-    <w:abstractNumId w:val="0"/>
+    <w:abstractNumId w:val="12"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
   </w:num>
   <w:num w:numId="11">
-    <w:abstractNumId w:val="1"/>
+    <w:abstractNumId w:val="3"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="6"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
   </w:num>
   <w:num w:numId="12">
-    <w:abstractNumId w:val="23"/>
+    <w:abstractNumId w:val="15"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1"/>
+    <w:lvlOverride w:ilvl="2"/>
+    <w:lvlOverride w:ilvl="3"/>
+    <w:lvlOverride w:ilvl="4"/>
+    <w:lvlOverride w:ilvl="5"/>
+    <w:lvlOverride w:ilvl="6"/>
+    <w:lvlOverride w:ilvl="7"/>
+    <w:lvlOverride w:ilvl="8"/>
   </w:num>
   <w:num w:numId="13">
-    <w:abstractNumId w:val="18"/>
+    <w:abstractNumId w:val="2"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
   </w:num>
   <w:num w:numId="14">
-    <w:abstractNumId w:val="6"/>
+    <w:abstractNumId w:val="14"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="9"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
   </w:num>
   <w:num w:numId="15">
-    <w:abstractNumId w:val="13"/>
+    <w:abstractNumId w:val="6"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="21"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
   </w:num>
   <w:num w:numId="16">
-    <w:abstractNumId w:val="11"/>
+    <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="17">
-    <w:abstractNumId w:val="25"/>
+    <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="18">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="19">
-    <w:abstractNumId w:val="28"/>
+    <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="20">
-    <w:abstractNumId w:val="21"/>
-[...26 lines deleted...]
-    <w:abstractNumId w:val="9"/>
+    <w:abstractNumId w:val="5"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:hideSpellingErrors/>
+  <w:proofState w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:footnotePr>
-[...6 lines deleted...]
-  </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="000E38E7"/>
-[...82 lines deleted...]
-    <w:rsid w:val="00FA72E2"/>
+    <w:rsidRoot w:val="00212B55"/>
+    <w:rsid w:val="00012B19"/>
+    <w:rsid w:val="000C4E9C"/>
+    <w:rsid w:val="00212B55"/>
+    <w:rsid w:val="005D5234"/>
+    <w:rsid w:val="00886CBC"/>
+    <w:rsid w:val="00951207"/>
+    <w:rsid w:val="00DC212E"/>
+    <w:rsid w:val="00EC305B"/>
+    <w:rsid w:val="00F24C19"/>
+    <w:rsid w:val="00F61F15"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="4ED4FB83"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
-    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="39" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
@@ -18363,748 +12033,591 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="004B4571"/>
+    <w:rsid w:val="00212B55"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="10"/>
     <w:qFormat/>
-    <w:rsid w:val="00DF715D"/>
+    <w:rsid w:val="00212B55"/>
     <w:pPr>
       <w:keepNext/>
       <w:numPr>
-        <w:numId w:val="26"/>
+        <w:numId w:val="1"/>
       </w:numPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="32"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="20"/>
+    <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00DF715D"/>
+    <w:rsid w:val="00212B55"/>
     <w:pPr>
       <w:keepNext/>
       <w:numPr>
         <w:ilvl w:val="1"/>
-        <w:numId w:val="26"/>
+        <w:numId w:val="1"/>
       </w:numPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="30"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00DF715D"/>
+    <w:rsid w:val="00212B55"/>
     <w:pPr>
       <w:keepNext/>
       <w:numPr>
         <w:ilvl w:val="2"/>
-        <w:numId w:val="26"/>
+        <w:numId w:val="1"/>
       </w:numPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="40"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00DF715D"/>
+    <w:rsid w:val="00212B55"/>
     <w:pPr>
       <w:keepNext/>
       <w:numPr>
         <w:ilvl w:val="3"/>
-        <w:numId w:val="26"/>
+        <w:numId w:val="1"/>
       </w:numPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="50"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00DF715D"/>
+    <w:rsid w:val="00212B55"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="4"/>
-        <w:numId w:val="26"/>
+        <w:numId w:val="1"/>
       </w:numPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="60"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00DF715D"/>
+    <w:rsid w:val="00212B55"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="5"/>
-        <w:numId w:val="26"/>
+        <w:numId w:val="1"/>
       </w:numPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:b/>
       <w:bCs/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="7">
     <w:name w:val="heading 7"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="70"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00DF715D"/>
+    <w:rsid w:val="00212B55"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="6"/>
-        <w:numId w:val="26"/>
+        <w:numId w:val="1"/>
       </w:numPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="6"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="8">
     <w:name w:val="heading 8"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="80"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00DF715D"/>
+    <w:rsid w:val="00212B55"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="7"/>
-        <w:numId w:val="26"/>
+        <w:numId w:val="1"/>
       </w:numPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="7"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="90"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00DF715D"/>
+    <w:rsid w:val="00212B55"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="8"/>
-        <w:numId w:val="26"/>
+        <w:numId w:val="1"/>
       </w:numPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
-[...198 lines deleted...]
-  </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="10">
     <w:name w:val="Заголовок 1 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="1"/>
-    <w:rsid w:val="00DF715D"/>
+    <w:rsid w:val="00212B55"/>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="32"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="20">
     <w:name w:val="Заголовок 2 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="2"/>
-    <w:rsid w:val="00DF715D"/>
+    <w:rsid w:val="00212B55"/>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="30">
     <w:name w:val="Заголовок 3 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="3"/>
-    <w:rsid w:val="00DF715D"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00212B55"/>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="40">
     <w:name w:val="Заголовок 4 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="4"/>
-    <w:rsid w:val="00DF715D"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00212B55"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="50">
     <w:name w:val="Заголовок 5 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="5"/>
-    <w:rsid w:val="00DF715D"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00212B55"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="60">
     <w:name w:val="Заголовок 6 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="6"/>
-    <w:rsid w:val="00DF715D"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00212B55"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="70">
     <w:name w:val="Заголовок 7 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="7"/>
-    <w:rsid w:val="00DF715D"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00212B55"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="80">
     <w:name w:val="Заголовок 8 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="8"/>
-    <w:rsid w:val="00DF715D"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00212B55"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="90">
     <w:name w:val="Заголовок 9 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="9"/>
-    <w:rsid w:val="00DF715D"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00212B55"/>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="21">
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00212B55"/>
+    <w:pPr>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
+    <w:name w:val="Default"/>
+    <w:rsid w:val="00212B55"/>
+    <w:pPr>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="21">
+    <w:name w:val="СтильСписок2ур Знак"/>
+    <w:link w:val="22"/>
+    <w:uiPriority w:val="99"/>
+    <w:locked/>
+    <w:rsid w:val="00212B55"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="x-none" w:eastAsia="x-none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="22">
     <w:name w:val="СтильСписок2ур"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="22"/>
+    <w:link w:val="21"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00DF715D"/>
+    <w:rsid w:val="00212B55"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="1200"/>
       </w:tabs>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:before="120" w:after="120"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
-    </w:rPr>
-[...24 lines deleted...]
-      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
-    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="39" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
@@ -19176,774 +12689,618 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="004B4571"/>
+    <w:rsid w:val="00212B55"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="10"/>
     <w:qFormat/>
-    <w:rsid w:val="00DF715D"/>
+    <w:rsid w:val="00212B55"/>
     <w:pPr>
       <w:keepNext/>
       <w:numPr>
-        <w:numId w:val="26"/>
+        <w:numId w:val="1"/>
       </w:numPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="32"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="20"/>
+    <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00DF715D"/>
+    <w:rsid w:val="00212B55"/>
     <w:pPr>
       <w:keepNext/>
       <w:numPr>
         <w:ilvl w:val="1"/>
-        <w:numId w:val="26"/>
+        <w:numId w:val="1"/>
       </w:numPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="30"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00DF715D"/>
+    <w:rsid w:val="00212B55"/>
     <w:pPr>
       <w:keepNext/>
       <w:numPr>
         <w:ilvl w:val="2"/>
-        <w:numId w:val="26"/>
+        <w:numId w:val="1"/>
       </w:numPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="40"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00DF715D"/>
+    <w:rsid w:val="00212B55"/>
     <w:pPr>
       <w:keepNext/>
       <w:numPr>
         <w:ilvl w:val="3"/>
-        <w:numId w:val="26"/>
+        <w:numId w:val="1"/>
       </w:numPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="50"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00DF715D"/>
+    <w:rsid w:val="00212B55"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="4"/>
-        <w:numId w:val="26"/>
+        <w:numId w:val="1"/>
       </w:numPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="60"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00DF715D"/>
+    <w:rsid w:val="00212B55"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="5"/>
-        <w:numId w:val="26"/>
+        <w:numId w:val="1"/>
       </w:numPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:b/>
       <w:bCs/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="7">
     <w:name w:val="heading 7"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="70"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00DF715D"/>
+    <w:rsid w:val="00212B55"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="6"/>
-        <w:numId w:val="26"/>
+        <w:numId w:val="1"/>
       </w:numPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="6"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="8">
     <w:name w:val="heading 8"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="80"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00DF715D"/>
+    <w:rsid w:val="00212B55"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="7"/>
-        <w:numId w:val="26"/>
+        <w:numId w:val="1"/>
       </w:numPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="7"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="90"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00DF715D"/>
+    <w:rsid w:val="00212B55"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="8"/>
-        <w:numId w:val="26"/>
+        <w:numId w:val="1"/>
       </w:numPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
-[...198 lines deleted...]
-  </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="10">
     <w:name w:val="Заголовок 1 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="1"/>
-    <w:rsid w:val="00DF715D"/>
+    <w:rsid w:val="00212B55"/>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="32"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="20">
     <w:name w:val="Заголовок 2 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="2"/>
-    <w:rsid w:val="00DF715D"/>
+    <w:rsid w:val="00212B55"/>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="30">
     <w:name w:val="Заголовок 3 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="3"/>
-    <w:rsid w:val="00DF715D"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00212B55"/>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="40">
     <w:name w:val="Заголовок 4 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="4"/>
-    <w:rsid w:val="00DF715D"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00212B55"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="50">
     <w:name w:val="Заголовок 5 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="5"/>
-    <w:rsid w:val="00DF715D"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00212B55"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="60">
     <w:name w:val="Заголовок 6 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="6"/>
-    <w:rsid w:val="00DF715D"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00212B55"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="70">
     <w:name w:val="Заголовок 7 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="7"/>
-    <w:rsid w:val="00DF715D"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00212B55"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="80">
     <w:name w:val="Заголовок 8 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="8"/>
-    <w:rsid w:val="00DF715D"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00212B55"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="90">
     <w:name w:val="Заголовок 9 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="9"/>
-    <w:rsid w:val="00DF715D"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00212B55"/>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="21">
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00212B55"/>
+    <w:pPr>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
+    <w:name w:val="Default"/>
+    <w:rsid w:val="00212B55"/>
+    <w:pPr>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="21">
+    <w:name w:val="СтильСписок2ур Знак"/>
+    <w:link w:val="22"/>
+    <w:uiPriority w:val="99"/>
+    <w:locked/>
+    <w:rsid w:val="00212B55"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="x-none" w:eastAsia="x-none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="22">
     <w:name w:val="СтильСписок2ур"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="22"/>
+    <w:link w:val="21"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00DF715D"/>
+    <w:rsid w:val="00212B55"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="1200"/>
       </w:tabs>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:before="120" w:after="120"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="22">
-[...24 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
-    <w:div w:id="1111389171">
+    <w:div w:id="2084451454">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Стандартная">
       <a:majorFont>
-        <a:latin typeface="Calibri Light"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -19978,210 +13335,233 @@
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:lumMod val="110000"/>
-[...1 lines deleted...]
-                <a:tint val="67000"/>
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="35000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="73000"/>
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="81000"/>
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:satMod val="103000"/>
-[...1 lines deleted...]
-                <a:tint val="94000"/>
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="80000">
               <a:schemeClr val="phClr">
-                <a:satMod val="110000"/>
-[...1 lines deleted...]
-                <a:shade val="100000"/>
+                <a:shade val="93000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="99000"/>
-[...1 lines deleted...]
-                <a:shade val="78000"/>
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
-[...6 lines deleted...]
-          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
-          <a:effectLst/>
-[...2 lines deleted...]
-          <a:effectLst/>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="63000"/>
+                <a:alpha val="35000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:solidFill>
-[...4 lines deleted...]
-        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="93000"/>
-[...2 lines deleted...]
-                <a:lumMod val="102000"/>
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="40000">
               <a:schemeClr val="phClr">
-                <a:tint val="98000"/>
-[...2 lines deleted...]
-                <a:lumMod val="103000"/>
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="63000"/>
-                <a:satMod val="120000"/>
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
-  <a:extLst>
-[...3 lines deleted...]
-  </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>27</Pages>
-[...1 lines deleted...]
-  <Characters>46692</Characters>
+  <Pages>22</Pages>
+  <Words>6748</Words>
+  <Characters>38468</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>389</Lines>
-  <Paragraphs>109</Paragraphs>
+  <Lines>320</Lines>
+  <Paragraphs>90</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company>SPecialiST RePack</Company>
+  <Company>Reanimator Extreme Edition</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>54774</CharactersWithSpaces>
+  <CharactersWithSpaces>45126</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>НР</dc:creator>
+  <dc:creator>березка</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>