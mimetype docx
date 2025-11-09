--- v0 (2025-10-09)
+++ v1 (2025-11-09)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="a90a5b0" w14:textId="a90a5b0">
+    <w:p w14:paraId="b58094c" w14:textId="b58094c">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -76,2002 +76,2100 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>О внесении изменений и дополнения в приказ Министра образования и науки Республики Казахстан от 19 июня 2020 года № 254 "Об утверждении правил оказания государственных услуг в сфере дошкольного образования"</w:t>
-[...25 lines deleted...]
-      <w:bookmarkStart w:name="z4" w:id="0"/>
+        <w:t>"Мектепке дейінгі білім беру саласында мемлекеттік қызметтер көрсету қағидаларын бекіту туралы" Қазақстан Республикасы Білім және ғылым министрінің 2020 жылғы 19 маусымдағы № 254 бұйрығына өзгерістер мен толықтыру енгізу туралы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасы Оқу-ағарту министрінің 2022 жылғы 18 қарашадағы № 464 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2022 жылғы 21 қарашада № 30643 болып тіркелді</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z1" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      ПРИКАЗЫВАЮ:</w:t>
+      БҰЙЫРАМЫН:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z5" w:id="1"/>
-[...78 lines deleted...]
-    <w:bookmarkEnd w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      </w:t>
-[...641 lines deleted...]
-    <w:bookmarkEnd w:id="27"/>
+      1. "Мектепке дейінгі білім беру саласында мемлекеттік қызметтер көрсету қағидаларын бекіту туралы" Қазақстан Республикасы Білім және ғылым министрінің 2020 жылғы 19 маусымдағы № 254 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 20883 болып тіркелген) мынадай өзгерістер мен толықтыру енгізілсін:</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      </w:t>
-[...281 lines deleted...]
-    <w:bookmarkEnd w:id="38"/>
+      көрсетілген бұйрықпен бекітілген Мектепке дейінгі білім беру саласында мемлекеттік қызметтер көрсету </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қағидаларында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>пункт 13</w:t>
-[...12 lines deleted...]
-    <w:bookmarkStart w:name="z46" w:id="39"/>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5-тармақтар</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      "13. Общая очередь для зачисления в дошкольные организации формируется по принадлежности к населенному пункту (город, село, поселок) по году рождения детей для каждого года рождения отдельно.</w:t>
-[...43 lines deleted...]
-    <w:bookmarkStart w:name="z48" w:id="41"/>
+      "3. Осы Қағидаларда мынадай негізгі ұғымдар пайдаланылады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Внутри очереди по годам рождения очередь разделяется по видам нарушений, имеющихся у детей.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z49" w:id="42"/>
+      1) архив - мектепке дейінгі ұйымға қабылдауға жолдаманы табысты алуға байланысты немесе осы Қағидаларда көзделген басқа да себептер бойынша кезектен алынған өтініштер жиынтығы;</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Очередь в санаторные дошкольные организации формируется внутри населенного пункта по году рождения детей для каждого года рождения отдельно по видам реабилитации/профилактики.";</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="42"/>
+      2) блокчейн технологиясы - түзетуге жатпайтын деректерге өзгерістер енгізуді сәйкестендіруге мүмкіндік беретін белгілі бір қағидалар бойынша деректерді сақтау және өңдеу архитектурасын құру тәсілі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) бос орын - баланы мектепке дейінгі ұйымға қабылдау үшін мектепке дейінгі ұйым, жас тобы, тәрбиелеу және оқыту тілі, жас кезеңі, топтың түрі (жалпы дамытушы, арнайы), жұмыс тәртібі (толық күн болатын, жарты күн болатын, тәулік бойы болатын), қабылдау тәртібі (жалпыға бірдей белгіленген, ерте брондау, уақытша болу), мектепке дейінгі ұйымға баратын күні бойынша шектеулердің болуын және қабылдаудың басталатын күні көрсетілген бос орын туралы ақпарат;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) босаған орындар бюллетені – кезектілікті басқару жүйесіне бөлу үшін мектепке дейінгі ұйымдардан бос орындарды беру хронологиясын күн сайын тіркейтін хаттама;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) "бір өтініш" қағидаты – бір өтініш негізінде көрсетілетін бірнеше мемлекеттік қызметтер жиынтығын көздейтін мемлекеттік қызметті көрсету нысаны;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) жалпыға бірдей белгіленген қабылдау тәртібіндегі бос орын - жолдама алғаннан кейін жолдаманың қолданылу мерзімі бірден есептелетін бос орын;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) ерте брондау тәртібіндегі бос орын – орын нақты босағанға дейін ерте жолдама алуға болатын бос орын; жолдаманың қолданылуын есептеу мерзімі және мектепке дейінгі ұйымға қабылдау рәсімі орын нақты босатылғаннан кейін басталады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) кезектілікті басқару жүйесі – мектепке дейінгі ұйымдарға кезекке қоюға және орындарды бөлуге өтініштерді қабылдаудың бизнес-процестерінің автоматты орындалуын қамтамасыз ететін көрсетілетін қызметті берушінің ақпараттық жүйесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) кезектілік нөмірі – осы кезекте басқа да өтініштерге қатысты кезектегі өтініштер реті;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) кері қайтарылып алынған орындар бюллетені – кезектілікті басқару жүйесіне мектепке дейінгі ұйымдардан бұрын бөлуге берілген орындарды қайтару (кері қайтарып алу ) хронологиясын күн сайын тіркейтін хаттама;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) мектепке дейінгі ұйымға қабылдауға жолдама (бұдан әрі – жолдама) – мектепке дейінгі ұйымға қабылдау және тиісті құжаттарды рәсімдеу кезеңінде мектепке дейінгі ұйымнан өтініш берушіге орынның уақытша сақталуы туралы хабарлама;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) өтініштер кезегі (бұдан әрі – кезек) - кезектілікті басқару жүйесінде табысты тіркелген және осы Қағидаларға сәйкес бір-біріне қатысты реттелген мектепке дейінгі ұйымға қабылдауға арналған өтініштер;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) проактивті көрсетілетін қызмет – қызмет көрсету субъектісінің бастамасы бойынша берілетін, қызметті көрсету үшін көрсетілетін қызметті алу субъектісінің ұялы байланыс абоненттік құрылғысы арқылы берілген келісімі міндетті түрде қажет болатын, электрондық нысанда көрсетілетін мемлекеттік қызмет;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) тоқтату парағы – өтініш берушілер тарапынан жіберілген тәртіп бұзушылық анықталған жағдайда жолдама алу мүмкіндігі тоқтатылған, кезектен алынған өтініштер орналастырылатын уақытша архив;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15) уақытша болуға арналған бос орын – уақытша кеткен тәрбиеленушінің мектепке дейінгі ұйымда сақталатын бос орны, сондықтан осы орынға қабылданатын баланың келу мерзімі шектеулі болады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16) хабарлама – өтініш берушіге мектепке дейінгі ұйымнан орын алудың белгіленген кезеңдерінен өткені туралы хабарлау мақсатында кезектілікті басқару жүйесімен жолданған электронды мәтіндік хабарлама.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z6" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Мектепке дейінгі ұйымдарға жіберу үшін мектеп жасына дейінгі балаларды (6 жасқа дейін) кезекке қою" мемлекеттік қызметін (бұдан әрі - кезекке қою жөніндегі мемлекеттік қызмет) республикалық маңызы бар қалалардың және астананың білім басқармалары, аудандардың, облыстық маңызы бар қалалардың білім бөлімдері (бұдан әрі – көрсетілетін қызметті беруші) көрсетеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      </w:t>
-[...22 lines deleted...]
-    <w:bookmarkStart w:name="z51" w:id="43"/>
+      5. Кезекке қою жөніндегі мемлекеттік көрсетілетін қызметті алу үшін жеке тұлға (бұдан әрі - көрсетілетін қызметті алушы) көрсетілетін қызметті берушінің кеңсесіне немесе "Азаматтарға арналған үкімет" мемлекеттік корпорациясы" коммерциялық емес акционерлік қоғамы (бұдан әрі - Мемлекеттік корпорация) арқылы және (немесе) "электрондық үкіметтің" веб-порталы (бұдан әрі - портал) арқылы Қағидалардың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-қосымшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес өтініш, сондай-ақ "Мектепке дейінгі ұйымдарға жіберу үшін мектеп жасына дейінгі балаларды (6 жасқа дейін) кезекке қою" мемлекеттік қызмет көрсетуге қойылатын негізгі талаптар тізілімінің (бұдан әрі – Талаптар тізілімі) 8-тармағында көрсетілген құжаттарды ұсынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Көрсетілетін қызмет процесінің сипаттамасы, нысаны, мазмұны және нәтижесі енгізілген кезекке қою жөніндегі мемлекеттік қызметті көрсетуге қойылатын негізгі талаптардың тізбесі, сондай-ақ кезекке қою жөніндегі мемлекеттік қызметтің ерекшеліктері ескерілген басқа мәліметтер осы Қағидалардың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-қосымшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес Талаптар тізілімінде берілген.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      "18. Для подачи заявления и нахождения в очереди возраст ребенка не превышает 6 лет на 1 сентября текущего календарного года (кроме детей с особыми образовательными потребностями, имеющими соответствующее заключение психолого-медико-педагогической комиссии).";</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="43"/>
+      Көрсетілетін қызметті алушының "жеке кабинетінде" кезекке қою жөніндегі мемлекеттік қызметті көрсетуге сұранымды қарау мәртебесі туралы ақпарат көрінеді, сондай-ақ кезекке қою жөніндегі мемлекеттік көрсетілетін қызметтің нәтижесін алған күні және уақыты көрсетілген хабарлама орналастырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Көрсетілетін қызметті берушінің кеңсесі, Мемлекеттік корпорацияның қызметкері Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша өтінішті қабылдауды жүзеге асырады және көрсетілетін қызметті алушыдан алынған құжаттардың дұрыстығын тексере отырып, тіркейді; көрсетілетін қызметті алушы құжаттар топтамасын толық ұсынған жағдайда кезекке қою жөнінде кезектілік нөмірі көрсетілген хабарлама (ерікті түрде) беруді жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Көрсетілетін қызметті алушы Талаптар тізілімінің 8-тармағында қарастырылған тізбеге сәйкес құжаттар топтамасын толық ұсынбаған жағдайда көрсетілетін қызметті беруші және (немесе) Мемлекеттік корпорацияның қызметкері өтінішті қабылдаудан бас тартады және Қағидалардың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3-қосымшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысанда құжаттарды қабылдаудан бас тарту жөнінде қолхат береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жеке басты куәландыратын құжаттар жөнінде мәліметтерді көрсетілетін қызметті беруші және Мемлекеттік корпорацияның қызметкері "электрондық үкімет" шлюзі арқылы тиісті мемлекеттік ақпараттық жүйелерден алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Көрсетілетін қызметті алушыға дайын құжаттарды беру жеке басты куәландыратын құжатты (немесе нотариалды бекітілген сенімхат бойынша оның өкілін), тиісті құжаттарды қабылдау жөнінде қолхатты көрсету негізінде жүзеге асырылады.";</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>подпункт 1)</w:t>
-[...12 lines deleted...]
-    <w:bookmarkStart w:name="z53" w:id="44"/>
+        <w:t>8-тармақ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z9" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "8. Көрсетілетін қызметті алушының таңдауы бойынша кезекке қою жөніндегі мемлекеттік қызмет "Бала тууды тіркеу, оның ішінде азаматтық хал актілерінің жазбаларына өзгерістер, толықтырулар мен түзетулер енгізу" мемлекеттік қызметімен жиынтықта "бір өтініш" қағидасы бойынша көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Көрсетілетін қызметті алушылар:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) көрсетілетін қызметті берушіден мемлекеттік көрсетілетін қызметті ұсыну тәртібі туралы толық және анық ақпаратты қолжетімді нысанда алады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) мемлекеттік көрсетілетін қызметті қағаз және (немесе) электрондық нысанда алады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) мемлекеттік қызметтер көрсету тәртібін айқындайтын заңға тәуелді нормативтік құқықтық актілердің жобаларын жария талқылауларға қатысады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) мемлекеттік қызметтер көрсету саласында бұзылған құқықтарды, заңды мүдделерді қорғау туралы талап арызбен сотқа жүгінеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) цифрлық құжаттар сервисінен өзіне және отбасының кәмелетке толмаған мүшелеріне қатысты электрондық құжаттарды пайдаланады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мемлекеттік қызметтер көрсету кезінде көрсетілетін қызметтерді алушылардан:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) ақпараттық жүйелерден алуға болатын құжаттар мен мәліметтерді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) көрсетілетін қызметті берушінің салыстырып-тексеруі үшін түпнұсқалары ұсынылған құжаттардың нотариат куәландырған көшірмелерін талап етуге жол берілмейді.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      "1) поступлении заявлений от родителей или законных представителей детей, имеющих право на внеочередное получение места в дошкольных организациях согласно </w:t>
-[...62 lines deleted...]
-    <w:bookmarkEnd w:id="44"/>
+      Қазақстан Республикасының Әкімшілік рәсімдік-процестік кодексінің 69-бабы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3-тармағына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес "Мемлекеттік көрсетілетін қызметтер туралы" Қазақстан Республикасы Заңының 4-бабы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-тармағының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) тармақшасында көзделген өтініштер есепке алуға жатады.";</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>пункт 28</w:t>
-[...12 lines deleted...]
-    <w:bookmarkStart w:name="z55" w:id="45"/>
+        <w:t>13-тармақ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z11" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      "28. При выдаче направления возраст детей учитывается на календарный год, кроме детей, чей возраст не превышает 6 лет на 1 сентября текущего календарного года и детей с особыми образовательными потребностями, имеющими соответствующее заключение психолого-медико-педагогической комиссии.";</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z56" w:id="46"/>
+      "13. Мектепке дейінгі ұйымдарға қабылдау үшін жалпы кезек елді мекенге (қала, ауыл, кент) тиістілігі бойынша, балалардың туған жылы бойынша және әрбір туған жылы үшін өз кезегі қалыптастырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      часть вторую </w:t>
-[...62 lines deleted...]
-    <w:bookmarkEnd w:id="47"/>
+      Көру қабілеті, есту қабілеті бұзылған, сөйлеу қабілеті ауыр түрде бұзылған, тірек-қимыл аппараты, зияткерлік дамуы бұзылған, психикалық дамуы тежелген балаларға арналған арнайы мектепке дейінгі ұйымдарға (арнайы бөбекжай-бақшаларға, арнайы балабақшаларға) және мектепке дейінгі ұйымдардағы арнайы топтарға, денсаулығы нашарлаған балалардың барлық санаттарын біріктіретін арнайы мектепке дейінгі ұйымдарға және мектепке дейінгі ұйымдардағы арнайы топтарға кезекке тұру "Тиісті үлгідегі және түрдегі білім беру ұйымдары қызметінің үлгілік қағидаларын бекіту туралы" Қазақстан Республикасы Білім және ғылым министрінің 2022 жылғы 31 тамыздағы № 385 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығымен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бекітілген Арнайы білім беру ұйымдары қызметінің үлгілік қағидаларына (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 29329) сәйкес елді мекеннің ішінде балалардың туған жылы бойынша әр туған жылы үшін жеке қалыптастырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Туған жылдары бойынша кезектің ішіндегі кезек балаларда бар бұзылыстардың түрлері бойынша бөлінеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Санаториялық мектепке дейінгі ұйымдарға кезек елді мекеннің ішінде балалардың туған жылы бойынша әр туған жылы үшін жеке оңалту/алдын алу түрлері бойынша қалыптастырылады.";</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>приложения 2</w:t>
+        <w:t>18-тармақ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z13" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "18. Өтініш беру және кезекте болу үшін баланың жасы ағымдағы жылғы 1 қыркүйекте 6 жастан аспайды (психологиялық-медициналық-педагогикалық комиссияның қорытындысы бар ерекше білім берілуіне қажеттілігі бар балалардан басқа).";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>20-тармақтың</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) тармақшасы мынадай редакцияда жазылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "1) "Әскери қызмет және әскери қызметшілердің мәртебесі туралы" Қазақстан Республикасының Заңының 52-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3-тармағына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, "Арнаулы мемлекеттік органдар туралы" Қазақстан Республикасының Заңының 78-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>8-тармағына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, "Құқық қорғау қызметі туралы" Қазақстан Республикасының Заңының 64-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5-тармағына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес мектепке дейінгі ұйымдардан кезектен тыс орын алуға құқығы бар балалардың ата-аналарының немесе заңды өкілдерінің өтініштері келіп түскенде;";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>28-тармақ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z17" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "28. Ағымдағы жылғы 1 қыркүйекте 6 жастан аспайтын және психологиялық-медициналық-педагогикалық консультацияның қорытындысы бар ерекше білім берілуіне қажеттілігі бар балалардан басқа балаларға жолдама беру кезінде баланың жасы күнтізбелік жылғы толық жасы бойынша есептеледі.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>32-тармақтың</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> екінші бөлігі мынадай редакцияда жазылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "Көрсетілетін қызмет процесінің сипаттамасы, нысаны, мазмұны және нәтижесі енгізілген балаларды қабылдау жөніндегі мемлекеттік қызметті көрсетуге қойылатын негізгі талаптардың тізбесі, сондай-ақ балаларды қабылдау жөніндегі мемлекеттік қызметті көрсетудің ерекшеліктері ескерілген басқа мәліметтер Қағидалардың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4-қосымшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес "Мектепке дейінгі ұйымдарға құжаттарды қабылдау және балаларды қабылдау" мемлекеттік қызмет көрсетуге қойылатын негізгі талаптар тізілімінде берілген.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> и </w:t>
-[...29 lines deleted...]
-        <w:t>приложениям 1</w:t>
+        <w:t xml:space="preserve"> және </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4-қосымшалар</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> осы бұйрыққа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> и </w:t>
-[...22 lines deleted...]
-    <w:bookmarkStart w:name="z59" w:id="48"/>
+        <w:t xml:space="preserve"> және </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3-қосымшаларға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес жаңа редакцияда жазылсын;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      дополнить приложением 5 согласно </w:t>
-[...23 lines deleted...]
-    <w:bookmarkStart w:name="z60" w:id="49"/>
+      осы бұйрыққа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес 5-қосымшамен толықтырылсын.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z22" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. Департаменту дошкольного образования Министерства просвещения Республики Казахстан в установленном законодательством порядке обеспечить:</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z61" w:id="50"/>
+      2. Қазақстан Республикасы Оқу-ағарту министрлігі Мектепке дейінгі білім департаменті заңнамада белгіленген тәртіппен:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z23" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) государственную регистрацию настоящего приказа в Министерстве юстиции Республики Казахстан;</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z62" w:id="51"/>
+      1) осы бұйрықтың Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркелуін;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z24" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) размещение настоящего приказа на интернет-ресурсе Министерства просвещения Республики Казахстан;</w:t>
-[...8 lines deleted...]
-        <w:jc w:val="both"/>
+      2) осы бұйрықты Қазақстан Республикасы Оқу-ағарту министрлігінің интернет-ресурсында орналастыруды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) в течение десяти рабочих дней после государственной регистрации настоящего приказа представление в Юридический департамент Министерства просвещения Республики Казахстан сведений об исполнении мероприятий, предусмотренных подпунктами 1) и 2) настоящего пункта.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z64" w:id="53"/>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) осы бұйрық мемлекеттік тіркеуден өткеннен кейін он жұмыс күні ішінде Қазақстан Республикасы Оқу-ағарту министрлігінің Заң қызметі департаментіне осы тармақтың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) тармақшаларында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көзделген іс-шаралардың орындалуы туралы мәліметтерді ұсынуды қамтамасыз етсін.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z26" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. Контроль за исполнением настоящего приказа возложить на курирующего вице-министра просвещения Республики Казахстан.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z65" w:id="54"/>
+      3. Осы бұйрықтың орындалуын бақылау жетекшілік ететін Қазақстан Республикасының Оқу-ағарту вице-министріне жүктелсін.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z27" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4. Настоящий приказ вводится в действие после дня его первого официального опубликования.</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="54"/>
+      4. Осы бұйрық алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -2087,92 +2185,75 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">      </w:t>
-            </w:r>
+              <w:t xml:space="preserve">      Қазақстан Республикасының </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Министр просвещения</w:t>
-[...30 lines deleted...]
-              <w:t xml:space="preserve">Республики Казахстан </w:t>
+              <w:t xml:space="preserve">Оқу-ағарту министрі </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -2203,113 +2284,114 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>А. Аймагамбетов</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z67" w:id="55"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      "СОГЛАСОВАН"</w:t>
-[...51 lines deleted...]
-        <w:t>Республики Казахстан</w:t>
+       "КЕЛІСІЛДІ"</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасының</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Цифрлық даму, инновациялар және</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      аэроғарыш өнеркәсібі министрлігі</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -2345,110 +2427,103 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 1</w:t>
+              <w:t>Қазақстан Республикасының</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>к приказу</w:t>
-[...9 lines deleted...]
-              <w:t xml:space="preserve"> Министр просвещения</w:t>
+              <w:t>Оқу-ағарту министрі</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Республики Казахстан</w:t>
+              <w:t>2022 жылғы 18 қарашадағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>от 18 ноября 2022 года</w:t>
-[...9 lines deleted...]
-              <w:t xml:space="preserve"> № 464</w:t>
+              <w:t>№ 464 Бұйрыққа</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -2469,100 +2544,103 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 2</w:t>
+              <w:t>Мектепке дейінгі білім</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>к Правилам оказания</w:t>
+              <w:t>беру саласында мемлекеттік</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>государственных</w:t>
-[...9 lines deleted...]
-              <w:t xml:space="preserve"> услуг в сфере</w:t>
+              <w:t>қызметтер көрсету</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>дошкольного образования</w:t>
+              <w:t>қағидаларына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
@@ -2580,52 +2658,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Перечень основных требований к оказанию государственной услуги "Постановка на очередь детей дошкольного возраста (до 6 лет) для направления в дошкольные организации" </w:t>
+              <w:t>
+"Мектепке дейінгі ұйымдарға жіберу үшін мектеп жасына дейінгі балаларды (6 жасқа дейін) кезекке қою" мемлекеттік қызмет көрсетуге қойылатын негізгі талаптар тізілімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2658,87 +2736,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Наименование услугодателя</w:t>
+Көрсетілетін қызметті берушінің атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Управления образования городов республиканского значения и столицы, отделы образования районов, городов областного значения.</w:t>
+Республикалық маңызы бар қалалардың және астананың білім басқармалары, аудандардың, облыстық маңызы бар қалалардың білім бөлімдері.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2770,164 +2848,142 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Способы предоставления государственной услуги </w:t>
+              <w:t>
+Мемлекеттік қызметті ұсыну тәсілдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z79" w:id="56"/>
-[...90 lines deleted...]
-3) веб-портал "электронного правительства" www.egov.kz (далее – портал).</w:t>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өтінішті қабылдау және мемлекеттік қызметті көрсету нәтижесін беру:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) көрсетілетін қызметті берушінің кеңсесі;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) "Азаматтарға арналған үкімет" Мемлекеттік корпорациясы" коммерциялық емес акционерлік қоғамы (бұдан әрі - Мемлекеттік корпорация);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) "электрондық үкіметтің" веб-порталы: www. egov. kz (бұдан әрі – портал) арқылы жүзеге асырылады.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2960,87 +3016,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Срок оказания государственной услуги</w:t>
+Мемлекеттік қызметті көрсету мерзімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-С момента обращения к услугодателю, в Государственную корпорацию, на портал – 30 минут.</w:t>
+Көрсетілетін қызметті берушіге, Мемлекеттік корпорацияға, порталға жүгінген сәтінен бастап – 30 минут.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3073,87 +3129,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Форма оказания государственной услуги</w:t>
+Мемлекеттік қызметті көрсету нысаны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Электронная (частично автоматизированная)/ бумажная/ проактивная/, оказываемая по принципу "одного заявления".</w:t>
+"Бір өтініш" қағидаты бойынша көрсетілетін электрондық (ішінара автоматтандырылған)/қағаз түрінде/ проактивті.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3186,87 +3242,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Результат оказания государственной услуги</w:t>
+Мемлекеттік қызметті көрсетудің нәтижесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Уведомление о постановке в очередь (в произвольной форме) либо мотивированный ответ об отказе в оказании государственной услуги по основаниям, установленным пунктом 9 настоящего Перечня основных требований к оказанию государственной услуги "Постановка на очередь детей дошкольного возраста (до 6 лет) для направления в дошкольные организации".</w:t>
+Кезекке қою туралы хабарлама беру (ерікті нысанда) немесе осы "Мектепке дейінгі ұйымдарға жіберу үшін мектеп жасына дейінгі балаларды (6 жасқа дейін) кезекке қою" мемлекеттік қызмет көрсетуге қойылатын негізгі талаптар тізілімінің 9-тармағында белгіленген негіздер бойынша мемлекеттік қызметті көрсетуден бас тарту туралы дәлелді жауап.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3299,87 +3355,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Размер оплаты, взимаемой с услугополучателя при оказании государственной услуги, и способы ее взимания в случаях, предусмотренных законодательством Республики Казахстан</w:t>
+Мемлекеттік қызмет көрсету кезінде көрсетілетін қызметті алушыдан алынатын төлем мөлшері және Қазақстан Республикасының заңнамасында көзделген жағдайларда оны алу тәсілдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Государственная услуга физическим лицам оказывается бесплатно. </w:t>
+              <w:t>
+Мемлекеттік қызмет жеке тұлғаларға тегін көрсетіледі.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3412,331 +3468,249 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-График работы</w:t>
+Жұмыс кестесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z82" w:id="57"/>
-[...258 lines deleted...]
-3) на портале: www.egov.kz.</w:t>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) көрсетілетін қызметті берушіде: Қазақстан Республикасының еңбек заңнамасына сәйкес мереке күндерін қоспағанда, көрсетілетін қызметті берушінің белгіленген жұмыс кестесі бойынша дүйсенбі – жұма аралығында сағат 13.00-ден 14.30-ға дейінгі түскі үзіліспен сағат 09.00-ден 18.30-ға дейін.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өтініштерді қабылдау және мемлекеттік қызмет көрсету нәтижесін беру сағат 13.00-ден 14.30-ға дейінгі түскі үзіліспен сағат 09.00-ден 17.30-ға дейін жүзеге асырылады.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік қызмет алдын ала жазылусыз және жеделдетіп қызмет көрсетусіз кезек күту тәртібімен көрсетіледі;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) Мемлекеттік корпорацияда және ақпарат объектілерінде: Қазақстан Республикасының еңбек заңнамасына сәйкес мереке күндерін қоспағанда, белгіленген жұмыс кестесі бойынша дүйсенбі мен сенбіні қоса алғанда түскі үзіліссіз сағат 09.00-ден 20.00-ге дейін.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қабылдау "электронды" кезек тәртібінде жеделдетіп қызмет көрсетусіз көрсетілетін қызметті алушының таңдауы бойынша жүзеге асырылады, электронды кезекті портал арқылы броньдауға болады;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) портал: жөндеу жұмыстарын жүргізуге байланысты техникалық үзілістерді қоспағанда, тәулік бойы (көрсетілетін қызметті алушы жұмыс уақыты аяқталғанда жүгінгенде, Қазақстан Республикасында еңбек заңына сәйкес демалыс және мереке күндерін қоспағанда, өтініштерді қабылдау және мемлекеттік қызметті көрсету нәтижелері келесі жұмыс күнінде беріледі).</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік қызмет көрсету орындарының мекенжайлары:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) Министрліктің www. edu. gov. kz интернет-ресурсында;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) www. gov4c. kz Мемлекеттік корпорациясында;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) www. egov. kz порталында орналастырылған.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3769,575 +3743,449 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Перечень документов и сведений, истребуемых у услугополучателя для оказания государственной услуги</w:t>
+Мемлекеттік қызмет</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+көрсету үшін көрсетілетін қызметті алушыдан талап етілетін құжаттар мен мәліметтердің тізбесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z91" w:id="58"/>
-[...502 lines deleted...]
-Услугодатели получают цифровые документы из сервиса цифровых документов через реализованную интеграцию при условии согласия владельца документа, предоставленного посредством зарегистрированного на портале абонентского номера сотовой связи пользователя путем передачи одноразового пароля или путем отправления короткого текстового сообщения в качестве ответа на уведомление портала.</w:t>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көрсетілетін қызметті берушіге немесе Мемлекеттік корпорацияға жүгінген кезде:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+1) "Мектепке дейінгі білім беру саласында мемлекеттік қызметтер көрсету қағидаларын бекіту туралы" Қазақстан Республикасы Білім және ғылым министрінің 2020 жылғы 19 маусымдағы № 254 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бұйрығымен</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 20883 болып тіркелген) бекітілген Мектепке дейінгі білім беру саласында мемлекеттік қызметтер көрсету қағидаларына (бұдан әрі - Қағидалар) 1 және 5-қосымшаларға сәйкес нысан бойынша өтініштер;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) баланың туу туралы куәлігі немесе цифрлық құжаттар сервисінен электрондық құжат (сәйкестендіру үшін);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) көрсетілетін қызметті алушының (ата-анасының бірінің немесе заңды өкілінің) жеке басын куәландыратын құжат немесе цифрлық құжаттар сервисінен электрондық құжат (сәйкестендіру үшін);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) әскери қызметкердің немесе арнаулы мемлекеттік орган қызметкерінің жұмыс орнынан берілген, мөр басылған және уәкілетті тұлғаның қолы қойылған анықтама (бар болған жағдайда) (берілген күннен бастап бір ай ішінде жарамды);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) білім беру ұйымы басшысының мөрімен және қолымен расталған педагогтің жұмыс орнынан анықтама (берілген күннен бастап бір ай ішінде жарамды), дипломның сканерленген көшірмесі;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6) ерекше білім беруді қажет ететін балалар үшін психологиялық-медициналық-педагогикалық консультацияның қорытындысы (бар болған жағдайда);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7) фтизиатр-дәрігердің қорытындысы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8) мектепке дейінгі ұйымға бірінші кезекте орын алу құқығын растайтын құжаттар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көрсетілетін қызметті беруші немесе Мемлекеттік корпорацияның қызметкері жеке басын куәландыратын құжаттар, баланың туу туралы куәлігі, мектепке дейінгі ұйымға бірінші кезекте орын алу құқығын растайтын құжат туралы мәліметтерді тиісті мемлекеттік ақпараттық жүйелерден "электрондық үкімет" шлюзі арқылы алады.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көрсетілетін қызметті беруші немесе Мемлекеттік корпорацияның қызметкері Қазақстан Республикасының заңдарында өзгеше көзделмесе, мемлекеттік қызметті көрсету кезінде ақпараттық жүйелердегі заңмен қорғалатын құпиясы бар мәліметтерді пайдалануға келісім алады.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Порталға жүгінген жағдайда:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) Қағидаларға 1 және 5-қосымшаларға сәйкес нысан бойынша мемлекеттік көрсетілетін қызметті алушының ЭЦҚ қойылған электрондық құжат нысанындағы өтініштері;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) әскери қызметкердің немесе арнаулы мемлекеттік орган қызметкерінің жұмыс орнынан берілген, мөр басылған және уәкілетті тұлғаның қолы қойылған анықтаманың (бар болған жағдайда) (берілген күннен бастап бір ай ішінде жарамды) сканерленген көшірмесі;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) білім беру ұйымы басшысының мөрімен және қолымен расталған педагогтің жұмыс орнынан анықтама (берілген күннен бастап бір ай ішінде жарамды), дипломның сканерленген көшірмесі;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) ерекше білім беруді қажет ететін балалар үшін психологиялық-медициналық-педагогикалық консультация қорытындысының (бар болғанда) сканерленген көшірмесі;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) фтизиатр дәрігердің жолдамасы.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Порталға жүгінген кезде: электронды сұрау салу көрсетілетін қызметті алушының ЭЦҚ-мен куәландырылған электрондық құжат нысанында немесе бір реттік пароль енгізу арқылы жүзеге асырылады.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жеке басын куәландыратын құжаттар, баланың туу туралы куәлігі, мектепке дейінгі ұйымға бірінші кезекте орын алу құқығын растайтын құжат туралы мәліметтерді көрсетілетін қызметті алушы тиісті мемлекеттік ақпараттық жүйелерден "электрондық үкімет" шлюзі арқылы алады. Көрсетілетін қызметті берушілер цифрлық құжаттарды "электрондық үкімет" веб-порталында тіркелген пайдаланушының ұялы байланысының абоненттік нөмірі арқылы ұсынылған құжат иесінің келісімі болған жағдайда, іске асырылған интеграция арқылы цифрлық құжаттар сервисінен бір реттік парольді беру арқылы немесе "электрондық үкімет" веб-порталының хабарламасына жауап ретінде қысқа мәтіндік хабарлама жіберу арқылы алады.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4370,183 +4218,253 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Основания для отказа в оказании государственной услуги, установленные законодательством Республики Казахстан</w:t>
+Қазақстан Республикасының заңнамасында белгіленген мемлекеттік қызмет көрсетуден бас тарту үшін негіздер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z108" w:id="59"/>
-[...110 lines deleted...]
-4) представление услугополучателем неполного пакета документов согласно перечню, предусмотренному подзаконным нормативным правовым актом, определяющим порядок оказания государственной услуги, и (или) документов с истекшим сроком действия.</w:t>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) көрсетілетін қызметті алушының мемлекеттік көрсетілетін қызметті алу үшін ұсынған құжаттардың және (немесе) олардағы деректердің (мәліметтердің) анық еместігін анықтау;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) көрсетілетін қызметті алушының және (немесе) мемлекеттік қызметті көрсету үшін қажетті ұсынылған материалдардың, объектілердің, деректердің және мәліметтердің Қазақстан Республикасының нормативтік құқықтық актілерінде белгіленген талаптарға сәйкес келмеуі;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+3) көрсетілетін қызметті алушының мемлекеттік қызмет көрсету үшін талап етілетін, "Дербес деректер және оларды қорғау туралы" Қазақстан Республикасы Заңының </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>8-бабына</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сәйкес берілетін қолжетімділігі шектеулі дербес деректерге қол жеткізуге келісімінің болмауы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) көрсетілетін қызметті алушы мемлекеттік қызмет көрсету тәртібін айқындайтын заңға тәуелді нормативтік құқықтық актіде көзделген тізбеге сәйкес құжаттардың толық топтамасын ұсынбаған және (немесе) қолданылу мерзімі өтіп кеткен құжаттарды ұсынған жағдайда.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) мемлекеттік көрсетілетін қызметті алу үшін көрсетілетін қызметті алушы ұсынған құжаттардың және (немесе) олардағы деректердің (мәліметтердің) дұрыс еместігінің анықталуы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) көрсетілетін қызметті алушының және (немесе) мемлекеттік қызметті көрсету үшін қажетті ұсынылған материалдардың, объектілердің, деректер мен мәліметтердің Қазақстан Республикасының нормативтік құқықтық актілерінде белгіленген талаптарға сәйкес келмеуі;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+3) көрсетілетін қызметті алушының мемлекеттік қызмет көрсету үшін талап етілетін, "Дербес деректер және оларды қорғау туралы" Қазақстан Республикасы Заңының </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>8-бабына</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сәйкес берілетін қолжетімділігі шектеулі дербес деректерге қол жеткізуге келісімі болмауы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) көрсетілетін қызметті алушы мемлекеттік қызмет көрсету тәртібін айқындайтын заңға тәуелді нормативтік құқықтық актіде көзделген тізбеге сәйкес құжаттардың топтамасын толық ұсынбаған және (немесе) қолданылу мерзімі өтіп кеткен құжаттарды ұсыну.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4579,293 +4497,231 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Иные требования с учетом особенностей оказания государственной услуги, в том числе оказываемой в электронной форме и через Государственную корпорацию</w:t>
+Мемлекеттік қызмет көрсетудің, оның ішінде электронды нысанда және Мемлекеттік корпорациясы арқылы көрсетілетін қызметтердің ерекшеліктерін ескере отырып қойылатын өзге де талаптар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z112" w:id="60"/>
-[...220 lines deleted...]
-Для использования цифрового документа необходимо пройти авторизацию в мобильном приложении с использованием электронно-цифровой подписи или одноразового пароля, далее перейти в раздел "Цифровые документы" и выбрать необходимый документ.</w:t>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көрсетілетін қызметті берушіге немесе Мемлекеттік корпорацияға құжаттар топтамасын тапсыру үшін күтудің рұқсат етілген ең ұзақ уақыты – 15 минут.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көрсетілетін қызметті берушінің немесе Мемлекеттік корпорацияның қызмет көрсетуінің рұқсат етілген ең ұзақ уақыты – 30 минут.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бірыңғай байланыс орталығының 1414, 8 800 080 7777 нөмірлеріне жүгінген, организм функцияларының тіршілік әрекетін шектейтін денсаулығы тұрақты бұзылған көрсетілетін қызметті алушыларға мемлекеттік қызметті көрсету үшін құжат қабылдауды Мемлекеттік корпорацияның қызметкері олардың тұрғылықты жеріне барып жүргізеді.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Егер баланың мектепке дейінгі ұйымда болуына кедергі келтіретін медициналық қарсы көрсетілімдер болса, онда ол мектепке дейінгі ұйымға қабылданбайды.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көрсетілетін қызметті алушы мемлекеттік қызмет көрсету тәртібі және мәртебесі туралы ақпаратты қашықтықтан қол жеткізу тәртібінде порталдың "жеке кабинеті", көрсетілетін қызметті берушінің интернет-ресурсы, мемлекеттік қызметті көрсету мәселелері жөніндегі анықтама қызметтері, сондай-ақ бірыңғай байланыс орталығы арқылы алады. Мемлекеттік қызмет көрсету мәселелері жөніндегі анықтама қызметтерінің байланыс телефондары Министрліктің www. edu. gov. kz интернет-ресурсында "Мемлекеттік көрсетілетін қызмет" бөлімінде көрсетілген.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік қызмет көрсету мәселелері жөніндегі бірыңғай байланыс орталығы: 1414, 8-800-080-7777.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көрсетілетін қызметті алушының таңдауы бойынша мемлекеттік қызмет "Бала тууды тіркеу, оның ішінде азаматтық хал актілері жазбаларына өзгерістер, толықтырулар мен түзетулер енгізу" мемлекеттік көрсетілетін қызметімен жиынтықта "бір өтініш" қағидаты бойынша көрсетіледі.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Цифрлық құжаттар сервисі мобильді қосымшада авторландырылған пайдаланушылар үшін қолжетімді.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Цифрлық құжатты пайдалану үшін электрондық-цифрлық қолтаңбаны немесе бір реттік парольді пайдалана отырып, мобильді қосымшада авторландырудан өту, одан әрі "Цифрлық құжаттар" бөліміне өтіп, қажетті құжатты таңдау қажет.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -4904,51 +4760,64 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 2 к приказу</w:t>
+              <w:t xml:space="preserve">Бұйрыққа </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -4969,622 +4838,564 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 3</w:t>
+              <w:t>Мектепке дейінгі білім</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>к Правилам оказания</w:t>
+              <w:t>беру саласында мемлекеттік</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>государственных услуг в сфере</w:t>
+              <w:t>қызметтер көрсету</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>дошкольного образования</w:t>
+              <w:t>қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>3-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>____________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>(фамилия, имя, отчество</w:t>
+              <w:t xml:space="preserve">(тегі, аты, әкесінің аты </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>(при его наличии)</w:t>
+              <w:t>(бар болғанда)</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>____________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>(адрес услугополучателя)</w:t>
+              <w:t xml:space="preserve">(көрсетілетін қызметті </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>алушының мекен-жайы)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z128" w:id="61"/>
+    <w:bookmarkStart w:name="z32" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">                                Расписка об отказе в приеме документов</w:t>
-[...9 lines deleted...]
-      <w:bookmarkStart w:name="z129" w:id="62"/>
+        <w:t xml:space="preserve"> Құжаттарды қабылдаудан бас тарту туралы қолхат</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Руководствуясь </w:t>
-[...213 lines deleted...]
-    <w:bookmarkStart w:name="z133" w:id="64"/>
+      "Мемлекеттік көрсетілетін қызметтер туралы" Қазақстан Республикасы Заңының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>20-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-тармағын басшылыққа ала отырып, "Азаматтарға арналған үкімет" мемлекеттік корпорациясы" коммерциялық емес акционерлік қоғамы филиалының № ___ бөлімі (мекенжайын көрсету) Мектепке дейінгі білім беру саласында мемлекеттік қызметтер көрсету қағидаларына 2-қосымшаның 8-тармағында қарастырылған тізбеге сәйкес Сіздің толық емес құжаттар топтамасын ұсынуыңызға және (немесе) жарамдылық мерзімі өткен құжаттарды тапсыруыңызға, атап айтқанда, (жоқ құжаттардың атауы):</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) ________________________________________;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z134" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) ________________________________________;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z135" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) ________________________________________.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z136" w:id="67"/>
+      3) ________________________________________</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Настоящая расписка составлена в двух экземплярах, по одному для каждой стороны.</w:t>
-[...9 lines deleted...]
-      <w:bookmarkStart w:name="z137" w:id="68"/>
+      байланысты ______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      _________________________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Исполнитель: ___________________________________________________</w:t>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z138" w:id="69"/>
+      (мемлекеттік көрсетілетін қызметтің атауын көрсету)</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Подпись _____________</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z139" w:id="70"/>
+      мемлекеттік қызметті көрсетуге құжаттарды қабылдаудан бас тартады.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Телефон ___________________________________</w:t>
-[...9 lines deleted...]
-      <w:bookmarkStart w:name="z140" w:id="71"/>
+      Осы қолхат әр тарапқа бір-біреуден 2 данада жасалды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Орындаушы: ______________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Получил: _______________________________________________________</w:t>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z141" w:id="72"/>
+                        (тегі, аты, әкесінің аты (бар болғанда)</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Подпись ____________ "____" _________ 20____ год</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="72"/>
+      Қолы _________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Телефон _____________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Қабылдады: ______________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+                        (тегі, аты, әкесінің аты (бар болғанда)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қолы __________________ "____" _________ 20____ жыл</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -5618,51 +5429,64 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 3 к приказу</w:t>
+              <w:t xml:space="preserve">Бұйрыққа </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -5683,173 +5507,166 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 4</w:t>
+              <w:t>Мектепке дейінгі білім беру</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>к Правилам оказания</w:t>
+              <w:t xml:space="preserve">саласында мемлекеттік </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>государственных услуг в сфере</w:t>
+              <w:t xml:space="preserve">қызметтер көрсету </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>дошкольного образования</w:t>
+              <w:t>қағидаларына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z147" w:id="73"/>
-[...34 lines deleted...]
-"Прием документов и зачисление детей в дошкольные организации"</w:t>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Мектепке дейінгі ұйымдарға құжаттарды қабылдау және балаларды қабылдау" мемлекеттік қызмет көрсетуге қойылатын негізгі талаптар тізілімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5882,87 +5699,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Наименование услугодателя</w:t>
+Көрсетілетін қызметті берушінің атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Дошкольные организации всех видов (далее –услугодатель)</w:t>
+Мектепке дейінгі ұйымдардың барлық түрлері (бұдан әрі – көрсетілетін қызметті беруші)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5995,87 +5812,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Способы предоставления государственной услуги</w:t>
+Мемлекеттік қызметті ұсыну тәсілдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Прием и выдача документов для оказания государственной услуги осуществляются через канцелярию услугодателя, веб-портал "электронного правительства" (далее – портал).</w:t>
+Мемлекеттік қызметті көрсету үшін құжаттарды қабылдау және беру көрсетілетін қызметті берушінің кеңсесі, "электрондық үкімет" веб-порталы (бұдан әрі - портал) арқылы жүзеге асырылады.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6108,51 +5925,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сроки оказания государственной услуги</w:t>
+Мемлекеттік қызметті көрсету мерзімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6221,87 +6038,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Форма оказания государственной услуги</w:t>
+Мемлекеттік қызметті көрсету нысаны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Электронная (частично автоматизированная)/ бумажная.</w:t>
+Электрондық (ішінара автоматтандырылған)/ қағаз түрінде.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6334,87 +6151,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Результат оказания государственной услуги</w:t>
+Мемлекеттік қызметті көрсету нәтижесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Зачисление ребенка в дошкольную организацию на основании заключенного договора между дошкольной организацией и одним из родителей или законным представителем ребенка либо мотивированный ответ об отказе в оказании государственной услуги.</w:t>
+Мектепке дейінгі ұйым мен баланың ата-анасының бірі немесе заңды өкілі араcында жасалған келісім шарт негізінде баланы мектепке дейінгі ұйымға қабылдау немесе мемлекеттік қызмет көрсетуден бас тарту туралы дәлелді жауап.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6447,87 +6264,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Размер оплаты, взимаемой с услугополучателя при оказании государственной услуги, и способы ее взимания в случаях, предусмотренных законодательством Республики Казахстан</w:t>
+Мемлекеттік қызметті көрсету кезінде көрсетілетін қызметті алушыдан алынатын төлем мөлшері және Қазақстан Республикасының заңнамасында көзделген жағдайларда оны алу тәсілдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Государственная услуга физическим лицам оказывается бесплатно.</w:t>
+Мемлекеттік қызмет жеке тұлғаларға тегін көрсетіледі.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6560,247 +6377,195 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-График работы</w:t>
+Жұмыс кестесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z148" w:id="74"/>
-[...174 lines deleted...]
-2) на портале: www.egov.kz.</w:t>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) көрсетілетін қызметті берушінің: Қазақстан Республикасының еңбек заңнамасына сәйкес мереке күндерін қоспағанда, дүйсенбі мен жұма аралығында көрсетілетін қызметті берушінің белгілеген жұмыс кестесіне сәйкес сағат 13.00-ден 14.00-ге дейінгі түскі үзіліспен сағат 09.00-ден 18.00-ге дейін.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өтініштерді қабылдау және мемлекеттік қызмет көрсету нәтижелерін беру сағат 13.00-ден 14.00-ге дейінгі түскі үзіліспен сағат 09.00-ден 17.30-ға дейін жүзеге асырылады.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік қызмет алдын ала жазылусыз және жеделдетіп қызмет көрсетусіз кезек күту тәртібімен көрсетіледі;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) порталда: жөндеу жұмыстарын жүргізуге байланысты техникалық үзілістерді қоспағанда, тәулік бойы (көрсетілетін қызметті алушы жұмыс уақыты аяқталғанан кейін жүгінген кезде, Қазақстан Республикасында еңбек заңына сәйкес демалыс және мереке күндерін қоспағанда, өтініштерді қабылдау және мемлекеттік қызметті көрсету нәтижелері келесі жұмыс күнінде беріледі).</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік қызмет көрсету орындарының мекенжайлары:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) Министрліктің www. edu. gov. kz интернет-ресурсында;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) www. egov. kz. порталында орналастырылған.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6833,587 +6598,511 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Перечень документов и сведений, истребуемых у услугополучателя для оказания государственной услуги</w:t>
+Мемлекеттік қызмет</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+көрсету үшін көрсетілетін қызметті алушыдан талап етілетін құжаттар мен мәліметтердің тізбесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z154" w:id="75"/>
-[...514 lines deleted...]
-Услугодатели получают цифровые документы из сервиса цифровых документов через реализованную интеграцию при условии согласия владельца документа, предоставленного посредством зарегистрированного на портале абонентского номера сотовой связи пользователя путем передачи одноразового пароля или путем отправления короткого текстового сообщения в качестве ответа на уведомление портала.</w:t>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+көрсетілетін қызметті берушіге:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) қабылдауға арналған жолдама (берілген күннен бастап бес жұмыс күні ішінде жарамды);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+2) "Мектепке дейінгі білім беру саласында мемлекеттік қызметтер көрсету қағидаларын бекіту туралы" Қазақстан Республикасы Білім және ғылым министрінің 2020 жылғы 19 маусымдағы № 254 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бұйрығымен</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 20883 болып тіркелген) бекітілген Мектепке дейінгі білім беру саласында мемлекеттік қызметтер көрсету қағидаларына (бұдан әрі - Қағидалар) 5-қосымшаға сәйкес нысан бойынша өтініш;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) көрсетілетін қызметті алушының (ата-анасының бірінің немесе заңды өкілінің) жеке басын куәландыратын құжат немесе цифрлық құжаттар сервисінен электрондық құжат (сәйкестендіру үшін);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) баланың туу туралы куәлігі немесе цифрлық құжаттар сервисінен алынған электрондық құжат (сәйкестендіру үшін);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+5) "Денсаулық сақтау ұйымдарының бастапқы медициналық құжаттама нысандарын бекіту туралы" Қазақстан Республикасы Денсаулық сақтау министрінің міндетін атқарушының 2020 жылғы 30 қазандағы № ҚР ДСМ-175/2020 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бұйрығымен</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 21579 болып тіркелген) бекітілген № 065/е нысанды профилактикалық екпелердің картасы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+6) "Денсаулық сақтау ұйымдарының бастапқы медициналық құжаттама нысандарын бекіту туралы" Қазақстан Республикасы Денсаулық сақтау министрінің міндетін атқарушының 2020 жылғы 30 қазандағы № ҚР ДСМ-175/2020 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бұйрығымен</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 21579 болып тіркелген) бекітілген № 027/е нысанды анықтама;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7) психологиялық-медициналық-педагогикалық консультацияның қорытындысы (ерекше білім беруді қажет ететін балалар үшін).</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Порталға:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) мектепке дейінгі ұйымға қабылдауға арналған жолдама (берілген күннен бастап бес жұмыс күні ішінде жарамды);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) Қағидаларға 5-қосымшаға сәйкес нысан бойынша өтініш;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) ата-анасының немесе заңды өкілдерінің бірінің жеке басын куәландыратын құжат (сәйкестендіру үшін);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) баланың тууын куәландыратын құжат (сәйкестендіру үшін);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+5) "Денсаулық сақтау ұйымдарының бастапқы медициналық құжаттама нысандарын бекіту туралы" Қазақстан Республикасы Денсаулық сақтау министрінің міндетін атқарушының 2020 жылғы 30 қазандағы № ҚР ДСМ-175/2020 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бұйрығымен</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 21579 болып тіркелген) бекітілген № 065/е нысанды профилактикалық екпелердің картасы (электрондық көшірме);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+6) "Денсаулық сақтау ұйымдарының бастапқы медициналық құжаттама нысандарын бекіту туралы" Қазақстан Республикасы Денсаулық сақтау министрінің міндетін атқарушының 2020 жылғы 30 қазандағы № ҚР ДСМ-175/2020 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бұйрығымен</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 21579 болып тіркелген) бекітілген № 027/е нысанды анықтама (электрондық көшірме);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7) психологиялық-медициналық-педагогикалық консультацияның қорытындысы (ерекше білім беруді қажет ететін балалар үшін) (бар болғанда сканерленген көшірмесі).</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тиісті мемлекеттік органдар шектеу іс-шараларын жүзеге асырған, төтенше жағдайлар енгізілген, белгілі бір аумақта әлеуметтік, табиғи және техногендік сипаттағы төтенше жағдайлар туындаған жағдайларда, осы аумақта тұратын көрсетілетін қызметті алушылар шектеу іс-шараларының алынуына, төтенше жағдайлар қолданысының тоқтатылуына қарай осы тармақтың бірінші абзацының 4), 5) және 6) тармақшаларында және екінші абзацының 4), 5) және 6) тармақшаларында көрсетілген құжаттарды тікелей білім беру ұйымдарына ұсынады.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көрсетілетін қызметті берушілер цифрлық құжаттарды "электрондық үкімет" веб-порталында тіркелген пайдаланушының ұялы байланысының абоненттік нөмірі арқылы ұсынылған құжат иесінің келісімі болған жағдайда, іске асырылған интеграция арқылы цифрлық құжаттар сервисінен бір реттік парольді беру арқылы немесе "электрондық үкімет" веб-порталының хабарламасына жауап ретінде қысқа мәтіндік хабарлама жіберу арқылы алады.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7446,183 +7135,161 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Основания для отказа в оказании государственной услуги, установленные законодательством Республики Казахстан</w:t>
+Қазақстан Республикасының заңнамасында белгіленген мемлекеттік қызметті көрсетуден бас тарту үшін негіздер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z170" w:id="76"/>
-[...110 lines deleted...]
-4) представление услугополучателем неполного пакета документов согласно перечню, предусмотренному подзаконным нормативным правовым актом, определяющим порядок оказания государственной услуги, и (или) документов с истекшим сроком действия.</w:t>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) көрсетілетін қызметті алушының мемлекеттік көрсетілетін қызметті алу үшін ұсынған құжаттардың және (немесе) олардағы деректердің (мәліметтердің) анық еместігін анықтау;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) көрсетілетін қызметті алушының және (немесе) мемлекеттік қызметті көрсету үшін қажетті ұсынылған материалдардың, объектілердің, деректердің және мәліметтердің Қазақстан Республикасының нормативтік құқықтық актілерінде белгіленген талаптарға сәйкес келмеуі;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+3) көрсетілетін қызметті алушының мемлекеттік қызмет көрсету үшін талап етілетін, "Дербес деректер және оларды қорғау туралы" Қазақстан Республикасы Заңының </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>8-бабына</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сәйкес берілетін қолжетімділігі шектеулі дербес деректерге қол жеткізуге келісімінің болмауы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) көрсетілетін қызметті алушы мемлекеттік қызмет көрсету тәртібін айқындайтын заңға тәуелді нормативтік құқықтық актіде көзделген тізбеге сәйкес құжаттардың толық топтамасын ұсынбаған және (немесе) қолданылу мерзімі өтіп кеткен құжаттарды ұсынған жағдайда.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7655,219 +7322,141 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Иные требования с учетом особенностей оказания государственной услуги, в том числе оказываемой в электронной форме и через Государственную корпорацию</w:t>
+Мемлекеттік қызметті, оның ішінде электрондық нысанда және Мемлекеттік корпорация арқылы көрсету ерекшеліктері ескеріле отырып, қойылатын өзге де талаптар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z173" w:id="77"/>
-[...146 lines deleted...]
-Сервис цифровых документов доступен для пользователей, авторизованных в мобильном приложении. Для использования цифрового документа необходимо пройти авторизацию в мобильном приложении с использованием электронно-цифровой подписи или одноразового пароля, далее перейти в раздел "Цифровые документы" и выбрать необходимый документ.</w:t>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Құжаттарды тапсыру үшін күтудің рұқсат етілген ең ұзақ уақыты – 15 минут. Қызмет көрсетудің рұқсат етілген ең ұзақ уақыты – 15 минут. Көрсетілетін қызметті алушы мемлекеттік қызмет көрсету тәртібі мен мәртебесі туралы ақпаратты қашықтықтан қол жеткізу режимінде порталдың "жеке кабинеті", көрсетілетін қызметті берушінің интернет-ресурсы, мемлекеттік қызмет көрсету мәселелері жөніндегі анықтамалық қызметтер, сондай-ақ Бірыңғай байланыс орталығы арқылы алады.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік қызмет көрсету мәселелері жөніндегі анықтама қызметтерінің байланыс телефондары Министрліктің www. edu. gov. kz интернет-ресурсында "Мемлекеттік көрсетілетін қызмет" бөлімінде көрсетілген.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік қызмет көрсету мәселелері жөніндегі бірыңғай байланыс орталығының телефондары: 1414, 8-800-080-7777.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Цифрлық құжаттар сервисі мобильді қосымшада авторландырылған пайдаланушылар үшін қолжетімді. Цифрлық құжатты пайдалану үшін электрондық-цифрлық қолтаңбаны немесе бір реттік парольді пайдалана отырып, мобильді қосымшада авторландырудан өту, одан әрі "Цифрлық құжаттар" бөліміне өтіп, қажетті құжатты таңдау қажет.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -7906,51 +7495,64 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 4 к приказу</w:t>
+              <w:t xml:space="preserve">Бұйрыққа </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -7971,94 +7573,143 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 5</w:t>
+              <w:t>Мектепке дейінгі білім беру</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>к Правилам оказания</w:t>
+              <w:t xml:space="preserve">саласында мемлекеттік </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>государственных услуг в сфере</w:t>
+              <w:t xml:space="preserve">қызметтер көрсету </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>дошкольного образования</w:t>
+              <w:t>қағидаларына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Нысан</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -8075,594 +7726,364 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Форма</w:t>
+              <w:t>____________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>(мектепке дейінгі ұйым)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>____________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>(дошкольная организация)</w:t>
+              <w:t xml:space="preserve">(тегі, аты, әкесінің аты </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>от__________________________</w:t>
-[...25 lines deleted...]
-              <w:t>(при его наличии)</w:t>
+              <w:t>(бар болса)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Мен, ____________________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-</w:t>
-[...8 lines deleted...]
-      <w:bookmarkStart w:name="z190" w:id="78"/>
+                        (тегі, аты, әкесінің аты (бар болса)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Я, ________________________________________________________________________</w:t>
-[...196 lines deleted...]
-    <w:bookmarkStart w:name="z191" w:id="79"/>
+      1) дербес деректерді үшінші тұлғаларға беруді;</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) передачу персональных данных третьим лицам;</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z192" w:id="80"/>
+      2) дербес деректерді өңдеу процесінде оларды трансшекаралық беруді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) дербес деректерді жалпыға қолжетімді көздерде таратуды қамти отырып, "Дербес деректер және оларды қорғау туралы" Қазақстан Республикасы Заңының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>8-бабына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес мемлекеттік қызмет көрсету үшін талап етілетін, "Мектепке дейінгі білім беру саласында мемлекеттік қызметтер көрсету қағидаларын бекіту туралы" Қазақстан Республикасы Білім және ғылым министрінің 2020 жылғы 19 маусымдағы № 254 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығымен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 20883 болып тіркелген) бекітілген Мектепке дейінгі білім беру саласында мемлекеттік қызметтер көрсету қағидаларына 2 және 4-қосымшаларының 8-тармағына сәйкес қолжетімділігі шектеулі дербес деректерге қол жеткізу үшін келісім беремін.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) трансграничную передачу персональных данных в процессе их обработки;</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z193" w:id="81"/>
+      Мемлекеттік қызметтер көрсету кезінде ұсынылатын құжаттардың дұрыстығын растау үшін талап етілетін өзге де мәліметтерді қамтитын қолжетімділігі шектеулі дербес деректерге қол жеткізуге келісемін.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) распространение персональных данных в общедоступных источниках.</w:t>
-[...9 lines deleted...]
-      <w:bookmarkStart w:name="z194" w:id="82"/>
+      Осы келісім мемлекеттік қызмет көрсету нәтижесін алғанға дейін барлық кезең ішінде қолданылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      _______________ _______________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Согласен(а) на доступ к персональным данным ограниченного доступа, включающие</w:t>
-[...108 lines deleted...]
-        <w:t xml:space="preserve">        (подпись)              (фамилия, имя, отчество (при его наличии)</w:t>
+      (қолы)             (тегі, аты, әкесінің аты (бар болса)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
-					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
+					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>