--- v0 (2025-10-10)
+++ v1 (2025-11-29)
@@ -6,5217 +6,7290 @@
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6657"/>
-        <w:gridCol w:w="4146"/>
+        <w:gridCol w:w="6674"/>
+        <w:gridCol w:w="4129"/>
       </w:tblGrid>
-      <w:tr w:rsidR="004708D1" w:rsidRPr="00D93868" w:rsidTr="001F168F">
+      <w:tr w:rsidR="009D2A5A" w:rsidRPr="00932F14" w:rsidTr="00932F14">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6657" w:type="dxa"/>
+            <w:tcW w:w="6674" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004708D1" w:rsidRPr="00D93868" w:rsidRDefault="00B73A92">
+          <w:p w:rsidR="009D2A5A" w:rsidRPr="00976813" w:rsidRDefault="002F0FEE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D93868">
+            <w:r w:rsidRPr="00976813">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4146" w:type="dxa"/>
+            <w:tcW w:w="4129" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004708D1" w:rsidRPr="00D93868" w:rsidRDefault="00B73A92">
+          <w:p w:rsidR="009D2A5A" w:rsidRPr="00976813" w:rsidRDefault="002F0FEE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00D93868">
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00976813">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00D93868">
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Приложение 10 к Приказу</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00976813">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00D93868">
+            <w:r w:rsidRPr="00976813">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00D93868">
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Министра образования и науки</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00976813">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00D93868">
+            <w:r w:rsidRPr="00976813">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00D93868">
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00976813">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00D93868">
+            <w:r w:rsidRPr="00976813">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...15 lines deleted...]
-              <w:t>10-қосымша</w:t>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от 24 апреля 2020 года № 158</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="004708D1" w:rsidRPr="00D93868" w:rsidRDefault="00B73A92">
+    <w:p w:rsidR="009D2A5A" w:rsidRPr="00976813" w:rsidRDefault="002F0FEE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="z265"/>
-      <w:r w:rsidRPr="00D93868">
+      <w:bookmarkStart w:id="0" w:name="z680"/>
+      <w:r w:rsidRPr="00976813">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-        <w:t xml:space="preserve"> "Жалпы білім беретін мектептердегі білім алушылар мен тәрбиеленушілердің жекелеген санаттарына тегін және жеңілдетілген тамақтандыруды ұсыну" мемлекеттік қызметті көрсету қағидалары</w:t>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правила оказания государственной услуги "Предоставление бесплатного и льготного питания отдельным категориям обучающихся и воспитанников в общеобразовательных школах"</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004708D1" w:rsidRPr="00D93868" w:rsidRDefault="00B73A92">
+    <w:p w:rsidR="009D2A5A" w:rsidRPr="00976813" w:rsidRDefault="002F0FEE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="1" w:name="z266"/>
+      <w:bookmarkStart w:id="1" w:name="z681"/>
       <w:bookmarkEnd w:id="0"/>
-      <w:r w:rsidRPr="00D93868">
+      <w:r w:rsidRPr="00976813">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> Жалпы ережелер</w:t>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004708D1" w:rsidRPr="00D93868" w:rsidRDefault="00B73A92">
+    <w:p w:rsidR="009D2A5A" w:rsidRPr="00976813" w:rsidRDefault="002F0FEE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="2" w:name="z267"/>
+      <w:bookmarkStart w:id="2" w:name="z682"/>
       <w:bookmarkEnd w:id="1"/>
-      <w:r w:rsidRPr="00D93868">
-[...6 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Настоящие Правила оказания государственной услуги "Предоставление бесплатного и льготного питания отдельным категориям обучающихся и воспитанников в общеобразовательных школах" (далее – Правила) разработаны в соответствии с подпунктом 1) статьи 10 Закона Республики Казахстан от 15 апреля 2013 года "О государственных услугах" (далее - Закон) и определяют порядок предоставления бесплатного и льготного питания отдельным категориям обучающихся и воспитанников в общеобразовательных школах.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
-    <w:p w:rsidR="004708D1" w:rsidRPr="00D93868" w:rsidRDefault="00B73A92">
+    <w:p w:rsidR="009D2A5A" w:rsidRPr="00976813" w:rsidRDefault="002F0FEE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D93868">
+      <w:r w:rsidRPr="00976813">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">      2. Алып тасталды - ҚР Білім және ғылым министрінің 21.02.2022 </w:t>
-[...5 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. Исключен приказом Министра образования и науки РК от 21.02.2022 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>№ 55</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D93868">
+      <w:r w:rsidRPr="00976813">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004708D1" w:rsidRPr="00D93868" w:rsidRDefault="00B73A92">
+    <w:p w:rsidR="009D2A5A" w:rsidRPr="00976813" w:rsidRDefault="002F0FEE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="z269"/>
-      <w:r w:rsidRPr="00D93868">
+      <w:bookmarkStart w:id="3" w:name="z688"/>
+      <w:r w:rsidRPr="00976813">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> Мемлекеттік қызмет көрсету тәртібі</w:t>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. Порядок оказания государственной услуги</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004708D1" w:rsidRPr="00D93868" w:rsidRDefault="00B73A92">
+    <w:bookmarkEnd w:id="3"/>
+    <w:p w:rsidR="009D2A5A" w:rsidRPr="00976813" w:rsidRDefault="009D2A5A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009D2A5A" w:rsidRPr="00976813" w:rsidRDefault="002F0FEE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="4" w:name="z270"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">       3. "Жалпы білім беретін мектептердегі білім алушылар мен тәрбиеленушілердің жекелеген санаттарына тегін және жеңілдетілген тамақтандыруды ұсыну" мемлекеттік көрсетілетін қызметін (бұдан әрі – мемлекеттік көрсетілетін қызмет) алу үшін жеке тұлға (бұдан әрі – көрсетілетін қызметті алушы) облыстардың, Нұр-Сұлтан, Алматы және Шымкент қалаларының, аудандардың және облыстық маңызы бар қалалардың жергілікті атқарушы органдарына, республикалық маңызы бар қалалардың және астананың білім басқармаларына, аудандардағы, облыстық маңызы бар қалалардағы білім бөлімдеріне, білім беру ұйымдарына (бұдан әрі – көрсетілетін қызметті беруші) немесе "электрондық үкіметтің" веб-порталы (бұдан әрі – портал) арқылы осы Қағидаларға 2-қосымшаға сәйкес "Жалпы білім беретін мектептердегі білім алушылар мен тәрбиеленушілердің жекелеген санаттарына тегін және жеңілдікпен тамақтандыруды ұсыну" мемлекеттік қызмет көрсетуге қойылатын негізгі талаптардың тізбесінде (бұдан әрі – мемлекеттік қызмет көрсетуге қойылатын талаптар) көзделген құжаттарды қоса </w:t>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3. </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00D93868">
-[...5 lines deleted...]
-        <w:t>бере</w:t>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Для получения государственной услуги "Предоставление бесплатного и льготного питания отдельным категориям обучающихся и воспитанников в общеобразовательных школах" (далее – государственная услуга) физические лица (далее - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) подают в местные исполнительные органы областей, городов </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Нур-Султан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Алматы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и Шымкент, районов и городов областного значения, управления образования областей, городов республиканского значения и столицы, отделы образования районов, городов областного значения, организации образования (далее – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>) или через</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00D93868">
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> отырып, осы Қағидаларға 1-қосымшаға сәйкес нысан бойынша өтініш береді.</w:t>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>веб-портал</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "электронного правительства" (далее – портал) заявление по форме, согласно приложению 1 к настоящим Правилам с приложением документов, предусмотренных перечнем основных требований к оказанию государственной услуги "Предоставление бесплатного и льготного питания отдельным категориям обучающихся и воспитанников в общеобразовательных школах" (далее – Требования к оказанию государственной услуги), согласно приложению 2 к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:p w:rsidR="004708D1" w:rsidRPr="00D93868" w:rsidRDefault="00B73A92">
+    <w:p w:rsidR="009D2A5A" w:rsidRPr="00976813" w:rsidRDefault="002F0FEE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D93868">
+      <w:r w:rsidRPr="00976813">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00D93868">
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976813">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...6 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Пункт 3 - в редакции приказа Министра просвещения РК от 03.10.2022 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>№ 414</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D93868">
+      <w:r w:rsidRPr="00976813">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...6 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004708D1" w:rsidRPr="00D93868" w:rsidRDefault="00B73A92">
+    <w:p w:rsidR="009D2A5A" w:rsidRPr="00976813" w:rsidRDefault="002F0FEE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="5" w:name="z271"/>
-[...6 lines deleted...]
-        <w:t>      4. Портал арқылы жүгінген жағдайда көрсетілетін қызметті алушының "жеке кабинетіне" мемлекеттік көрсетілетін қызметке сұрау салудың қабылданғаны туралы мәртебе, сондай-ақ мемлекеттік көрсетілетін қызмет нәтижесін алу күні мен уақыты көрсетілген хабарлама жіберіледі.</w:t>
+      <w:bookmarkStart w:id="4" w:name="z690"/>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4. В случае обращения через портал </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в "личный кабинет" направляется статус о принятии запроса на государственную услугу, а также уведомление с указанием даты и времени получения результата государственной услуги.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004708D1" w:rsidRPr="00D93868" w:rsidRDefault="00B73A92">
+    <w:p w:rsidR="009D2A5A" w:rsidRPr="00976813" w:rsidRDefault="002F0FEE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="6" w:name="z272"/>
-[...7 lines deleted...]
-        <w:t>      5. Көрсетілетін қызметті беруші құжаттарды алған сәттен бастап 1 (бір) жұмыс күні ішінде ұсынылған құжаттардың толықтығын тексереді.</w:t>
+      <w:bookmarkStart w:id="5" w:name="z691"/>
+      <w:bookmarkEnd w:id="4"/>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в течение 1 (одного) рабочего дня с момента получения документов, проверяет полноту представленных документов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:p w:rsidR="004708D1" w:rsidRPr="00D93868" w:rsidRDefault="00B73A92">
+    <w:bookmarkEnd w:id="5"/>
+    <w:p w:rsidR="009D2A5A" w:rsidRPr="00976813" w:rsidRDefault="002F0FEE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D93868">
-[...16 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> В случае предоставления </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> неполного пакета документов и (или) документов с истекшим сроком действия </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> дает мотивированный отказ в дальнейшем рассмотрении заявления.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="004708D1" w:rsidRPr="00D93868" w:rsidRDefault="00B73A92">
+    <w:p w:rsidR="009D2A5A" w:rsidRPr="00976813" w:rsidRDefault="002F0FEE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D93868">
+      <w:r w:rsidRPr="00976813">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00D93868">
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976813">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...6 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Пункт 5 - в редакции приказа Министра образования и науки РК от 21.02.2022 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>№ 55</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D93868">
+      <w:r w:rsidRPr="00976813">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...6 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004708D1" w:rsidRPr="00D93868" w:rsidRDefault="00B73A92">
+    <w:p w:rsidR="009D2A5A" w:rsidRPr="00976813" w:rsidRDefault="002F0FEE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="7" w:name="z273"/>
-[...12 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:bookmarkStart w:id="6" w:name="z692"/>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сведения о документах, удостоверяющих личность </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, рождение ребенка, заключение или расторжении брака (при отсутствии сведений в информационной системе "Регистрационный пункт ЗАГС"), о регистрации в качестве безработного, о принадлежности </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>атаулы әлеуметтік көмек алушыларға тиесілілігі туралы, мемлекеттік әлеуметтік көмек алмайтын, жан басына шаққандағы табысы ең төменгі күнкөріс деңгейінің шамасынан төмен адамдардың табыстары туралы мәліметтерді, қорғаншылық және қамқоршылық туралы анықтаманы көрсетілетін қызметті беруші тиісті мемлекеттік ақпараттық жүйелерден "электронды үкімет" шлюзі арқылы алады.</w:t>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (семьи) к получателям государственной адресной социальной помощи, о доходах лиц, не получающих государственную социальную помощь, в которых среднедушевой доход ниже величины прожиточного минимума, справку об опеке и попечительстве (для опекунов) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> получает из соответствующих государственных информационных систем через шлюз "электронного правительства".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-    <w:p w:rsidR="004708D1" w:rsidRPr="00D93868" w:rsidRDefault="00B73A92">
+    <w:bookmarkEnd w:id="6"/>
+    <w:p w:rsidR="009D2A5A" w:rsidRPr="00976813" w:rsidRDefault="002F0FEE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D93868">
-[...16 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> получает согласие </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на использование сведений, составляющих охраняемую законом тайну, содержащихся в информационных системах, при оказании государственной услуги, если иное не предусмотрено законами Республики Казахстан.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="004708D1" w:rsidRPr="00D93868" w:rsidRDefault="00B73A92">
+    <w:p w:rsidR="009D2A5A" w:rsidRPr="00976813" w:rsidRDefault="002F0FEE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D93868">
-[...16 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Услугодатели</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> получают цифровые документы из сервиса цифровых документов через реализованную интеграцию при условии согласия владельца документа, предоставленного посредством зарегистрированного на портале абонентского номера сотовой связи пользователя путем передачи одноразового пароля или путем отправления короткого текстового сообщения в качестве ответа на уведомление портала.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="004708D1" w:rsidRPr="00D93868" w:rsidRDefault="00B73A92">
+    <w:p w:rsidR="009D2A5A" w:rsidRPr="00976813" w:rsidRDefault="002F0FEE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D93868">
+      <w:r w:rsidRPr="00976813">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00D93868">
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976813">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...6 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Пункт 6 - в редакции приказа Министра образования и науки РК от 21.02.2022 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>№ 55</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D93868">
+      <w:r w:rsidRPr="00976813">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...6 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004708D1" w:rsidRPr="00D93868" w:rsidRDefault="00B73A92">
+    <w:p w:rsidR="009D2A5A" w:rsidRPr="00976813" w:rsidRDefault="002F0FEE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="8" w:name="z274"/>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">       7. Құжаттарды тексеру қорытындысы бойынша көрсетілетін қызметті беруші 3 (үш) жұмыс күні ішінде осы Қағидаларға 3-қосымшаға сәйкес нысан бойынша жалпы білім беретін мектептердегі білім алушылар мен тәрбиеленушілердің жекелеген санаттарына тегін және жеңілдікпен тамақтандыруды ұсыну туралы анықтама (бұдан әрі - анықтама) дайындайды.</w:t>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7. По итогам проверки документов </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в течение 3 (трех) рабочих дней готовит справку о предоставлении бесплатного и льготного питания отдельным категориям обучающихся и воспитанников в общеобразовательных школах (далее - справка) по форме, согласно приложению 3 к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-    <w:p w:rsidR="004708D1" w:rsidRPr="00D93868" w:rsidRDefault="00B73A92">
+    <w:p w:rsidR="009D2A5A" w:rsidRPr="00976813" w:rsidRDefault="002F0FEE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D93868">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">       Осы Қағидалардың Мемлекеттік қызмет көрсетуге қойылатын талаптарының 9-тармағында көрсетілген негіздер бойынша мемлекеттік қызметті көрсетуден бас тарту үшін негіз анықталған кезде, көрсетілетін қызметті беруші Қазақстан Республикасы Әкімшілік рәсімдік–процестік кодексінің (бұдан әрі - ҚР ӘПК) 73-бабына сәйкес мемлекеттік қызметті көрсету мерзімі аяқталғанға дейін 3 (үш) жұмыс күнінен кешіктірмей көрсетілетін қызметті алушыға мемлекеттік қызметті көрсетуден бас тарту туралы алдын ала шешімдер туралы, сондай-ақ көрсетілетін қызметті алушыға алдын ала шешім бойынша ұстанымнын білдіруге мүмкіндік беру үшін тыңдауды өткізу уақыты мен орны туралы хабарламаны жолдайды.</w:t>
+      <w:bookmarkStart w:id="7" w:name="z999"/>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> При выявлении оснований для отказа в оказании государственной услуги по основаниям, указанным в пункте 9 Требований к оказанию государственной услуги настоящих Правил </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> не </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>позднее</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> чем за 3 (три) рабочих дня до завершения срока оказания государственной услуги согласно статьи 73 Административного процедурно-процессуального кодекса Республики Казахстан (далее – АППК РК) направляет </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> уведомление о предварительном решений об отказе в оказании государственной услуги, а также о времени и месте проведения заслушивания для возможности выразить </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> позицию по предварительному решению.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004708D1" w:rsidRPr="00D93868" w:rsidRDefault="00B73A92">
+    <w:p w:rsidR="009D2A5A" w:rsidRPr="00976813" w:rsidRDefault="002F0FEE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D93868">
-[...16 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+      <w:bookmarkStart w:id="8" w:name="z1000"/>
+      <w:bookmarkEnd w:id="7"/>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Процедура заслушивания проводится в соответствии со статьей 74 АППК РК.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="004708D1" w:rsidRPr="00D93868" w:rsidRDefault="00B73A92">
+    <w:p w:rsidR="009D2A5A" w:rsidRPr="00976813" w:rsidRDefault="002F0FEE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D93868">
-[...16 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+      <w:bookmarkStart w:id="9" w:name="z1001"/>
+      <w:bookmarkEnd w:id="8"/>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> По результатам заслушивания </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в течение 1 (одного) рабочего дня направляет справку либо мотивированный отказ в оказании государственной услуги </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="004708D1" w:rsidRPr="00D93868" w:rsidRDefault="00B73A92">
+    <w:bookmarkEnd w:id="9"/>
+    <w:p w:rsidR="009D2A5A" w:rsidRPr="00976813" w:rsidRDefault="002F0FEE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D93868">
+      <w:r w:rsidRPr="00976813">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00D93868">
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976813">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...6 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Пункт 7 - в редакции приказа Министра просвещения РК от 03.10.2022 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>№ 414</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D93868">
+      <w:r w:rsidRPr="00976813">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...6 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00D93868">
+      <w:r w:rsidRPr="00976813">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">      8. Алып тасталды - ҚР Білім және ғылым министрінің 21.02.2022 </w:t>
-[...5 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 8. Исключен приказом Министра образования и науки РК от 21.02.2022 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>№ 55</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D93868">
+      <w:r w:rsidRPr="00976813">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004708D1" w:rsidRPr="00D93868" w:rsidRDefault="00B73A92">
+    <w:p w:rsidR="009D2A5A" w:rsidRPr="00976813" w:rsidRDefault="002F0FEE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="9" w:name="z276"/>
-[...6 lines deleted...]
-        <w:t>      9. Құжаттарды қараудың жалпы мерзімі және анықтаманы алу не мемлекеттік қызмет көрсетуден бас тарту 5 (бес) жұмыс күнін құрайды.</w:t>
+      <w:bookmarkStart w:id="10" w:name="z696"/>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 9. Общий срок рассмотрения документов и получение справки либо отказ в оказании государственной услуги составляет 5 (пять) рабочих дней.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004708D1" w:rsidRPr="00D93868" w:rsidRDefault="00B73A92">
+    <w:bookmarkEnd w:id="10"/>
+    <w:p w:rsidR="009D2A5A" w:rsidRPr="00976813" w:rsidRDefault="009D2A5A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009D2A5A" w:rsidRPr="00976813" w:rsidRDefault="002F0FEE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="10" w:name="z362"/>
-[...8 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 9-1. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00D93868">
-[...5 lines deleted...]
-        <w:t>9-1. Көрсетілетін қызметті беруші Заңның 5-бабы 2-тармағының 11) тармақшасына сәйкес ақпараттандыру саласындағы уәкілетті орган белгілеген тәртіппен мемлекеттік қызмет көрсету сатысы туралы мемлекеттік қызметтер көрсету мониторингінің ақпараттық жүйесіне деректерді енгізуді қамтамасыз етеді.</w:t>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обеспечивает внесение данных в информационную систему мониторинга оказания государственных услуг о стадии оказания государственной услуги в порядке, установленном уполномоченным органом в сфере информатизации в соответствии с подпунктом 11) пункта 2 статьи 5 Закона.</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:p w:rsidR="004708D1" w:rsidRPr="00D93868" w:rsidRDefault="00B73A92">
+    <w:p w:rsidR="009D2A5A" w:rsidRPr="00976813" w:rsidRDefault="002F0FEE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D93868">
-[...16 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+      <w:bookmarkStart w:id="11" w:name="z1002"/>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> При сбое информационной системы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> незамедлительно с момента обнаружения уведомляет сотрудника структурного подразделения </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, ответственного за информационно-коммуникационную инфраструктуру.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="004708D1" w:rsidRPr="00D93868" w:rsidRDefault="00B73A92">
+    <w:p w:rsidR="009D2A5A" w:rsidRPr="00976813" w:rsidRDefault="002F0FEE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D93868">
-[...16 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+      <w:bookmarkStart w:id="12" w:name="z1003"/>
+      <w:bookmarkEnd w:id="11"/>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> В этом случае ответственный сотрудник за информационно-коммуникационную инфраструктуру в течение срока, указанного в части второй настоящего пункта Правил, составляет протокол о технической проблеме и подписывает его </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="004708D1" w:rsidRPr="00D93868" w:rsidRDefault="00B73A92">
+    <w:p w:rsidR="009D2A5A" w:rsidRPr="00976813" w:rsidRDefault="002F0FEE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D93868">
-[...6 lines deleted...]
-        <w:t xml:space="preserve">      </w:t>
+      <w:bookmarkStart w:id="13" w:name="z1004"/>
+      <w:bookmarkEnd w:id="12"/>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Уполномоченный орган в области защиты прав детей Республики Казахстан извещает </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателей</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, в том числе Единый контакт-центр, о внесенных изменениях и дополнениях в Требования к оказанию государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:p w:rsidR="009D2A5A" w:rsidRPr="00976813" w:rsidRDefault="002F0FEE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00D93868">
-[...5 lines deleted...]
-        <w:t>Қазақстан Республикасының балалардың құқықтарын қорғау саласындағы уәкілетті органы көрсетілетін қызметті берушілерді, оның ішінде Бірыңғай байланыс орталығын мемлекеттік қызмет көрсетуге қойылатын талаптарға енгізілген өзгерістер мен толықтырулар туралы хабардар етеді.</w:t>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Правила дополнены пунктом 9-1 в соответствии с приказом Министра образования и науки РК от 21.02.2022 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 55</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); в редакции приказа Министра просвещения РК от 03.10.2022 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 414</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w:rsidR="004708D1" w:rsidRPr="00D93868" w:rsidRDefault="00B73A92">
+    <w:p w:rsidR="009D2A5A" w:rsidRPr="00976813" w:rsidRDefault="002F0FEE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D93868">
-[...54 lines deleted...]
-        <w:br/>
+      <w:bookmarkStart w:id="14" w:name="z697"/>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 3. Порядок обжалования решений, действий (бездействия) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и (или) его должностных лиц в процессе оказания государственной услуги</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004708D1" w:rsidRPr="00D93868" w:rsidRDefault="00B73A92">
-[...38 lines deleted...]
-    <w:p w:rsidR="004708D1" w:rsidRPr="00D93868" w:rsidRDefault="00B73A92">
+    <w:p w:rsidR="009D2A5A" w:rsidRPr="00976813" w:rsidRDefault="002F0FEE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="12" w:name="z278"/>
-[...7 lines deleted...]
-        <w:t>      10. Мемлекеттік қызмет көрсету мәселелері бойынша көрсетілетін қызметті берушінің шешіміне, әрекетіне (әрекетсіздігіне) шағым көрсетілетін қызметті беруші басшысының атына, мемлекеттік қызмет көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органға (бұдан әрі – шағымды қарайтын орган) Қазақстан Республикасының заңнамасына сәйкес беріледі.</w:t>
+      <w:bookmarkStart w:id="15" w:name="z698"/>
+      <w:bookmarkEnd w:id="14"/>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 10. Жалоба на решение, действий (бездействия) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по вопросам оказания государственных услуг подается на имя руководителя </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, в уполномоченный орган по оценке и </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>контролю за</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> качеством оказания государственных услуг (далее – орган, рассматривающий жалобу), в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-    <w:p w:rsidR="004708D1" w:rsidRPr="00D93868" w:rsidRDefault="00B73A92">
+    <w:bookmarkEnd w:id="15"/>
+    <w:p w:rsidR="009D2A5A" w:rsidRPr="00976813" w:rsidRDefault="002F0FEE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D93868">
-[...16 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Рассмотрение жалобы по вопросам оказания государственных услуг производится вышестоящим административным органом, должностным лицом, органом, рассматривающим жалобу.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="004708D1" w:rsidRPr="00D93868" w:rsidRDefault="00B73A92">
+    <w:p w:rsidR="009D2A5A" w:rsidRPr="00976813" w:rsidRDefault="002F0FEE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D93868">
-[...16 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Жалоба подается </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и (или) должностному лицу, чье решение, действие (бездействие) обжалуются.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="004708D1" w:rsidRPr="00D93868" w:rsidRDefault="00B73A92">
+    <w:p w:rsidR="009D2A5A" w:rsidRPr="00976813" w:rsidRDefault="002F0FEE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D93868">
-[...16 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> должностное лицо, чье решение, действие (бездействие) обжалуются, не позднее 3 (трех) рабочих дней со дня поступления жалобы направляют ее в орган, рассматривающий жалобу.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="004708D1" w:rsidRPr="00D93868" w:rsidRDefault="00B73A92">
+    <w:p w:rsidR="009D2A5A" w:rsidRPr="00976813" w:rsidRDefault="002F0FEE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D93868">
-[...16 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> При этом </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, должностное лицо, решение, действие (бездействие) обжалуются, не направляет жалобу в орган, рассматривающий жалобу, если он в течение 3 (трех) рабочих дней примет решение либо административное действие, полностью удовлетворяющие требования, указанные в жалобе.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="004708D1" w:rsidRPr="00D93868" w:rsidRDefault="00B73A92">
+    <w:p w:rsidR="009D2A5A" w:rsidRPr="00976813" w:rsidRDefault="002F0FEE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D93868">
-[...16 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Жалоба </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, поступившая в адрес </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, в соответствии с пунктом 2 статьи 25 Закона подлежит рассмотрению в течение 5 (пяти) рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="004708D1" w:rsidRPr="00D93868" w:rsidRDefault="00B73A92">
+    <w:p w:rsidR="009D2A5A" w:rsidRPr="00976813" w:rsidRDefault="002F0FEE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D93868">
-[...16 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Жалоба </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, поступившая в адрес органа, рассматривающего жалобу, подлежит рассмотрению в течение 15 (пятнадцати) рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="004708D1" w:rsidRPr="00D93868" w:rsidRDefault="00B73A92">
+    <w:p w:rsidR="009D2A5A" w:rsidRPr="00976813" w:rsidRDefault="002F0FEE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D93868">
-[...16 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Если иное не предусмотрено законом, обращение в суд допускается после обжалования в досудебном порядке.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="004708D1" w:rsidRPr="00D93868" w:rsidRDefault="00B73A92">
+    <w:p w:rsidR="009D2A5A" w:rsidRPr="00976813" w:rsidRDefault="002F0FEE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D93868">
+      <w:r w:rsidRPr="00976813">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00D93868">
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976813">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...6 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Пункт 10 - в редакции приказа Министра образования и науки РК от 21.02.2022 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>№ 55</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D93868">
+      <w:r w:rsidRPr="00976813">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...6 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004708D1" w:rsidRPr="00D93868" w:rsidRDefault="00B73A92">
+    <w:p w:rsidR="009D2A5A" w:rsidRPr="00976813" w:rsidRDefault="002F0FEE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="13" w:name="z279"/>
-[...6 lines deleted...]
-        <w:t>      11. Көрсетілген мемлекеттік қызмет нәтижесімен келіспеген жағдайда көрсетілетін қызметті алушы Қазақстан Республикасының заңнамасында белгіленген тәртіппен сотқа жүгінеді.</w:t>
+      <w:bookmarkStart w:id="16" w:name="z701"/>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 11. В случаях несогласия с результатами оказания государственной услуги </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обращается в суд в установленном законодательством Республики Казахстан порядке.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6537"/>
-        <w:gridCol w:w="4266"/>
+        <w:gridCol w:w="6498"/>
+        <w:gridCol w:w="4305"/>
       </w:tblGrid>
-      <w:tr w:rsidR="004708D1" w:rsidRPr="007A1AF1">
+      <w:tr w:rsidR="009D2A5A" w:rsidRPr="00932F14">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkEnd w:id="13"/>
-          <w:p w:rsidR="004708D1" w:rsidRPr="00D93868" w:rsidRDefault="00B73A92">
+          <w:bookmarkEnd w:id="16"/>
+          <w:p w:rsidR="009D2A5A" w:rsidRPr="00976813" w:rsidRDefault="002F0FEE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00D93868">
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00976813">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="007A1AF1" w:rsidRDefault="007A1AF1">
+          <w:p w:rsidR="00D07247" w:rsidRPr="00D07247" w:rsidRDefault="00D07247">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="004708D1" w:rsidRPr="007A1AF1" w:rsidRDefault="00B73A92">
+          <w:p w:rsidR="009D2A5A" w:rsidRPr="00D07247" w:rsidRDefault="002F0FEE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A1AF1">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="007A1AF1">
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Приложение 1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D07247">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="007A1AF1">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="007A1AF1">
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>к Правилам оказания</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D07247">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="007A1AF1">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="007A1AF1">
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>государственной услуги</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D07247">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="007A1AF1">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="007A1AF1">
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>"Предоставление бесплатного</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D07247">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="007A1AF1">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="007A1AF1">
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>и льготного питания отдельным</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D07247">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="007A1AF1">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="007A1AF1">
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>категориям обучающихся</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D07247">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="007A1AF1">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="007A1AF1">
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>и воспитанников</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D07247">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="007A1AF1">
-[...234 lines deleted...]
-              <w:t>і)</w:t>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>в общеобразовательных школах"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-    </w:tbl>
-[...253 lines deleted...]
-      <w:tr w:rsidR="004708D1" w:rsidRPr="007A1AF1">
+      <w:tr w:rsidR="009D2A5A" w:rsidRPr="00976813">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004708D1" w:rsidRPr="00D93868" w:rsidRDefault="00B73A92">
+          <w:p w:rsidR="009D2A5A" w:rsidRPr="00976813" w:rsidRDefault="002F0FEE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00D93868">
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00976813">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="007A1AF1" w:rsidRDefault="007A1AF1">
+          <w:p w:rsidR="009D2A5A" w:rsidRPr="00D07247" w:rsidRDefault="002F0FEE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009D2A5A" w:rsidRPr="00932F14">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="009D2A5A" w:rsidRPr="00976813" w:rsidRDefault="002F0FEE">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="ru-RU"/>
-[...3 lines deleted...]
-          <w:p w:rsidR="004708D1" w:rsidRDefault="00B73A92">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00976813">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="009D2A5A" w:rsidRPr="00D07247" w:rsidRDefault="002F0FEE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...14 lines deleted...]
-            <w:r w:rsidRPr="007A1AF1">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Руководителю _______________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D07247">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="007A1AF1">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="007A1AF1">
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>____________________________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D07247">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="007A1AF1">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="007A1AF1">
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от гражданина (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ки</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>) ___________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D07247">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="007A1AF1">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="007A1AF1">
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Ф.И.О. (при его наличии)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D07247">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="007A1AF1">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="007A1AF1">
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>и индивидуальный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D07247">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="007A1AF1">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="007A1AF1">
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>идентификационный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D07247">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="007A1AF1">
-[...6 lines deleted...]
-              <w:t>кө</w:t>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>номер заявителя,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>проживающег</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="007A1AF1">
-[...6 lines deleted...]
-              <w:t>рсету</w:t>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>о(</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="007A1AF1">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="007A1AF1">
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>-ей) по адресу:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D07247">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="007A1AF1">
-[...18 lines deleted...]
-            </w:pPr>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>____________________________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>(наименование населенного</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>пункта, адрес места</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>проживания, телефон)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="004708D1" w:rsidRPr="00D93868" w:rsidRDefault="00B73A92">
+    <w:p w:rsidR="009D2A5A" w:rsidRPr="00976813" w:rsidRDefault="002F0FEE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="15" w:name="z283"/>
-      <w:r w:rsidRPr="007A1AF1">
+      <w:bookmarkStart w:id="17" w:name="z932"/>
+      <w:r w:rsidRPr="00976813">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...8 lines deleted...]
-        <w:t>"Жалпы білім беретін мектептердегі білім алушылар мен тәрбиеленушілердің жекелеген санаттарына тегін және жеңілдетілген тамақтандыруды ұсыну" мемлекеттік қызмет көрсетуге қойылатын негізгі талаптардың тізбесі</w:t>
+        <w:t xml:space="preserve"> Заявление</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:p w:rsidR="004708D1" w:rsidRPr="00D93868" w:rsidRDefault="00B73A92">
+    <w:bookmarkEnd w:id="17"/>
+    <w:p w:rsidR="009D2A5A" w:rsidRPr="00976813" w:rsidRDefault="002F0FEE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D93868">
+      <w:r w:rsidRPr="00976813">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-        <w:t xml:space="preserve">       </w:t>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Приложение 1 - в редакции приказа Министра образования и науки РК от 21.02.2022 № 55 (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009D2A5A" w:rsidRPr="00976813" w:rsidRDefault="002F0FEE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00D93868">
-[...5 lines deleted...]
-        <w:t>Ескерту. 2-қосымша жаңа редакцияда - ҚР Оқу-ағарту министрінің 03.10.2022 № 414 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Прошу Вас включить моего несовершеннолетнего ребенка (Ф.И.О. (при его наличии)</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="009D2A5A" w:rsidRPr="00976813" w:rsidRDefault="002F0FEE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>и индивидуальный идентификационный номер, дата рождения), обучающегося</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009D2A5A" w:rsidRPr="00976813" w:rsidRDefault="002F0FEE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>в (указать № школы, № и литер класса) в список обучающихся и воспитанников,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009D2A5A" w:rsidRPr="00976813" w:rsidRDefault="002F0FEE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>обеспечивающихся</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бесплатным и льготным питанием на (указать учебный год).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009D2A5A" w:rsidRPr="00976813" w:rsidRDefault="002F0FEE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Согласе</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>н(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>а) на использования сведений, составляющих охраняемую Законом</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009D2A5A" w:rsidRPr="00976813" w:rsidRDefault="002F0FEE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Республики Казахстан от 21 мая 2013 года "О персональных данных и их защите"</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009D2A5A" w:rsidRPr="00976813" w:rsidRDefault="002F0FEE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тайну, содержащихся в информационных системах.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="009D2A5A" w:rsidRPr="00976813" w:rsidRDefault="002F0FEE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">"___" __________20__года </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Подпись</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>гражданина</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ки</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10895" w:type="dxa"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6609"/>
+        <w:gridCol w:w="4194"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="009D2A5A" w:rsidRPr="00932F14">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="009D2A5A" w:rsidRPr="00976813" w:rsidRDefault="002F0FEE">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00976813">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="009D2A5A" w:rsidRPr="00D07247" w:rsidRDefault="002F0FEE">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Приложение 2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>к Правилам оказания</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>государственной услуги</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>"Предоставление бесплатного</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>и льготного питания отдельным</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>категориям обучающихся</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>и воспитанников</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>в общеобразовательных школах"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="009D2A5A" w:rsidRPr="00976813" w:rsidRDefault="009D2A5A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009D2A5A" w:rsidRPr="00976813" w:rsidRDefault="002F0FEE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Перечень основных требований к оказанию государственной услуги</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>"Предоставление бесплатного и льготного питания отдельным категориям</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>обучающихся и воспитанников в общеобразовательных школах"</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009D2A5A" w:rsidRPr="00976813" w:rsidRDefault="002F0FEE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Приложение 2 - в редакции приказа Министра просвещения РК от 03.10.2022 № 414 (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="326"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="147"/>
+        <w:gridCol w:w="467"/>
+        <w:gridCol w:w="3544"/>
         <w:gridCol w:w="6662"/>
-        <w:gridCol w:w="80"/>
       </w:tblGrid>
-      <w:tr w:rsidR="004708D1" w:rsidRPr="007A1AF1" w:rsidTr="007A1AF1">
+      <w:tr w:rsidR="009D2A5A" w:rsidRPr="00D07247" w:rsidTr="00D07247">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="80" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="326" w:type="dxa"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004708D1" w:rsidRPr="007A1AF1" w:rsidRDefault="00B73A92">
+          <w:p w:rsidR="009D2A5A" w:rsidRPr="00D07247" w:rsidRDefault="002F0FEE">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A1AF1">
+            <w:r w:rsidRPr="00D07247">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3827" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="3544" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004708D1" w:rsidRPr="007A1AF1" w:rsidRDefault="00B73A92">
+          <w:p w:rsidR="009D2A5A" w:rsidRPr="00D07247" w:rsidRDefault="002F0FEE">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A1AF1">
-[...6 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Наименование</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>услугодателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6662" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004708D1" w:rsidRPr="007A1AF1" w:rsidRDefault="00B73A92">
+          <w:p w:rsidR="009D2A5A" w:rsidRPr="00D07247" w:rsidRDefault="002F0FEE">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...7 lines deleted...]
-              <w:t>Облыстардың, Нұр-Сұлтан, Алматы және Шымкент қалаларының, аудандар мен облыстық маңызы бар қалалардың жергілікті атқарушы органдары, республикалық маңызы бар қалалардың және астананың білім басқармалары, аудандардағы, облыстық маңызы бар қалалардағы білім бөлімдері, білім беру ұйымдары.</w:t>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Местные исполнительные органы областей, городов </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Нур-Султан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Алматы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и Шымкент, районов и городов областного значения, управления образования областей, городов республиканского значения и столицы, отделы образования районов и городов областного значения, организации образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004708D1" w:rsidRPr="007A1AF1" w:rsidTr="007A1AF1">
+      <w:tr w:rsidR="009D2A5A" w:rsidRPr="00D07247" w:rsidTr="00D07247">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="80" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="326" w:type="dxa"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004708D1" w:rsidRPr="007A1AF1" w:rsidRDefault="00B73A92">
+          <w:p w:rsidR="009D2A5A" w:rsidRPr="00D07247" w:rsidRDefault="002F0FEE">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A1AF1">
+            <w:r w:rsidRPr="00D07247">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3827" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="3544" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004708D1" w:rsidRPr="007A1AF1" w:rsidRDefault="00B73A92">
+          <w:p w:rsidR="009D2A5A" w:rsidRPr="00D07247" w:rsidRDefault="002F0FEE">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A1AF1">
-[...6 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Способы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>предоставления</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>государственной</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>услуги</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6662" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004708D1" w:rsidRPr="007A1AF1" w:rsidRDefault="00B73A92">
+          <w:p w:rsidR="009D2A5A" w:rsidRPr="00D07247" w:rsidRDefault="002F0FEE">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...10 lines deleted...]
-          <w:p w:rsidR="004708D1" w:rsidRPr="007A1AF1" w:rsidRDefault="00B73A92">
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="18" w:name="z693"/>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Прием заявления и выдача результата оказания государственной услуги осуществляются </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>через</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="18"/>
+          <w:p w:rsidR="009D2A5A" w:rsidRPr="00D07247" w:rsidRDefault="002F0FEE">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...10 lines deleted...]
-          <w:p w:rsidR="004708D1" w:rsidRPr="007A1AF1" w:rsidRDefault="00B73A92">
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) канцелярию </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугодателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009D2A5A" w:rsidRPr="00D07247" w:rsidRDefault="002F0FEE">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...47 lines deleted...]
-            <w:r w:rsidRPr="007A1AF1">
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>веб-портал</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> "электронного правительства" </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>www</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D07247">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>egov</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
-[...9 lines deleted...]
-            <w:r w:rsidRPr="007A1AF1">
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D07247">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>kz</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> веб-порталы (бұдан әрі - портал) арқылы жүзеге асырылады.</w:t>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (далее – портал).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004708D1" w:rsidRPr="007A1AF1" w:rsidTr="007A1AF1">
+      <w:tr w:rsidR="009D2A5A" w:rsidRPr="00D07247" w:rsidTr="00D07247">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="80" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="326" w:type="dxa"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004708D1" w:rsidRPr="007A1AF1" w:rsidRDefault="00B73A92">
+          <w:p w:rsidR="009D2A5A" w:rsidRPr="00D07247" w:rsidRDefault="002F0FEE">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A1AF1">
+            <w:r w:rsidRPr="00D07247">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3827" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="3544" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004708D1" w:rsidRPr="007A1AF1" w:rsidRDefault="00B73A92">
+          <w:p w:rsidR="009D2A5A" w:rsidRPr="00D07247" w:rsidRDefault="002F0FEE">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A1AF1">
-[...25 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Срок</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>оказания</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>государственной</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>услуги</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6662" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004708D1" w:rsidRPr="007A1AF1" w:rsidRDefault="00B73A92">
+          <w:p w:rsidR="009D2A5A" w:rsidRPr="00D07247" w:rsidRDefault="002F0FEE">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...10 lines deleted...]
-          <w:p w:rsidR="004708D1" w:rsidRPr="007A1AF1" w:rsidRDefault="00B73A92">
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="19" w:name="z694"/>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) с момента сдачи документов </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугодателю</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>, а также при обращении на портал – 5 (пять) рабочих дней;</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="19"/>
+          <w:p w:rsidR="009D2A5A" w:rsidRPr="00D07247" w:rsidRDefault="002F0FEE">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...10 lines deleted...]
-          <w:p w:rsidR="004708D1" w:rsidRPr="007A1AF1" w:rsidRDefault="00B73A92">
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) максимально допустимое время ожидания для сдачи документов у </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>услугодателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – 15 минут;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009D2A5A" w:rsidRPr="00D07247" w:rsidRDefault="002F0FEE">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...25 lines deleted...]
-              <w:t xml:space="preserve"> қызметті алушыға қызмет көрсетудің рұқсат берілетін ең ұзақ уақыты - 30 минут.</w:t>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3) максимально допустимое время обслуживания </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугодателем</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – 30 минут.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004708D1" w:rsidRPr="007A1AF1" w:rsidTr="007A1AF1">
+      <w:tr w:rsidR="009D2A5A" w:rsidRPr="00D07247" w:rsidTr="00D07247">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="80" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="326" w:type="dxa"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004708D1" w:rsidRPr="007A1AF1" w:rsidRDefault="00B73A92">
+          <w:p w:rsidR="009D2A5A" w:rsidRPr="00D07247" w:rsidRDefault="002F0FEE">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A1AF1">
-[...4 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3827" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="3544" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004708D1" w:rsidRPr="007A1AF1" w:rsidRDefault="00B73A92">
+          <w:p w:rsidR="009D2A5A" w:rsidRPr="00D07247" w:rsidRDefault="002F0FEE">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A1AF1">
-[...6 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>оказания</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6662" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004708D1" w:rsidRPr="007A1AF1" w:rsidRDefault="00B73A92">
+          <w:p w:rsidR="009D2A5A" w:rsidRPr="00D07247" w:rsidRDefault="002F0FEE">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A1AF1">
-[...6 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Электронная</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>частично</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>автоматизированная</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">)\ </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бумажная</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004708D1" w:rsidRPr="007A1AF1" w:rsidTr="007A1AF1">
+      <w:tr w:rsidR="009D2A5A" w:rsidRPr="00D07247" w:rsidTr="00D07247">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="80" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="326" w:type="dxa"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004708D1" w:rsidRPr="007A1AF1" w:rsidRDefault="00B73A92">
+          <w:p w:rsidR="009D2A5A" w:rsidRPr="00D07247" w:rsidRDefault="002F0FEE">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A1AF1">
+            <w:r w:rsidRPr="00D07247">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3827" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="3544" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004708D1" w:rsidRPr="007A1AF1" w:rsidRDefault="00B73A92">
+          <w:p w:rsidR="009D2A5A" w:rsidRPr="00D07247" w:rsidRDefault="002F0FEE">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A1AF1">
-[...6 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Результат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>оказания</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>государственной</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>услуги</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6662" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004708D1" w:rsidRPr="007A1AF1" w:rsidRDefault="00B73A92">
+          <w:p w:rsidR="009D2A5A" w:rsidRPr="00D07247" w:rsidRDefault="002F0FEE">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...19 lines deleted...]
-          <w:p w:rsidR="004708D1" w:rsidRPr="007A1AF1" w:rsidRDefault="00B73A92">
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Справка о предоставлении бесплатного и льготного питания в общеобразовательной школе либо мотивированный ответ об отказе в оказании государственной услуги в случаях и по основаниям, предусмотренным пунктом 9 требований к оказанию государственной услуги.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009D2A5A" w:rsidRPr="00D07247" w:rsidRDefault="002F0FEE">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...7 lines deleted...]
-              <w:t>Порталда мемлекеттік қызмет көрсетудің нәтижесі көрсетілетін қызметті алушының "жеке кабинетіне" жіберіледі және сақталады.</w:t>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">На портале результат оказания государственной услуги направляется и хранится в "личном кабинете" </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004708D1" w:rsidRPr="007A1AF1" w:rsidTr="007A1AF1">
+      <w:tr w:rsidR="009D2A5A" w:rsidRPr="00D07247" w:rsidTr="00D07247">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="80" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="326" w:type="dxa"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004708D1" w:rsidRPr="007A1AF1" w:rsidRDefault="00B73A92">
+          <w:p w:rsidR="009D2A5A" w:rsidRPr="00D07247" w:rsidRDefault="002F0FEE">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A1AF1">
-[...5 lines deleted...]
-              <w:lastRenderedPageBreak/>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3827" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="3544" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004708D1" w:rsidRPr="007A1AF1" w:rsidRDefault="00B73A92">
+          <w:p w:rsidR="009D2A5A" w:rsidRPr="00D07247" w:rsidRDefault="002F0FEE">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...10 lines deleted...]
-          <w:p w:rsidR="004708D1" w:rsidRPr="007A1AF1" w:rsidRDefault="00B73A92">
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Размер оплаты, взимаемой с </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="009D2A5A" w:rsidRPr="00D07247" w:rsidRDefault="002F0FEE">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...7 lines deleted...]
-              <w:t>Қазақстан Республикасының заңнамасында көзделген жағдайларда мемлекеттік қызмет көрсету кезінде мемлекеттік қызмет көрсету тәртібі және оны алу тәсілдері</w:t>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>при оказании государственной услуги, и способы ее взимания в случаях, предусмотренных законодательством Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6662" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004708D1" w:rsidRPr="007A1AF1" w:rsidRDefault="00B73A92">
+          <w:p w:rsidR="009D2A5A" w:rsidRPr="00D07247" w:rsidRDefault="002F0FEE">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A1AF1">
-[...6 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Бесплатно</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004708D1" w:rsidRPr="007A1AF1" w:rsidTr="007A1AF1">
+      <w:tr w:rsidR="009D2A5A" w:rsidRPr="00D07247" w:rsidTr="00D07247">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="80" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="326" w:type="dxa"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004708D1" w:rsidRPr="007A1AF1" w:rsidRDefault="00B73A92">
+          <w:p w:rsidR="009D2A5A" w:rsidRPr="00D07247" w:rsidRDefault="002F0FEE">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A1AF1">
+            <w:r w:rsidRPr="00D07247">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3827" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="3544" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004708D1" w:rsidRPr="007A1AF1" w:rsidRDefault="00B73A92">
+          <w:p w:rsidR="009D2A5A" w:rsidRPr="00D07247" w:rsidRDefault="002F0FEE">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...7 lines deleted...]
-              <w:t>Көрсетілетін қызметті берушінің, Мемлекеттік корпорацияның және ақпарат объектілерінің жұмыс графигі</w:t>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">График работы </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугодателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>, Государственной корпорации и объектов информации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6662" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004708D1" w:rsidRPr="007A1AF1" w:rsidRDefault="00B73A92">
+          <w:p w:rsidR="009D2A5A" w:rsidRPr="00D07247" w:rsidRDefault="002F0FEE">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...10 lines deleted...]
-          <w:p w:rsidR="004708D1" w:rsidRPr="007A1AF1" w:rsidRDefault="00B73A92">
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="20" w:name="z699"/>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугодателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>: с понедельника по пятницу включительно, с 9.00 до 18.30 часов, с перерывом на обед с 13.00 часов до 14.30 часов, кроме выходных и праздничных дней, согласно трудовому законодательству Республики Казахстан.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="20"/>
+          <w:p w:rsidR="009D2A5A" w:rsidRPr="00D07247" w:rsidRDefault="002F0FEE">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...28 lines deleted...]
-          <w:p w:rsidR="004708D1" w:rsidRPr="007A1AF1" w:rsidRDefault="00B73A92">
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) портала: круглосуточно, за исключением технических перерывов в связи с проведением ремонтных работ (при обращении </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> после окончания рабочего времени, в выходные и праздничные дни согласно трудовому законодательству Республики Казахстан, прием заявления и выдача результата оказания государственной услуги осуществляется следующим рабочим днем).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009D2A5A" w:rsidRPr="00D07247" w:rsidRDefault="002F0FEE">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...10 lines deleted...]
-          <w:p w:rsidR="004708D1" w:rsidRPr="007A1AF1" w:rsidRDefault="00B73A92">
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Адреса мест оказания государственной услуги размещены </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009D2A5A" w:rsidRPr="00D07247" w:rsidRDefault="002F0FEE">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A1AF1">
-[...28 lines deleted...]
-            <w:r w:rsidRPr="007A1AF1">
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>интернет-ресурсе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Министерства просвещения Республики Казахстан: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D07247">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>www</w:t>
             </w:r>
-            <w:r w:rsidRPr="007A1AF1">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="007A1AF1">
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D07247">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>edu</w:t>
             </w:r>
-            <w:r w:rsidRPr="007A1AF1">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="007A1AF1">
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D07247">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>gov</w:t>
             </w:r>
-            <w:r w:rsidRPr="007A1AF1">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="007A1AF1">
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D07247">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>kz</w:t>
             </w:r>
-            <w:r w:rsidRPr="007A1AF1">
-[...9 lines deleted...]
-          <w:p w:rsidR="004708D1" w:rsidRPr="007A1AF1" w:rsidRDefault="00B73A92">
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009D2A5A" w:rsidRPr="00D07247" w:rsidRDefault="002F0FEE">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="ru-RU"/>
-[...7 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">2) </w:t>
             </w:r>
-            <w:r w:rsidRPr="007A1AF1">
-[...48 lines deleted...]
-              <w:t xml:space="preserve"> порталында орналасқан.</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>портале</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>: www.egov.kz.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004708D1" w:rsidRPr="007A1AF1" w:rsidTr="007A1AF1">
+      <w:tr w:rsidR="009D2A5A" w:rsidRPr="00D07247" w:rsidTr="00D07247">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="80" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="326" w:type="dxa"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004708D1" w:rsidRPr="007A1AF1" w:rsidRDefault="00B73A92">
+          <w:p w:rsidR="009D2A5A" w:rsidRPr="00D07247" w:rsidRDefault="002F0FEE">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A1AF1">
+            <w:r w:rsidRPr="00D07247">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3827" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="3544" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004708D1" w:rsidRPr="007A1AF1" w:rsidRDefault="00B73A92">
+          <w:p w:rsidR="009D2A5A" w:rsidRPr="00D07247" w:rsidRDefault="002F0FEE">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...7 lines deleted...]
-              <w:t>Мемлекеттік қызмет көрсету үшін көрсетілетін қызметті алушыдан талап етілетін құжаттар мен мәліметтердің тізбесі</w:t>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Перечень документов и сведений, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>истребуемых</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> у </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> для оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6662" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004708D1" w:rsidRPr="007A1AF1" w:rsidRDefault="00B73A92">
+          <w:p w:rsidR="009D2A5A" w:rsidRPr="00D07247" w:rsidRDefault="002F0FEE">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...10 lines deleted...]
-          <w:p w:rsidR="004708D1" w:rsidRPr="007A1AF1" w:rsidRDefault="00B73A92">
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="21" w:name="z703"/>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">к </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугодателю</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="21"/>
+          <w:p w:rsidR="009D2A5A" w:rsidRPr="00D07247" w:rsidRDefault="002F0FEE">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...10 lines deleted...]
-          <w:p w:rsidR="004708D1" w:rsidRPr="007A1AF1" w:rsidRDefault="00B73A92">
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>1) заявление;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009D2A5A" w:rsidRPr="00D07247" w:rsidRDefault="002F0FEE">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...10 lines deleted...]
-          <w:p w:rsidR="004708D1" w:rsidRPr="007A1AF1" w:rsidRDefault="00B73A92">
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>2) документ, удостоверяющий личность либо электронный документ из сервиса цифровых документов (требуется для идентификации личности);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009D2A5A" w:rsidRPr="00D07247" w:rsidRDefault="002F0FEE">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...10 lines deleted...]
-          <w:p w:rsidR="004708D1" w:rsidRPr="007A1AF1" w:rsidRDefault="00B73A92">
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>3) свидетельство о рождении ребенка (детей) в электронной форме или его копия на бумажном носителе, при отсутствии сведений в информационной системе "Регистрационный пункт ЗАГС" (далее – ИС ЗАГС) либо родившегося за пределами Республики Казахстан;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009D2A5A" w:rsidRPr="00D07247" w:rsidRDefault="002F0FEE">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...10 lines deleted...]
-          <w:p w:rsidR="004708D1" w:rsidRPr="007A1AF1" w:rsidRDefault="00B73A92">
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>4) копия свидетельства о заключении или расторжении брака (при отсутствии сведений в ИС ЗАГС);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009D2A5A" w:rsidRPr="00D07247" w:rsidRDefault="002F0FEE">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...10 lines deleted...]
-          <w:p w:rsidR="004708D1" w:rsidRPr="007A1AF1" w:rsidRDefault="00B73A92">
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>5) копия документа, подтверждающего статус:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009D2A5A" w:rsidRPr="00D07247" w:rsidRDefault="002F0FEE">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...10 lines deleted...]
-          <w:p w:rsidR="004708D1" w:rsidRPr="007A1AF1" w:rsidRDefault="00B73A92">
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">для детей из семей, имеющих право на получение государственной адресной социальной помощи - справка, подтверждающая принадлежность </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (семьи) к получателям государственной адресной социальной помощи, предоставляемая местными исполнительными органами;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009D2A5A" w:rsidRPr="00D07247" w:rsidRDefault="002F0FEE">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...10 lines deleted...]
-          <w:p w:rsidR="004708D1" w:rsidRPr="007A1AF1" w:rsidRDefault="00B73A92">
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>для детей из семей, не получающих государственную адресную социальную помощь, в которых среднедушевой доход ниже величины прожиточного минимума - документы о полученных доходах (справка о заработной плате работающих родителей или лиц их заменяющих, о доходах от предпринимательской и других видов деятельности, о доходах в виде алиментов на детей и других иждивенцев);</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+          <w:p w:rsidR="009D2A5A" w:rsidRPr="00D07247" w:rsidRDefault="002F0FEE">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...10 lines deleted...]
-          <w:p w:rsidR="004708D1" w:rsidRPr="007A1AF1" w:rsidRDefault="00B73A92">
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">для детей - сирот и детей, оставшиеся без попечения родителей, проживающих в семьях - решение уполномоченного органа об утверждении опеки (попечительства), патронатного воспитания для детей-сирот и детей, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>оставшихся без попечения родителей, воспитывающихся в семьях;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009D2A5A" w:rsidRPr="00D07247" w:rsidRDefault="002F0FEE">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...29 lines deleted...]
-          <w:p w:rsidR="004708D1" w:rsidRPr="007A1AF1" w:rsidRDefault="00B73A92">
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>для детей из семей, требующих экстренной помощи в результате чрезвычайных ситуаций и иных категории обучающихся и воспитанников, определяемых коллегиальным органом управления организации образования - решение коллегиального органа на основании обследования материально-бытового положения семьи.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009D2A5A" w:rsidRPr="00D07247" w:rsidRDefault="002F0FEE">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...10 lines deleted...]
-          <w:p w:rsidR="004708D1" w:rsidRPr="007A1AF1" w:rsidRDefault="00B73A92">
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Документы представляются в подлинниках для сверки, после чего подлинники возвращаются </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателю</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009D2A5A" w:rsidRPr="00D07247" w:rsidRDefault="002F0FEE">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...10 lines deleted...]
-          <w:p w:rsidR="004708D1" w:rsidRPr="007A1AF1" w:rsidRDefault="00B73A92">
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>на портал:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009D2A5A" w:rsidRPr="00D07247" w:rsidRDefault="002F0FEE">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...10 lines deleted...]
-          <w:p w:rsidR="004708D1" w:rsidRPr="007A1AF1" w:rsidRDefault="00B73A92">
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) заявление в форме электронного документа, подписанное ЭЦП </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> или удостоверенное одноразовым паролем, при регистрации и подключения абонентского номера </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>, предоставленного оператором сотовой связи, к учетной записи портала;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009D2A5A" w:rsidRPr="00D07247" w:rsidRDefault="002F0FEE">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...10 lines deleted...]
-          <w:p w:rsidR="004708D1" w:rsidRPr="007A1AF1" w:rsidRDefault="00B73A92">
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>2) электронная копия свидетельства о рождении ребенка, при отсутствии сведений в ИС ЗАГС либо родившегося за пределами Республики Казахстан;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009D2A5A" w:rsidRPr="00D07247" w:rsidRDefault="002F0FEE">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...10 lines deleted...]
-          <w:p w:rsidR="004708D1" w:rsidRPr="007A1AF1" w:rsidRDefault="00B73A92">
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>3) электронная копия свидетельства о заключении или расторжении брака (при отсутствии сведений в ИС ЗАГС);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009D2A5A" w:rsidRPr="00D07247" w:rsidRDefault="002F0FEE">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...10 lines deleted...]
-          <w:p w:rsidR="004708D1" w:rsidRPr="007A1AF1" w:rsidRDefault="00B73A92">
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>4) электронная копия документа, подтверждающего статус:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009D2A5A" w:rsidRPr="00D07247" w:rsidRDefault="002F0FEE">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...10 lines deleted...]
-          <w:p w:rsidR="004708D1" w:rsidRPr="007A1AF1" w:rsidRDefault="00B73A92">
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">для детей из семей, имеющих право на получение государственной адресной социальной помощи - справка, подтверждающая принадлежность </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (семьи) к получателям государственной адресной социальной помощи, предоставляемая местными исполнительными органами;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009D2A5A" w:rsidRPr="00D07247" w:rsidRDefault="002F0FEE">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...10 lines deleted...]
-          <w:p w:rsidR="004708D1" w:rsidRPr="007A1AF1" w:rsidRDefault="00B73A92">
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>для детей из семей, не получающих государственную адресную социальную помощь, в которых среднедушевой доход ниже величины прожиточного минимума - документы о полученных доходах (справка о заработной плате работающих родителей или лиц их заменяющих, о доходах от предпринимательской и других видов деятельности, о доходах в виде алиментов на детей и других иждивенцев);</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+          <w:p w:rsidR="009D2A5A" w:rsidRPr="00D07247" w:rsidRDefault="002F0FEE">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...10 lines deleted...]
-          <w:p w:rsidR="004708D1" w:rsidRPr="007A1AF1" w:rsidRDefault="00B73A92">
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>для детей - сирот и детей, оставшиеся без попечения родителей, проживающих в семьях - решение уполномоченного органа об утверждении опеки (попечительства), патронатного воспитания для детей-сирот и детей, оставшихся без попечения родителей, воспитывающихся в семьях;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009D2A5A" w:rsidRPr="00D07247" w:rsidRDefault="002F0FEE">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> жағдайлардың салдарынан шұғыл көмекті талап ететін отбасылардан шыққан және білім беру ұйымының алқалы басқару органы айқындайтын білім алушылар мен тәрбиеленушілердің өзге де санаттарына жататын балалар үшін - отбасының материалдық-тұрмыстық жағдайын тексеру негізінде алқалы органның шешімі.</w:t>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>для детей из семей, требующих экстренной помощи в результате чрезвычайных ситуаций и иных категории обучающихся и воспитанников, определяемых коллегиальным органом управления организации образования - решение коллегиального органа на основании обследования материально-бытового положения семьи.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004708D1" w:rsidRPr="007A1AF1" w:rsidTr="007A1AF1">
+      <w:tr w:rsidR="009D2A5A" w:rsidRPr="00D07247" w:rsidTr="00D07247">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="80" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="326" w:type="dxa"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004708D1" w:rsidRPr="007A1AF1" w:rsidRDefault="00B73A92">
+          <w:p w:rsidR="009D2A5A" w:rsidRPr="00D07247" w:rsidRDefault="002F0FEE">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A1AF1">
+            <w:r w:rsidRPr="00D07247">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3827" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="3544" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004708D1" w:rsidRPr="007A1AF1" w:rsidRDefault="00B73A92">
+          <w:p w:rsidR="009D2A5A" w:rsidRPr="00D07247" w:rsidRDefault="002F0FEE">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...7 lines deleted...]
-              <w:t>Қазақстан Республикасының заңнамасында белгіленген мемлекеттік қызмет көрсетуден бас тарту үшін негіздер</w:t>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Основания для отказа в оказании государственной услуги, установленные законодательством Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6662" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004708D1" w:rsidRPr="007A1AF1" w:rsidRDefault="00B73A92">
+          <w:p w:rsidR="009D2A5A" w:rsidRPr="00D07247" w:rsidRDefault="002F0FEE">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...10 lines deleted...]
-          <w:p w:rsidR="004708D1" w:rsidRPr="007A1AF1" w:rsidRDefault="00B73A92">
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="22" w:name="z721"/>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) установление недостоверности документов, представленных </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателем</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> для получения государственной услуги, и (или) данных (сведений), содержащихся в них;</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="22"/>
+          <w:p w:rsidR="009D2A5A" w:rsidRPr="00D07247" w:rsidRDefault="002F0FEE">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...10 lines deleted...]
-          <w:p w:rsidR="004708D1" w:rsidRPr="007A1AF1" w:rsidRDefault="00B73A92">
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) несоответствие </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и (или) представленных материалов, объектов, данных и сведений, необходимых для оказания государственной услуги, требованиям, установленным постановлением Правительства Республики Казахстан от 25 января 2008 года № 64 "Об утверждении Правил формирования, направления расходования и учета средств, выделяемых на оказание финансовой и материальной помощи обучающимся и воспитанникам государственных учреждений образования из семей, имеющих право на получение государственной адресной социальной помощи</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>а также из семей, не получающих государственную адресную социальную помощь, в которых среднедушевой доход ниже величины прожиточного минимума, и детям - сиротам, детям, оставшимся без попечения родителей, проживающим в семьях, детям из семей, требующих экстренной помощи в результате чрезвычайных ситуаций, и иным категориям обучающихся и воспитанников";</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+          <w:p w:rsidR="009D2A5A" w:rsidRPr="00D07247" w:rsidRDefault="002F0FEE">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...13 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>зерттеудің не тексерудің теріс қорытындысы;</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="004708D1" w:rsidRPr="007A1AF1" w:rsidRDefault="00B73A92">
+              <w:t>3) отрицательный ответ уполномоченного государственного органа на запрос о согласовании, который требуется для оказания государственной услуги, а также отрицательное заключение экспертизы, исследования либо проверки;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009D2A5A" w:rsidRPr="00D07247" w:rsidRDefault="002F0FEE">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...10 lines deleted...]
-          <w:p w:rsidR="004708D1" w:rsidRPr="007A1AF1" w:rsidRDefault="00B73A92">
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4) в отношении </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> имеется вступившее в законную силу решение (приговор) суда о запрещении деятельности или отдельных видов деятельности, требующих получения определенной государственной услуги;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009D2A5A" w:rsidRPr="00D07247" w:rsidRDefault="002F0FEE">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...10 lines deleted...]
-          <w:p w:rsidR="004708D1" w:rsidRPr="007A1AF1" w:rsidRDefault="00B73A92">
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5) в отношении </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> имеется вступившее в законную силу решение суда, на основании которого </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучатель</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>лишен</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> специального права, связанного с получением государственной услуги;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009D2A5A" w:rsidRPr="00D07247" w:rsidRDefault="002F0FEE">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...25 lines deleted...]
-              <w:t xml:space="preserve"> қызметті алушының мемлекеттік қызмет көрсету үшін талап етілетін, "Дербес деректер және оларды қорғау туралы" Қазақстан Республикасы Заңының 8-бабына сәйкес берілетін қолжетімділігі шектеулі дербес деректерге қол жеткізуге келісімі болмауы бойынша мемлекеттік қызметтерді көрсетуден бас тартады.</w:t>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 6) отсутствие согласия </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>, предоставляемого в соответствии со статьей 8 Закона Республики Казахстан "О персональных данных и их защите", на доступ к персональным данным ограниченного доступа, которые требуются для оказания государственной услуги.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004708D1" w:rsidRPr="007A1AF1" w:rsidTr="007A1AF1">
+      <w:tr w:rsidR="009D2A5A" w:rsidRPr="00D07247" w:rsidTr="00D07247">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="80" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="326" w:type="dxa"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004708D1" w:rsidRPr="007A1AF1" w:rsidRDefault="00B73A92">
+          <w:p w:rsidR="009D2A5A" w:rsidRPr="00D07247" w:rsidRDefault="002F0FEE">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A1AF1">
+            <w:r w:rsidRPr="00D07247">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3827" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="3544" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004708D1" w:rsidRPr="007A1AF1" w:rsidRDefault="00B73A92">
+          <w:p w:rsidR="009D2A5A" w:rsidRPr="00D07247" w:rsidRDefault="002F0FEE">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...7 lines deleted...]
-              <w:t>Мемлекеттік қызмет көрсетудің, оның ішінде электрондық нысанда көрсетілетін қызметтің ерекшеліктерін ескере отырып қойылатын өзге де талаптар</w:t>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Иные требования с учетом особенностей оказания государственной услуги, в том числе оказываемой в электронной форме</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6662" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004708D1" w:rsidRPr="007A1AF1" w:rsidRDefault="00B73A92">
+          <w:p w:rsidR="009D2A5A" w:rsidRPr="00D07247" w:rsidRDefault="002F0FEE">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...10 lines deleted...]
-          <w:p w:rsidR="004708D1" w:rsidRPr="007A1AF1" w:rsidRDefault="00B73A92">
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="23" w:name="z726"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Услугополучатель</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> имеет возможность получения государственной услуги в электронной форме через портал при условии наличия ЭЦП.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="23"/>
+          <w:p w:rsidR="009D2A5A" w:rsidRPr="00D07247" w:rsidRDefault="002F0FEE">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...10 lines deleted...]
-          <w:p w:rsidR="004708D1" w:rsidRPr="007A1AF1" w:rsidRDefault="00B73A92">
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Информацию о порядке и статусе оказания государственной услуги </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучатель</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> получает посредством Единого </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>контакт-центра</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>: 1414, 8 800 080 7777.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009D2A5A" w:rsidRPr="00D07247" w:rsidRDefault="002F0FEE">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...10 lines deleted...]
-          <w:p w:rsidR="004708D1" w:rsidRPr="007A1AF1" w:rsidRDefault="00B73A92">
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Сервис цифровых документов доступен для пользователей, авторизованных в мобильном приложении.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009D2A5A" w:rsidRPr="00D07247" w:rsidRDefault="002F0FEE">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...7 lines deleted...]
-              <w:t>Цифрлық құжатты пайдалану үшін электрондық-цифрлық қолтаңбаны немесе бір реттік парольді пайдалана отырып, мобильді қосымшада авторландырудан өту, одан әрі "цифрлық құжаттар" бөліміне өтіп, қажетті құжатты таңдау қажет.</w:t>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Для использования цифрового документа необходимо пройти авторизацию в мобильном приложении с использованием электронно-цифровой подписи или одноразового пароля, далее перейти в раздел "Цифровые документы" и выбрать необходимый документ.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004708D1" w:rsidRPr="007A1AF1" w:rsidTr="007A1AF1">
-[...7 lines deleted...]
-        </w:tblPrEx>
+    </w:tbl>
+    <w:p w:rsidR="009D2A5A" w:rsidRPr="00976813" w:rsidRDefault="002F0FEE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6609"/>
+        <w:gridCol w:w="4194"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="009D2A5A" w:rsidRPr="00932F14">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4006" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004708D1" w:rsidRPr="007A1AF1" w:rsidRDefault="00B73A92">
+          <w:p w:rsidR="009D2A5A" w:rsidRPr="00976813" w:rsidRDefault="002F0FEE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="20"/>
-[...7 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00976813">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6889" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="007A1AF1" w:rsidRDefault="007A1AF1">
+          <w:p w:rsidR="009D2A5A" w:rsidRPr="00D07247" w:rsidRDefault="002F0FEE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...25 lines deleted...]
-            <w:r w:rsidRPr="007A1AF1">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Приложение 3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D07247">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="007A1AF1">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="007A1AF1">
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>к Правилам оказания</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D07247">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="007A1AF1">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="007A1AF1">
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>государственной услуги</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D07247">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="007A1AF1">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="007A1AF1">
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>"Предоставление бесплатного</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D07247">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="007A1AF1">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="007A1AF1">
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>и льготного питания отдельным</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D07247">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="007A1AF1">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="007A1AF1">
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>категориям обучающихся</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D07247">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="007A1AF1">
-[...28 lines deleted...]
-            <w:r w:rsidRPr="007A1AF1">
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>и воспитанников</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D07247">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="007A1AF1">
-[...6 lines deleted...]
-              <w:t>3-қосымша</w:t>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>в общеобразовательных школах"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004708D1" w:rsidRPr="007A1AF1" w:rsidTr="007A1AF1">
-[...7 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="009D2A5A" w:rsidRPr="00976813">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4006" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004708D1" w:rsidRPr="007A1AF1" w:rsidRDefault="00B73A92">
+          <w:p w:rsidR="009D2A5A" w:rsidRPr="00976813" w:rsidRDefault="002F0FEE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="20"/>
-[...8 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00976813">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6889" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004708D1" w:rsidRPr="007A1AF1" w:rsidRDefault="00B73A92">
+          <w:p w:rsidR="009D2A5A" w:rsidRPr="00D07247" w:rsidRDefault="002F0FEE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A1AF1">
-[...14 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D07247">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="004708D1" w:rsidRPr="00D93868" w:rsidRDefault="00B73A92">
+    <w:p w:rsidR="009D2A5A" w:rsidRPr="00976813" w:rsidRDefault="002F0FEE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="16" w:name="z285"/>
-      <w:r w:rsidRPr="00D93868">
+      <w:bookmarkStart w:id="24" w:name="z935"/>
+      <w:r w:rsidRPr="00976813">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-        <w:t xml:space="preserve"> Жалпы білім беретін мектептерде тегін және жеңілдетілген тамақтандыруды ұсыну туралы анықтама</w:t>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> СПРАВКА</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>о предоставлении бесплатного и льготного питания в общеобразовательной школе</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-    <w:p w:rsidR="004708D1" w:rsidRPr="00D93868" w:rsidRDefault="00B73A92">
+    <w:bookmarkEnd w:id="24"/>
+    <w:p w:rsidR="009D2A5A" w:rsidRPr="00976813" w:rsidRDefault="002F0FEE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D93868">
+      <w:r w:rsidRPr="00976813">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00D93868">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976813">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Ескерту. 3-қосымша жаңа редакцияда - ҚР Білім және ғылым министрінің 21.02.2022 № 55 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Приложение 3 - в редакции приказа Министра образования и науки РК от 21.02.2022 № 55 (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="004708D1" w:rsidRPr="00D93868" w:rsidRDefault="00B73A92">
+    <w:p w:rsidR="009D2A5A" w:rsidRPr="00976813" w:rsidRDefault="002F0FEE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D93868">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">       Осы анықтама ________________________________________________  </w:t>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Дана _______________________________ в том, что он/она включе</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>н(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>-а) в список</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004708D1" w:rsidRPr="00D93868" w:rsidRDefault="00B73A92">
+    <w:p w:rsidR="009D2A5A" w:rsidRPr="00976813" w:rsidRDefault="002F0FEE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D93868">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">                                                       (Т.А.Ә. (бар болғанда))</w:t>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Ф.И.О. (при его наличии))</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004708D1" w:rsidRPr="00D93868" w:rsidRDefault="00B73A92">
+    <w:p w:rsidR="009D2A5A" w:rsidRPr="00976813" w:rsidRDefault="002F0FEE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D93868">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">20__ - 20__ оқу жылында тегін тамақтандырумен қамтамасыз етілетін білім </w:t>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>обучающихся и воспитанников, обеспечивающихся бесплатным питанием</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004708D1" w:rsidRPr="00D93868" w:rsidRDefault="00B73A92">
+    <w:p w:rsidR="009D2A5A" w:rsidRPr="00976813" w:rsidRDefault="002F0FEE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> мен тәрбиеленушілердің тізіміне енгізілгендігі үшін берілді.</w:t>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>в 20__ - 20__ учебном году.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004708D1" w:rsidRPr="00D93868" w:rsidRDefault="00B73A92">
+    <w:p w:rsidR="009D2A5A" w:rsidRPr="00976813" w:rsidRDefault="002F0FEE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D93868">
-[...23 lines deleted...]
-        <w:t>_____________________________</w:t>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>___________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004708D1" w:rsidRPr="00D93868" w:rsidRDefault="00B73A92">
+    <w:p w:rsidR="009D2A5A" w:rsidRPr="00976813" w:rsidRDefault="002F0FEE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D93868">
-[...5 lines deleted...]
-        <w:t>Мөрдің орны</w:t>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Дата, подпись руководителя</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="004708D1" w:rsidRPr="00D93868" w:rsidSect="00D93868">
+    <w:p w:rsidR="009D2A5A" w:rsidRPr="00976813" w:rsidRDefault="002F0FEE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Место</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00976813">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>печати</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:sectPr w:rsidR="009D2A5A" w:rsidRPr="00976813" w:rsidSect="00976813">
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="851" w:right="567" w:bottom="567" w:left="567" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
-  <w:hideSpellingErrors/>
-  <w:proofState w:grammar="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
-    <w:rsidRoot w:val="004708D1"/>
-[...19 lines deleted...]
-    <w:rsid w:val="00F26043"/>
+    <w:rsidRoot w:val="009D2A5A"/>
+    <w:rsid w:val="00076F56"/>
+    <w:rsid w:val="000D2A43"/>
+    <w:rsid w:val="00267B5B"/>
+    <w:rsid w:val="002F0FEE"/>
+    <w:rsid w:val="0039506D"/>
+    <w:rsid w:val="00470860"/>
+    <w:rsid w:val="00727C1D"/>
+    <w:rsid w:val="008C3B92"/>
+    <w:rsid w:val="00932F14"/>
+    <w:rsid w:val="00976813"/>
+    <w:rsid w:val="009D2A5A"/>
+    <w:rsid w:val="009F17DC"/>
+    <w:rsid w:val="00B20807"/>
+    <w:rsid w:val="00C6683E"/>
+    <w:rsid w:val="00D07247"/>
+    <w:rsid w:val="00D4082E"/>
+    <w:rsid w:val="00F25BDC"/>
+    <w:rsid w:val="00F32E4B"/>
+    <w:rsid w:val="00FF4D27"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="10242"/>
+    <o:shapedefaults v:ext="edit" spidmax="9218"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -5450,137 +7523,137 @@
   <w:style w:type="character" w:customStyle="1" w:styleId="a9">
     <w:name w:val="Название Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a8"/>
     <w:uiPriority w:val="10"/>
     <w:rsid w:val="00841CD9"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="aa">
     <w:name w:val="Emphasis"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="20"/>
     <w:qFormat/>
     <w:rsid w:val="00D1197D"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="ab">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="004708D1"/>
+    <w:rsid w:val="009D2A5A"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="ac">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="59"/>
-    <w:rsid w:val="004708D1"/>
+    <w:rsid w:val="009D2A5A"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
     </w:rPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ad">
     <w:name w:val="caption"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:uiPriority w:val="35"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="007109C0"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="disclaimer">
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="a"/>
-    <w:rsid w:val="004708D1"/>
+    <w:rsid w:val="009D2A5A"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
-    <w:rsid w:val="004708D1"/>
+    <w:rsid w:val="009D2A5A"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ae">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="af"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00B73A92"/>
+    <w:rsid w:val="002F0FEE"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="af">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="ae"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00B73A92"/>
+    <w:rsid w:val="002F0FEE"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
@@ -5842,50 +7915,50 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>7</Pages>
-  <Words>3328</Words>
-  <Characters>18974</Characters>
+  <Words>3153</Words>
+  <Characters>17977</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>158</Lines>
-  <Paragraphs>44</Paragraphs>
+  <Lines>149</Lines>
+  <Paragraphs>42</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>22258</CharactersWithSpaces>
+  <CharactersWithSpaces>21088</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Пользователь</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>