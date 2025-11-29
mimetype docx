--- v0 (2025-10-10)
+++ v1 (2025-11-29)
@@ -1,11946 +1,16972 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="002A0825" w:rsidRDefault="002A0825">
-[...8 lines deleted...]
-      <w:r>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="z15"/>
+      <w:r w:rsidRPr="00060603">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="002A0825" w:rsidRDefault="009E71F1">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Типовые правила приема на обучение в организации образования, реализующие общеобразовательные учебные программы начального, основного среднего, общего среднего образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="z16"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
-      </w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="z17"/>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. Настоящие Типовые правила приема на обучение в организации образования, реализующие общеобразовательные учебные программы начального, основного среднего, общего среднего, образования (далее </w:t>
+      </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r>
-[...11 lines deleted...]
-        <w:t xml:space="preserve"> 564 бұйрығы.</w:t>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>–Т</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r>
-[...2 lines deleted...]
-          <w:sz w:val="28"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">иповые правила) разработаны в соответствии с подпунктом 11) статьи 5 Закона Республики Казахстан от 27 июля 2007 года "Об образовании" (далее – Закон) и подпунктом 1) статьи 10 Закона Республики Казахстан от 15 апреля 2013 года "О государственных услугах", которые определяют </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>порядок приема на обучение в организации образования, реализующие общеобразовательные учебные программы начального, основного среднего, общего среднего, образования (далее – организации образования), а также порядок оказания государственных услуг "Прием документов и зачисление в организации образования независимо от ведомственной подчиненности для обучения по общеобразовательным программам начального, основного среднего, общего среднего образования" и "Прием документов для перевода детей между организациями начального, основного среднего, общего</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> среднего образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2"/>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Пункт 1 - в редакции приказа Министра образования и науки РК от 03.06.2021 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 275</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие со дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="z18"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Организации образования осуществляют прием на обучение в соответствии с Конституцией Республики Казахстан, Законом, настоящими Правилами, иными нормативными правовыми актами, а также разработанными на их основе уставами организаций образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="z19"/>
+      <w:bookmarkEnd w:id="3"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3. Зачисление в число </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>обучающихся</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> производится на основании приказа руководителя организации образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="5" w:name="z20"/>
+      <w:bookmarkEnd w:id="4"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Не допускается комплектование классов по уровню подготовки и степени развития обучающихся.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="6" w:name="z21"/>
+      <w:bookmarkEnd w:id="5"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5. </w:t>
+      </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r>
-[...4 lines deleted...]
-        <w:t>Қазақстан Республикасының Әділет министрлігінде 2018 жылғы 16 қазанда № 17553 болып тіркелді.</w:t>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>При приеме обучающихся в организации образования руководители организаций образования заключают с родителями или иными законными представителями детей или обучающихся договора на оказание образовательных услуг в соответствии с типовым договором оказания образовательных услуг, утвержденным приказом Министра образования и науки Республики Казахстан от 28 января 2016 года № 93, (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 13227).</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w:rsidR="002A0825" w:rsidRDefault="009E71F1">
+    <w:bookmarkEnd w:id="6"/>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6. Исключен приказом Министра образования и науки РК от 03.06.2021 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 275</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие со дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...15 lines deleted...]
-      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="7" w:name="z23"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7. Родители или иные законные представители ребенка или обучающегося выбирают организации образования с учетом желания, индивидуальных склонностей и особенностей ребенка или обучающегося и в соответствии с условиями приема.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="7"/>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Пункт 7 в редакции приказа Министра образования и науки РК от 24.06.2020 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="8" w:name="z24"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 8. В случае отказа в приеме на обучение в организацию образования, родители или иные законные представители обучающегося обращаются по месту жительства в местные органы управления образованием.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="9" w:name="z25"/>
+      <w:bookmarkEnd w:id="8"/>
+      <w:r w:rsidRPr="00060603">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...14 lines deleted...]
-        <w:t xml:space="preserve">      </w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. Порядок приема на обучение в организации образования, реализующие общеобразовательные учебные программы начального, основного среднего, общего среднего образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="10" w:name="z26"/>
+      <w:bookmarkEnd w:id="9"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 9. Организации образования, реализующие общеобразовательные учебные программы начального образования, обеспечивают прием в первый класс детей шести лет и детей, которым в текущем календарном году исполняется шесть лет, с обеспечением доступа всех детей, проживающих на территории обслуживания организации образования, независимо от уровня подготовки.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Территория обслуживания организации образования утверждается приказом органов управления образованием городов республиканского значения, столицы, районов (городов областного значения).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Пункт 9 - в редакции приказа Министра образования и науки РК от 03.06.2021 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 275</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие со дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="11" w:name="z58"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 9-1. Прием документов и выдача результатов оказания государственной услуги осуществляются посредством </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>веб-портала</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "электронного правительства" (далее – портал) и на бумажном носителе через организации начального, основного среднего, общего среднего образования </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r>
-[...9 lines deleted...]
-          <w:sz w:val="28"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">( </w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">далее – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="12" w:name="z59"/>
+      <w:bookmarkEnd w:id="11"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Для получения государственной услуги родители или иные законные представители ребенка (далее - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) предоставляют </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> перечень документов согласно </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> приложению 1 к Типовым правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Правила дополнены пунктом 9-1 в соответствии с приказом Министра образования и науки РК от 24.06.2020 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>№ 264</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-        <w:t>ткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="13" w:name="z60"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 9-2. Прием документов от родителей или иных законных представителей ребенка, поступающих в первый класс организаций образования, реализующих общеобразовательные учебные программы начального образования, производится с 1 апреля по 1 августа текущего календарного года.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> В случаях осуществления ограничительных мероприятий соответствующими государственными органами, введения чрезвычайного положения, возникновения чрезвычайных ситуаций социального, природного и техногенного характера на определенной территории, прием документов в первый класс организаций образования производится не позднее 20 августа текущего года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Правила дополнены пунктом 9-2 в соответствии с приказом Министра образования и науки РК от 24.06.2020 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); в редакции приказа Министра образования и науки РК от 07.08.2020 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 332</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие со дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="14" w:name="z61"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 9-3. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Услугополучателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, обратившемуся посредством портала в "личный кабинет", направляется уведомление о принятии запроса для оказания государственной услуги с указанием даты и времени получения результата государственной услуги (прием документов либо мотивированный отказ).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Правила дополнены пунктом 9-3 в соответствии с приказом Министра образования и науки РК от 24.06.2020 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="15" w:name="z62"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 9-4. При обращении через портал в "личный кабинет" </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в течение одного рабочего дня поступает уведомление о зачислении ребенка с 1 сентября текущего года в организацию образования, в форме электронного документа, подписанного электронной цифровой подписью (далее - ЭЦП) уполномоченного лица </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> либо мотивированный отказ.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Правила дополнены пунктом 9-4 в соответствии с приказом Министра образования и науки РК от 24.06.2020 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="16" w:name="z63"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 9-5. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> при зачислении </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>направляет уведомление о зачислении с 1 сентября текущего года первым троим</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> подавшим заявление </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателям</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с территории обслуживания организации </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>образования, затем - о зачислении с 1 сентября текущего года 1 (одному) претенденту не из территории обслуживания организации образования, из числа тех, кто зарегистрировался первым.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Правила дополнены пунктом 9-5 в соответствии с приказом Министра образования и науки РК от 24.06.2020 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002A0825" w:rsidRDefault="009E71F1">
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...9 lines deleted...]
-    <w:p w:rsidR="002A0825" w:rsidRDefault="009E71F1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="17" w:name="z64"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 9-6. При подаче заявки на бумажном носителе через </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> работник </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> регистрирует документы и в течение одного рабочего дня выдает </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> расписку по форме, согласно приложению 1 к Типовым правилам, о том, что ребенок будет принят с 1 сентября текущего года или о мотивированном отказе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...17 lines deleted...]
-    <w:p w:rsidR="002A0825" w:rsidRDefault="009E71F1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="18" w:name="z65"/>
+      <w:bookmarkEnd w:id="17"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В случае подачи заявки на бумажном носителе, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> при зачислении ребенка направляет уведомление о зачислении с 1 сентября текущего года первым троим подавшим заявление </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателям</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с территории обслуживания организации образования, затем - о зачислении с 1 сентября текущего года 1 (одному) претенденту не из территории обслуживания организации образования, из числа тех, кто зарегистрировался первым.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">      1) </w:t>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Приказ о зачислении в первый класс издается организацией образования не ранее 25 августа текущего года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Правила дополнены пунктом 9-6 в соответствии с приказом Министра образования и науки РК от 24.06.2020 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="19" w:name="z274"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 9-7. При приеме детей в первый класс гимназий и лицеев проводятся экзамены до 15 июня календарного года, сроки, формы и задания, которых определяются организациями образования самостоятельно.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Типовые правила дополнены пунктом 9-7 в соответствии с приказом Министра образования и науки РК от 03.06.2021 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 275</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие со дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="20" w:name="z34"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 10. </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r>
-[...5 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Прием документов для перевода детей между организациями начального, основного среднего, общего среднего образования осуществляется в каникулярный период (за исключением наличия решения суда, переезда в другой населенный пункт, выезда за пределы Республики Казахстан), в соответствии с государственной услугой "Прием документов для перевода детей между организациями начального, основного среднего, общего среднего образования" согласно приложению 2 к Типовым правилам через портал или </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
-      <w:r>
-[...7 lines deleted...]
-    <w:p w:rsidR="002A0825" w:rsidRDefault="009E71F1">
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на бумажном носителе.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Пункт 10 - в редакции приказа Министра образования и науки РК от 03.06.2021 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 275</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие со дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...24 lines deleted...]
-    <w:p w:rsidR="002A0825" w:rsidRDefault="009E71F1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="21" w:name="z67"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 10-1. Для получения государственной услуги "Прием документов для перевода детей между организациями начального, основного среднего, общего среднего образования" </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> подает через портал или на бумажном носителе перечень документов, указанных в стандарте </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>госуслуг</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в приложении 2 к Типовым правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Правила дополнены пунктом 10-1 в соответствии с приказом Министра образования и науки РК от 24.06.2020 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">      3) </w:t>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="22" w:name="z68"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 10-2</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r>
-[...4 lines deleted...]
-        <w:t>осы</w:t>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> В</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r>
-[...7 lines deleted...]
-    <w:p w:rsidR="002A0825" w:rsidRDefault="009E71F1">
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> случае обращения через портал в "личный кабинет" </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> приходит уведомление о переводе обучающегося из одной организации в другую организацию образования, с указанием фамилии, имени, отчества (при его наличии), даты рождения, класса, языка обучения и школы (телефон, почтовый адрес, электронный адрес (официальный интернет ресурс) подписанное электронной </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">цифровой подписью (далее - ЭЦП) уполномоченного лица </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, при отказе оказании государственной услуги - о мотивированном </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>отказе</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с указанием причин отказа.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Правила дополнены пунктом 10-2 в соответствии с приказом Министра образования и науки РК от 24.06.2020 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); в редакции приказа Министра образования и науки РК от 03.06.2021 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 275</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие со дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...5 lines deleted...]
-          <w:sz w:val="28"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="23" w:name="z70"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 10-3. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">При приеме от </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> документов на бумажном носителе </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> выдается открепительный талон о выбытии для предоставления его в организацию прибытия, с указанием фамилии, имени, отчества (при его наличии), даты рождения, класса, языка обучения и школы (телефон, почтовый адрес, электронный адрес (официальный интернет ресурс) или мотивированный отказ.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Правила дополнены пунктом 10-3 в соответствии с приказом Министра образования и науки РК от 24.06.2020 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); в редакции приказа Министра образования и науки РК от 03.06.2021 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 275</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие со дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="24" w:name="z71"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 10-4. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В случае получения услуги на бумажном носителе </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, к которому прибывает обучающийся, предоставляет открепительный талон о прибытии, в котором указывается его фамилия, имя, отчество (при его наличии), дата рождения, класс, язык обучения, школа (почтовый адрес, телефон, электронный адрес (официальный интернет ресурс).</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Правила дополнены пунктом 10-4 в соответствии с приказом Министра образования и науки РК от 24.06.2020 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); в редакции приказа Министра образования и науки РК от 03.06.2021 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 275</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие со дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="25" w:name="z72"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 10-5. Оригинал открепительного талона о прибытии (документы выдаются после предоставления оригинала открепительного талона о прибытии в другую организацию среднего образования) предоставляется в ту организацию среднего </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>образования</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> из которой выбывает обучающийся для получения документов (личное дело обучающегося).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> выдает </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> документы на руки (личное дело </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>обучающегося</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">). </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>предоставляет документы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (личное дело) в организацию образования в которую прибывает.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  Организации образования издают приказы и проводят сверку о зачислении/отчислении обучающегося </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>из</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> организации среднего образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Правила дополнены пунктом 10-5 в соответствии с приказом Министра образования и науки РК от 24.06.2020 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); в редакции приказа Министра образования и науки РК от 03.06.2021 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 275</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие со дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="26" w:name="z73"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 10-6. В случае переполненности </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>класс-комплектов</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и несоответствия срокам подачи заявления, установленным в настоящих правилах </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, отказывает в приеме заявления.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Правила дополнены пунктом 10-6 в соответствии с приказом Министра образования и науки РК от 24.06.2020 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); в редакции приказа Министра образования и науки РК от 03.06.2021 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 275</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие со дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="27" w:name="z74"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 10-7. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обеспечивает внесение сведений о стадии оказания государственной услуги в информационную систему мониторинга оказания государственных услуг в порядке согласно подпункту 11) пункта 2 статьи 5 Закона.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Правила дополнены пунктом 10-7 в соответствии с приказом Министра образования и науки РК от 24.06.2020 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="28" w:name="z36"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 11.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r>
-[...4 lines deleted...]
-        <w:t xml:space="preserve">     4) </w:t>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Прием обучающихся во вторые, третьи, четвертые, пятые, шестые, седьмые, восьмые, девятые классы организаций образования, реализующих общеобразовательные учебные программы начального и основного среднего образования, осуществляется с обеспечением доступа обучающихся, проживающих на территории обслуживания организации образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="29" w:name="z37"/>
+      <w:bookmarkEnd w:id="28"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 12. </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r>
-[...4 lines deleted...]
-        <w:t>осы</w:t>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Прием обучающихся в десятые, одиннадцатые (двенадцатые) классы организаций образования, реализующих общеобразовательные учебные программы общего среднего образования, осуществляется с обеспечением доступа обучающихся, проживающих на территории обслуживания организации образования, и на основании личного заявления обучающихся либо заявления их родителей или иных законных представителей, а также наличия документа государственного образца об основном среднем образовании.</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r>
-[...14 lines deleted...]
-    <w:p w:rsidR="002A0825" w:rsidRDefault="009E71F1">
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...10 lines deleted...]
-    <w:p w:rsidR="002A0825" w:rsidRDefault="009E71F1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Прием заявлений производится до 15 августа календарного года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Пункт 12 - в редакции приказа Министра образования и науки РК от 03.06.2021 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 275</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие со дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...14 lines deleted...]
-        <w:t>қа енгізіледі.</w:t>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="30" w:name="z39"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 13. Прием обучающихся в десятые, одиннадцатые классы гимназий, лицеев осуществляется в соответствии с уставом гимназии, лицея на основании личного заявления обучающихся либо заявления их родителей или иных законных представителей и наличия документа государственного образца об основном среднем образовании без учета </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>территории обслуживания данных видов организаций образования</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="31" w:name="z40"/>
+      <w:bookmarkEnd w:id="30"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 14.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Гимназии и лицеи формируют общеобразовательные классы для обеспечения получения обязательного объема знаний, определенных государственными общеобязательными стандартами образования Республики Казахстан, с обеспечением доступа обучающихся, проживающих на территории обслуживания организации образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="32" w:name="z75"/>
+      <w:bookmarkEnd w:id="31"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 15. Прием на обучение в специализированные организации образования производится на конкурсной основе (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>далее-конкурс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="33" w:name="z76"/>
+      <w:bookmarkEnd w:id="32"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Специализированная организация образования на своем </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>интернет-ресурсе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> размещает квоту, позволяющую осуществить формирование </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>класс-комплектов</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> при проведении конкурсного отбора. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Пункт 15 в редакции приказа Министра образования и науки РК от 24.06.2020 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="34" w:name="z77"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 16. Прием документов для участия в конкурсе от родителя или иного законного представителя ребенка, поступающего в специализированную организацию образования, проводится с 1 февраля по 15 апреля текущего календарного года, дополнительные сроки устанавливаются уполномоченным органом в области образования Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Пункт 16 - в редакции приказа Министра просвещения РК от 05.08.2022 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 350</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="35" w:name="z78"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 17. Приказом руководителя специализированной организации образования назначается ответственное лицо для приема документов. Ответственное лицо несет ответственность за создание </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>электронной базы претендентов (наименование специализированной организации образования, ФИО, ИИН, класс, язык обучения, электронный адрес, копии дипломов (при наличии)) на участие в конкурсе.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Пункт 17 в редакции приказа Министра образования и науки РК от 24.06.2020 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="36" w:name="z79"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 18. Для участия в конкурсе родитель или иной законный представитель ребенка в установленные сроки проходят регистрацию на </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>интернет-ресурсе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> специализированной организации образования или предоставляют ответственному лицу специализированной организации </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>образования</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> следующие документы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="37" w:name="z276"/>
+      <w:bookmarkEnd w:id="36"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) заявление от родителя или иного законного представителя ребенка;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="38" w:name="z277"/>
+      <w:bookmarkEnd w:id="37"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) копия свидетельства о рождении ребенка с указанием ИИН;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="39" w:name="z278"/>
+      <w:bookmarkEnd w:id="38"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) справка ребенка с места учебы с фото, заверенная печатью организации, с указанием электронного адреса претендента;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="40" w:name="z279"/>
+      <w:bookmarkEnd w:id="39"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4) фотография ребенка размером 3х4 в количестве 2 штук;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="41" w:name="z280"/>
+      <w:bookmarkEnd w:id="40"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5) копии документов, подтверждающих принадлежность к социально уязвимым категориям населения. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="42" w:name="z281"/>
+      <w:bookmarkEnd w:id="41"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> При наличии информационной системы документы, указанные в настоящем пункте предоставляются в электронном формате. В случае отсутствия информационной системы, сканированные документы направляются на электронный адрес или предоставляются в бумажном формате в канцелярию специализированной организации образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Пункт 18 - в редакции приказа Министра просвещения РК от 05.08.2022 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 350</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="43" w:name="z282"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 18-1. К социально уязвимым категориям населения, из числа которых </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>будут отобраны 15% обучающихся от общего количества принимаемых относятся</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> дети из семей из сельской местности, получающих государственную адресную социальную помощь;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> дети, где один из родителей имеет инвалидность первой группы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> семьям, имеющим или воспитывающим ребенка </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> инвалидностью; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> дети-сироты и дети, оставшиеся без попечения родителей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> дети-сироты, дети, оставшиеся без попечения родителей, проживающие в семьях; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> дети из семей, требующих экстренной помощи в результате чрезвычайных ситуаций;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> семьям, лишившимся жилища в результате экологических бедствий, чрезвычайных ситуаций природного и техногенного характера; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> семьям лиц, погибших (умерших) при исполнении государственных или общественных обязанностей, воинской службы, при подготовке или осуществлении полета в космическое пространство.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Правила дополнены пунктом 18-1 в соответствии с приказом Министра просвещения РК от 05.08.2022 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 350</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="44" w:name="z85"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 19. Основанием для отказа в приеме документов может являться</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>подача заявления об участии в Конкурсе позже установленных сроков или неполный пакет документов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Пункт 19 в редакции приказа Министра образования и науки РК от 24.06.2020 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="45" w:name="z86"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 20. После завершения приема документов в течение 2 рабочих дней ответственное лицо каждой специализированной организации образования передает электронную базу обучающихся для участия в конкурсе Центру "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Дарын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>" для разработки тестовых материалов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Пункт 20 - в редакции приказа Министра просвещения РК от 05.08.2022 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 350</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="46" w:name="z87"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 21. Приказом руководителя Центра "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Дарын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>" определяется ответственное лицо для работы с электронными базами претендентов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Пункт 21 в редакции приказа Министра образования и науки РК от 24.06.2020 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="47" w:name="z88"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 22. Для организации и проведения конкурса для приема на обучение Центром "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Дарын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>" создается конкурсная комиссия.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Пункт 22 в редакции приказа Министра образования и науки РК от 24.06.2020 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="48" w:name="z89"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 23. В состав конкурсной комиссии входят председатель конкурсной комиссии, сотрудники территориальных органов Комитета по обеспечению качества в сфере образования и науки Министерства образования и науки Республики Казахстан, учебно-методического совета Центра "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Дарын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>", специальных мониторинговых групп, представителей общественных организаций в области образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Пункт 23 в редакции приказа Министра образования и науки РК от 24.06.2020 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="49" w:name="z90"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 24. Председатель конкурсной комиссии выбирается из числа членов комиссии. Количество членов комиссии должно составлять нечетное число, но не менее семи человек.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Пункт 24 в редакции приказа Министра образования и науки РК от 24.06.2020 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="50" w:name="z91"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 25. Специализированной организацией образования утверждаются квоты:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="51" w:name="z284"/>
+      <w:bookmarkEnd w:id="50"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) в размере 10% от общего количества обучающихся, принимаемых в 7 классы, для победителей национальной интеллектуальной олимпиады из сельских школ "</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>M</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ың бала";</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="52" w:name="z285"/>
+      <w:bookmarkEnd w:id="51"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>2) в размере 15% от общего количества обучающихся, принимаемых в 5, 6, 7, 8 и 10 классы, для социально уязвимых категории населения, указанных в пункте 18-1) настоящих Правил.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Пункт 25 - в редакции приказа Министра просвещения РК от 05.08.2022 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 350</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="53" w:name="z286"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 25-1. Обучающиеся, указанные в пункте 25 к настоящим правилам, принимаемые в 5, 6, 7, 8 и 10 классы, обеспечиваются питанием за счет бюджетных средств по решению местных исполнительных/представительных органов и/или органом управления организацией образования всех форм собственности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Правила дополнены пунктом 25-1 в соответствии с приказом Министра просвещения РК от 05.08.2022 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 350</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="54" w:name="z287"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 25-2. После завершения приема документов конкурсная комиссия проверяет предоставленные документы на соответствие критериям отбора и запрашивает оригиналы подтверждающих документов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Правила дополнены пунктом 25-2 в соответствии с приказом Министра просвещения РК от 05.08.2022 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 350</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="55" w:name="z92"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 26. Конкурсные материалы для проведения отбора в специализированные организации образования разрабатываются и утверждаются учебно-методическим советом Центра "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Дарын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Правила дополнены пунктом 26 в соответствии с приказом Министра образования и науки РК от 24.06.2020 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="56" w:name="z93"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 27. Конкурс проводится в период с 15 мая по 15 июня, еженедельно в субботу и воскресенье. Дополнительные сроки проведения Конкурса устанавливаются уполномоченным органом в области образования Республики Казахстан до начала следующего учебного года.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Правила дополнены пунктом 27 в соответствии с приказом Министра образования и науки РК от 24.06.2020 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); в редакции приказа Министра просвещения РК от 05.08.2022 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 350</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="57" w:name="z94"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 28. График проведения конкурсного отбора размещается на </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>интернет-ресурсах</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> специализированных организаций образования и Центра "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Дарын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>" за 10 рабочих дней до начало конкурса.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Правила дополнены пунктом 28 в соответствии с приказом Министра образования и науки РК от 24.06.2020 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); в редакции приказа Министра просвещения РК от 05.08.2022 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 350</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="58" w:name="z95"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 29. Конкурс проходит в режиме </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>оффлайн</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (в форме тестирования). Проведение конкурса в электронном формате оператор согласовывает со специализированными организациями образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Правила дополнены пунктом 29 в соответствии с приказом Министра образования и науки РК от 24.06.2020 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); в редакции приказа Министра просвещения РК от 05.08.2022 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 350</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="59" w:name="z96"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 30. Тестовые материалы для проведения конкурса доставляются в специализированные организации образования в бумажном варианте, (запломбированные) сотрудниками Центра "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Дарын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>" за день до начала проведения конкурса.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Правила дополнены пунктом 30 в соответствии с приказом Министра образования и науки РК от 24.06.2020 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="60" w:name="z97"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 31. Конкурс проходит в каждом регионе на базе специализированной организации образования, заранее определяемой Центром "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Дарын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>" по согласованию с местными исполнительными органами. Конкурс и подведение итогов проводится среди претендентов на зачисление в специализированную организацию образования в разрезе каждой специализированной организации образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Правила дополнены пунктом 31 в соответствии с приказом Министра образования и науки РК от 24.06.2020 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="61" w:name="z98"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 32. Для обеспечения прозрачности приема </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>обучающихся</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в специализированной организации образования устанавливаются системы видеонаблюдения и аудиозаписи, используемые для запуска в здание, аудитории и места проведения конкурсного отбора. Специализированная организация образования оснащается техническим оборудованием для проведения Конкурса.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Правила дополнены пунктом 32 в соответствии с приказом Министра образования и науки РК от 24.06.2020 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="62" w:name="z99"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 33. Тестирование для </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>поступающих</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="63" w:name="z289"/>
+      <w:bookmarkEnd w:id="62"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) в 7 кла</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>сс вкл</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ючает 75 вопросов по предметам:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="64" w:name="z290"/>
+      <w:bookmarkEnd w:id="63"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> математика и логика – 55 вопросов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="65" w:name="z291"/>
+      <w:bookmarkEnd w:id="64"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> грамотность чтения – 10 вопросов; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="66" w:name="z292"/>
+      <w:bookmarkEnd w:id="65"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> история Казахстана – 10 вопросов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="67" w:name="z293"/>
+      <w:bookmarkEnd w:id="66"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) в 6 кла</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>сс вкл</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ючает 60 вопросов по предметам: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="68" w:name="z294"/>
+      <w:bookmarkEnd w:id="67"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> математика и логика – 35 вопросов; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="69" w:name="z295"/>
+      <w:bookmarkEnd w:id="68"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> грамотность чтения – 15 вопросов; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="70" w:name="z296"/>
+      <w:bookmarkEnd w:id="69"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> история Казахстана – 10 вопросов. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="71" w:name="z297"/>
+      <w:bookmarkEnd w:id="70"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) в 5 кла</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>сс вкл</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ючает 40 вопросов по предметам: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="72" w:name="z298"/>
+      <w:bookmarkEnd w:id="71"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> математика и логика – 30 вопросов; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="73" w:name="z299"/>
+      <w:bookmarkEnd w:id="72"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> грамотность чтения – 10 вопросов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="74" w:name="z300"/>
+      <w:bookmarkEnd w:id="73"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4) в 10 кла</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>сс вкл</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ючает 95 вопросов по предметам: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="75" w:name="z301"/>
+      <w:bookmarkEnd w:id="74"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> математика и логика – 60 вопросов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="76" w:name="z302"/>
+      <w:bookmarkEnd w:id="75"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> грамотность чтения – 10 вопросов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="77" w:name="z303"/>
+      <w:bookmarkEnd w:id="76"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> история Казахстана - 25 вопросов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Правила дополнены пунктом 33 в соответствии с приказом Министра образования и науки РК от 24.06.2020 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); в редакции приказа Министра просвещения РК от 05.08.2022 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 350</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="78" w:name="z110"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 34. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Время, отведенное на тестирование в 7 классе составляет</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 120 минут, в 6 классе – 90 минут, в 5 классе – 60 минут, в 10 классе – 180 минут (в указанное время не входит время на раздачу тестовых материалов, заполнение секторов Листа ответов, а также время на разъяснительную работу).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Правила дополнены пунктом 34 в соответствии с приказом Министра образования и науки РК от 24.06.2020 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); в редакции приказа Министра просвещения РК от 05.08.2022 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 350</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="79" w:name="z111"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 35. При вычислении итоговых результатов теста количество правильных ответов умножается на коэффициент "4" (четыре), тогда как один неправильный ответ умножается на коэффициент "-1". Таким образом, высчитывается общий итог (4* </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>правильных</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ответа +(-)* неправильный </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ответ=</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> общему итоговому баллу).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Правила дополнены пунктом 35 в соответствии с приказом Министра образования и науки РК от 24.06.2020 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="80" w:name="z112"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 36. Обработка результатов проводится конкурсной комиссией при помощи сканирования листов ответа, получение результатов обеспечивается через единую систему проверки Центра "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Дарын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>". Книжка-вопросник не рассматривается.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Правила дополнены пунктом 36 в соответствии с приказом Министра образования и науки РК от 24.06.2020 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="81" w:name="z113"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 37. Апелляция по результатам конкурсного отбора не проводится.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Правила дополнены пунктом 37 в соответствии с приказом Министра образования и науки РК от 24.06.2020 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="82" w:name="z114"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 38. Победители и призеры областного этапа диплома об участии в республиканских олимпиадах, проводимых Центром "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Дарын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">", областными, городов </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Нур-Султан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Алматы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, Шымкент управлениями образования при одинаковом количестве набранных баллов имеют преимущество при зачислении в специализированную организацию образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Правила дополнены пунктом 38 в соответствии с приказом Министра образования и науки РК от 24.06.2020 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="83" w:name="z115"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 39. Конкурсный отбор для претендентов, поступающих в специализированные организации образования, за исключением "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ім-инновация</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">" </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>лицейі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>", проводится в один тур (тестирование). Конкурсный отбор и прием в</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Б</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ілім-инновация</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">" </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>лицейі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>" проводится в порядке определенном Международным общественным фондом "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Білім-инновация</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Правила дополнены пунктом 39 в соответствии с приказом Министра образования и науки РК от 24.06.2020 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="84" w:name="z116"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 40. Зачисление претендентов на обучение в специализированную организацию образования, в том числе указанных в подпункте 2) пункта 25 настоящих Правил, осуществляется от максимального количества баллов в соответствии с вакантными местами в разрезе специализированных организации образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="84"/>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Правила дополнены пунктом 40 в соответствии с приказом Министра образования и науки РК от 24.06.2020 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); в редакции приказа Министра просвещения РК от 05.08.2022 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 350</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="85" w:name="z117"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 41. Итоги конкурсного отбора претендентов оформляются протоколом конкурсной комиссии и размещаются на </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>интернет-ресурсах</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Центра "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Дарын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>" и специализированной организации образования не позднее следующего дня после проведения конкурсного отбора.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="85"/>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Правила дополнены пунктом 41 в соответствии с приказом Министра образования и науки РК от 24.06.2020 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="86" w:name="z118"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 42. По итогам конкурса руководитель специализированной организации образования до начала учебного года издает приказ о зачислении претендентов, прошедших конкурсный отбор, в специализированную организацию образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="86"/>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Правила дополнены пунктом 42 в соответствии с приказом Министра образования и науки РК от 24.06.2020 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); в редакции приказа Министра просвещения РК от 05.08.2022 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">№ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>350</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="87" w:name="z119"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 43. Конкурсной комиссией формируется резервный список претендентов из числа претендентов конкурса, не вошедших в основные вакансии, по сумме набранных баллов в порядке убывания и размещается на </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>интернет-ресурсе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> специализированной организации образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="87"/>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Правила дополнены пунктом 43 в соответствии с приказом Министра образования и науки РК от 24.06.2020 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); в редакции приказа Министра просвещения РК от 05.08.2022 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 350</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="88" w:name="z120"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 44. Претенденты, зачисленные в резервный список, могут быть приняты в специализированные организации образования в течение учебного года при наличии вакантных мест. Наличие вакантных мест размещается на </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>интернет-ресурсе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> специализированной организации образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="88"/>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Правила дополнены пунктом 44 в соответствии с приказом Министра образования и науки РК от 24.06.2020 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="89" w:name="z121"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 45. При высвобождении мест в 8-11 классах специализированная организация образования проводит конкурсный отбор самостоятельно, но не более утвержденного количества учащихся в соответствии с Санитарно-эпидемиологическими требованиями к объектам образования, утвержденными приказом Министра здравоохранения Республики Казахстан от 16 августа 2017 года № 611 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 15681).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="89"/>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Правила дополнены пунктом 45 в соответствии с приказом Министра образования и науки РК от 24.06.2020 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="90" w:name="z122"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 46. Специализированные организации образования, обеспечивающие образование, направленное на углубленное освоение одаренными детьми основ военного дела, спорта, искусства, согласно Уставу школ проводят второй тур претендентов с учетом функциональных профессиональных, психологических и физиологических данных</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="90"/>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Правила дополнены пунктом 46 в соответствии с приказом Министра образования и науки РК от 24.06.2020 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="91" w:name="z123"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 3. Порядок обжалования решений, действий (бездействий) местных исполнительных органов, города республиканского значения и столицы, района (города областного значения) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и (или) его должностных лиц по вопросам оказания государственных услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="91"/>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Правила дополнены главой 3 в соответствии с приказом Министра образования и науки РК от 24.06.2020 № 264 (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="92" w:name="z124"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 47. Жалоба на решение, действий (бездействия) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по вопросам оказания государственных услуг может быть подана на имя руководителя </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, в уполномоченный орган по оценке и </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>контролю за</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> качеством оказания государственных услуг, в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="93" w:name="z125"/>
+      <w:bookmarkEnd w:id="92"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Жалоба </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, поступившая в адрес </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, в соответствии с пунктом 2 статьи 25 Закона Республики Казахстан "О государственных услугах" подлежит рассмотрению в течение 5 (пяти) рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="94" w:name="z126"/>
+      <w:bookmarkEnd w:id="93"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Жалоба </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, поступившая в адрес уполномоченного органа по оценке и </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>контролю за</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> качеством оказания государственных услуг, подлежит рассмотрению в течение 15 (пятнадцати) рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="95" w:name="z127"/>
+      <w:bookmarkEnd w:id="94"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 48.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В случаях несогласия с результатами оказания государственной услуги </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обращается в суд в установленном законодательством Республики Казахстан порядке.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
-        <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7780"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="2748"/>
+        <w:gridCol w:w="6610"/>
+        <w:gridCol w:w="4193"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002A0825" w:rsidTr="009E71F1">
-[...98 lines deleted...]
-      <w:tr w:rsidR="002A0825" w:rsidTr="009E71F1">
+      <w:tr w:rsidR="009E5A8D" w:rsidRPr="00060603">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A0825" w:rsidRDefault="009E71F1">
-[...6045 lines deleted...]
-          <w:p w:rsidR="002A0825" w:rsidRPr="009E71F1" w:rsidRDefault="009E71F1">
+          <w:bookmarkEnd w:id="95"/>
+          <w:p w:rsidR="009E5A8D" w:rsidRPr="00377E75" w:rsidRDefault="00377E75">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A0825" w:rsidRPr="009E71F1" w:rsidRDefault="009E71F1">
+          <w:p w:rsidR="00060603" w:rsidRDefault="00060603">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009E71F1">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="009E71F1">
+          </w:p>
+          <w:p w:rsidR="009E5A8D" w:rsidRDefault="00377E75">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Приложение 1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00377E75">
               <w:rPr>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="009E71F1">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="009E71F1">
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">к Типовым правилам приема </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00377E75">
               <w:rPr>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="009E71F1">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="009E71F1">
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">на обучение в организации </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00377E75">
               <w:rPr>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="009E71F1">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="009E71F1">
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">образования, реализующие </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00377E75">
               <w:rPr>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="009E71F1">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="009E71F1">
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">общеобразовательные учебные </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00377E75">
               <w:rPr>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="009E71F1">
-[...15 lines deleted...]
-            <w:r w:rsidRPr="009E71F1">
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">программы начального, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00377E75">
               <w:rPr>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="009E71F1">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="009E71F1">
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">основного среднего и общего </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00377E75">
               <w:rPr>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="009E71F1">
-[...6 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>среднего образования</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00060603" w:rsidRPr="00377E75" w:rsidRDefault="00060603">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="002A0825" w:rsidRPr="009E71F1" w:rsidRDefault="009E71F1">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="009E71F1">
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="96" w:name="z270"/>
+      <w:r w:rsidRPr="00377E75">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...4 lines deleted...]
-    <w:p w:rsidR="002A0825" w:rsidRPr="009E71F1" w:rsidRDefault="009E71F1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Стандарт государственной услуги: "Прием документов и зачисление в организации образования независимо от ведомственной подчиненности для </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>обучения по</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> общеобразовательным программам начального, основного среднего, общего среднего образования"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="96"/>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:lang w:val="ru-RU"/>
-[...5 lines deleted...]
-          <w:sz w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...28 lines deleted...]
-        <w:t>сми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); өзгеріс енгізілді - ҚР Оқу-ағарту министрінің 27.08.2022 № 378 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Типовые правила дополнены приложением 1 в соответствии с приказом Министра образования и науки РК от 24.06.2020 № 264 (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); в редакции приказа Министра образования и науки РК от 03.06.2021 № 275 (вводится в действие со дня его первого официального опубликования);</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с изменениями, внесенными приказом Министра просвещения РК от 27.08.2022 № 378 (вводится в действие по истечении десяти календарных дней после дня их первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10753" w:type="dxa"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="467"/>
         <w:gridCol w:w="3680"/>
         <w:gridCol w:w="420"/>
         <w:gridCol w:w="6106"/>
         <w:gridCol w:w="80"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002A0825" w:rsidTr="009E71F1">
+      <w:tr w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidTr="00377E75">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="80" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="467" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A0825" w:rsidRDefault="009E71F1">
+          <w:p w:rsidR="009E5A8D" w:rsidRDefault="00377E75">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A0825" w:rsidRDefault="009E71F1">
+          <w:p w:rsidR="009E5A8D" w:rsidRDefault="00377E75">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Көрсетілетін қызметті берушінің атауы</w:t>
-            </w:r>
+              <w:t>Наименование</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>услугодателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6106" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A0825" w:rsidRDefault="009E71F1">
+          <w:p w:rsidR="009E5A8D" w:rsidRPr="00377E75" w:rsidRDefault="00377E75">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...4 lines deleted...]
-              <w:t>Бастауыш, негізгі орта, жалпы орта білім беру ұйымдары (бұдан әрі – көрсетілетін қызметті беруші)</w:t>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Организации начального, основного среднего, общего среднего образования (далее – </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугодатель</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A0825" w:rsidRPr="009E71F1" w:rsidTr="009E71F1">
+      <w:tr w:rsidR="009E5A8D" w:rsidTr="00377E75">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="80" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="467" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A0825" w:rsidRDefault="009E71F1">
+          <w:p w:rsidR="009E5A8D" w:rsidRDefault="00377E75">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A0825" w:rsidRDefault="009E71F1">
+          <w:p w:rsidR="009E5A8D" w:rsidRDefault="00377E75">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Мемлекеттік көрсетілетін қызметті ұсыну тәсілдері</w:t>
-            </w:r>
+              <w:t>Способы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>предоставления</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>государственной</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>услуги</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6106" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A0825" w:rsidRPr="009E71F1" w:rsidRDefault="009E71F1">
+          <w:p w:rsidR="009E5A8D" w:rsidRPr="00377E75" w:rsidRDefault="00377E75">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009E71F1">
+            <w:r w:rsidRPr="00377E75">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">1) </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>веб-портал</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> "электронного правительства" </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>www</w:t>
             </w:r>
-            <w:r w:rsidRPr="009E71F1">
+            <w:r w:rsidRPr="00377E75">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>egov</w:t>
             </w:r>
-            <w:r w:rsidRPr="009E71F1">
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00377E75">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>kz</w:t>
             </w:r>
-            <w:r w:rsidRPr="009E71F1">
-[...31 lines deleted...]
-              <w:t>портал) арқылы;</w:t>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (далее – портал);</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002A0825" w:rsidRPr="009E71F1" w:rsidRDefault="009E71F1">
+          <w:p w:rsidR="009E5A8D" w:rsidRDefault="00377E75">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009E71F1">
-[...5 lines deleted...]
-              <w:t>2) көрсетілетін қызметті беруші арқылы жүзеге асырылады.</w:t>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>услугодателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A0825" w:rsidTr="009E71F1">
+      <w:tr w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidTr="00377E75">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="80" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="467" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A0825" w:rsidRDefault="009E71F1">
+          <w:p w:rsidR="009E5A8D" w:rsidRDefault="00377E75">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A0825" w:rsidRDefault="009E71F1">
+          <w:p w:rsidR="009E5A8D" w:rsidRDefault="00377E75">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Мемлекеттік көрсетілетін қызметтің мерзімі</w:t>
-            </w:r>
+              <w:t>Срок</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оказания</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>государственной</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>услуги</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6106" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A0825" w:rsidRDefault="009E71F1">
+          <w:p w:rsidR="009E5A8D" w:rsidRPr="00377E75" w:rsidRDefault="00377E75">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...4 lines deleted...]
-              <w:t>Көрсетілетін қызметті берушіге құжаттар топтамасын тапсырған сәттен бастап, сондай-ақ портал арқылы жүгінген кезде - бір жұмыс күні.</w:t>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> С момента сдачи пакета документов </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугодателю</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, а также при обращении через портал – один рабочий день. Для зачисления в организацию образования начального, основного среднего, общего среднего образования на очную и вечернюю форму обучения – не позднее 20 августа календарного года. </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002A0825" w:rsidRDefault="009E71F1">
+          <w:p w:rsidR="009E5A8D" w:rsidRPr="00377E75" w:rsidRDefault="00377E75">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...25 lines deleted...]
-              <w:t>1 сынып үшін күнтізбелік жылдың 1 тамызына дейін, 10 сынып үшін күнтізбелік жылдың 15 тамызына дейін</w:t>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Для 1 классов до 1 августа календарного года, для 10-х классов до 15 августа календарного года.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A0825" w:rsidTr="009E71F1">
+      <w:tr w:rsidR="009E5A8D" w:rsidTr="00377E75">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="80" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="467" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A0825" w:rsidRDefault="009E71F1">
+          <w:p w:rsidR="009E5A8D" w:rsidRDefault="00377E75">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A0825" w:rsidRDefault="009E71F1">
+          <w:p w:rsidR="009E5A8D" w:rsidRDefault="00377E75">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Мем</w:t>
-            </w:r>
+              <w:t>Форма</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>лекеттік көрсетілетін қызметтің нысаны</w:t>
-            </w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оказания</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>государственной</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>услуги</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6106" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A0825" w:rsidRDefault="009E71F1">
+          <w:p w:rsidR="009E5A8D" w:rsidRDefault="00377E75">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Электронды (ішінара автоматтандырылған) / қағаз түрінде</w:t>
-            </w:r>
+              <w:t>Электронная</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>частично</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>автоматизированная</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>) /</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бумажная</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A0825" w:rsidTr="009E71F1">
+      <w:tr w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidTr="00377E75">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="80" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="467" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A0825" w:rsidRDefault="009E71F1">
+          <w:p w:rsidR="009E5A8D" w:rsidRDefault="00377E75">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A0825" w:rsidRDefault="009E71F1">
+          <w:p w:rsidR="009E5A8D" w:rsidRDefault="00377E75">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Мемлекеттік көрсетілетін қызметтің нәтижелері</w:t>
-            </w:r>
+              <w:t>Результат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оказания</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>государственной</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>услуги</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6106" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A0825" w:rsidRDefault="009E71F1">
+          <w:p w:rsidR="009E5A8D" w:rsidRPr="00377E75" w:rsidRDefault="00377E75">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...11 lines deleted...]
-              <w:t>бастап орта білім беру ұйымына қабылдау және оқуға қабылдау туралы хабарлама алады, құжаттардың толық емес пакетін ұсынған кезде - бас тарту себебін көрсете отырып, дәлелді бас тарту туралы хабарлама келеді.</w:t>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>При обращении через портал:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002A0825" w:rsidRDefault="009E71F1">
+          <w:p w:rsidR="009E5A8D" w:rsidRPr="00377E75" w:rsidRDefault="00377E75">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...4 lines deleted...]
-              <w:t>- көрсетілетін қызметті берушіге:</w:t>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  в личный кабинет </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> приходит уведомление о принятии и зачислении в организацию среднего образования с 1 сентября текущего года, </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>при</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> подачи неполного пакета документов – о мотивированном отказе с указанием причины отказа. </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002A0825" w:rsidRDefault="009E71F1">
+          <w:p w:rsidR="009E5A8D" w:rsidRPr="00377E75" w:rsidRDefault="00377E75">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...18 lines deleted...]
-              <w:t>ы туралы хабарлама жолдайды.</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Услугодатель</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в уведомлении </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>указывает о зачислении с 1 сентября текущего года первым троим</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> подавшим заявление </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателям</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> из территории обслуживания, затем - о зачислении с 1 сентября текущего года 1 (одному) претенденту не из территории обслуживания, из числа тех, кто зарегистрировался первым.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002A0825" w:rsidRDefault="009E71F1">
+          <w:p w:rsidR="009E5A8D" w:rsidRPr="00377E75" w:rsidRDefault="00377E75">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...11 lines deleted...]
-              <w:t>бебін көрсете отырып, дәлелді бас тарту туралы хабарлама беріледі.</w:t>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">При обращении через </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугодателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>бумажно</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>) – выдача уведомления о приеме и зачислении в организацию среднего образования с 1 сентября текущего года, при подаче неполного пакета документов - о мотивированном отказе с указанием причины отказа.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A0825" w:rsidTr="009E71F1">
+      <w:tr w:rsidR="009E5A8D" w:rsidTr="00377E75">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="80" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="467" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A0825" w:rsidRDefault="009E71F1">
+          <w:p w:rsidR="009E5A8D" w:rsidRDefault="00377E75">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A0825" w:rsidRDefault="009E71F1">
+          <w:p w:rsidR="009E5A8D" w:rsidRPr="00377E75" w:rsidRDefault="00377E75">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...4 lines deleted...]
-              <w:t>Мемлекеттік көрсетілетін қызмет кезінде көрсетілетін қызметті алушыдан алынатын төлем мөлшері және Қазақстан Республикасының заңнамасында көзделген жағдайларда оны алу тәсілдері</w:t>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Размер оплаты, взимаемой с </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> при оказании государственной услуги, и </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>способы ее взимания в случаях, предусмотренных законодательством Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6106" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A0825" w:rsidRDefault="009E71F1">
+          <w:p w:rsidR="009E5A8D" w:rsidRDefault="00377E75">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Тегін</w:t>
-            </w:r>
+              <w:lastRenderedPageBreak/>
+              <w:t>Бесплатно</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A0825" w:rsidRPr="009E71F1" w:rsidTr="009E71F1">
+      <w:tr w:rsidR="009E5A8D" w:rsidRPr="00377E75" w:rsidTr="00377E75">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="80" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="467" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A0825" w:rsidRDefault="009E71F1">
+          <w:p w:rsidR="009E5A8D" w:rsidRDefault="00377E75">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A0825" w:rsidRDefault="009E71F1">
+          <w:p w:rsidR="009E5A8D" w:rsidRDefault="00377E75">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Жұмыс кестесі</w:t>
-            </w:r>
+              <w:t>График</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>работы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6106" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A0825" w:rsidRDefault="009E71F1">
+          <w:p w:rsidR="009E5A8D" w:rsidRPr="00377E75" w:rsidRDefault="00377E75">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...11 lines deleted...]
-              <w:t>гі түскі үзіліспен, белгіленген жұмыс кестесіне сәйкес сағат 9.00-ден 18.30-ға дейін.</w:t>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугодателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - с понедельника по пятницу, в соответствии с установленным графиком работы с 9.00 до 18.30 часов, за исключением выходных и праздничных дней, согласно Трудовому кодексу Республики Казахстан от 23 ноября 2015 года (далее – Кодекс) с перерывом на обед с 13.00 часов до 14.30 часов.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002A0825" w:rsidRDefault="009E71F1">
+          <w:p w:rsidR="009E5A8D" w:rsidRPr="00377E75" w:rsidRDefault="00377E75">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...27 lines deleted...]
-              <w:t>әйкес демалыс және мереке күндері жүгінген кезде өтініштерді қабылдау және мемлекеттік көрсетілетін қызмет нәтижелерін беру келесі жұмыс күні жүзеге асырылады).</w:t>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) портала – круглосуточно, за исключением технических перерывов в связи с проведением ремонтных работ (при обращении </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> после окончания рабочего времени, в выходные и праздничные дни согласно Кодексу, прием заявлений и выдача результатов оказания государственной услуги осуществляется следующим рабочим днем).</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002A0825" w:rsidRDefault="009E71F1">
+          <w:p w:rsidR="009E5A8D" w:rsidRPr="00377E75" w:rsidRDefault="00377E75">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...4 lines deleted...]
-              <w:t>Мемлекеттік қызметті көрсету орындарының мекенжайлары:</w:t>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Адреса мест оказания государственной услуги размещены </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002A0825" w:rsidRDefault="009E71F1">
+          <w:p w:rsidR="009E5A8D" w:rsidRPr="00377E75" w:rsidRDefault="00377E75">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...11 lines deleted...]
-              <w:t>нет-ресурсында;</w:t>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>интернет-ресурсе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугодателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002A0825" w:rsidRPr="009E71F1" w:rsidRDefault="009E71F1">
+          <w:p w:rsidR="009E5A8D" w:rsidRPr="00377E75" w:rsidRDefault="00377E75">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009E71F1">
+            <w:r w:rsidRPr="00377E75">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">2) </w:t>
             </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>портале</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>www</w:t>
             </w:r>
-            <w:r w:rsidRPr="009E71F1">
+            <w:r w:rsidRPr="00377E75">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>egov</w:t>
             </w:r>
-            <w:r w:rsidRPr="009E71F1">
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00377E75">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>kz</w:t>
             </w:r>
-            <w:r w:rsidRPr="009E71F1">
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> порталында орналасқан.</w:t>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A0825" w:rsidRPr="009E71F1" w:rsidTr="009E71F1">
+      <w:tr w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidTr="00377E75">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="80" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="467" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A0825" w:rsidRDefault="009E71F1">
+          <w:p w:rsidR="009E5A8D" w:rsidRDefault="00377E75">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A0825" w:rsidRDefault="009E71F1">
+          <w:p w:rsidR="009E5A8D" w:rsidRPr="00377E75" w:rsidRDefault="00377E75">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...4 lines deleted...]
-              <w:t>Мемлекеттік қызмет көрсету үшін қажетті құжаттардың тізбесі</w:t>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Перечень документов необходимых для оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6106" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A0825" w:rsidRDefault="009E71F1">
+          <w:p w:rsidR="009E5A8D" w:rsidRPr="00377E75" w:rsidRDefault="00377E75">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...4 lines deleted...]
-              <w:t>- порталға:</w:t>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>- на портал:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002A0825" w:rsidRDefault="009E71F1">
+          <w:p w:rsidR="009E5A8D" w:rsidRPr="00377E75" w:rsidRDefault="00377E75">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...4 lines deleted...]
-              <w:t>1) ата-аналардың немесе басқа заңды өкілдердің 1-қосымшасының нысанына сәйкес өтініш;</w:t>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>1) заявление родителей или иных законных представителей согласно форме приложения 1;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002A0825" w:rsidRDefault="009E71F1">
+          <w:p w:rsidR="009E5A8D" w:rsidRPr="00377E75" w:rsidRDefault="00377E75">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...25 lines deleted...]
-              <w:t>сымдағы № 469 бұйрығымен бекітілген № 026/у-3 нысан (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 2423 болып тіркелген);</w:t>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2) медицинские справки формы № 065/у о состоянии здоровья, утвержденной приказом исполняющего обязанности Министра здравоохранения Республики Казахстан от 30 октября 2020 года Қ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ДСМ-175/2020 " Об утверждении форм учетной документации в области здравоохранения" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 148139), формы № 026/у-3, утвержденной приказом Министра здравоохранения Республики Казахстан от 24 июня 2003 года № 469 "Об утверждении Инструкции по заполнению и ведению учетной формы 026/у-3 "Паспорта здоровья ребенка" (</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>зарегистрирован</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в Реестре государственной регистрации нормативных правовых актов под № 2423);</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002A0825" w:rsidRDefault="009E71F1">
+          <w:p w:rsidR="009E5A8D" w:rsidRPr="00377E75" w:rsidRDefault="00377E75">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...20 lines deleted...]
-              <w:t xml:space="preserve"> 3х4 см өлшеміндегі цифрлық фотосуретi.</w:t>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>3) цифровая фотография ребенка размером 3х4 см.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002A0825" w:rsidRDefault="009E71F1">
+          <w:p w:rsidR="009E5A8D" w:rsidRPr="00377E75" w:rsidRDefault="00377E75">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...4 lines deleted...]
-              <w:t>- көрсетілетін қызметті берушіге:</w:t>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- к </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугодателю</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>бумажно</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>):</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002A0825" w:rsidRDefault="009E71F1">
+          <w:p w:rsidR="009E5A8D" w:rsidRPr="00377E75" w:rsidRDefault="00377E75">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...11 lines deleted...]
-              <w:t>ңды өкілдердің 1-қосымшасының нысанына сәйкес өтініш;</w:t>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) заявление </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>заявление</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> родителей или иных законных представителей согласно форме приложения 1;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002A0825" w:rsidRDefault="009E71F1">
+          <w:p w:rsidR="009E5A8D" w:rsidRPr="00377E75" w:rsidRDefault="00377E75">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...4 lines deleted...]
-              <w:t>2) жеке басын растайтын құжаттың түпнұсқасы (түпнұсқасы сәйкестендіру үшін қажет, ол көрсетілетін қызметті алушыға қайтарылады);</w:t>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) документ, удостоверяющий личность (оригинал требуется для идентификации, который возвращается </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателю</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>),</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002A0825" w:rsidRDefault="009E71F1">
+          <w:p w:rsidR="009E5A8D" w:rsidRPr="00377E75" w:rsidRDefault="00377E75">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...25 lines deleted...]
-              <w:t xml:space="preserve"> маусымдағы № 469 бұйрығымен (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 2423 болып тіркелген) бекітілген № 026/у-3 нысан;</w:t>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>3) медицинская справка о состоянии здоровья (форма № 065/у, утвержденная приказом исполняющего обязанности Министра здравоохранения Республики Казахстан от 30 октября 2020 года № Қ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ДСМ-175/2020 " Об утверждении форм учетной документации в области здравоохранения" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 148139) и форма № 026/у-3, утвержденная приказом Министра здравоохранения Республики Казахстан от 24 июня 2003 года № 469 "Об утверждении Инструкции по заполнению и ведению учетной формы 026/у-3 "Паспорта здоровья ребенка" (</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>зарегистрирован</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в Реестре государственной регистрации нормативных правовых актов под № 2423);</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002A0825" w:rsidRPr="009E71F1" w:rsidRDefault="009E71F1">
+          <w:p w:rsidR="009E5A8D" w:rsidRPr="00377E75" w:rsidRDefault="00377E75">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009E71F1">
-[...22 lines deleted...]
-              <w:t>.</w:t>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>4) фотографии ребенка размером 3х4 см в количестве 2 штук.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002A0825" w:rsidRPr="009E71F1" w:rsidRDefault="009E71F1">
+          <w:p w:rsidR="009E5A8D" w:rsidRPr="00377E75" w:rsidRDefault="00377E75">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009E71F1">
-[...13 lines deleted...]
-              <w:t>здерінің мәртебесін айқындайтын, тұрғылықты жері бойынша тіркелгені туралы белгісі бар мынадай құжаттардың бірін ұсынады:</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Услугополучатели-иностранцы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и лица без гражданства предоставляют один из следующих документов, определяющих их статус, с отметкой о регистрации по месту проживания:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002A0825" w:rsidRPr="009E71F1" w:rsidRDefault="009E71F1">
+          <w:p w:rsidR="009E5A8D" w:rsidRPr="00377E75" w:rsidRDefault="00377E75">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009E71F1">
-[...5 lines deleted...]
-              <w:t>1) шетелдік – шетелдіктің Қазақстан Республикасында тұруға ықтиярхаты;</w:t>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>1) иностранец - вид на жительство иностранца в Республике Казахстан;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002A0825" w:rsidRPr="009E71F1" w:rsidRDefault="009E71F1">
+          <w:p w:rsidR="009E5A8D" w:rsidRPr="00377E75" w:rsidRDefault="00377E75">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009E71F1">
-[...5 lines deleted...]
-              <w:t>2) азаматтығы жоқ адам – азаматтығы жоқ адамның жеке куәлігі;</w:t>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>2) лицо без гражданства - удостоверение лица без гражданства;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002A0825" w:rsidRPr="009E71F1" w:rsidRDefault="009E71F1">
+          <w:p w:rsidR="009E5A8D" w:rsidRPr="00377E75" w:rsidRDefault="00377E75">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009E71F1">
-[...13 lines deleted...]
-              <w:t>) босқын – босқын куәлігі;</w:t>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>3) беженец - удостоверение беженца;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002A0825" w:rsidRPr="009E71F1" w:rsidRDefault="009E71F1">
+          <w:p w:rsidR="009E5A8D" w:rsidRPr="00377E75" w:rsidRDefault="00377E75">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009E71F1">
-[...5 lines deleted...]
-              <w:t>4) пана іздеуші – пана іздеуші адамның куәлігі;</w:t>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>4) лицо, ищущее убежище - свидетельство лица, ищущего убежище;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002A0825" w:rsidRPr="009E71F1" w:rsidRDefault="009E71F1">
+          <w:p w:rsidR="009E5A8D" w:rsidRPr="00377E75" w:rsidRDefault="00377E75">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009E71F1">
-[...6 lines deleted...]
-              <w:t>5) қандас – қандас куәлігі.</w:t>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>кандас</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - удостоверение </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>кандаса</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002A0825" w:rsidRPr="009E71F1" w:rsidRDefault="009E71F1">
+          <w:p w:rsidR="009E5A8D" w:rsidRPr="00377E75" w:rsidRDefault="00377E75">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009E71F1">
-[...13 lines deleted...]
-              <w:t>беруші тиісті мемлекеттік ақпараттық жүйелерден "электрондық үкімет" шлюзі арқылы алады</w:t>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">При обращении через портал сведения о документе, удостоверяющего личность </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, свидетельство о рождении ребенка (паспорт, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>удоств</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> личности</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> )</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, адресную справку </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугодатель</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> получает из соответствующих государственных информационных систем через шлюз "электронного правительства".</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002A0825" w:rsidRPr="009E71F1" w:rsidRDefault="009E71F1">
+          <w:p w:rsidR="009E5A8D" w:rsidRPr="00377E75" w:rsidRDefault="00377E75">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009E71F1">
-[...13 lines deleted...]
-              <w:t>дайлар туындаған жағдайларда № 065/у и 026/у-3 нысандағы медициналық анықтамаларды көрсетілетін қызметті алушылар осы аумақта шектеу іс-шараларын алып тастауға, төтенше жағдайдың қолданысын тоқтатуға қарай тікелей білім беру ұйымдарына ұсынады.</w:t>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>В случаях осуществления ограничительных мероприятий соответствующими государственными органами, введения чрезвычайного положения, возникновения чрезвычайных ситуаций социального, природного и техногенного характера на определенной территории медицинские справки формы № 065/</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>у</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и 026/у-3, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателями</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> данной территории предоставляются непосредственно в организации образования по мере снятия ограничительных мероприятий, прекращения действия чрезвычайного положения.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A0825" w:rsidTr="009E71F1">
+      <w:tr w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidTr="00377E75">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="80" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="467" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A0825" w:rsidRDefault="009E71F1">
+          <w:p w:rsidR="009E5A8D" w:rsidRDefault="00377E75">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-              <w:t>9</w:t>
+              <w:t xml:space="preserve">9. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A0825" w:rsidRDefault="009E71F1">
+          <w:p w:rsidR="009E5A8D" w:rsidRPr="00377E75" w:rsidRDefault="00377E75">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...11 lines deleted...]
-              <w:t>н Республикасының заңнамасында белгіленген мемлекеттік қызметтер көрсетуден бас тартуы</w:t>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Основания для отказа в оказании государственной услуги, установленные законодательством Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6106" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A0825" w:rsidRDefault="009E71F1">
+          <w:p w:rsidR="009E5A8D" w:rsidRPr="00377E75" w:rsidRDefault="00377E75">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...11 lines deleted...]
-              <w:t>у;</w:t>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) установление недостоверности документов, представленных </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателем</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> для получения государственной услуги, и (или) данных (сведений), содержащихся в них;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002A0825" w:rsidRDefault="009E71F1">
+          <w:p w:rsidR="009E5A8D" w:rsidRPr="00377E75" w:rsidRDefault="00377E75">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...12 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) несоответствие представленных документов </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>, необходимых для оказания государственной услуги, требованиям, установленным Типовыми правилами приема на обучение в организации образования, реализующие общеобразовательные учебные программы начального, основного среднего и общего среднего образования, утвержденными приказом Министра образования и науки Республики Казахстан от 12 октября 2018 года № 546 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 17553);</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
-          <w:p w:rsidR="002A0825" w:rsidRDefault="009E71F1">
+          <w:p w:rsidR="009E5A8D" w:rsidRPr="00377E75" w:rsidRDefault="00377E75">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...11 lines deleted...]
-              <w:t>ымының шамадан тыс толуы;</w:t>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3) переполненность </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>класс-комплектов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002A0825" w:rsidRDefault="009E71F1">
+          <w:p w:rsidR="009E5A8D" w:rsidRPr="00377E75" w:rsidRDefault="00377E75">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...11 lines deleted...]
-              <w:t>ісімі болмауы.</w:t>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 4) отсутствие согласия </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>, предоставляемого в соответствии со статьей 8 Закона Республики Казахстан "О персональных данных и их защите", на доступ к персональным данным ограниченного доступа, которые требуются для оказания государственной услуги.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A0825" w:rsidTr="009E71F1">
+      <w:tr w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidTr="00377E75">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="80" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="467" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A0825" w:rsidRDefault="009E71F1">
+          <w:p w:rsidR="009E5A8D" w:rsidRDefault="00377E75">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A0825" w:rsidRDefault="009E71F1">
+          <w:p w:rsidR="009E5A8D" w:rsidRPr="00377E75" w:rsidRDefault="00377E75">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...4 lines deleted...]
-              <w:t>Мемлекеттік қызметтерді, оның ішінде электрондық нысанда және Мемлекеттік корпорация арқылы ұсыну ерекшеліктерін ескеретін өзге де талаптары</w:t>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Иные требования с учетом особенностей оказания государственной услуги, в том числе оказываемой в электронной форме и через Государственную корпорацию</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6106" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A0825" w:rsidRDefault="009E71F1">
+          <w:p w:rsidR="009E5A8D" w:rsidRPr="00377E75" w:rsidRDefault="00377E75">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...4 lines deleted...]
-              <w:t>Құжаттар топтамасын тапсыру үшін күтудің рұқсат етілген ең ұзақ уақыты 15 (жиырма) минут.</w:t>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>1) максимально допустимое время ожидания для сдачи пакета документов – 15 минут;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002A0825" w:rsidRDefault="009E71F1">
+          <w:p w:rsidR="009E5A8D" w:rsidRPr="00377E75" w:rsidRDefault="00377E75">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...11 lines deleted...]
-              <w:t xml:space="preserve"> көрсетудің ең ұзақ мерзімі 15 минуттан аспайды.</w:t>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) максимально допустимое время обслуживания – 15 минут. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Услугополучатель</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> имеет возможность получения государственной услуги в электронной форме через портал при условии наличия ЭЦП родителей (законных представителей).</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002A0825" w:rsidRDefault="009E71F1">
+          <w:p w:rsidR="009E5A8D" w:rsidRPr="00377E75" w:rsidRDefault="00377E75">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...4 lines deleted...]
-              <w:t>Көрсетілетін қызметті алушы ата-анасының (заңды өкілдерінің) ЭЦҚ болған жағдайда портал арқылы мемлекеттік көрсетілетін қызметті электрондық нысанда алуға мүмкіндігі бар.</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Услугополучатель</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> имеет возможность получения информации о порядке и статусе оказания государственной услуги в режиме удаленного доступа посредством "личного кабинета" портала, справочных служб </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугодателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, а также Единого </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>контакт-центра</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> "1414", 8-800-080-7777.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002A0825" w:rsidRDefault="009E71F1">
+          <w:p w:rsidR="009E5A8D" w:rsidRPr="00377E75" w:rsidRDefault="00377E75">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...18 lines deleted...]
-              <w:t>ан қолжетімділік режимінде алу мүмкіндігі бар.</w:t>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Условия получения услуги третьими лицами:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002A0825" w:rsidRDefault="009E71F1">
+          <w:p w:rsidR="009E5A8D" w:rsidRPr="00377E75" w:rsidRDefault="00377E75">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...18 lines deleted...]
-              <w:t>Порталдағы "жеке кабинеттен" ақпарат сұралатын тұлғаның келісімімен, үшінші тұлғалардың электрондық сұранысы.</w:t>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Электронный запрос третьих лиц, при условии согласия лица, в отношении которого запрашиваются сведения, предоставленного из "личного кабинета" на портале.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A0825" w:rsidTr="009E71F1">
+      <w:tr w:rsidR="009E5A8D" w:rsidTr="00377E75">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4147" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A0825" w:rsidRDefault="009E71F1">
+          <w:p w:rsidR="009E5A8D" w:rsidRPr="00377E75" w:rsidRDefault="00377E75">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6606" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A0825" w:rsidRDefault="009E71F1">
+          <w:p w:rsidR="009E5A8D" w:rsidRDefault="00377E75">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>"Бастауыш, негізгі орта, жалпы</w:t>
-[...107 lines deleted...]
-            </w:r>
+              <w:t>Форма</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A0825" w:rsidTr="009E71F1">
+      <w:tr w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidTr="00377E75">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4147" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A0825" w:rsidRDefault="009E71F1">
+          <w:p w:rsidR="009E5A8D" w:rsidRDefault="00377E75">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6606" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A0825" w:rsidRDefault="009E71F1">
+          <w:p w:rsidR="009E5A8D" w:rsidRPr="00377E75" w:rsidRDefault="00377E75">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...4 lines deleted...]
-              <w:t>Нысан</w:t>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">к стандарту государственной услуги: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">"Прием документов и </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>зачисление в организации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> образования независимо от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">ведомственной подчиненности </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">для </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>обучения по</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> общеобразовательным </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">программам начального, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">основного среднего, общего </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>среднего образования"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A0825" w:rsidTr="009E71F1">
+      <w:tr w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidTr="00377E75">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4147" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A0825" w:rsidRDefault="009E71F1">
+          <w:p w:rsidR="009E5A8D" w:rsidRPr="00377E75" w:rsidRDefault="00377E75">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6606" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A0825" w:rsidRDefault="009E71F1">
+          <w:p w:rsidR="009E5A8D" w:rsidRPr="00377E75" w:rsidRDefault="00377E75">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...6 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Директору</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...13 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>________________________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Наименование организации образования</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ФИО (при его наличии) директора</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от ________________________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ФИО (при его наличии) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>родителя (законного представителя)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...14 lines deleted...]
-              <w:t>Телефоны: _________________</w:t>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Телефон:___________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="002A0825" w:rsidRDefault="009E71F1">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="97" w:name="z272"/>
+      <w:r w:rsidRPr="00377E75">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Өтініш</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="002A0825" w:rsidRDefault="009E71F1">
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00377E75">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00377E75">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00377E75">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00377E75">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00377E75">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Заявление</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="97"/>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...8 lines deleted...]
-    <w:p w:rsidR="002A0825" w:rsidRDefault="009E71F1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Прошу принять моего ребенка ______________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...15 lines deleted...]
-    <w:p w:rsidR="002A0825" w:rsidRDefault="009E71F1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (ФИО (при его наличии) ребенка) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...8 lines deleted...]
-    <w:p w:rsidR="002A0825" w:rsidRDefault="009E71F1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">______________________________________________________________________  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...3 lines deleted...]
-          <w:sz w:val="28"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (адрес регистрации, город, село, район, область) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">для обучения _________________________________________________________.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (полное наименование организации образования)  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Даю согласие на использование </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>защищенной</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> законом конфиденциальной </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>информации, содержащейся в информационных системах __________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">"____"______________20___год  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E5A8D" w:rsidRDefault="00377E75">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>      (</w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
-      <w:r>
-[...5 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>подпись</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
-      <w:r>
-[...7 lines deleted...]
-    <w:p w:rsidR="002A0825" w:rsidRDefault="009E71F1">
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00060603" w:rsidRPr="00060603" w:rsidRDefault="00060603">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...162 lines deleted...]
-      </w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6653"/>
-        <w:gridCol w:w="4150"/>
+        <w:gridCol w:w="6610"/>
+        <w:gridCol w:w="4193"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002A0825">
+      <w:tr w:rsidR="009E5A8D" w:rsidRPr="00060603">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A0825" w:rsidRDefault="009E71F1">
+          <w:p w:rsidR="009E5A8D" w:rsidRDefault="00377E75">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A0825" w:rsidRDefault="009E71F1">
+          <w:p w:rsidR="009E5A8D" w:rsidRDefault="00377E75">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...6 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Приложение 2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">к Типовым правилам приема </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">на обучение в организации </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">образования, реализующие </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">общеобразовательные учебные </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">программы начального, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...5 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">основного среднего и общего </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>среднего образования</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00060603" w:rsidRPr="00377E75" w:rsidRDefault="00060603">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="002A0825" w:rsidRDefault="009E71F1">
-[...4 lines deleted...]
-      <w:r>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="98" w:name="z273"/>
+      <w:r w:rsidRPr="00377E75">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...4 lines deleted...]
-    <w:p w:rsidR="002A0825" w:rsidRDefault="009E71F1">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Стандарт государственной услуги:  "Прием документов для перевода детей между организациями начального, основного среднего, общего среднего образования"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="98"/>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...19 lines deleted...]
-        <w:t>і - ҚР Оқу-ағарту министрінің 27.08.2022 № 378 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Типовые правила дополнены приложением 2 в соответствии с приказом Министра образования и науки РК от 24.06.2020 № 264 (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); в редакции приказа Министра образования и науки РК от 03.06.2021 № 275 (вводится в действие со дня его первого официального опубликования);</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с изменениями, внесенными приказом Министра просвещения РК от 27.08.2022 № 378 (вводится в действие по истечении десяти календарных дней после дня их первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10753" w:type="dxa"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="467"/>
-        <w:gridCol w:w="3680"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="6106"/>
+        <w:gridCol w:w="3544"/>
+        <w:gridCol w:w="136"/>
+        <w:gridCol w:w="6526"/>
         <w:gridCol w:w="80"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002A0825" w:rsidTr="009E71F1">
+      <w:tr w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidTr="00377E75">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="80" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="467" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A0825" w:rsidRDefault="009E71F1">
+          <w:p w:rsidR="009E5A8D" w:rsidRDefault="00377E75">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E5A8D" w:rsidRDefault="00377E75">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Наименование</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>услугодателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6662" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A0825" w:rsidRDefault="009E71F1">
+          <w:p w:rsidR="009E5A8D" w:rsidRPr="00377E75" w:rsidRDefault="00377E75">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...43 lines deleted...]
-              <w:t xml:space="preserve"> әрі – көрсетілетін қызметті беруші).</w:t>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Организации начального, основного среднего, общего среднего образования (далее - </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугодатель</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A0825" w:rsidTr="009E71F1">
+      <w:tr w:rsidR="009E5A8D" w:rsidTr="00377E75">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="80" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="467" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A0825" w:rsidRDefault="009E71F1">
+          <w:p w:rsidR="009E5A8D" w:rsidRDefault="00377E75">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E5A8D" w:rsidRDefault="00377E75">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Способы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>предоставления</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>государственной</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>услуги</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6662" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A0825" w:rsidRDefault="009E71F1">
+          <w:p w:rsidR="009E5A8D" w:rsidRPr="00377E75" w:rsidRDefault="00377E75">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>веб-портал</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> "электронного правительства" </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>www</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>egov</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>kz</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (далее – портал);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009E5A8D" w:rsidRDefault="00377E75">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Мемлекеттік қызметті ұсыну тәсілдері</w:t>
-[...44 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve">2) </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>көрсетілетін</w:t>
-            </w:r>
+              <w:t>услугодателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> қызметті беруші арқылы жүзеге асырылады.</w:t>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A0825" w:rsidTr="009E71F1">
+      <w:tr w:rsidR="009E5A8D" w:rsidTr="00377E75">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="80" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="467" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A0825" w:rsidRDefault="009E71F1">
+          <w:p w:rsidR="009E5A8D" w:rsidRDefault="00377E75">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E5A8D" w:rsidRDefault="00377E75">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Срок</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оказания</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>государственной</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>услуги</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6662" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A0825" w:rsidRDefault="009E71F1">
+          <w:p w:rsidR="009E5A8D" w:rsidRDefault="00377E75">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Мемлекеттік қызмет көрсету мерзімі</w:t>
-[...25 lines deleted...]
-            </w:pPr>
+              <w:t>Срок</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Қызмет </w:t>
-            </w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>көрсету мерзімі – 30 минут.</w:t>
+              <w:t>оказания</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – 30 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>минут</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A0825" w:rsidTr="009E71F1">
+      <w:tr w:rsidR="009E5A8D" w:rsidTr="00377E75">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="80" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="467" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A0825" w:rsidRDefault="009E71F1">
+          <w:p w:rsidR="009E5A8D" w:rsidRDefault="00377E75">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E5A8D" w:rsidRDefault="00377E75">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оказания</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>государственной</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>услуги</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6662" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A0825" w:rsidRDefault="009E71F1">
+          <w:p w:rsidR="009E5A8D" w:rsidRDefault="00377E75">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Мемлекеттік қызмет көрсету нысаны</w:t>
-[...25 lines deleted...]
-            </w:pPr>
+              <w:t>Электронная</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Электронды (ішінара автоматтандырылған)/ қағаз түрінде.</w:t>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>частично</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>автоматизированная</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>) /</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бумажная</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A0825" w:rsidTr="009E71F1">
+      <w:tr w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidTr="00377E75">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="80" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="467" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A0825" w:rsidRDefault="009E71F1">
+          <w:p w:rsidR="009E5A8D" w:rsidRDefault="00377E75">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E5A8D" w:rsidRDefault="00377E75">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Результат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оказания</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>государственной</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>услуги</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6662" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A0825" w:rsidRDefault="009E71F1">
+          <w:p w:rsidR="009E5A8D" w:rsidRPr="00377E75" w:rsidRDefault="00377E75">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...4 lines deleted...]
-              <w:t>Мемлекеттік қызметті көрсету нәтижесі</w:t>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">В случае обращения через портал в "личный кабинет" </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> приходит уведомление о переводе обучающегося из одной организации в другую организацию образования, с указанием фамилии, имени, отчества </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">(при наличии), даты рождения, класса, языка обучения и школы (телефон, почтовый адрес, электронный адрес (официальный интернет ресурс) подписанное электронной цифровой подписью (далее - ЭЦП) уполномоченного лица </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугодателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>, при отказе оказании государственной услуги - о мотивированном отказе</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> с указанием причин отказа.</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...17 lines deleted...]
-          <w:p w:rsidR="002A0825" w:rsidRDefault="009E71F1">
+          <w:p w:rsidR="009E5A8D" w:rsidRPr="00377E75" w:rsidRDefault="00377E75">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...27 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">При приеме от </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> документов на бумажном носителе </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугодателем</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> выдается открепительный талон о выбытии для предоставления его в организацию прибытия, с указанием фамилии, имени, отчества (при его наличии), даты рождения, класса, языка обучения и школы (телефон, почтовый адрес, электронный адрес (официальный интернет ресурс) или мотивированный отказ.</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
-          <w:p w:rsidR="002A0825" w:rsidRDefault="009E71F1">
+          <w:p w:rsidR="009E5A8D" w:rsidRPr="00377E75" w:rsidRDefault="00377E75">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...12 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">В случае получения услуги на бумажном носителе </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугодатель</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>, к которому прибывает обучающийся, предоставляет открепительный талон о прибытии, в котором указывается его фамилия, имя, отчество (при его наличии), дата рождения, класс, язык обучения, школа (почтовый адрес, телефон, электронный адрес (официальный интернет ресурс).</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
-          <w:p w:rsidR="002A0825" w:rsidRDefault="009E71F1">
+          <w:p w:rsidR="009E5A8D" w:rsidRPr="00377E75" w:rsidRDefault="00377E75">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...11 lines deleted...]
-              <w:t>н ұсынғаннан кейін беріледі) білім алушы кететін орта білім беру ұйымынан құжаттарды (білім алушының жеке ісі) алу үшін ұсынылады.</w:t>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Оригинал открепительного талона о прибытии (документы выдаются после предоставления оригинала открепительного талона о прибытии в другую организацию среднего образования) предоставляется в ту организацию среднего </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>образования</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> из которой выбывает обучающийся для получения документов (личное дело обучающегося).</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002A0825" w:rsidRDefault="009E71F1">
+          <w:p w:rsidR="009E5A8D" w:rsidRPr="00377E75" w:rsidRDefault="00377E75">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...11 lines deleted...]
-              <w:t>ынғаннан кейін беріледі) білім алушы құжаттарды (білім алушының жеке ісі) алуға кететін орта білім беру ұйымына беріледі.</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Услугодатель</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> выдает </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателю</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> документы на руки (личное дело </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>обучающегося</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">). </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Услугополучатель</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>предоставляет документы</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (личное дело) в организацию образования в которую прибывает.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002A0825" w:rsidRDefault="009E71F1">
+          <w:p w:rsidR="009E5A8D" w:rsidRPr="00377E75" w:rsidRDefault="00377E75">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...11 lines deleted...]
-              <w:t>.</w:t>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Организации образования издают приказы и проводят сверку о зачислении/отчислении обучающегося </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>из</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> организации среднего образования.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A0825" w:rsidTr="009E71F1">
+      <w:tr w:rsidR="009E5A8D" w:rsidTr="00377E75">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="80" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="467" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A0825" w:rsidRDefault="009E71F1">
+          <w:p w:rsidR="009E5A8D" w:rsidRDefault="00377E75">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E5A8D" w:rsidRPr="00377E75" w:rsidRDefault="00377E75">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Размер оплаты, взимаемой с </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> при оказании государственной услуги, и способы ее взимания в случаях, предусмотренных законодательством Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6662" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A0825" w:rsidRDefault="009E71F1">
+          <w:p w:rsidR="009E5A8D" w:rsidRDefault="00377E75">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Мемлекеттік қызмет көрсету кезінде көрсетілген қызметті алушыдан алынатын төлем мөлшері және Қазақстан Республикасының заңнамасында көзделген жағдайларда оны алу тәсілдері</w:t>
-[...32 lines deleted...]
-            </w:r>
+              <w:t>Бесплатно</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A0825" w:rsidRPr="009E71F1" w:rsidTr="009E71F1">
+      <w:tr w:rsidR="009E5A8D" w:rsidTr="00377E75">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="80" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="467" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A0825" w:rsidRDefault="009E71F1">
+          <w:p w:rsidR="009E5A8D" w:rsidRDefault="00377E75">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E5A8D" w:rsidRDefault="00377E75">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>График</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>работы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6662" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A0825" w:rsidRDefault="009E71F1">
+          <w:p w:rsidR="009E5A8D" w:rsidRPr="00377E75" w:rsidRDefault="00377E75">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугодателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - с понедельника по пятницу, в соответствии с установленным графиком работы с 9.00 до 18.30 часов, за исключением выходных и праздничных дней, согласно Трудовому кодексу Республики Казахстан от 23 ноября 2015 года (далее – Кодекс) с перерывом на обед с 13.00 часов до 14.30 часов.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009E5A8D" w:rsidRPr="00377E75" w:rsidRDefault="00377E75">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) портала – круглосуточно, за исключением технических перерывов в связи с проведением ремонтных работ (при обращении </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> после окончания рабочего времени, в выходные и праздничные дни согласно Кодексу, прием заявлений и выдача результатов оказания государственной услуги осуществляется следующим рабочим днем).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009E5A8D" w:rsidRPr="00377E75" w:rsidRDefault="00377E75">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Адреса мест оказания государственной услуги размещены </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009E5A8D" w:rsidRPr="00377E75" w:rsidRDefault="00377E75">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) интернет </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ресурса-портале</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>www</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>egov</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>kz</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="009E5A8D" w:rsidRDefault="00377E75">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Жұмыс уақыты</w:t>
-[...25 lines deleted...]
-            </w:pPr>
+              <w:t xml:space="preserve">2) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> 1) көрсетілетін қызметті беруші - Қазақстан Республикасы</w:t>
-            </w:r>
+              <w:t>портале</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>ның 2015 жылғы 23 қарашадағы Еңбек кодексіне (бұдан әрі – Кодекс) сәйкес демалыс және мереке күндерін қоспағанда, дүйсенбіден бастап жұманы қоса алғанда, белгіленген жұмыс кестесіне сәйкес сағат 13.00-ден 14.30-ға дейінгі түскі үзіліспен сағат 9.00-ден 18.</w:t>
-[...134 lines deleted...]
-              <w:t xml:space="preserve"> порталында орналастырылған</w:t>
+              <w:t xml:space="preserve"> www.egov.kz</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A0825" w:rsidTr="009E71F1">
+      <w:tr w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidTr="00377E75">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="80" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="467" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A0825" w:rsidRDefault="009E71F1">
+          <w:p w:rsidR="009E5A8D" w:rsidRDefault="00377E75">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E5A8D" w:rsidRPr="00377E75" w:rsidRDefault="00377E75">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Перечень документов необходимых для оказания государственной услуги</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6662" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A0825" w:rsidRDefault="009E71F1">
+          <w:p w:rsidR="009E5A8D" w:rsidRPr="00377E75" w:rsidRDefault="00377E75">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...11 lines deleted...]
-              <w:t>көрсету үшін қажетті құжаттар тізбесі</w:t>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>-через портал:</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...17 lines deleted...]
-          <w:p w:rsidR="002A0825" w:rsidRDefault="009E71F1">
+          <w:p w:rsidR="009E5A8D" w:rsidRPr="00377E75" w:rsidRDefault="00377E75">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...4 lines deleted...]
-              <w:t>- портал арқылы:</w:t>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>1) заявление родителей или иных законных представителей согласно форме приложения 2 (в школу прибытия и школу выбытия);</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002A0825" w:rsidRDefault="009E71F1">
+          <w:p w:rsidR="009E5A8D" w:rsidRPr="00377E75" w:rsidRDefault="00377E75">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...4 lines deleted...]
-              <w:t>1) ата-аналардың немесе басқа заңды өкілдердің 2-қосымшасының нысанына сәйкес өтініші (келу мектебі мен кету мектебіне);</w:t>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугодателю</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>бумажно</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>):</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002A0825" w:rsidRDefault="009E71F1">
+          <w:p w:rsidR="009E5A8D" w:rsidRPr="00377E75" w:rsidRDefault="00377E75">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...4 lines deleted...]
-              <w:t>- көрсетілетін қызметті берушіге (қағаз түрінде)</w:t>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>1) заявление родителей или иных законных представителей согласно форме приложения 2 (в школу прибытия и школу выбытия);</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002A0825" w:rsidRDefault="009E71F1">
+          <w:p w:rsidR="009E5A8D" w:rsidRPr="00377E75" w:rsidRDefault="00377E75">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...25 lines deleted...]
-              <w:t xml:space="preserve">2) </w:t>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) открепительный талон о приеме документов, в котором указывается ФИО (при его наличии) ребенка, класс, язык обучения, школа, телефоны и электронный адрес (официальный интернет-ресурс) организации образования (за исключением обучающихся, выбывающих за пределы </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Республики Казахстан, которые </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r>
-[...4 lines deleted...]
-              <w:t>құжаттарды</w:t>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>предоставляют документ</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r>
-[...11 lines deleted...]
-              <w:t>(ресми интернет-ресурсы) (Қазақстан Республикасынан кетуін растайтын құжат ұсынатын, Қазақстан Республикасынан кетіп жатқан білім алушыларды қоспағанда) көрсетіледі.</w:t>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> подтверждающий выезд за пределы Республики Казахстан).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A0825" w:rsidTr="009E71F1">
+      <w:tr w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidTr="00377E75">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="80" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="467" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A0825" w:rsidRDefault="009E71F1">
+          <w:p w:rsidR="009E5A8D" w:rsidRDefault="00377E75">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>9</w:t>
+              <w:t xml:space="preserve">9. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E5A8D" w:rsidRPr="00377E75" w:rsidRDefault="00377E75">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Основания для отказа в оказании государственной услуги, установленные законодательством Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6662" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A0825" w:rsidRDefault="009E71F1">
+          <w:p w:rsidR="009E5A8D" w:rsidRPr="00377E75" w:rsidRDefault="00377E75">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...11 lines deleted...]
-              <w:t>рту үшін негіздер</w:t>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) переполненность </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>класс-комплектов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>;</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...17 lines deleted...]
-          <w:p w:rsidR="002A0825" w:rsidRDefault="009E71F1">
+          <w:p w:rsidR="009E5A8D" w:rsidRPr="00377E75" w:rsidRDefault="00377E75">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...4 lines deleted...]
-              <w:t>1) сынып-жинақталымының шамадан тыс толуы</w:t>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>2) сроки подачи заявления не соответствуют установленным в настоящих правилах срокам;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002A0825" w:rsidRDefault="009E71F1">
+          <w:p w:rsidR="009E5A8D" w:rsidRPr="00377E75" w:rsidRDefault="00377E75">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...26 lines deleted...]
-              <w:t xml:space="preserve"> сәйкес көрсетілетін қызметті алушының мемлекеттік қызмет көрсету үшін қажет ететін қолжетімділігі шектеулі дербес деректерге қол жеткізуге келісімі болмауы.</w:t>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 3) отсутствие согласия </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>, предоставляемого в соответствии со статьей 8 Закона Республики Казахстан "О персональных данных и их защите", на доступ к персональным данным ограниченного доступа, которые требуются для оказания государственной услуги.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A0825" w:rsidTr="009E71F1">
+      <w:tr w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidTr="00377E75">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="80" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="467" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A0825" w:rsidRDefault="009E71F1">
+          <w:p w:rsidR="009E5A8D" w:rsidRDefault="00377E75">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E5A8D" w:rsidRPr="00377E75" w:rsidRDefault="00377E75">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Иные требования с учетом особенностей оказания государственной услуги, в том числе оказываемой в электронной форме и через Государственную корпорацию</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6662" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A0825" w:rsidRDefault="009E71F1">
+          <w:p w:rsidR="009E5A8D" w:rsidRPr="00377E75" w:rsidRDefault="00377E75">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...11 lines deleted...]
-              <w:t>көрсету ерекшеліктері ескеріле отырып қойылатын өзге де талаптар</w:t>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>1) максимально допустимое время ожидания для сдачи пакета документов -15 минут.</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...17 lines deleted...]
-          <w:p w:rsidR="002A0825" w:rsidRDefault="009E71F1">
+          <w:p w:rsidR="009E5A8D" w:rsidRPr="00377E75" w:rsidRDefault="00377E75">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...20 lines deleted...]
-              <w:t xml:space="preserve"> топтамасын тапсыру үшін күтудің рұқсат етілген ең ұзақ уақыты 15 (он бес) минут.</w:t>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) максимально допустимое время обслуживания </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – 30 минут.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002A0825" w:rsidRDefault="009E71F1">
+          <w:p w:rsidR="009E5A8D" w:rsidRPr="00377E75" w:rsidRDefault="00377E75">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...20 lines deleted...]
-              <w:t xml:space="preserve"> көрсетудің ең ұзақ мерзімі 30 минуттан аспайды.</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Услугополучатель</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> имеет возможность получения государственной услуги в электронной форме через портал при условии наличия ЭЦП.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002A0825" w:rsidRDefault="009E71F1">
+          <w:p w:rsidR="009E5A8D" w:rsidRPr="00377E75" w:rsidRDefault="00377E75">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...32 lines deleted...]
-              <w:t>еті", көрсетілетін қызметті берушінің анықтамалық қызметтері, сондай-ақ "1414", 8-800-080-7777 Бірыңғай байланыс орталығы арқылы алуға мүмкіндігі бар.</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Услугополучатель</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> имеет возможность получения информации о порядке и статусе оказания государственной услуги в режиме удаленного доступа посредством "личного кабинета" портала, справочных служб </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугодателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, а также Единого </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>контакт-центра</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> "1414", 8-800-080-7777.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A0825" w:rsidTr="009E71F1">
+      <w:tr w:rsidR="009E5A8D" w:rsidTr="00377E75">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4147" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E5A8D" w:rsidRPr="00377E75" w:rsidRDefault="00377E75">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6606" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A0825" w:rsidRDefault="009E71F1">
+          <w:p w:rsidR="00060603" w:rsidRDefault="00060603">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="009E5A8D" w:rsidRDefault="00377E75">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t> </w:t>
-[...103 lines deleted...]
-            </w:r>
+              <w:t>Форма</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A0825" w:rsidTr="009E71F1">
+      <w:tr w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidTr="00377E75">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4147" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E5A8D" w:rsidRDefault="00377E75">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6606" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A0825" w:rsidRDefault="009E71F1">
+          <w:p w:rsidR="009E5A8D" w:rsidRPr="00377E75" w:rsidRDefault="00377E75">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...30 lines deleted...]
-              <w:t>Нысан</w:t>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">к стандарту государственной услуги: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">"Прием документов для </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">перевода детей между </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">организациями начального, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">основного  среднего, общего </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>среднего образования"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A0825" w:rsidTr="009E71F1">
+      <w:tr w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidTr="00377E75">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4147" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E5A8D" w:rsidRPr="00377E75" w:rsidRDefault="00377E75">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6606" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A0825" w:rsidRDefault="009E71F1">
+          <w:p w:rsidR="009E5A8D" w:rsidRPr="00377E75" w:rsidRDefault="00377E75">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...32 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Директору</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>________________________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Наименование организации образования</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ФИО (при его наличии) директора</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от _________________________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ФИО (при его наличии) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...13 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>родителя (законного представителя)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...14 lines deleted...]
-              <w:t>Телефоны: _________________</w:t>
+            <w:r w:rsidRPr="00377E75">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Телефон:___________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="002A0825" w:rsidRDefault="009E71F1">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00377E75">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Өтініш</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="002A0825" w:rsidRDefault="009E71F1">
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00377E75">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00377E75">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00377E75">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00377E75">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00377E75">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00377E75">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Заявление</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...8 lines deleted...]
-    <w:p w:rsidR="002A0825" w:rsidRDefault="009E71F1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Прошу перевести моего ребенка __________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...5 lines deleted...]
-        <w:t>      (</w:t>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (ФИО (при его наличии) ребенка) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">обучающегося ____________ класса _____________________________________________  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (полное наименование организации образования) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">____________________________________________________________________________  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (адрес регистрации, город, село, район, область) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">для обучения _______________________________________________________________.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (полное наименование организации образования)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Даю согласие на использование </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r>
-[...4 lines deleted...]
-        <w:t>білім</w:t>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>защищенной</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r>
-[...7 lines deleted...]
-    <w:p w:rsidR="002A0825" w:rsidRDefault="009E71F1">
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> законом конфиденциальной  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...24 lines deleted...]
-    <w:p w:rsidR="002A0825" w:rsidRDefault="009E71F1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>информации, содержащейся в информационных системах</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...15 lines deleted...]
-    <w:p w:rsidR="002A0825" w:rsidRDefault="009E71F1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> _________________ "____"______________20___год  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00060603" w:rsidRDefault="00377E75">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...217 lines deleted...]
-        <w:lastRenderedPageBreak/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060603">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (подпись)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00377E75" w:rsidRDefault="00377E75">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00377E75">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
         <w:br/>
       </w:r>
-      <w:r>
+    </w:p>
+    <w:p w:rsidR="009E5A8D" w:rsidRPr="00377E75" w:rsidRDefault="00377E75">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00377E75">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
         <w:br/>
       </w:r>
-    </w:p>
-[...19 lines deleted...]
-    <w:sectPr w:rsidR="002A0825" w:rsidSect="009E71F1">
+      <w:r w:rsidRPr="00377E75">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="009E5A8D" w:rsidRPr="00377E75" w:rsidSect="00377E75">
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="851" w:right="567" w:bottom="567" w:left="567" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
-  <w:hideSpellingErrors/>
-  <w:proofState w:grammar="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
-    <w:rsidRoot w:val="002A0825"/>
-[...1 lines deleted...]
-    <w:rsid w:val="009E71F1"/>
+    <w:rsidRoot w:val="009E5A8D"/>
+    <w:rsid w:val="00060603"/>
+    <w:rsid w:val="00377E75"/>
+    <w:rsid w:val="004A53A7"/>
+    <w:rsid w:val="009E5A8D"/>
+    <w:rsid w:val="00AF608B"/>
+    <w:rsid w:val="00FE33F6"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="4098"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -12174,137 +17200,137 @@
   <w:style w:type="character" w:customStyle="1" w:styleId="a9">
     <w:name w:val="Название Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a8"/>
     <w:uiPriority w:val="10"/>
     <w:rsid w:val="00841CD9"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="aa">
     <w:name w:val="Emphasis"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="20"/>
     <w:qFormat/>
     <w:rsid w:val="00D1197D"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="ab">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="002A0825"/>
+    <w:rsid w:val="009E5A8D"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="ac">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="59"/>
-    <w:rsid w:val="002A0825"/>
+    <w:rsid w:val="009E5A8D"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
     </w:rPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ad">
     <w:name w:val="caption"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:uiPriority w:val="35"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="007109C0"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="disclaimer">
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="a"/>
-    <w:rsid w:val="002A0825"/>
+    <w:rsid w:val="009E5A8D"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
-    <w:rsid w:val="002A0825"/>
+    <w:rsid w:val="009E5A8D"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ae">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="af"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="009E71F1"/>
+    <w:rsid w:val="00377E75"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="af">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="ae"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="009E71F1"/>
+    <w:rsid w:val="00377E75"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
@@ -12565,50 +17591,50 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>22</Pages>
-[...1 lines deleted...]
-  <Characters>47773</Characters>
+  <Pages>17</Pages>
+  <Words>8147</Words>
+  <Characters>46438</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>398</Lines>
-  <Paragraphs>112</Paragraphs>
+  <Lines>386</Lines>
+  <Paragraphs>108</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>56042</CharactersWithSpaces>
+  <CharactersWithSpaces>54477</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>