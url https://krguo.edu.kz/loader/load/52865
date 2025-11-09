--- v0 (2025-10-09)
+++ v1 (2025-11-09)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="94f202d" w14:textId="94f202d">
+    <w:p w14:paraId="5993406" w14:textId="5993406">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -76,1778 +76,1734 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>О внесении изменений и дополнений в приказ Министра образования и науки Республики Казахстан от 12 октября 2018 года № 564 "Об утверждении Типовых правил приема на обучение в организации образования, реализующие общеобразовательные учебные программы начального, основного среднего и общего среднего образования"</w:t>
-[...25 lines deleted...]
-      <w:bookmarkStart w:name="z4" w:id="0"/>
+        <w:t>"Бастауыш, негізгі орта және жалпы орта білімнің жалпы білім беретін оқу бағдарламаларын іске асыратын білім беру ұйымдарына оқуға қабылдаудың үлгілік қағидаларын бекіту туралы" Қазақстан Республикасы Білім және ғылым министрінің 2018 жылғы 12 қазандағы № 564 бұйрығына өзгерістер мен толықтырулар енгізу туралы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасы Оқу-ағарту министрінің 2022 жылғы 5 тамыздағы № 350 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2022 жылғы 8 тамызда № 29052 болып тіркелді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      БҰЙЫРАМЫН:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      ПРИКАЗЫВАЮ: </w:t>
+      1. "Бастауыш, негізгі орта және жалпы орта білімнің жалпы білім беретін оқу бағдарламаларын іске асыратын білім беру ұйымдарына оқуға қабылдаудың үлгілік қағидаларын бекіту туралы" Қазақстан Республикасы Білім және ғылым министрінің 2018 жылғы 12 қазандағы № 564 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 17553 болып тіркелді) мынадай өзгерістер мен толықтырулар енгізілсін: </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z5" w:id="1"/>
+    <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Внести в </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> Министра образования и науки Республики Казахстан от 12 декабря 2018 года № 564 "Об утверждении Типовых правил приема на обучение в организации образования, реализующие общеобразовательные учебные программы начального, основного среднего и общего среднего образования" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 17553) следующие изменения и дополнения</w:t>
+      көрсетілген бұйрықпен бекітілген Бастауыш, негізгі орта және жалпы орта білімнің жалпы білім беретін оқу бағдарламаларын іске асыратын білім беру ұйымдарына оқуға қабылдаудың үлгілік </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қағидаларында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z6" w:id="2"/>
-[...38 lines deleted...]
-    <w:bookmarkEnd w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>пункт 16</w:t>
-[...31 lines deleted...]
-    <w:bookmarkEnd w:id="3"/>
+        <w:t>16-тармақ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "16. Мамандандырылған білім беру ұйымына оқуға түсуге баланың ата-анасынан немесе өзге де заңды өкілінен конкурсқа қатысу үшін құжаттарды қабылдау ағымдағы күнтізбелік жылдың 1 ақпанынан бастап 15 сәуір аралығында жүргізіледі, қосымша мерзімдерді Қазақстан Республикасының білім беру саласындағы уәкілетті орган белгілейді.";</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>пункт 18</w:t>
-[...28 lines deleted...]
-      "18. Для участия в конкурсе родитель или иной законный представитель ребенка в установленные сроки проходят регистрацию на интернет-ресурсе специализированной организации образования или предоставляют ответственному лицу специализированной организации образования следующие документы:</w:t>
+        <w:t>18-тармақ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "18. Конкурсқа қатысу үшін баланың ата-анасы немесе өзге де заңды өкілі белгіленген мерзімде мамандандырылған білім беру ұйымының интернет-ресурсында тіркеуден өтеді немесе мамандандырылған білім беру ұйымының жауапты адамына мынадай құжаттарды:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) баланың ата-анасынан немесе өзге де заңды өкілінен өтініш;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) ЖСН көрсете отырып, баланың туу туралы куәлігінің көшірмесін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) баланың электрондық мекенжайын көрсете отырып, оқу орнынан ұйымның мөрімен расталған фотосуреті бар анықтама;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) баланың 3х4 көлеміндегі 2 дана фотосуретін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) халықтың әлеуметтік осал топтарына жататынын растайтын құжаттардың көшірмелерін ұсынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ақпараттық жүйе болған кезде осы тармақта көрсетілген құжаттар электрондық форматта ұсынылады. Ақпараттық жүйе болмаған жағдайда сканерленген құжаттар электрондық мекенжайға жіберіледі немесе қағаз нұсқасында мамандандырылған білім беру ұйымның кеңсесіне ұсынылады.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z5" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мынадай мазмұндағы 18-1) тармақпен толықтырылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "18-1. Қабылданатын білім алушылардың жалпы санынан 15% мөлшерінде іріктелетін халықтың әлеуметтік осал топтарына:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мемлекеттік атаулы әлеуметтік көмек алатын ауылдық жерден шыққан отбасының балалары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ата-аналарының біреуі бірінші топтағы мүгедектігі бар отбасының балалары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мүгедек баласы бар немесе оны тәрбиелеп отырған отбасылар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жетім балалар мен ата-анасының қамқорлығынсыз қалған балалар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      отбасыларда тұратын жетiм балалар, ата-анасының қамқорлығынсыз қалған балалар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      төтенше жағдайлар салдарынан шұғыл көмекке мұқтаж отбасылардан шыққан балалар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      экологиялық зілзалалар, табиғи және техногендік сипаттағы төтенше жағдай салдарынан тұрғын үйінен айырылған отбасыларының;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мемлекеттік немесе қоғамдық міндеттерді, әскери қызметті атқарған кезінде, ғарыш кеңістігіне ұшуға дайындалу немесе жүзеге асыру кезінде қаза тапқан (қайтыс болған) адамдардың отбасыларының балалары жатады".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>20-тармақ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "20. Құжаттарды қабылдау аяқталғаннан кейін 2 жұмыс күні ішінде әрбір мамандандырылған білім беру ұйымының жауапты адамы конкурсқа қатысу үшін білім алушының электрондық базасын тест материалдарын әзірлеу үшін "Дарын" орталығына тапсырады.".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>25-тармақ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "25. Мамандандырылған білім беру ұйымы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) "Мың бала" ауыл мектептерінің ұлттық зияткерлік олимпиада жеңімпаздары үшін 7-сыныпқа қабылданатын білім алушылардың жалпы санынан 10% мөлшерінде;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) осы Қағидалардың 18-1) тармағында көрсетілген халықтың әлеуметтік осал топтары үшін 5, 6, 7, 8 және 10-сыныптарға қабылданатын білім алушылардың жалпы санынан 15% мөлшерінде квоталарды бекітеді.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z8" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мынадай мазмұндағы 25-1 және 25-2-тармақтармен толықтырылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "25-1. Осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>25-тармақта</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көрсетілген 5, 6, 7, 8 және 10-сыныптарға қабылданатын білім алушылар жергілікті атқарушы өкілді органдардың және/немесе меншік нысанындағы барлық білім беру ұйымдарының басқару органының шешімі бойынша бюджет қаражаты есебінен тамақпен қамтамасыз етіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z9" w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25-2. Құжаттарды қабылдау аяқталғаннан кейін конкурстық комиссия ұсынылған құжаттардың іріктеу өлшемшарттарға сәйкестігін тексереді және растайтын құжаттардың түпнұсқаларын қосымша сұратады.";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>27</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>28</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>29-тармақтар</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "27. Конкурс 15 мамыр – 15 маусым аралығындағы кезеңде апта сайын әрбір сенбі-жексенбі күндері өтеді. Қосымша мерзімдерді Қазақстан Республикасының білім беру саласындағы уәкілетті орган келесі оқу жылы басталғанға дейін белгілейді.";</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z11" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) заявление от родителя или иного законного представителя ребенка;</w:t>
+      28. Конкурстық іріктеуді өткізу кестесі мамандандырылған білім беру ұйымдарының және "Дарын" орталығының интернет-ресурстарында конкурс басталғанға дейін 10 жұмыс күні бұрын орналастырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:bookmarkStart w:name="z12" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) копия свидетельства о рождении ребенка с указанием ИИН;</w:t>
+      29. Конкурс оффлайн режимінде (тестілеу форматында) өтеді. Конкурсты электрондық форматта өткізу үшін оператор мамандандырылған білім беру ұйымдарымен келіседі.";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z13" w:id="7"/>
-[...278 lines deleted...]
-    <w:bookmarkEnd w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>пункт 20</w:t>
-[...31 lines deleted...]
-    <w:bookmarkEnd w:id="21"/>
+        <w:t>33</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>34-тармақтар</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "33. Оқуға түсушілерге арналған тестілеу:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) 7-сыныпқа арналған тестілеу мынадай пәндер бойынша 75 сұрақтан тұрады:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      математика және логика - 55 сұрақ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      оқу сауаттылығы - 10 сұрақ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан тарихы - 10 сұрақ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) 6-сыныпқа арналған тестілеу мынадай пәндер бойынша 60 сұрақтан тұрады:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      математика және логика - 35 сұрақ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      оқу сауаттылығы - 15 сұрақ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан тарихы - 10 сұрақ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) 5-сыныпқа арналған тестілеу мынадай пәндер бойынша 40 сұрақтан тұрады:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      математика және логика - 30 сұрақ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      оқу сауаттылығы - 10 сұрақ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) 10-сыныпқа арналған тестілеу мынадай пәндер бойынша 95 сұрақтан тұрады:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      математика және логика - 60 сұрақ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      оқу сауаттылығы – 10 сұрақ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан тарихы - 25 сұрақ.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z14" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      34. Тестілеуге бөлінген уақыт 7 сыныпта – 120 минут, 6 сыныпта – 90 минут, 5 сыныпта – 60 минут, 10 сыныпта – 180 минут (тест материалдарын тарату, Жауап парағының бөлімдерін толтыру, сондай-ақ түсіндіру жұмыстарының уақыты көрсетілген уақытқа кірмейді).";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>пункт 25</w:t>
-[...131 lines deleted...]
-    <w:bookmarkEnd w:id="27"/>
+        <w:t>40-тармақ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "40. Мамандандырылған білім беру ұйымына оқуға үміткерлерді, оның ішінде осы Қағидалардың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>25-тармағының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) тармақшасында көрсетілгендерді қабылдау мамандандырылған білім беру ұйымының бөлінісінде бос орындарға сәйкес баллдардың ең көп санына қарай жүзеге асырылады.";</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>пункты 27</w:t>
-[...839 lines deleted...]
-    <w:bookmarkEnd w:id="56"/>
+        <w:t>42</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>43-тармақтар</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "42. Конкурс қорытындысы бойынша мамандандырылған білім беру ұйымының басшысы конкурстық іріктеуден өткен үміткерлерді оқу жылының басталуына дейін мамандандырылған білім беру ұйымына қабылдау туралы бұйрық шығарады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z17" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      43. Конкурстық комиссия негізгі бос орындарға кірмеген конкурс үміткерлерінің қатарынан санды кеміту тәртібімен жиналған баллдардың сомасы бойынша үміткерлердің резервтік тізімін қалыптастырады және мамандандырылған білім беру ұйымының интернет-ресурсында орналастырылады.".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z18" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Қазақстан Республикасы Оқу-ағарту министрлігінің Мектепке дейінгі және орта білім беру комитеті заңнамада белгіленген тәртіппен:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z19" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) осы бұйрықтың Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркелуін;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z20" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) осы бұйрықты Қазақстан Республикасы Оқу-ағарту министрлігінің интернет-ресурсында орналастыруды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z21" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) осы бұйрықты мемлекеттік тіркелгеннен кейін он жұмыс күні ішінде осы тармақтың 1) және 2) тармақшаларында көзделген іс-шаралардың орындалуы туралы мәліметтерді Қазақстан Республикасы Оқу-ағарту министрлігінің Заң департаментіне ұсынуды қамтамасыз етсін.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z22" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Осы бұйрықтың орындалуын бақылау жетекшілік ететін Қазақстан Республикасының Оқу-ағарту вице-министріне жүктелсін.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z23" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Осы бұйрық алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -1863,92 +1819,75 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">      </w:t>
-[...9 lines deleted...]
-              <w:t>Министр просвещения</w:t>
+              <w:t xml:space="preserve">                  Қазақстан Республикасының </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
-            </w:pPr>
-[...5 lines deleted...]
-              <w:jc w:val="left"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Республики Казахстан </w:t>
+              <w:t xml:space="preserve">            Оқу-ағарту министрі </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -1956,51 +1895,51 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>А. Аймагамбетов</w:t>
+              <w:t>А. Аймағамбетов</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
@@ -2040,209 +1979,271 @@
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...103 lines deleted...]
-    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="12000"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="12000" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+      </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"КЕЛІСІЛДІ"</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Қазақстан Республикасы </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Еңбек және халықты әлеуметтік </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қорғау вице-министрі</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>_______________ Н. Сағындықова</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2022 жылғы "____"_____________</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
-					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
+					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -2568,31 +2569,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
+<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>