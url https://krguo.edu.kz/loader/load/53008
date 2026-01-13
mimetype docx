--- v0 (2025-10-11)
+++ v1 (2026-01-13)
@@ -430,603 +430,334 @@
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>.202</w:t>
       </w:r>
       <w:r w:rsidR="00755C3C">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="00D42867">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> г.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00296203" w:rsidRPr="00296203" w:rsidRDefault="00296203" w:rsidP="001343FB">
-      <w:pPr>
+    <w:p w:rsidR="001343FB" w:rsidRPr="00D42867" w:rsidRDefault="001343FB" w:rsidP="001343FB">
+      <w:pPr>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-      </w:pPr>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D42867">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Заседания </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00296203">
+        </w:rPr>
+        <w:t>Совета по педагог</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D42867">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...11 lines deleted...]
-      </w:pPr>
+        </w:rPr>
+        <w:t>ическо</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...20 lines deleted...]
-      </w:pPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>й этике</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001343FB" w:rsidRPr="00D42867" w:rsidRDefault="001343FB" w:rsidP="001343FB">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D42867">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Председатель: </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">: </w:t>
+        </w:rPr>
+        <w:t>Ким О.А.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001343FB" w:rsidRPr="00D42867" w:rsidRDefault="001343FB" w:rsidP="001343FB">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D42867">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Секретарь: </w:t>
       </w:r>
       <w:r w:rsidR="00506E38" w:rsidRPr="00506E38">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Григорьева А.В.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001343FB" w:rsidRPr="00D42867" w:rsidRDefault="00296203" w:rsidP="001343FB">
-[...5 lines deleted...]
-      </w:pPr>
+    <w:p w:rsidR="001343FB" w:rsidRPr="00D42867" w:rsidRDefault="001343FB" w:rsidP="001343FB">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D42867">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Присутствовали: </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...13 lines deleted...]
-          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="003F2C3B">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001343FB" w:rsidRDefault="00296203" w:rsidP="001343FB">
-[...22 lines deleted...]
-    <w:p w:rsidR="001343FB" w:rsidRPr="00296203" w:rsidRDefault="00296203" w:rsidP="001343FB">
+    <w:p w:rsidR="001343FB" w:rsidRDefault="001343FB" w:rsidP="001343FB">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D42867">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Отсутствовало: 0</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001343FB" w:rsidRPr="00D42867" w:rsidRDefault="001343FB" w:rsidP="001343FB">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D42867">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t>КҮН ТӘРТІБІ</w:t>
+        </w:rPr>
+        <w:t>ПОВЕСТКА ДНЯ</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="001343FB" w:rsidRPr="00D42867" w:rsidRDefault="001343FB" w:rsidP="001343FB">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a3"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="791"/>
         <w:gridCol w:w="5677"/>
         <w:gridCol w:w="3103"/>
       </w:tblGrid>
       <w:tr w:rsidR="001343FB" w:rsidRPr="00D42867" w:rsidTr="00AC2788">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="791" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="001343FB" w:rsidRPr="00D42867" w:rsidRDefault="001343FB" w:rsidP="00AC2788">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D42867">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5677" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001343FB" w:rsidRPr="00296203" w:rsidRDefault="00296203" w:rsidP="00AC2788">
+          <w:p w:rsidR="001343FB" w:rsidRPr="00D42867" w:rsidRDefault="001343FB" w:rsidP="00AC2788">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...5 lines deleted...]
-              <w:t xml:space="preserve">Іс-шаралар </w:t>
+            <w:r w:rsidRPr="00D42867">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Мероприятия </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3103" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001343FB" w:rsidRPr="00296203" w:rsidRDefault="00296203" w:rsidP="00AC2788">
+          <w:p w:rsidR="001343FB" w:rsidRPr="00D42867" w:rsidRDefault="001343FB" w:rsidP="00AC2788">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...5 lines deleted...]
-              <w:t xml:space="preserve">Жауаптылар </w:t>
+            <w:r w:rsidRPr="00D42867">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ответственные </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001343FB" w:rsidRPr="00D42867" w:rsidTr="00AC2788">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="791" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="001343FB" w:rsidRPr="00D42867" w:rsidRDefault="001343FB" w:rsidP="00AC2788">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D42867">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5677" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001343FB" w:rsidRPr="00755C3C" w:rsidRDefault="00296203" w:rsidP="003F2C3B">
+          <w:p w:rsidR="001343FB" w:rsidRPr="00755C3C" w:rsidRDefault="003F2C3B" w:rsidP="003F2C3B">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00296203">
+            <w:r w:rsidRPr="00755C3C">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t>Тәрбиеленушілерге</w:t>
-[...252 lines deleted...]
-              <w:t>.</w:t>
+              <w:t>Привитие воспитанникам и себе уважительного отношения к Родине - Республики Казахстан, вселяют дух патриотизма.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3103" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="003F2C3B" w:rsidRDefault="003F2C3B" w:rsidP="003F2C3B">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Ситахметова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
@@ -1065,626 +796,280 @@
       <w:tr w:rsidR="001343FB" w:rsidRPr="00D42867" w:rsidTr="00AC2788">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="791" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="001343FB" w:rsidRPr="00D42867" w:rsidRDefault="001343FB" w:rsidP="00AC2788">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5677" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001343FB" w:rsidRPr="00755C3C" w:rsidRDefault="00296203" w:rsidP="003F2C3B">
+          <w:p w:rsidR="001343FB" w:rsidRPr="00755C3C" w:rsidRDefault="003F2C3B" w:rsidP="003F2C3B">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...5 lines deleted...]
-              <w:t>Өздігінен</w:t>
+            <w:r w:rsidRPr="00755C3C">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Самообразование как важный инструмент профессионального роста педагогического работника</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...136 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3103" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="001343FB" w:rsidRPr="00D42867" w:rsidRDefault="003F2C3B" w:rsidP="003F2C3B">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Балюк</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> О.С.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="001343FB" w:rsidRPr="00D42867" w:rsidRDefault="001343FB" w:rsidP="001343FB">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="001343FB" w:rsidRPr="00D42867" w:rsidRDefault="001343FB" w:rsidP="001343FB">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001343FB" w:rsidRPr="00D42867" w:rsidRDefault="00296203" w:rsidP="001343FB">
+    <w:p w:rsidR="001343FB" w:rsidRPr="00D42867" w:rsidRDefault="001343FB" w:rsidP="001343FB">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D42867">
         <w:rPr>
           <w:b/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>1.</w:t>
-[...20 lines deleted...]
-        <w:t>:</w:t>
+        <w:t>1.Слушали:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="001E13B2" w:rsidRPr="00CE043D" w:rsidRDefault="001E13B2" w:rsidP="00CE043D">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00CE043D">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Ситахметова</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00CE043D">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> А.К.</w:t>
       </w:r>
       <w:r w:rsidRPr="00CE043D">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...11 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CE043D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">напомнила педагогам </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE043D">
+        <w:rPr>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>формы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE043D">
+        <w:rPr>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...207 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CE043D">
+        <w:rPr>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>по патриотическому воспитанию предполагает</w:t>
+      </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidR="00296203" w:rsidRPr="00296203">
-[...34 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="00CE043D">
+        <w:rPr>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>, позволяющие развить у</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE043D">
+        <w:rPr>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> педагогов, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE043D">
+        <w:rPr>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> детей</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE043D">
+        <w:rPr>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и их родителей</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE043D">
+        <w:rPr>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> патриотические чувства</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE043D">
+        <w:rPr>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001343FB" w:rsidRPr="00CE043D" w:rsidRDefault="00296203" w:rsidP="00CE043D">
+    <w:p w:rsidR="001343FB" w:rsidRPr="00CE043D" w:rsidRDefault="001343FB" w:rsidP="00CE043D">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00CE043D">
         <w:rPr>
           <w:b/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
-          <w:lang w:val="kk-KZ"/>
-[...11 lines deleted...]
-        <w:t>:</w:t>
+        </w:rPr>
+        <w:t>Выступили:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="001343FB" w:rsidRPr="00D42867" w:rsidRDefault="001343FB" w:rsidP="001343FB">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001343FB">
         <w:rPr>
           <w:b/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>А</w:t>
       </w:r>
       <w:r w:rsidR="00641E84">
         <w:rPr>
           <w:b/>
@@ -1705,1823 +1090,408 @@
       </w:r>
       <w:r w:rsidRPr="001343FB">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="00D42867">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> - </w:t>
       </w:r>
       <w:r w:rsidRPr="001343FB">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>«</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00296203" w:rsidRPr="00296203">
+      <w:r w:rsidR="00641E84" w:rsidRPr="0074289A">
         <w:rPr>
           <w:color w:val="212121"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Балада</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="00296203" w:rsidRPr="00296203">
+        <w:t>Воспитать патриотизм в ребенке невозможно без приобщения его к родной культуре. Осознанный интерес к самобытности своего народа имеет большое значени</w:t>
+      </w:r>
+      <w:r w:rsidR="00641E84">
         <w:rPr>
           <w:color w:val="212121"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...352 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>е для воспитания нравственности</w:t>
+      </w:r>
       <w:r w:rsidRPr="001343FB">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>».</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001343FB" w:rsidRPr="00296203" w:rsidRDefault="00641E84" w:rsidP="00641E84">
+    <w:p w:rsidR="001343FB" w:rsidRPr="00641E84" w:rsidRDefault="00641E84" w:rsidP="00641E84">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:ind w:right="57" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="212121"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00CE043D">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Смагулова</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00CE043D">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Э.Н.</w:t>
       </w:r>
       <w:r w:rsidR="001343FB" w:rsidRPr="00CE043D">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>: -</w:t>
       </w:r>
       <w:r w:rsidR="001343FB">
         <w:rPr>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> «</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00296203" w:rsidRPr="00296203">
+      <w:r w:rsidRPr="0074289A">
         <w:rPr>
           <w:color w:val="212121"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Мектеп</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="00296203" w:rsidRPr="00296203">
+        <w:t>Патриотическое воспитание дошкольников признается сейчас одной из главных целей в системе российского образования. Стало очевидным, что большинство современных молодых людей не имеют четких ориентиров в жизни, почти не задумываются о нравственных и моральных принципах, не уважают историю своей Родины и мало заботятся о ее настоящем</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0074289A">
         <w:rPr>
           <w:color w:val="212121"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...109 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="001343FB">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidR="00296203" w:rsidRPr="00296203">
-[...605 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w:rsidR="001343FB" w:rsidRPr="00FA1960" w:rsidRDefault="001343FB" w:rsidP="001343FB">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001343FB" w:rsidRPr="00D42867" w:rsidRDefault="00296203" w:rsidP="001343FB">
+    <w:p w:rsidR="001343FB" w:rsidRPr="00D42867" w:rsidRDefault="001343FB" w:rsidP="001343FB">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00D42867">
+        <w:rPr>
+          <w:b/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>1.Постановили</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D42867">
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001343FB" w:rsidRPr="00D42867" w:rsidRDefault="001343FB" w:rsidP="001343FB">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D42867">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1.  Педагогам </w:t>
+      </w:r>
+      <w:r w:rsidR="00F22FDA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>вести целенаправленную работу по патриотическому воспитанию</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D42867">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Срок: </w:t>
+      </w:r>
+      <w:r w:rsidR="00F22FDA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>постоянно</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D42867">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F22FDA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ответственные</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D42867">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="00F22FDA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>педагоги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000A394C" w:rsidRPr="00D42867" w:rsidRDefault="000A394C" w:rsidP="000A394C">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000A394C" w:rsidRPr="00D42867" w:rsidRDefault="000A394C" w:rsidP="000A394C">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000A394C" w:rsidRPr="00D42867" w:rsidRDefault="000A394C" w:rsidP="000A394C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>1.</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D42867">
         <w:rPr>
           <w:b/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
-          <w:lang w:val="kk-KZ"/>
-[...290 lines deleted...]
-        <w:t>:</w:t>
+        </w:rPr>
+        <w:t>.Слушали:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00C12867" w:rsidRDefault="00C12867" w:rsidP="000A394C">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00693E2E">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Балюк</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00693E2E">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> О.С.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...42 lines deleted...]
-      <w:r w:rsidR="00296203" w:rsidRPr="00296203">
+        <w:t xml:space="preserve"> напомнила педагогам, что с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00755C3C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">амообразование </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">является </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00755C3C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>важны</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>м</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...169 lines deleted...]
-    <w:p w:rsidR="000A394C" w:rsidRPr="00D42867" w:rsidRDefault="00296203" w:rsidP="000A394C">
+      <w:r w:rsidRPr="00755C3C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> инструмент</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ом</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00755C3C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> профессионального роста педагог</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>а.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000A394C" w:rsidRPr="00D42867" w:rsidRDefault="000A394C" w:rsidP="000A394C">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D42867">
         <w:rPr>
           <w:b/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
-          <w:lang w:val="kk-KZ"/>
-[...11 lines deleted...]
-        <w:t>:</w:t>
+        </w:rPr>
+        <w:t>Выступили:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="000A394C" w:rsidRPr="00D42867" w:rsidRDefault="004C6862" w:rsidP="000A394C">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Б</w:t>
       </w:r>
       <w:r w:rsidR="00693E2E">
         <w:rPr>
@@ -3537,1172 +1507,354 @@
           <w:b/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>дько</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00693E2E" w:rsidRPr="009C5CC6">
         <w:rPr>
           <w:b/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> О.Н.</w:t>
       </w:r>
       <w:r w:rsidR="000A394C" w:rsidRPr="009C5CC6">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>: - «</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00296203" w:rsidRPr="00296203">
+      <w:r w:rsidR="00C12867" w:rsidRPr="009C5CC6">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>Мұғалім-азаматтың</w:t>
-[...7 lines deleted...]
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:t>Педагог — одна из важнейших фигур в становлении гражданина, его социализации, развитии его творческих способностей. Поэтому очень важно, чтобы педагог, который работает с детьми, был человеком творческим, был личностью неповторимой и особенной, обладал высоким профессиональным мастерством, был «на одной волне» с детьми</w:t>
+      </w:r>
+      <w:r w:rsidR="000A394C" w:rsidRPr="009C5CC6">
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000A394C" w:rsidRPr="00D42867" w:rsidRDefault="000A394C" w:rsidP="000A394C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D42867">
+        <w:rPr>
+          <w:b/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>.Постановили</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D42867">
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000A394C" w:rsidRPr="00D42867" w:rsidRDefault="000A394C" w:rsidP="000A394C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D42867">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1.  </w:t>
+      </w:r>
+      <w:r w:rsidR="00E7174C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>П</w:t>
+      </w:r>
+      <w:r w:rsidR="00E7174C" w:rsidRPr="00665DE4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>едагог</w:t>
+      </w:r>
+      <w:r w:rsidR="00E7174C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r w:rsidR="00E7174C" w:rsidRPr="00665DE4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> заниматься самообразованием и все время повышать свою профессиональную компетентность</w:t>
+      </w:r>
+      <w:r w:rsidR="004C6862">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00E7174C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
-      </w:r>
-[...1013 lines deleted...]
-        <w:t>Хатшы</w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
-      <w:r w:rsidR="001343FB" w:rsidRPr="00D42867">
-[...4 lines deleted...]
-        <w:t>: ______________________/</w:t>
+      <w:r w:rsidRPr="00D42867">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Срок: </w:t>
+      </w:r>
+      <w:r w:rsidR="004C6862">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>постоянно</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D42867">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D42867">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ответственн</w:t>
+      </w:r>
+      <w:r w:rsidR="004C6862">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ые</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D42867">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="004C6862">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>педагоги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001343FB" w:rsidRPr="00D42867" w:rsidRDefault="001343FB" w:rsidP="001343FB">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001343FB" w:rsidRPr="00D42867" w:rsidRDefault="001343FB" w:rsidP="001343FB">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D42867">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Председатель:  __________________ /</w:t>
+      </w:r>
+      <w:r w:rsidR="007964B3" w:rsidRPr="007964B3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007964B3" w:rsidRPr="00D42867">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ким О.А.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001343FB" w:rsidRPr="00D42867" w:rsidRDefault="001343FB" w:rsidP="001343FB">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D42867">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Секретарь: ______________________/</w:t>
       </w:r>
       <w:r w:rsidR="000A394C" w:rsidRPr="000A394C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F25507" w:rsidRPr="00506E38">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Григорьева А.В.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="001343FB" w:rsidRPr="00D42867" w:rsidRDefault="001343FB" w:rsidP="001343FB">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="005E2E54" w:rsidRDefault="005E2E54"/>
     <w:sectPr w:rsidR="005E2E54">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="004065D5"/>
     <w:rsid w:val="000A394C"/>
     <w:rsid w:val="001343FB"/>
     <w:rsid w:val="001E13B2"/>
-    <w:rsid w:val="00296203"/>
     <w:rsid w:val="003F2C3B"/>
     <w:rsid w:val="004065D5"/>
     <w:rsid w:val="004C6862"/>
     <w:rsid w:val="005052F7"/>
     <w:rsid w:val="00506E38"/>
     <w:rsid w:val="005864B5"/>
     <w:rsid w:val="005E2E54"/>
     <w:rsid w:val="00641E84"/>
     <w:rsid w:val="00693E2E"/>
     <w:rsid w:val="006D5F44"/>
     <w:rsid w:val="00755C3C"/>
     <w:rsid w:val="007964B3"/>
     <w:rsid w:val="009C5CC6"/>
     <w:rsid w:val="00C12867"/>
     <w:rsid w:val="00CE043D"/>
     <w:rsid w:val="00E2694E"/>
     <w:rsid w:val="00E7174C"/>
     <w:rsid w:val="00F22FDA"/>
     <w:rsid w:val="00F25507"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
@@ -4912,58 +2064,65 @@
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="a3">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="001343FB"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
       </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a4">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a5"/>
     <w:rsid w:val="001343FB"/>
     <w:rPr>
       <w:sz w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a5">
     <w:name w:val="Основной текст Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a4"/>
     <w:rsid w:val="001343FB"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
@@ -5153,88 +2312,94 @@
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="a3">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="001343FB"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
       </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a4">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a5"/>
     <w:rsid w:val="001343FB"/>
     <w:rPr>
       <w:sz w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a5">
     <w:name w:val="Основной текст Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a4"/>
     <w:rsid w:val="001343FB"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
-  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
@@ -5488,71 +2653,71 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
+  <Pages>2</Pages>
   <Words>349</Words>
-  <Characters>1991</Characters>
+  <Characters>1995</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>16</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2336</CharactersWithSpaces>
+  <CharactersWithSpaces>2340</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Пользователь</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>