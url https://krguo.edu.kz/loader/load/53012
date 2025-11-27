--- v0 (2025-10-09)
+++ v1 (2025-11-27)
@@ -1,2106 +1,4753 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00BA0E5D" w:rsidRPr="00BA0E5D" w:rsidRDefault="00BA0E5D" w:rsidP="00BA0E5D">
+    <w:p w:rsidR="007D4624" w:rsidRPr="003F0BF5" w:rsidRDefault="007D4624" w:rsidP="007D4624">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BA0E5D">
+      <w:r w:rsidRPr="003F0BF5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>КЕЛІСІЛДІ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F0BF5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>СОГЛАСОВАНО</w:t>
+        <w:t xml:space="preserve">:                                              </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="003F0BF5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>:</w:t>
+        <w:t xml:space="preserve">          БЕКІТІЛДІ</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BA0E5D">
+      <w:r w:rsidRPr="003F0BF5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...22 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BA0E5D" w:rsidRDefault="00BA0E5D" w:rsidP="00BA0E5D">
+    <w:p w:rsidR="007D4624" w:rsidRPr="003F0BF5" w:rsidRDefault="007D4624" w:rsidP="007D4624">
       <w:pPr>
         <w:pStyle w:val="a3"/>
+        <w:ind w:right="-710"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...42 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>П</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F0BF5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ед</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F0BF5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F0BF5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>әдеп кеңесі бойынша төрайымы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F0BF5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             «Березка»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F0BF5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бөбекжайы» директоры</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007D4624" w:rsidRPr="003F0BF5" w:rsidRDefault="007D4624" w:rsidP="007D4624">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003F0BF5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>___________Ким О.А.                                       __________</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
+      <w:r w:rsidRPr="003F0BF5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Ихсанова</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
+      <w:r w:rsidRPr="003F0BF5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> В.Р. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BA0E5D" w:rsidRDefault="00BA0E5D" w:rsidP="00BA0E5D">
+    <w:p w:rsidR="00BA0E5D" w:rsidRPr="00C8465B" w:rsidRDefault="00BA0E5D" w:rsidP="00BA0E5D">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00BA0E5D" w:rsidRDefault="00BA0E5D" w:rsidP="00BA0E5D">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007F627E" w:rsidRPr="00DC0B43" w:rsidRDefault="00BA0E5D" w:rsidP="00BA0E5D">
+    <w:p w:rsidR="007D4624" w:rsidRDefault="007D4624" w:rsidP="007D4624">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DC0B43">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">План работы совета по педагогической этике </w:t>
+        <w:t>Березка</w:t>
       </w:r>
-      <w:r w:rsidR="00D26B86">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>на 2023 год</w:t>
+        <w:t>бөбекжайы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A1A55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> КМҚМ </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BA0E5D" w:rsidRDefault="007F627E" w:rsidP="007F627E">
+    <w:p w:rsidR="007D4624" w:rsidRDefault="007D4624" w:rsidP="007D4624">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DC0B43">
+      <w:r w:rsidRPr="003F0BF5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> В </w:t>
-[...8 lines deleted...]
-        <w:t>КГКП «Ясли – сад «Березка»</w:t>
+        <w:t xml:space="preserve">Педагогикалық әдеп жөніндегі кеңестің жұмыс жоспары </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DC0B43" w:rsidRPr="00DC0B43" w:rsidRDefault="00DC0B43" w:rsidP="007F627E">
+    <w:p w:rsidR="00062C5F" w:rsidRPr="003F0BF5" w:rsidRDefault="00062C5F" w:rsidP="007D4624">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2023 жылға арналған</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC0B43" w:rsidRPr="007D4624" w:rsidRDefault="00DC0B43" w:rsidP="007F627E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a4"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="534"/>
         <w:gridCol w:w="4251"/>
         <w:gridCol w:w="2393"/>
         <w:gridCol w:w="2393"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00BA0E5D" w:rsidRPr="00AF7E6D" w:rsidTr="00BA0E5D">
+      <w:tr w:rsidR="00BA0E5D" w:rsidRPr="001F7713" w:rsidTr="00BA0E5D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA0E5D" w:rsidRPr="00AF7E6D" w:rsidRDefault="00BA0E5D" w:rsidP="00AF7E6D">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00BA0E5D" w:rsidRPr="001F7713" w:rsidRDefault="00BA0E5D" w:rsidP="00BA0E5D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4251" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA0E5D" w:rsidRPr="00AF7E6D" w:rsidRDefault="00BA0E5D" w:rsidP="00AF7E6D">
-[...13 lines deleted...]
-              <w:t>мероприятия</w:t>
+          <w:p w:rsidR="00BA0E5D" w:rsidRPr="001F7713" w:rsidRDefault="007D4624" w:rsidP="00BA0E5D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Іс-шаралар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2393" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA0E5D" w:rsidRPr="00AF7E6D" w:rsidRDefault="00BA0E5D" w:rsidP="00AF7E6D">
-[...13 lines deleted...]
-              <w:t>сроки</w:t>
+          <w:p w:rsidR="00BA0E5D" w:rsidRPr="001F7713" w:rsidRDefault="007D4624" w:rsidP="00BA0E5D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Мерзімі </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2393" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA0E5D" w:rsidRPr="00AF7E6D" w:rsidRDefault="00BA0E5D" w:rsidP="00AF7E6D">
-[...13 lines deleted...]
-              <w:t>ответственные</w:t>
+          <w:p w:rsidR="00BA0E5D" w:rsidRPr="001F7713" w:rsidRDefault="007D4624" w:rsidP="00BA0E5D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Жауапты </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BA0E5D" w:rsidRPr="00AF7E6D" w:rsidTr="006C2870">
+      <w:tr w:rsidR="00BA0E5D" w:rsidRPr="001F7713" w:rsidTr="006C2870">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9571" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA0E5D" w:rsidRPr="00AF7E6D" w:rsidRDefault="00BA0E5D" w:rsidP="00AF7E6D">
-            <w:pPr>
+          <w:p w:rsidR="00BA0E5D" w:rsidRPr="001F7713" w:rsidRDefault="00BA0E5D" w:rsidP="00BA0E5D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BA0E5D" w:rsidRPr="00AF7E6D" w:rsidTr="00BA0E5D">
+      <w:tr w:rsidR="00BA0E5D" w:rsidRPr="001F7713" w:rsidTr="00BA0E5D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA0E5D" w:rsidRPr="00AF7E6D" w:rsidRDefault="00BC1291" w:rsidP="00AF7E6D">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00AF7E6D">
+          <w:p w:rsidR="00BA0E5D" w:rsidRPr="001F7713" w:rsidRDefault="00BC1291" w:rsidP="00BA0E5D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F7713">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4251" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA0E5D" w:rsidRPr="00AF7E6D" w:rsidRDefault="00BC1291" w:rsidP="00AF7E6D">
-[...31 lines deleted...]
-            <w:r w:rsidR="007101F1" w:rsidRPr="00AF7E6D">
+          <w:p w:rsidR="00BA0E5D" w:rsidRPr="001F7713" w:rsidRDefault="007D4624" w:rsidP="00BC1291">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Педагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ә</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>деп</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>жөніндегі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>кеңестің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>төрағасы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>хатшысын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>бекіту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>функционалдық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>міндеттерді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>бөлу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F7713">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2393" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA0E5D" w:rsidRPr="00AF7E6D" w:rsidRDefault="003E2A9D" w:rsidP="00AF7E6D">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">Январь </w:t>
+          <w:p w:rsidR="00BA0E5D" w:rsidRPr="001F7713" w:rsidRDefault="007D4624" w:rsidP="00BA0E5D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Қаңтар </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2393" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA0E5D" w:rsidRPr="00AF7E6D" w:rsidRDefault="00BC1291" w:rsidP="00AF7E6D">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00AF7E6D">
+          <w:p w:rsidR="00BA0E5D" w:rsidRPr="001F7713" w:rsidRDefault="00BC1291" w:rsidP="00BA0E5D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F7713">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Ихсанова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00AF7E6D">
+            <w:r w:rsidRPr="001F7713">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> В.Р.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BA0E5D" w:rsidRPr="00AF7E6D" w:rsidTr="00BA0E5D">
+      <w:tr w:rsidR="00BA0E5D" w:rsidRPr="001F7713" w:rsidTr="00BA0E5D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA0E5D" w:rsidRPr="00AF7E6D" w:rsidRDefault="00BC1291" w:rsidP="00AF7E6D">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00AF7E6D">
+          <w:p w:rsidR="00BA0E5D" w:rsidRPr="001F7713" w:rsidRDefault="00BC1291" w:rsidP="00BA0E5D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F7713">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4251" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA0E5D" w:rsidRPr="00AF7E6D" w:rsidRDefault="00BC1291" w:rsidP="00AF7E6D">
-[...49 lines deleted...]
-            <w:r w:rsidR="00D81310" w:rsidRPr="00AF7E6D">
+          <w:p w:rsidR="00BA0E5D" w:rsidRPr="001F7713" w:rsidRDefault="007D4624" w:rsidP="007D236D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Педагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ә</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>деп</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>жөніндегі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>кеңестің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 202</w:t>
+            </w:r>
+            <w:r w:rsidR="007D236D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>жылға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>арналған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>жоспарын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>әзірлеу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>бекіту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Ұжымды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>педагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>кеңестің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>жоспарымен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>таныстыру</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2393" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BA0E5D" w:rsidRPr="001F7713" w:rsidRDefault="007D4624" w:rsidP="00BA0E5D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Қаңтар </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2393" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BA0E5D" w:rsidRPr="001F7713" w:rsidRDefault="00BC1291" w:rsidP="00BA0E5D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Ихсанова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> В.Р.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BA0E5D" w:rsidRPr="001F7713" w:rsidTr="00BA0E5D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="534" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BA0E5D" w:rsidRPr="001F7713" w:rsidRDefault="00D81310" w:rsidP="00BA0E5D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4251" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BA0E5D" w:rsidRPr="001F7713" w:rsidRDefault="007D4624" w:rsidP="00DC0B43">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Пед</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ә</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>деп</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>жөніндегі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>кеңестің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>өзара</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>іс-қимылы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>қамқоршылық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>кеңеспен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2393" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BA0E5D" w:rsidRPr="001F7713" w:rsidRDefault="007D4624" w:rsidP="00BA0E5D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Жыл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ішінде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2393" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BA0E5D" w:rsidRPr="001F7713" w:rsidRDefault="007D4624" w:rsidP="007D4624">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>П</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ә кеңесінің төрайымы</w:t>
+            </w:r>
+            <w:r w:rsidR="00621679" w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>және кеңес мүшелері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004C43B2" w:rsidRPr="00062C5F" w:rsidTr="00BA0E5D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="534" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004C43B2" w:rsidRPr="001F7713" w:rsidRDefault="004C43B2" w:rsidP="00542615">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4251" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004C43B2" w:rsidRPr="001F7713" w:rsidRDefault="007D4624" w:rsidP="00BA0E5D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Педагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ә</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>деп</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>жөніндегі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>кеңестің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>кезекті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>отырыстарын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ұйымдастыру</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>өткізу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F7713">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
-            <w:r w:rsidRPr="00AF7E6D">
-[...23 lines deleted...]
-            <w:r w:rsidR="007101F1" w:rsidRPr="00AF7E6D">
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2393" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004C43B2" w:rsidRPr="001F7713" w:rsidRDefault="007D4624" w:rsidP="00BA0E5D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Тоқсанына 1 рет</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003E2A9D" w:rsidRPr="001F7713" w:rsidRDefault="007D4624" w:rsidP="00BA0E5D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Қаңтар </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003E2A9D" w:rsidRPr="001F7713" w:rsidRDefault="007D4624" w:rsidP="00BA0E5D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Сәуір </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003E2A9D" w:rsidRPr="001F7713" w:rsidRDefault="007D4624" w:rsidP="00BA0E5D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Қыркүйек </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003E2A9D" w:rsidRPr="001F7713" w:rsidRDefault="007D4624" w:rsidP="003E2A9D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Желтоқсан </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2393" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004C43B2" w:rsidRPr="001F7713" w:rsidRDefault="007D4624" w:rsidP="00BA0E5D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ПӘ кеңесінің төрайымы және кеңес мүшелері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004C43B2" w:rsidRPr="001F7713" w:rsidTr="00BA0E5D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="534" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004C43B2" w:rsidRPr="001F7713" w:rsidRDefault="004C43B2" w:rsidP="00542615">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4251" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004C43B2" w:rsidRPr="001F7713" w:rsidRDefault="007D4624" w:rsidP="00BA0E5D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Кеңес</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>төрағасының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ұсынысы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Кеңес</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>мүшелері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>жалпы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>санының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>үштен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>інен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>астамының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>бастамасы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Кеңестің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>кезектен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>тыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>отырыстарын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ұйымдастыру</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F7713">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2393" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA0E5D" w:rsidRPr="00AF7E6D" w:rsidRDefault="003E2A9D" w:rsidP="00AF7E6D">
-[...14 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="004C43B2" w:rsidRPr="001F7713" w:rsidRDefault="007D4624" w:rsidP="00BA0E5D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Қажеттілігіне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>қарай</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2393" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA0E5D" w:rsidRPr="00AF7E6D" w:rsidRDefault="00BC1291" w:rsidP="00AF7E6D">
-[...23 lines deleted...]
-              <w:t xml:space="preserve"> В.Р.</w:t>
+          <w:p w:rsidR="004C43B2" w:rsidRPr="001F7713" w:rsidRDefault="007D4624" w:rsidP="00BA0E5D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>П</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ә кеңесінің төрайымы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>және кеңес мүшелері</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BA0E5D" w:rsidRPr="00AF7E6D" w:rsidTr="00BA0E5D">
+      <w:tr w:rsidR="004C43B2" w:rsidRPr="001F7713" w:rsidTr="00BA0E5D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA0E5D" w:rsidRPr="00AF7E6D" w:rsidRDefault="00D81310" w:rsidP="00AF7E6D">
-[...13 lines deleted...]
-              <w:t>3</w:t>
+          <w:p w:rsidR="004C43B2" w:rsidRPr="001F7713" w:rsidRDefault="003E2A9D" w:rsidP="00542615">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4251" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA0E5D" w:rsidRPr="00AF7E6D" w:rsidRDefault="00D81310" w:rsidP="00AF7E6D">
-[...39 lines deleted...]
-              <w:t>попечительским советом.</w:t>
+          <w:p w:rsidR="004C43B2" w:rsidRPr="001F7713" w:rsidRDefault="007D4624" w:rsidP="00BA0E5D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Педагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>этиканы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>бұзу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>фактілерін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>тексеру</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ұсыныстарды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>қарау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2393" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA0E5D" w:rsidRPr="00AF7E6D" w:rsidRDefault="00D81310" w:rsidP="00AF7E6D">
-[...14 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="004C43B2" w:rsidRPr="001F7713" w:rsidRDefault="007D4624" w:rsidP="00411B45">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Қажеттілігіне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>қарай</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2393" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004C43B2" w:rsidRPr="001F7713" w:rsidRDefault="007D4624" w:rsidP="00411B45">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00AF7E6D">
-[...5 lines deleted...]
-              <w:t>и</w:t>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>П</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00AF7E6D">
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> года</w:t>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ә кеңесінің төрайымы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>және кеңес мүшелері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004C43B2" w:rsidRPr="001F7713" w:rsidTr="00BA0E5D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="534" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004C43B2" w:rsidRPr="001F7713" w:rsidRDefault="003E2A9D" w:rsidP="00542615">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4251" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004C43B2" w:rsidRPr="001F7713" w:rsidRDefault="007D4624" w:rsidP="00BA0E5D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Еңбек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>тәртібін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>нығайту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>педагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>этиканы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>бұзудың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>алдын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>алу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ұсыныстарды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>қарастыру</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2393" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA0E5D" w:rsidRPr="00AF7E6D" w:rsidRDefault="00621679" w:rsidP="00AF7E6D">
-[...13 lines deleted...]
-              <w:t>Председатель совета по ПЭ и члены совета</w:t>
+          <w:p w:rsidR="004C43B2" w:rsidRPr="001F7713" w:rsidRDefault="007D4624" w:rsidP="00411B45">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Қажеттілігіне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>қарай</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2393" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004C43B2" w:rsidRPr="001F7713" w:rsidRDefault="007D4624" w:rsidP="00411B45">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>П</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ә кеңесінің төрайымы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>және кеңес мүшелері</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004C43B2" w:rsidRPr="00AF7E6D" w:rsidTr="00BA0E5D">
+      <w:tr w:rsidR="004C43B2" w:rsidRPr="001F7713" w:rsidTr="00BA0E5D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004C43B2" w:rsidRPr="00AF7E6D" w:rsidRDefault="004C43B2" w:rsidP="00AF7E6D">
-[...13 lines deleted...]
-              <w:t>4</w:t>
+          <w:p w:rsidR="004C43B2" w:rsidRPr="001F7713" w:rsidRDefault="003E2A9D" w:rsidP="00BA0E5D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4251" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004C43B2" w:rsidRPr="00AF7E6D" w:rsidRDefault="004C43B2" w:rsidP="00AF7E6D">
-[...13 lines deleted...]
-              <w:t>Организация и проведение очередных заседаний  совета по педагогической этике.</w:t>
+          <w:p w:rsidR="004C43B2" w:rsidRPr="001F7713" w:rsidRDefault="007D4624" w:rsidP="007D4624">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Педагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>әдепті</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>бұзғаны</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>үшін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>жауапкершілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ұсыныстарды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>қарау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2393" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004C43B2" w:rsidRPr="00AF7E6D" w:rsidRDefault="004C43B2" w:rsidP="00AF7E6D">
-[...82 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="004C43B2" w:rsidRPr="001F7713" w:rsidRDefault="007D4624" w:rsidP="00411B45">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Қажеттілігіне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>қарай</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2393" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004C43B2" w:rsidRPr="00AF7E6D" w:rsidRDefault="004C43B2" w:rsidP="00AF7E6D">
-[...13 lines deleted...]
-              <w:t>Председатель совета по ПЭ и члены совета</w:t>
+          <w:p w:rsidR="004C43B2" w:rsidRPr="001F7713" w:rsidRDefault="007D4624" w:rsidP="00411B45">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>П</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ә кеңесінің төрайымы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>және кеңес мүшелері</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004C43B2" w:rsidRPr="00AF7E6D" w:rsidTr="00BA0E5D">
+      <w:tr w:rsidR="00062C5F" w:rsidRPr="001F7713" w:rsidTr="00BA0E5D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004C43B2" w:rsidRPr="00AF7E6D" w:rsidRDefault="004C43B2" w:rsidP="00AF7E6D">
-[...13 lines deleted...]
-              <w:t>5</w:t>
+          <w:p w:rsidR="00062C5F" w:rsidRPr="001F7713" w:rsidRDefault="00062C5F" w:rsidP="00BA0E5D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4251" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004C43B2" w:rsidRPr="00AF7E6D" w:rsidRDefault="004C43B2" w:rsidP="00AF7E6D">
-[...13 lines deleted...]
-              <w:t>Организация внеочередных заседаний совета по предложению председателя совета или по инициативе более одной трети от общего числа членов Совета.</w:t>
+          <w:p w:rsidR="00062C5F" w:rsidRPr="006F4A6A" w:rsidRDefault="00062C5F" w:rsidP="001827EC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00062C5F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Педагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00062C5F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00062C5F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ә</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00062C5F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>деп</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00062C5F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00062C5F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>жөніндегі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00062C5F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00062C5F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>кеңестің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00062C5F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00062C5F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>кезекті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00062C5F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00062C5F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>отырыстарын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00062C5F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00062C5F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ұйымдастыру</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00062C5F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00062C5F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00062C5F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00062C5F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>өткізу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00062C5F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2393" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004C43B2" w:rsidRPr="00AF7E6D" w:rsidRDefault="004C43B2" w:rsidP="00AF7E6D">
-[...14 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00062C5F" w:rsidRPr="00062C5F" w:rsidRDefault="00062C5F" w:rsidP="001827EC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Тоқсанына </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> рет</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00062C5F" w:rsidRPr="006F4A6A" w:rsidRDefault="00062C5F" w:rsidP="001827EC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2393" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004C43B2" w:rsidRPr="00AF7E6D" w:rsidRDefault="004C43B2" w:rsidP="00AF7E6D">
-[...13 lines deleted...]
-              <w:t>Председатель совета по ПЭ и члены совета</w:t>
+          <w:p w:rsidR="00062C5F" w:rsidRPr="006F4A6A" w:rsidRDefault="00062C5F" w:rsidP="001827EC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>П</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ә кеңесінің төрайымы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>және кеңес мүшелері</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004C43B2" w:rsidRPr="00AF7E6D" w:rsidTr="00BA0E5D">
+      <w:tr w:rsidR="00062C5F" w:rsidTr="00BA0E5D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004C43B2" w:rsidRPr="00AF7E6D" w:rsidRDefault="003E2A9D" w:rsidP="00AF7E6D">
-[...13 lines deleted...]
-              <w:t>6</w:t>
+          <w:p w:rsidR="00062C5F" w:rsidRPr="001F7713" w:rsidRDefault="00062C5F" w:rsidP="00BA0E5D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4251" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004C43B2" w:rsidRPr="00AF7E6D" w:rsidRDefault="004C43B2" w:rsidP="00AF7E6D">
-[...362 lines deleted...]
-          <w:p w:rsidR="00F63169" w:rsidRPr="006F4A6A" w:rsidRDefault="00986230" w:rsidP="008E7C7D">
+          <w:p w:rsidR="00062C5F" w:rsidRPr="006F4A6A" w:rsidRDefault="00062C5F" w:rsidP="001827EC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00062C5F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
+              <w:t xml:space="preserve">Педагог </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00062C5F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>мәртебесі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00062C5F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00062C5F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>реализации «Закона о статусе педагога», Приказа Министра образования и науки РК «О некоторых вопросах педагогической этики» №190 от 11 мая 2020 года</w:t>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:t>Заңды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00062C5F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, ҚР </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00062C5F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00062C5F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00062C5F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00062C5F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00062C5F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>ғылым</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00062C5F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00062C5F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>министрінің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00062C5F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> "</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00062C5F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>педагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00062C5F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00062C5F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>этиканың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00062C5F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00062C5F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>кейбір</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00062C5F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00062C5F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>мәселелері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00062C5F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00062C5F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00062C5F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" 2020 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00062C5F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>жылғы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00062C5F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 11 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00062C5F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>мамырдағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00062C5F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> №190 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00062C5F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>бұйрығын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00062C5F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00062C5F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>іске</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00062C5F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00062C5F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>асыру</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00062C5F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00062C5F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00062C5F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00062C5F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>бақылауды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00062C5F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00062C5F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>жүзеге</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00062C5F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00062C5F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>асыру</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2393" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F63169" w:rsidRPr="006F4A6A" w:rsidRDefault="00F63169" w:rsidP="008E7C7D">
-[...11 lines deleted...]
-                <w:szCs w:val="28"/>
+          <w:p w:rsidR="00062C5F" w:rsidRPr="00062C5F" w:rsidRDefault="00062C5F" w:rsidP="001827EC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>Январь</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00F63169" w:rsidRPr="006F4A6A" w:rsidRDefault="00F63169" w:rsidP="008E7C7D">
+              <w:t xml:space="preserve">Қаңтар </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00062C5F" w:rsidRPr="006F4A6A" w:rsidRDefault="00062C5F" w:rsidP="001827EC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2393" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F63169" w:rsidRPr="006F4A6A" w:rsidRDefault="00986230" w:rsidP="008E7C7D">
+          <w:p w:rsidR="00062C5F" w:rsidRPr="006F4A6A" w:rsidRDefault="00062C5F" w:rsidP="001827EC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Ихсанова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> В.Р.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F63169" w:rsidRPr="006F4A6A" w:rsidRDefault="00F63169" w:rsidP="008E7C7D">
-[...17 lines deleted...]
-          <w:p w:rsidR="00F63169" w:rsidRPr="006F4A6A" w:rsidRDefault="00F63169" w:rsidP="008E7C7D">
+          <w:p w:rsidR="00062C5F" w:rsidRPr="006F4A6A" w:rsidRDefault="00062C5F" w:rsidP="001827EC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00062C5F" w:rsidRPr="006F4A6A" w:rsidRDefault="00062C5F" w:rsidP="001827EC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00062C5F" w:rsidRPr="006F4A6A" w:rsidRDefault="00062C5F" w:rsidP="001827EC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F63169" w:rsidRPr="00AF7E6D" w:rsidTr="00BA0E5D">
+      <w:tr w:rsidR="00062C5F" w:rsidTr="00BA0E5D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
-            <w:vMerge/>
-[...8 lines deleted...]
-            </w:pPr>
+          </w:tcPr>
+          <w:p w:rsidR="00062C5F" w:rsidRPr="00062C5F" w:rsidRDefault="00062C5F" w:rsidP="00BA0E5D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>11</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4251" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F63169" w:rsidRPr="006F4A6A" w:rsidRDefault="00E83C43" w:rsidP="008E7C7D">
-[...4 lines deleted...]
-                <w:szCs w:val="28"/>
+          <w:p w:rsidR="00062C5F" w:rsidRPr="00062C5F" w:rsidRDefault="00062C5F" w:rsidP="001827EC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00062C5F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Педагогикалық ұжымда педагогикалық этиканы сақтау мәселесі бойынша сауалнама қорытындылары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2393" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00062C5F" w:rsidRPr="00062C5F" w:rsidRDefault="00062C5F" w:rsidP="001827EC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-              </w:rPr>
-[...10 lines deleted...]
-            </w:pPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Сәуір </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2393" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F63169" w:rsidRPr="006F4A6A" w:rsidRDefault="00F63169" w:rsidP="008E7C7D">
-[...23 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00062C5F" w:rsidRPr="006F4A6A" w:rsidRDefault="00062C5F" w:rsidP="001827EC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Ким О.А.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00062C5F" w:rsidTr="00BA0E5D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="534" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00062C5F" w:rsidRDefault="00062C5F" w:rsidP="00BA0E5D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4251" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00062C5F" w:rsidRPr="006F4A6A" w:rsidRDefault="00062C5F" w:rsidP="001827EC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Тәрбиешінің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>іскерлік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>имиджі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00062C5F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> семинары</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2393" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F63169" w:rsidRPr="006F4A6A" w:rsidRDefault="00E83C43" w:rsidP="008E7C7D">
-[...4 lines deleted...]
-                <w:szCs w:val="28"/>
+          <w:p w:rsidR="00062C5F" w:rsidRPr="00062C5F" w:rsidRDefault="00062C5F" w:rsidP="001827EC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-              </w:rPr>
-              <w:t>Ким О.А.</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Қыркүйек </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2393" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00062C5F" w:rsidRPr="006F4A6A" w:rsidRDefault="00062C5F" w:rsidP="001827EC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Балюк</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> О.С.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F63169" w:rsidRPr="00AF7E6D" w:rsidTr="00BA0E5D">
+      <w:tr w:rsidR="00062C5F" w:rsidTr="00BA0E5D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
-            <w:vMerge/>
-[...8 lines deleted...]
-            </w:pPr>
+          </w:tcPr>
+          <w:p w:rsidR="00062C5F" w:rsidRDefault="00062C5F" w:rsidP="00BA0E5D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>13</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4251" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E778A5" w:rsidRPr="00E778A5" w:rsidRDefault="00E778A5" w:rsidP="00E778A5">
-[...127 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+          <w:p w:rsidR="00062C5F" w:rsidRPr="00062C5F" w:rsidRDefault="00062C5F" w:rsidP="001827EC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00062C5F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Педагогикалық әдеп</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...4 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> жөніндегі кеңестің 2023 жылғы «</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00062C5F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Березка</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...34 lines deleted...]
-            </w:pPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» бөбекжайы» </w:t>
+            </w:r>
             <w:bookmarkStart w:id="0" w:name="_GoBack"/>
             <w:bookmarkEnd w:id="0"/>
+            <w:r w:rsidRPr="00062C5F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>КМҚК қызметі туралы есеп.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2393" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00062C5F" w:rsidRPr="00062C5F" w:rsidRDefault="00062C5F" w:rsidP="001827EC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Желтоқсан </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2393" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00062C5F" w:rsidRPr="006F4A6A" w:rsidRDefault="00062C5F" w:rsidP="001827EC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="006F4A6A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...13 lines deleted...]
-            </w:r>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Балюк</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="006F4A6A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...73 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> О.С.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F63169" w:rsidRPr="00AF7E6D" w:rsidRDefault="00F63169" w:rsidP="008E7C7D">
+          <w:p w:rsidR="00062C5F" w:rsidRPr="00AF7E6D" w:rsidRDefault="00062C5F" w:rsidP="001827EC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F4A6A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Ким О.А.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00BA0E5D" w:rsidRPr="00BA0E5D" w:rsidRDefault="00BA0E5D" w:rsidP="00BA0E5D">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00BA0E5D" w:rsidRPr="00BA0E5D" w:rsidSect="00AF7E6D">
+    <w:sectPr w:rsidR="00BA0E5D" w:rsidRPr="00BA0E5D" w:rsidSect="00C8465B">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="567" w:right="850" w:bottom="426" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="709" w:right="850" w:bottom="142" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00BA0E5D"/>
+    <w:rsid w:val="00062C5F"/>
     <w:rsid w:val="001E1C72"/>
+    <w:rsid w:val="001F7713"/>
     <w:rsid w:val="002829B5"/>
     <w:rsid w:val="002C3244"/>
     <w:rsid w:val="003E2A9D"/>
     <w:rsid w:val="004C43B2"/>
-    <w:rsid w:val="00545FA8"/>
     <w:rsid w:val="00621679"/>
     <w:rsid w:val="007101F1"/>
+    <w:rsid w:val="007D236D"/>
+    <w:rsid w:val="007D4624"/>
     <w:rsid w:val="007F627E"/>
-    <w:rsid w:val="00986230"/>
-    <w:rsid w:val="00AF7E6D"/>
+    <w:rsid w:val="009537AC"/>
     <w:rsid w:val="00BA0E5D"/>
     <w:rsid w:val="00BC1291"/>
-    <w:rsid w:val="00D26B86"/>
+    <w:rsid w:val="00C8465B"/>
     <w:rsid w:val="00D81310"/>
     <w:rsid w:val="00DC0B43"/>
-    <w:rsid w:val="00E778A5"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00F63169"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -2289,65 +4936,58 @@
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00BA0E5D"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="table" w:styleId="a4">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="00BA0E5D"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
-      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
-      <w:tblCellMar>
-[...4 lines deleted...]
-      </w:tblCellMar>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
@@ -2514,73 +5154,67 @@
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00BA0E5D"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="table" w:styleId="a4">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="00BA0E5D"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
-      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
-      <w:tblCellMar>
-[...4 lines deleted...]
-      </w:tblCellMar>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
@@ -2834,67 +5468,66 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>1923</Characters>
+  <Pages>1</Pages>
+  <Words>345</Words>
+  <Characters>1973</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>16</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Reanimator Extreme Edition</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2256</CharactersWithSpaces>
+  <CharactersWithSpaces>2314</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>березка</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>