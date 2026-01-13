--- v0 (2025-10-11)
+++ v1 (2026-01-13)
@@ -39,569 +39,913 @@
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                                                                                             </w:t>
       </w:r>
       <w:r w:rsidRPr="00520C3C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">   УТВЕРЖДАЮ:</w:t>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidR="004B67AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>БЕКІТЕМІН</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="00B90C6C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00A2571F" w:rsidRPr="00613E2F" w:rsidRDefault="00A2571F" w:rsidP="00A2571F">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">                                                                                                                                                                      Директор</w:t>
+        <w:t xml:space="preserve">                                                                </w:t>
       </w:r>
-      <w:r w:rsidRPr="00BE728B">
+      <w:r w:rsidR="004B67AE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">                      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>КГКП</w:t>
+        <w:t xml:space="preserve">                                                                      </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00A2571F" w:rsidRPr="00613E2F" w:rsidRDefault="00A2571F" w:rsidP="00A2571F">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>«</w:t>
-[...18 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B90C6C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>«Березка»</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">  </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004B67AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бөбекжайы» КМҚ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="004B67AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>К</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="004B67AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> директоры</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00A2571F" w:rsidRPr="00B90C6C" w:rsidRDefault="00A2571F" w:rsidP="00A2571F">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B90C6C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">_____________ </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>В.Ихсанова</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="00A2571F" w:rsidRPr="00613E2F" w:rsidRDefault="00A2571F" w:rsidP="00A2571F">
+    <w:p w:rsidR="00A2571F" w:rsidRPr="004B67AE" w:rsidRDefault="00A2571F" w:rsidP="00A2571F">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>«03»   сентября  2021  года</w:t>
+        <w:t xml:space="preserve">«03»  </w:t>
+      </w:r>
+      <w:r w:rsidR="004B67AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қыркүйек</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  2021 </w:t>
+      </w:r>
+      <w:r w:rsidR="004B67AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жылдың</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00A2571F" w:rsidRDefault="00A2571F" w:rsidP="00A2571F">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A2571F" w:rsidRPr="00942047" w:rsidRDefault="00A2571F" w:rsidP="00A2571F">
+    <w:p w:rsidR="004B67AE" w:rsidRDefault="004B67AE" w:rsidP="004B67AE">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00942047">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004B67AE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>План</w:t>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004B67AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004B67AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Республикасының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004B67AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2015 – 2025 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004B67AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жылдар</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004B67AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004B67AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004B67AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>арналған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004B67AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004B67AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сыбайлас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004B67AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A2571F" w:rsidRDefault="00A2571F" w:rsidP="00A2571F">
+    <w:p w:rsidR="004B67AE" w:rsidRDefault="004B67AE" w:rsidP="004B67AE">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="004B67AE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-        <w:t xml:space="preserve">мероприятий </w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">жемқорлыққа қарсы стратегиясы және көлеңкелі </w:t>
       </w:r>
-      <w:r w:rsidRPr="00942047">
+    </w:p>
+    <w:p w:rsidR="004B67AE" w:rsidRDefault="004B67AE" w:rsidP="004B67AE">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B67AE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>экономикаға қарсы іс – қимыл</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B67AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> агенттігі </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B67AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">жөніндегі </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A2571F" w:rsidRPr="00942047" w:rsidRDefault="00A2571F" w:rsidP="00A2571F">
+    <w:p w:rsidR="004B67AE" w:rsidRPr="004B67AE" w:rsidRDefault="004B67AE" w:rsidP="004B67AE">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00942047">
+      <w:r w:rsidRPr="004B67AE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-        <w:t>Антикоррупционной стратегии Ре</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">іс-шараларды іске асыру </w:t>
       </w:r>
-      <w:r>
+    </w:p>
+    <w:p w:rsidR="004B67AE" w:rsidRDefault="004B67AE" w:rsidP="004B67AE">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00942047">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B67AE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-        <w:t xml:space="preserve">25 годы и противодействию </w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>"Березка "бөбек</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="004B67AE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-        <w:t xml:space="preserve">теневой экономики в КГКП «Ясли – сад «Березка» </w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жай</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B67AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">"КМҚК </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A2571F" w:rsidRDefault="00A2571F" w:rsidP="00A2571F">
+    <w:p w:rsidR="004B67AE" w:rsidRPr="004B67AE" w:rsidRDefault="004B67AE" w:rsidP="004B67AE">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="004B67AE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-        <w:t>на 2021 – 2022 учебный год</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Жоспары</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A2571F" w:rsidRDefault="00A2571F" w:rsidP="00A2571F">
+    <w:p w:rsidR="00A2571F" w:rsidRPr="004B67AE" w:rsidRDefault="004B67AE" w:rsidP="004B67AE">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="004B67AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2021-2022 оқу жылына</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a3"/>
         <w:tblW w:w="14788" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1796"/>
         <w:gridCol w:w="4111"/>
         <w:gridCol w:w="3003"/>
         <w:gridCol w:w="2968"/>
         <w:gridCol w:w="2910"/>
       </w:tblGrid>
       <w:tr w:rsidR="00A2571F" w:rsidTr="00870004">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1796" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A2571F" w:rsidRDefault="00A2571F" w:rsidP="00870004">
+          <w:p w:rsidR="004B67AE" w:rsidRPr="004B67AE" w:rsidRDefault="00A2571F" w:rsidP="004B67AE">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">№ </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>п</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve">/п по </w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00A2571F" w:rsidRDefault="00A2571F" w:rsidP="00870004">
+              <w:t xml:space="preserve">/п </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A2571F" w:rsidRDefault="004B67AE" w:rsidP="004B67AE">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>областному плану</w:t>
-            </w:r>
+              <w:t>облыстық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>жоспар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004B67AE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004B67AE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A2571F" w:rsidRDefault="00A2571F" w:rsidP="00870004">
+          <w:p w:rsidR="00A2571F" w:rsidRPr="004B67AE" w:rsidRDefault="004B67AE" w:rsidP="00870004">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-              </w:rPr>
-              <w:t>Наименование мероприятия</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Іс-шара атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3003" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A2571F" w:rsidRDefault="00A2571F" w:rsidP="00870004">
+          <w:p w:rsidR="00A2571F" w:rsidRPr="004B67AE" w:rsidRDefault="004B67AE" w:rsidP="00870004">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-              </w:rPr>
-              <w:t>Форма проведения</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Өткізу нысаны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2968" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A2571F" w:rsidRDefault="00A2571F" w:rsidP="00870004">
+          <w:p w:rsidR="004B67AE" w:rsidRPr="004B67AE" w:rsidRDefault="004B67AE" w:rsidP="004B67AE">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004B67AE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>орындағаны</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004B67AE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004B67AE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>үшін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004B67AE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-              </w:rPr>
-[...3 lines deleted...]
-          <w:p w:rsidR="00A2571F" w:rsidRDefault="00A2571F" w:rsidP="00870004">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ж</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004B67AE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ауапты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004B67AE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A2571F" w:rsidRDefault="00A2571F" w:rsidP="004B67AE">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...7 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2910" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A2571F" w:rsidRDefault="00A2571F" w:rsidP="00870004">
+          <w:p w:rsidR="00A2571F" w:rsidRPr="004B67AE" w:rsidRDefault="004B67AE" w:rsidP="00870004">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-              </w:rPr>
-              <w:t>Сроки исполнения</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Орындау мерзімі </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A2571F" w:rsidTr="00870004">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1796" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00A2571F" w:rsidRDefault="00A2571F" w:rsidP="00870004">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
@@ -700,159 +1044,385 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A2571F" w:rsidTr="00870004">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="14788" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
-          <w:p w:rsidR="00A2571F" w:rsidRDefault="00A2571F" w:rsidP="00870004">
+          <w:p w:rsidR="00A2571F" w:rsidRDefault="004B67AE" w:rsidP="00870004">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...7 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004B67AE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Ұйымдастыру</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004B67AE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004B67AE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>іс-шаралары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A2571F" w:rsidTr="00870004">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1796" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00A2571F" w:rsidRPr="00AD08B7" w:rsidRDefault="00A2571F" w:rsidP="00870004">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A2571F" w:rsidRPr="00AD08B7" w:rsidRDefault="00A2571F" w:rsidP="00870004">
+          <w:p w:rsidR="00A2571F" w:rsidRPr="00AD08B7" w:rsidRDefault="00CC16CA" w:rsidP="00870004">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AD08B7">
-[...23 lines deleted...]
-            <w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> беру </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ұйымдарының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>қызметкерлері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>үшін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>дөңгелек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>үстелдер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>семинарлар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ұйымдастыру</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC16CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3003" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A2571F" w:rsidRPr="00AD08B7" w:rsidRDefault="00A2571F" w:rsidP="00870004">
-[...15 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00A2571F" w:rsidRPr="00AD08B7" w:rsidRDefault="00CC16CA" w:rsidP="00870004">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Дөңгелек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>үстел</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>іс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-шара </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>жоспарымен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>танысу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2968" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00A2571F" w:rsidRPr="00AD08B7" w:rsidRDefault="00A2571F" w:rsidP="00870004">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="675"/>
                 <w:tab w:val="center" w:pos="1290"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
@@ -863,329 +1433,906 @@
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="00AD08B7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Директор</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00A2571F" w:rsidRDefault="00A2571F" w:rsidP="00870004">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>В.Ихсанова</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
           <w:p w:rsidR="00A2571F" w:rsidRDefault="00A2571F" w:rsidP="00870004">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00A2571F" w:rsidRPr="00AD08B7" w:rsidRDefault="00A2571F" w:rsidP="00870004">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2910" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A2571F" w:rsidRPr="00AD08B7" w:rsidRDefault="00A2571F" w:rsidP="00870004">
+          <w:p w:rsidR="00A2571F" w:rsidRPr="004B67AE" w:rsidRDefault="004B67AE" w:rsidP="00870004">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-              </w:rPr>
-              <w:t>Сентябрь 2021 год</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Қыркүйек </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2021 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жыл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A2571F" w:rsidTr="00870004">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="14788" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
-          <w:p w:rsidR="00A2571F" w:rsidRPr="00B90C6C" w:rsidRDefault="00A2571F" w:rsidP="00870004">
+          <w:p w:rsidR="00A2571F" w:rsidRPr="00B90C6C" w:rsidRDefault="00CC16CA" w:rsidP="00870004">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B90C6C">
-[...7 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Мемлекеттік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>қызмет</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>саласындағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>сыбайлас</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>жемқорлыққа</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>қарсы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>с-</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>қимыл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A2571F" w:rsidRPr="00AD08B7" w:rsidTr="00870004">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1796" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00A2571F" w:rsidRPr="00AD08B7" w:rsidRDefault="00A2571F" w:rsidP="00870004">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="00AD08B7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A2571F" w:rsidRDefault="00A2571F" w:rsidP="00870004">
+          <w:p w:rsidR="00CC16CA" w:rsidRPr="00CC16CA" w:rsidRDefault="00CC16CA" w:rsidP="00CC16CA">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...8 lines deleted...]
-          <w:p w:rsidR="00A2571F" w:rsidRPr="00AD08B7" w:rsidRDefault="00A2571F" w:rsidP="00870004">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Әлеуметтік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>бағдарламаларды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>іске</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>асыру</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>мемлекет</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>бөлген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ақшалай</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>қаражаттың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ұтымды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>мақсатты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>пайдаланылуына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>мониторингті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>жүзеге</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>асыру</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A2571F" w:rsidRPr="00AD08B7" w:rsidRDefault="00CC16CA" w:rsidP="00CC16CA">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>маңызды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>мемлекеттік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ба</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ғдарламалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3003" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A2571F" w:rsidRPr="00AD08B7" w:rsidRDefault="00A2571F" w:rsidP="00870004">
+          <w:p w:rsidR="00A2571F" w:rsidRPr="00AD08B7" w:rsidRDefault="00CC16CA" w:rsidP="00CC16CA">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Өнді</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>істік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>жиналыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-              </w:rPr>
-[...2 lines deleted...]
-            </w:r>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Бухгалтер </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>есебі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2968" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00A2571F" w:rsidRDefault="00A2571F" w:rsidP="00870004">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="675"/>
                 <w:tab w:val="center" w:pos="1290"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:tab/>
               <w:t>Бухгалтер</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00A2571F" w:rsidRDefault="00A2571F" w:rsidP="00870004">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="675"/>
                 <w:tab w:val="center" w:pos="1290"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Роот Н.А.</w:t>
+              <w:t>Роот</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Н.А.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00A2571F" w:rsidRPr="00AD08B7" w:rsidRDefault="00A2571F" w:rsidP="00870004">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2910" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A2571F" w:rsidRDefault="00A2571F" w:rsidP="00870004">
+          <w:p w:rsidR="00A2571F" w:rsidRPr="004B67AE" w:rsidRDefault="00A2571F" w:rsidP="00870004">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Ноябрь 2021 год</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="004B67AE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Қараша </w:t>
+            </w:r>
+            <w:r w:rsidR="004B67AE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2021 </w:t>
+            </w:r>
+            <w:r w:rsidR="004B67AE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жыл</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00A2571F" w:rsidRDefault="00A2571F" w:rsidP="00870004">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00A2571F" w:rsidRPr="00AD08B7" w:rsidRDefault="00A2571F" w:rsidP="00870004">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
@@ -1198,1115 +2345,3690 @@
           <w:p w:rsidR="00A2571F" w:rsidRPr="00AD08B7" w:rsidRDefault="00A2571F" w:rsidP="00870004">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A2571F" w:rsidRPr="00AD08B7" w:rsidRDefault="00A2571F" w:rsidP="00870004">
+          <w:p w:rsidR="00A2571F" w:rsidRPr="00AD08B7" w:rsidRDefault="00CC16CA" w:rsidP="00870004">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...5 lines deleted...]
-              <w:t>Разработка и обеспечение антикоррупционных ограничений для сотрудников детского сада, регламентирующих принятие ценных подарков.</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Балабақша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>қызметкерлеріне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>бағалы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>сыйлықтар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>қабылдауды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>реттейтін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>сыбайлас</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>жемқ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>орлы</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ққа</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>қарсы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>шектеулерді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>әзірлеу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>қамтамасыз</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ету</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3003" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A2571F" w:rsidRPr="00AD08B7" w:rsidRDefault="00A2571F" w:rsidP="00870004">
+          <w:p w:rsidR="00CC16CA" w:rsidRDefault="00CC16CA" w:rsidP="00870004">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Буклеты: «Ограничения, регламентирующие принятие ценных подарков»</w:t>
+              <w:t>Буклет</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>тер</w:t>
+            </w:r>
+            <w:r w:rsidR="00A2571F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A2571F" w:rsidRPr="00CC16CA" w:rsidRDefault="00CC16CA" w:rsidP="00870004">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>"Бағалы сыйлықтарды қабылдауды реттейтін шектеулер"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2968" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00A2571F" w:rsidRPr="00AD08B7" w:rsidRDefault="00A2571F" w:rsidP="00870004">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AD08B7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Директор</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00A2571F" w:rsidRPr="00AD08B7" w:rsidRDefault="00A2571F" w:rsidP="00870004">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>В.Ихсанова</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2910" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A2571F" w:rsidRPr="00AD08B7" w:rsidRDefault="00A2571F" w:rsidP="00870004">
+          <w:p w:rsidR="00A2571F" w:rsidRPr="00AD08B7" w:rsidRDefault="004B67AE" w:rsidP="00870004">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-              </w:rPr>
-              <w:t xml:space="preserve">Декабрь 2021 год </w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Желтоқсан </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2021 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жыл</w:t>
+            </w:r>
+            <w:r w:rsidR="00A2571F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A2571F" w:rsidRPr="00AD08B7" w:rsidTr="00870004">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="14788" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
-          <w:p w:rsidR="00A2571F" w:rsidRPr="00B90C6C" w:rsidRDefault="00A2571F" w:rsidP="00870004">
+          <w:p w:rsidR="00A2571F" w:rsidRPr="00B90C6C" w:rsidRDefault="00CC16CA" w:rsidP="00870004">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B90C6C">
-[...7 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Қоғамдық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>бақылау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>институтын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>енгізу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>сыбайлас</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>жемқ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>орлы</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ққа</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>қарсы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>стратегияны</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>іске</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>асыруға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>азаматтарды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>азаматтық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>қоғам</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>институттарын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>тарту</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A2571F" w:rsidRPr="00AD08B7" w:rsidTr="00870004">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1796" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00A2571F" w:rsidRPr="00AD08B7" w:rsidRDefault="00A2571F" w:rsidP="00870004">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A2571F" w:rsidRPr="00AD08B7" w:rsidRDefault="00A2571F" w:rsidP="00870004">
+          <w:p w:rsidR="00A2571F" w:rsidRPr="00AD08B7" w:rsidRDefault="00CC16CA" w:rsidP="00870004">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...48 lines deleted...]
-              <w:t>, почтового ящика для писем и обращений физических и юридических лиц.</w:t>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Сенім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>телефондарымен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>інші</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>басшылардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>жеке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>қабылдау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>кестелерімен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ақпараттық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>стенділер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>әзірлеу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>орналастыру</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>сондай-ақ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>сенім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>телефондарына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>",</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>жеке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>заңды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>тұлғалардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>хаттары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>өтініштеріне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>арналған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>пошта</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>жәшігінің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>істеуін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>жалғастыру</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3003" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A2571F" w:rsidRPr="00AD08B7" w:rsidRDefault="00A2571F" w:rsidP="00870004">
+          <w:p w:rsidR="00A2571F" w:rsidRPr="00CC16CA" w:rsidRDefault="004B67AE" w:rsidP="00870004">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-              </w:rPr>
-[...7 lines deleted...]
-              <w:t>Информационный стенд</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004B67AE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Ақпараттық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004B67AE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> стенд</w:t>
+            </w:r>
+            <w:r w:rsidR="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>і</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2968" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00A2571F" w:rsidRDefault="00A2571F" w:rsidP="00870004">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">Директор </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00A2571F" w:rsidRPr="00AD08B7" w:rsidRDefault="00A2571F" w:rsidP="00870004">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve"> В.Ихсанова</w:t>
-            </w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>В.Ихсанова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2910" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A2571F" w:rsidRPr="00AD08B7" w:rsidRDefault="00A2571F" w:rsidP="00870004">
+          <w:p w:rsidR="00A2571F" w:rsidRPr="004B67AE" w:rsidRDefault="004B67AE" w:rsidP="00870004">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-              </w:rPr>
-              <w:t>Постоянно</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Үнемі </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A2571F" w:rsidRPr="00AD08B7" w:rsidTr="00870004">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1796" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00A2571F" w:rsidRPr="00AD08B7" w:rsidRDefault="00A2571F" w:rsidP="00870004">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A2571F" w:rsidRPr="00AD08B7" w:rsidRDefault="00A2571F" w:rsidP="00870004">
+          <w:p w:rsidR="00A2571F" w:rsidRPr="00AD08B7" w:rsidRDefault="00CC16CA" w:rsidP="00870004">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...6 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Мемлекеттік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>сатып</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>алу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>әсімдерін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>өткізудің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ашықтығын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>арттыру</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3003" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A2571F" w:rsidRPr="00AD08B7" w:rsidRDefault="00A2571F" w:rsidP="00870004">
+          <w:p w:rsidR="00A2571F" w:rsidRPr="00AD08B7" w:rsidRDefault="004B67AE" w:rsidP="004B67AE">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004B67AE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Педагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004B67AE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004B67AE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004B67AE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004B67AE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>техникалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004B67AE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004B67AE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>қызметкерлерге</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004B67AE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004B67AE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>арналған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004B67AE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004B67AE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>дөңгелек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004B67AE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004B67AE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>үстел</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004B67AE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-              </w:rPr>
-[...1 lines deleted...]
-            </w:r>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Бухгалтер </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B67AE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004B67AE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>есебі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2968" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00A2571F" w:rsidRPr="00AD08B7" w:rsidRDefault="00A2571F" w:rsidP="00870004">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AD08B7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Директор</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00A2571F" w:rsidRDefault="00A2571F" w:rsidP="00870004">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>В.Ихсанова</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
           <w:p w:rsidR="00A2571F" w:rsidRDefault="00A2571F" w:rsidP="00870004">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">Бухгалтер </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00A2571F" w:rsidRPr="00AD08B7" w:rsidRDefault="00A2571F" w:rsidP="00870004">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve">Н.А.Роот </w:t>
+              <w:t>Н.А.Роот</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2910" w:type="dxa"/>
           </w:tcPr>
+          <w:p w:rsidR="00A2571F" w:rsidRPr="004B67AE" w:rsidRDefault="004B67AE" w:rsidP="004B67AE">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B67AE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Жарты </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004B67AE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>жылда</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004B67AE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004B67AE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>рет</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004B67AE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2021 – 2022 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">жылдар </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A2571F" w:rsidRPr="00AD08B7" w:rsidTr="004B67AE">
+        <w:trPr>
+          <w:trHeight w:val="510"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1796" w:type="dxa"/>
+          </w:tcPr>
           <w:p w:rsidR="00A2571F" w:rsidRPr="00AD08B7" w:rsidRDefault="00A2571F" w:rsidP="00870004">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>1 раз в полугодие 2021 – 2022 годы</w:t>
-            </w:r>
+              <w:t>6.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4111" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A2571F" w:rsidRPr="00AD08B7" w:rsidRDefault="00CC16CA" w:rsidP="00870004">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Тұ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ғындардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>әртүрлі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>топтары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>арасында</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>сыбайлас</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>жемқорлық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>ұғымын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>онымен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>кездескен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>жағдайда</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>азаматтардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>іс-әрекет</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ету</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>тәртібін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>сол</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>сияқты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>мұндай</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>деректерге</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>жәрдемдескені</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>үшін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>жауапкершілікті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>түсіндіретін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>жаднама</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>әзірлеу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>тарату</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3003" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A2571F" w:rsidRPr="004B67AE" w:rsidRDefault="004B67AE" w:rsidP="00870004">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Жадынама </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2968" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A2571F" w:rsidRPr="004B67AE" w:rsidRDefault="004B67AE" w:rsidP="00870004">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Хатшы </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A2571F" w:rsidRPr="00AD08B7" w:rsidRDefault="00A2571F" w:rsidP="00870004">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Асаинова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Д.А.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2910" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A2571F" w:rsidRPr="00AD08B7" w:rsidRDefault="004B67AE" w:rsidP="00870004">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004B67AE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Үнемі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004B67AE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004B67AE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>жыл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004B67AE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004B67AE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ағымында</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A2571F" w:rsidRPr="00AD08B7" w:rsidTr="00870004">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1796" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00A2571F" w:rsidRPr="00AD08B7" w:rsidRDefault="00A2571F" w:rsidP="00870004">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>6.</w:t>
+              <w:lastRenderedPageBreak/>
+              <w:t>7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A2571F" w:rsidRPr="00AD08B7" w:rsidRDefault="00A2571F" w:rsidP="00870004">
+          <w:p w:rsidR="00A2571F" w:rsidRPr="00AD08B7" w:rsidRDefault="00CC16CA" w:rsidP="00870004">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...14 lines deleted...]
-              <w:t>коррупции, порядок действия граждан при встрече с фактами проявления коррупции, а также ответственность за пособничество таким фактам.</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Сыбайлас</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>жемқорлыққа</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>қарсы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>с-</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>қимыл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> БАҚ-та, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>мектепке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>дейінгі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ұйымның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>сайтында</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>мақалалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>жариялау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3003" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A2571F" w:rsidRPr="00AD08B7" w:rsidRDefault="00A2571F" w:rsidP="00870004">
+          <w:p w:rsidR="00A2571F" w:rsidRPr="004B67AE" w:rsidRDefault="004B67AE" w:rsidP="00870004">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-              </w:rPr>
-[...1 lines deleted...]
-              <w:t>Памятка</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Мақала </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2968" w:type="dxa"/>
           </w:tcPr>
+          <w:p w:rsidR="00A2571F" w:rsidRPr="004B67AE" w:rsidRDefault="004B67AE" w:rsidP="00870004">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Әдіскердер:</w:t>
+            </w:r>
+          </w:p>
           <w:p w:rsidR="00A2571F" w:rsidRDefault="00A2571F" w:rsidP="00870004">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve">Секретарь </w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00A2571F" w:rsidRPr="00AD08B7" w:rsidRDefault="00A2571F" w:rsidP="00870004">
+              <w:t>Балюк</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> О.С.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A2571F" w:rsidRDefault="00A2571F" w:rsidP="00870004">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Асаинова Д.А.</w:t>
+              <w:t>Кодола</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Л.В.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A2571F" w:rsidRPr="004B67AE" w:rsidRDefault="004B67AE" w:rsidP="00870004">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>МДҰ мұғалімдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2910" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A2571F" w:rsidRPr="00AD08B7" w:rsidRDefault="00A2571F" w:rsidP="00870004">
+          <w:p w:rsidR="00A2571F" w:rsidRPr="00AD08B7" w:rsidRDefault="004B67AE" w:rsidP="00870004">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...24 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004B67AE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Тоқсан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004B67AE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004B67AE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>сайын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A2571F" w:rsidRPr="00AD08B7" w:rsidTr="00870004">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1796" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00A2571F" w:rsidRPr="00AD08B7" w:rsidRDefault="00A2571F" w:rsidP="00870004">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-              <w:t>7.</w:t>
+              <w:t>8.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A2571F" w:rsidRPr="00AD08B7" w:rsidRDefault="00A2571F" w:rsidP="00870004">
+          <w:p w:rsidR="00A2571F" w:rsidRPr="00AD08B7" w:rsidRDefault="00CC16CA" w:rsidP="00870004">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...5 lines deleted...]
-              <w:t>Публикация статей в СМИ, на сайте дошкольной организации о противодействии коррупции.</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Балабақша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>әкімшілігінің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>әртүрлі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>шығындарға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>а</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>қша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>жинау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>үшін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ата-аналар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>арасында</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>сауалнама</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>жүргізу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC16CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3003" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A2571F" w:rsidRPr="00AD08B7" w:rsidRDefault="00A2571F" w:rsidP="00870004">
+          <w:p w:rsidR="00A2571F" w:rsidRPr="004B67AE" w:rsidRDefault="004B67AE" w:rsidP="00870004">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-              </w:rPr>
-              <w:t>Статья</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сауалнама нәтижесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2968" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A2571F" w:rsidRDefault="00A2571F" w:rsidP="00870004">
+          <w:p w:rsidR="00A2571F" w:rsidRPr="004B67AE" w:rsidRDefault="004B67AE" w:rsidP="00870004">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-              </w:rPr>
-[...3 lines deleted...]
-          <w:p w:rsidR="00A2571F" w:rsidRDefault="00A2571F" w:rsidP="00870004">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Әдіскер </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A2571F" w:rsidRPr="00AD08B7" w:rsidRDefault="00A2571F" w:rsidP="00870004">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Балюк О.С.</w:t>
-[...48 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+              <w:t>О.С.Балюк</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2910" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A2571F" w:rsidRPr="00AD08B7" w:rsidRDefault="00A2571F" w:rsidP="00870004">
+          <w:p w:rsidR="00A2571F" w:rsidRPr="00AD08B7" w:rsidRDefault="004B67AE" w:rsidP="00870004">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...146 lines deleted...]
-              <w:t>1 раз в учебный год (апрель)</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004B67AE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Оқу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004B67AE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004B67AE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>жылына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004B67AE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004B67AE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>рет</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004B67AE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004B67AE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>сәуір</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004B67AE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00A2571F" w:rsidRDefault="00A2571F" w:rsidP="00A2571F">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00A2571F" w:rsidRDefault="00A2571F" w:rsidP="00A2571F">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
+    <w:p w:rsidR="004B67AE" w:rsidRDefault="004B67AE" w:rsidP="00A2571F">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Орын </w:t>
+      </w:r>
+      <w:r w:rsidR="00A2571F" w:rsidRPr="0042436D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A2571F" w:rsidRPr="0042436D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>О.С.Балюк</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A2571F" w:rsidRPr="0042436D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
     <w:p w:rsidR="00A2571F" w:rsidRPr="0042436D" w:rsidRDefault="00A2571F" w:rsidP="00A2571F">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0042436D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Исп</w:t>
-[...19 lines deleted...]
-        <w:t>.С.Балюк  8(72 156) 33303</w:t>
+        <w:t xml:space="preserve"> 8(72 156) 33303</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00A2571F" w:rsidRDefault="00A2571F" w:rsidP="00A2571F">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00A2571F" w:rsidRDefault="00A2571F" w:rsidP="00A2571F">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00A2571F" w:rsidRDefault="00A2571F" w:rsidP="00A2571F">
@@ -2364,105 +6086,104 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00A2571F" w:rsidRDefault="00A2571F" w:rsidP="00A2571F">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00A2571F" w:rsidRDefault="00A2571F" w:rsidP="00A2571F">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A2571F" w:rsidRDefault="00A2571F">
-[...2 lines deleted...]
-    </w:p>
+    <w:p w:rsidR="00A2571F" w:rsidRDefault="00A2571F"/>
     <w:sectPr w:rsidR="00A2571F" w:rsidSect="00A2571F">
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="850" w:right="1134" w:bottom="1701" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="110"/>
-  <w:proofState w:grammar="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A2571F"/>
+    <w:rsid w:val="004B67AE"/>
     <w:rsid w:val="00A2571F"/>
+    <w:rsid w:val="00CC16CA"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -2643,65 +6364,58 @@
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="a3">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="00A2571F"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
-      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
       </w:tblBorders>
-      <w:tblCellMar>
-[...4 lines deleted...]
-      </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a4">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00A2571F"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
@@ -2869,82 +6583,76 @@
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="a3">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="00A2571F"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
-      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
       </w:tblBorders>
-      <w:tblCellMar>
-[...4 lines deleted...]
-      </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a4">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00A2571F"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
@@ -3198,51 +6906,66 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>2423</Characters>
+  <Pages>1</Pages>
+  <Words>430</Words>
+  <Characters>2452</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>20</Lines>
   <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Название</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Company>Reanimator Extreme Edition</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2843</CharactersWithSpaces>
+  <CharactersWithSpaces>2877</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>березка</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>