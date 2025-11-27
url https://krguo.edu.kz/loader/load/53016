--- v0 (2025-10-10)
+++ v1 (2025-11-27)
@@ -14,3944 +14,779 @@
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
     <w:p w:rsidR="00463365" w:rsidRDefault="00463365" w:rsidP="00463365">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DB1B1E" w:rsidRPr="00DB1B1E" w:rsidRDefault="00DB1B1E" w:rsidP="00DB1B1E">
+    <w:p w:rsidR="00463365" w:rsidRPr="0036328D" w:rsidRDefault="00463365" w:rsidP="00463365">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Отчет </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00463365" w:rsidRDefault="00463365" w:rsidP="00463365">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00264FDC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">о проведению </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">мероприятий </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>комплаенс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – службы в КГКП «Ясли – сад «Березка» отдела </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>образования города Шахтинска управления образования Карагандинской области</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00463365" w:rsidRPr="00264FDC" w:rsidRDefault="00463365" w:rsidP="00463365">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>за 2021-2022 учебный год</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00463365" w:rsidRDefault="00463365" w:rsidP="00463365">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...7 lines deleted...]
-      </w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00463365" w:rsidRDefault="00463365" w:rsidP="00463365">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В соответствии с п.3 ст.16 Закона РК «О противодействии коррупции», а также в целях обеспечения соблюдения законодательства РК о противодействии коррупции в КГКП «Ясли – сад «Березка» создана антикоррупционная </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00DB1B1E">
-[...7 lines deleted...]
-        <w:t>Есеп</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>комплаенс</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-служба для формирования единого подхода в реализации антикоррупционной политики в субъектах </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>квазигосударственного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сектора приказ № 99 от 25 октября 2021 года</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> назначено ответственное лицо – методист </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Балюк</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> О.С.  с внесением соответствующих изменений в должностную  инструкцию.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00DB1B1E" w:rsidRPr="00DB1B1E" w:rsidRDefault="00DB1B1E" w:rsidP="00DB1B1E">
+    <w:p w:rsidR="00463365" w:rsidRDefault="00463365" w:rsidP="00463365">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...4 lines deleted...]
-          <w:lang w:eastAsia="en-US"/>
+        <w:ind w:firstLine="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00DB1B1E">
-[...6 lines deleted...]
-        <w:t>Қарағанды</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Косплаенс</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00DB1B1E">
-[...4 lines deleted...]
-          <w:lang w:eastAsia="en-US"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – службой  была проведена работа:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00463365" w:rsidRPr="003E1C8E" w:rsidRDefault="00463365" w:rsidP="00463365">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E1C8E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Проведена  разъяснительная беседа с коллективом по вопросам противодействия коррупции и формированию антикоррупционной культуры в дошкольной организации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00463365" w:rsidRDefault="00463365" w:rsidP="00463365">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E1C8E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Разработан  план мероприятий по реализации  Антикоррупционной стратегии Республики Казахстан на 2015 – 2025 годы в КГКП «Ясли – сад «Березка» на 2021 – 2022 учебный год</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C662D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+    </w:p>
+    <w:p w:rsidR="00463365" w:rsidRPr="003E1C8E" w:rsidRDefault="00463365" w:rsidP="00463365">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F90214">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В КГКП «</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F90214">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ясли-сад</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F90214">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Березка» в ходе анализа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F90214">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00147814">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">по </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00147814">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">мониторингу и урегулированию конфликта интересов </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F90214">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>случаев совместной службы близких родственников, имеющих непосредственное подчинение, не установлено.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00463365" w:rsidRPr="003E1C8E" w:rsidRDefault="00463365" w:rsidP="00463365">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E1C8E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В должностных инструкциях каждого сотрудника организации образования четко прописаны полномочия и обязанности должностных лиц. Организация образования не возлагает на персонал дополнительных обязанностей, необоснованных законом. Не устанавливает иных требований ограничивающих права и свободу человека.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00463365" w:rsidRPr="003E1C8E" w:rsidRDefault="00463365" w:rsidP="00463365">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E1C8E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Излишних административных барьеров по отношениям к сотрудникам детского сада отсутствует, государственные услуги, предоставляемые в ДО производятся согласно правил оказания </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00DB1B1E">
-[...6 lines deleted...]
-        <w:t>облысы</w:t>
+      <w:r w:rsidRPr="003E1C8E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>гос</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003E1C8E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.у</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003E1C8E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>слуг</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00DB1B1E">
-[...4 lines deleted...]
-          <w:lang w:eastAsia="en-US"/>
+      <w:r w:rsidRPr="003E1C8E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00463365" w:rsidRDefault="00463365" w:rsidP="00463365">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E1C8E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Все функции, обязанности и права персонала детского сада  соответствуют установленным правовым актам или внутренним документам.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00463365" w:rsidRPr="00176392" w:rsidRDefault="00463365" w:rsidP="00463365">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00176392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В целях осуществления </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00147814">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>развитие корпоративных этических ценностей</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00147814">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00176392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>функционированию культуры добросовестности в организации образования, а также соблюдении норм служебной этики и профилактики нарушении законодательства внутренним приказом № 68 от 28.08.2020 года создан совет по педагогической этике, ответственным лицом с возложением обязанностей назначен психолог Ким О.А</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:r w:rsidRPr="00463365">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00463365">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:p w:rsidR="00463365" w:rsidRPr="001A6262" w:rsidRDefault="00463365" w:rsidP="00463365">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Для </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00147814">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обеспечения публичного раскрытия информации о результатах проведенного внутреннего анализа коррупционных рисков,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00147814">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...15 lines deleted...]
-          <w:lang w:eastAsia="en-US"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>для</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...218 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00463365" w:rsidRDefault="00DB1B1E" w:rsidP="00DB1B1E">
-[...2719 lines deleted...]
-          <w:lang w:eastAsia="en-US"/>
+    <w:p w:rsidR="00080559" w:rsidRDefault="00080559"/>
+    <w:p w:rsidR="00463365" w:rsidRDefault="00463365">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>нормаларын</w:t>
-[...768 lines deleted...]
-        </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0">
-[...2 lines deleted...]
-            <wp:docPr id="3" name="Рисунок 3" descr="C:\Users\Олеся\Desktop\Безымянный.translated.jpg"/>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="52A67DE2" wp14:editId="58382CC7">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="column">
+              <wp:posOffset>-1069502</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>-159075</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="7485320" cy="10674904"/>
+            <wp:effectExtent l="0" t="0" r="1905" b="0"/>
+            <wp:wrapNone/>
+            <wp:docPr id="1" name="Рисунок 1" descr="C:\Users\Пользователь\Pictures\img602.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 2" descr="C:\Users\Олеся\Desktop\Безымянный.translated.jpg"/>
+                    <pic:cNvPr id="0" name="Picture 1" descr="C:\Users\Пользователь\Pictures\img602.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6">
+                    <a:blip r:embed="rId6" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="5940425" cy="6232146"/>
+                      <a:ext cx="7485320" cy="10674904"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
-          </wp:inline>
+            <wp14:sizeRelH relativeFrom="page">
+              <wp14:pctWidth>0</wp14:pctWidth>
+            </wp14:sizeRelH>
+            <wp14:sizeRelV relativeFrom="page">
+              <wp14:pctHeight>0</wp14:pctHeight>
+            </wp14:sizeRelV>
+          </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:sectPr w:rsidR="00463365" w:rsidSect="00463365">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="284" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="3A771D42"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6B76170C"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
@@ -4028,53 +863,51 @@
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="90"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00E845FF"/>
     <w:rsid w:val="00080559"/>
-    <w:rsid w:val="00151099"/>
     <w:rsid w:val="00463365"/>
-    <w:rsid w:val="00DB1B1E"/>
     <w:rsid w:val="00E845FF"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
@@ -4260,81 +1093,50 @@
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00463365"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a4">
-[...29 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
@@ -4495,88 +1297,56 @@
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00463365"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a4">
-[...29 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
-  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
@@ -4830,55 +1600,55 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>1992</Characters>
+  <Pages>2</Pages>
+  <Words>353</Words>
+  <Characters>2018</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>16</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2337</CharactersWithSpaces>
+  <CharactersWithSpaces>2367</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Пользователь</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>