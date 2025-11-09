--- v0 (2025-10-10)
+++ v1 (2025-11-09)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="bb27063" w14:textId="bb27063">
+    <w:p w14:paraId="ce99183" w14:textId="ce99183">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -76,2282 +76,2284 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>О внесении изменений и дополнений в приказ Министра образования и науки Республики Казахстан от 27 мая 2020 года № 223 "Об утверждении правил оказания государственных услуг в сфере психолого-педагогической поддержки, оказываемых местными исполнительными органами"</w:t>
+        <w:t>"Психологиялық-педагогикалық қолдау саласындағы жергілікті атқарушы органдар көрсететін мемлекеттік көрсетілетін қызметтерді көрсету тәртібін бекіту туралы" Қазақстан Республикасы Білім және ғылым министрінің 2020 жылғы 27 мамырдағы № 223 бұйрығына өзгерістер мен толықтырулар енгізу туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Приказ и.о. Министра просвещения Республики Казахстан от 17 ноября 2022 года № 462. Зарегистрирован в Министерстве юстиции Республики Казахстан 18 ноября 2022 года № 30622</w:t>
+        <w:t>Қазақстан Республикасы Оқу-ағарту министрінің м.а. 2022 жылғы 17 қарашадағы № 462 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2022 жылғы 18 қарашада № 30622 болып тіркелді</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z4" w:id="0"/>
+      <w:bookmarkStart w:name="z1" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      ПРИКАЗЫВАЮ:</w:t>
+      БҰЙЫРАМЫН:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z5" w:id="1"/>
+    <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Внести в </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> Министра образования и науки Республики Казахстан от 27 мая 2020 года № 223 "Об утверждении правил оказания государственных услуг в сфере психолого-педагогической поддержки, оказываемых местными исполнительными органами" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 20744) следующие изменения и дополнения:</w:t>
+      1. "Психологиялық-педагогикалық қолдау саласындағы жергілікті атқарушы органдар көрсететін мемлекеттік көрсетілетін қызметтерді көрсету тәртібін бекіту туралы" Қазақстан Республикасы Білім және ғылым министрінің 2020 жылғы 27 мамырдағы № 223 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 20744 болып тіркелді) мынадай өзгерістер мен толықтырулар енгізілсін:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z6" w:id="2"/>
+    <w:bookmarkStart w:name="z3" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      в </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> оказания государственной услуги "Обследование и оказание психолого-медико-педагогической консультативной помощи детям с ограниченными возможностями", утвержденных указанным приказом: </w:t>
+      Көрестілген бұйрықпен бекітілген "Мүмкіндіктері шектеулі балаларды психологиялық-медициналық-педагогикалық тексеру және оларға консультациялық көмек көрсету" мемлекеттік қызметті көрсету </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қағидаларында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>пункт 2</w:t>
-[...12 lines deleted...]
-    <w:bookmarkStart w:name="z8" w:id="3"/>
+        <w:t>2-тармақ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z5" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      "2. В настоящих Правилах используется следующее понятие:</w:t>
+      "2. Осы қағидаларда мынадай ұғымдар пайдаланылады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z9" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) проактивная услуга - государственная услуга, оказываемая без заявления услугополучателя по инициативе услугодателя.";</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="4"/>
+      1) проактивті көрсетілетін қызмет – көрсетілетін қызметті алушының өтінішінсіз көрсетілетін қызметті берушінің бастамасы бойынша көрсетілетін мемлекеттік қызмет.";</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>пункт 4</w:t>
-[...12 lines deleted...]
-    <w:bookmarkStart w:name="z11" w:id="5"/>
+        <w:t>4-тармақ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z7" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>
+      "4. Мемлекеттік көрсетілетін қызметті алу үшін жеке тұлға (бұдан әрі – көрсетілетін қызметті алушы) көрсетілетін қызметті берушінің кеңсесіне және/немесе www.egov.kz "электрондық үкіметтің" веб-порталы арқылы өтініш береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">
-      "4. Для получения государственной услуги физическое лицо (далее - услугополучатель) обращается в канцелярию услугодателя и/или через веб-портал "электронного правительства" www.egov.kz. </w:t>
+      Көрсетілетін қызмет процесінің сипаттамасы, нысаны, мазмұны және нәтижесі енгізілген мемлекеттік қызметті көрсетуге қойылатын негізгі талаптардың тізбесі, сондай-ақ мемлекеттік қызметтің ерекшеліктері ескерілген басқа мәліметтер осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес "Мүмкіндіктері шектеулі балаларды психологиялық-медициналық-педагогикалық тексеру және оларға консультациялық көмек көрсету" жөніндегі мемлекеттік көрсетілетін қызмет негізгі талаптарының тізбесінде берілген.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z8" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мынадай мазмұнда 7-1-тармақпен толықтырылсын:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z12" w:id="6"/>
+    <w:bookmarkStart w:name="z9" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> к настоящим Правилам.";</w:t>
+        <w:t>
+      "7-1. Мүмкіндіктері шектеулі балаларды психологиялық-медициналық-педагогикалық тексеру және оларға консультациялық көмек көрсету жөніндегі мемлекеттік көрсетілетін қызмет проактивті тәсілмен, қызметті берушінің бастамасымен көрсетілетін қызметті алушының ұялы байланысының абоненттік құрылғысының телефон нөмірін www.egov.kz "электрондық үкімет" веб-порталында тіркеген кезде көрсетілетін қызметті берушінің және мемлекеттік органдардың ақпараттық жүйелері арқылы, проактивті жолмен көрсетілуі мүмкін және оған:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z13" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      дополнить пунктом 7-1 следующего содержания:</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z14" w:id="8"/>
+      1) көрсетілетін қызметті алушыға мүмкіндіктері шектеулі балаларды психологиялық-медициналық-педагогикалық тексеру және оларға консультациялық көмек көрсету жөніндегі мемлекеттік қызметті көрсетуге сұраным жасалған автоматты хабарлама жіберу;</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      "7-1. Государственная услуга по обследованию и оказанию психолого-медико-педагогической консультативной помощи детям с ограниченными возможностями может оказываться проактивным способом, по инициативе услугодателя посредством информационных систем государственных органов при регистрации телефонного номера абонентского устройства сотовой связи услугополучателя на веб-портале "электронного правительства" www.egov.kz и включать в себя:</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z15" w:id="9"/>
+      2) проактивті қызметті көрсетуге көрсетілетін қызметті алушының келісімін алу, сондай-ақ көрсетілетін қызметті алушыдан өзге де қажетті, оның ішінде көрсетілетін қызметті алушының ұялы байланысының абоненттік құрылғысының көмегімен шектеулі қолжетімді мәліметтерді алу енеді.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) отправку автоматических уведомлений услугополучателю с запросом на оказание государственной услуги по обследованию и оказанию психолого-медико-педагогической консультативной помощи детям с ограниченными возможностями;</w:t>
-[...42 lines deleted...]
-    <w:bookmarkEnd w:id="11"/>
+      Көрсетілетін қызметті алушыдан жауапты күту мерзімі сұрау салуды алған сәттен бастап жиырма төрт сағатты құрайды.";</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>пункт 14</w:t>
-[...12 lines deleted...]
-    <w:bookmarkStart w:name="z19" w:id="12"/>
+        <w:t>14-тармақ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z11" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      "14. Жалоба услугополучателя, поступившая в адрес центрального государственного органа, местного исполнительного органа области, города республиканского значения, столицы, района, города областного значения, акима района в городе, города районного значения, поселка, села, сельского округа, услугодателя, Государственной корпорации, непосредственно оказывающих государственные услуги, подлежит рассмотрению в течение пяти рабочих дней со дня ее регистрации.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z20" w:id="13"/>
+      "14. Мемлекеттік қызметтерді тікелей көрсететін орталық мемлекеттік органның, облыстың, республикалық маңызы бар қаланың, астананың, ауданның, облыстық маңызы бар қаланың жергілікті атқарушы органының, қаладағы аудан, аудандық маңызы бар қала, кент, ауыл, ауылдық округ әкімінің, көрсетілетін қызметті берушінің, Мемлекеттік корпорацияның атына келіп түскен көрсетілетін қызметті алушының шағымы оны тіркеген күннен бастап бес жұмыс күні ішінде қарауға жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Жалоба услугополучателя, поступившая в адрес уполномоченного органа по оценке и контролю за качеством оказания государственных услуг, подлежит рассмотрению в течение пятнадцати рабочих дней со дня ее регистрации.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z21" w:id="14"/>
+      Мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органның атына келіп түскен көрсетілетін қызметті алушының шағымы оның тіркелген күнінен бастап он бес жұмыс күні ішінде қаралуға жатады.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      В случае продления срока рассмотрения жалобы должностное лицо, наделенное полномочиями по рассмотрению жалоб, в течение трех рабочих дней с момента продления срока рассмотрения жалобы сообщает в письменной форме (при подаче жалобы на бумажном носителе) или электронной форме (при подаче жалобы в электронном виде) услугополучателю, подавшему жалобу, о продлении срока рассмотрения жалобы с указанием причин продления.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z22" w:id="15"/>
+      Шағымды қарау мерзімі ұзартылған жағдайда шағымдарды қарау бойынша өкілеттіктер берілген лауазымды адам шағымды қарау мерзімі ұзартылған кезден бастап үш жұмыс күні ішінде шағым берген көрсетілетін қызметті алушыға ұзарту себептерін көрсете отырып, шағымды қарау мерзімінің ұзартылғаны туралы жазбаша нысанда (шағым қағаз жеткізгіште берілген кезде) немесе электрондық нысанда (шағым электрондық түрде берілген кезде) хабарлайды.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Жалоба на решение, действий (бездействия) услугодателя по вопросам оказания государственных услуг может быть подана в административный орган, должностному лицу, чьи административный акт, административное действие (бездействие) обжалуются.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z23" w:id="16"/>
+      Мемлекеттік қызметтер көрсету мәселелері бойынша көрсетілетін қызметті берушінің шешіміне, әрекеттеріне (әрекетсіздігіне) шағым әкімшілік органға, әкімшілік актісіне, әкімшілік әрекетіне (әрекетсіздігіне) шағым жасалатын лауазымды адамға берілуі мүмкін.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Административный орган, должностное лицо, чьи административный акт, административное действие (бездействие) обжалуются, не позднее трех рабочих дней со дня поступления жалобы направляют ее и административное дело в орган, рассматривающий жалобу.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z24" w:id="17"/>
+      Әкімшілік орган, әкімшілік актісіне, әкімшілік әрекетіне (әрекетсіздігіне) шағым жасалатын лауазымды адам шағым түскен күннен бастап үш жұмыс күнінен кешіктірмей оны және әкімшілік істі шағымды қарайтын органға жібереді.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      При этом административный орган, должностное лицо, чьи административный акт, административное действие (бездействие) обжалуются, вправе не направлять жалобу в орган, рассматривающий жалобу, если он в течение трех рабочих дней примет благоприятный административный акт, совершит административное действие, полностью удовлетворяющие требования, указанные в жалобе.";</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="17"/>
+      Бұл ретте, әкімшілік актісіне, әкімшілік әрекетіне (әрекетсіздігіне) шағым жасалатын әкімшілік орган, лауазымды адам, егер ол үш жұмыс күні ішінде қолайлы әкімшілік актіні қабылдаса, шағымда көрсетілген талаптарды толық қанағаттандыратын әкімшілік әрекетті жасаса, шағымды қарайтын органға шағым жібермеуге құқылы.";</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>приложения 2</w:t>
-[...58 lines deleted...]
-        </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> к настоящему приказу;</w:t>
-[...2 lines deleted...]
-    <w:bookmarkStart w:name="z26" w:id="18"/>
+        <w:t xml:space="preserve"> және </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4-қосымшалар</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> осы бұйрықтың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-қосымшаларына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес жаңа редакцияда жазылсын;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z13" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      в </w:t>
-[...22 lines deleted...]
-    <w:bookmarkEnd w:id="18"/>
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">көрсетілген бұйрықпен бекітілген "Дамуында проблемалары бар балалар мен жасөспірімдерді оңалту және әлеуметтік бейімдеу" мемлекеттік қызмет көрсету </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қағидаларында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>пункт 2</w:t>
-[...12 lines deleted...]
-    <w:bookmarkStart w:name="z28" w:id="19"/>
+        <w:t>2-тармақ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z16" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      "2. В настоящих Правилах используется следующее понятие:</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z29" w:id="20"/>
+      "2. Осы Қағидаларда мынадай ұғым пайдаланылады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) проактивная услуга - государственная услуга, оказываемая без заявления услугополучателя по инициативе услугодателя.";</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="20"/>
+      1) проактивті қызмет-көрсетілетін қызметті берушінің бастамасы бойынша көрсетілетін қызметті алушының өтінішінсіз көрсетілетін мемлекеттік қызмет.";</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>пункт 4</w:t>
-[...12 lines deleted...]
-    <w:bookmarkStart w:name="z31" w:id="21"/>
+        <w:t>4-тармақ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z18" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>
+      "4. Мемлекеттік қызметті алу үшін жеке тұлға (бұдан әрі-көрсетілетін қызметті алушы) көрсетілетін қызметті берушінің кеңсесіне және/немесе "электрондық үкімет" www.egov.kz. веб-порталы арқылы жүгінеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">
-      "4. Для получения государственной услуги физическое лицо (далее - услугополучатель) обращается в канцелярию услугодателя и/или через веб-портал "электронного правительства" www.egov.kz. </w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z32" w:id="22"/>
+      Қызмет көрсету процесінің сипаттамаларын, нысанын, мазмұны мен нәтижесін қамтитын мемлекеттік қызмет көрсетуге қойылатын негізгі талаптар, сондай-ақ мемлекеттік қызмет көрсету ерекшеліктерін ескере отырып, өзге де мәліметтер осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес "Дамуында проблемалары бар балалар мен жасөспірімдерді оңалту және әлеуметтік бейімдеу" мемлекеттік қызмет көрсетуге қойылатын негізгі талаптардың тізбесінде келтірілген.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...24 lines deleted...]
-    <w:bookmarkStart w:name="z33" w:id="23"/>
+        <w:t>
+      Құжаттарды тікелей көрсетілетін қызметті берушінің кеңсесіне ұсынған кезде көрсетілетін қызметті берушінің кеңсе қызметкері көрсетілетін қызметті алушының құжаттарын қабылдайды және тіркейді және құжаттарды көрсетілетін қызметті берушінің басшысына береді.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      При предоставлении документов непосредственно в канцелярию услугодателя в день обращения сотрудник канцелярии услугодателя принимает и регистрирует документы услугополучателя и передает документы руководителю услугодателя.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z34" w:id="24"/>
+      Телефон арқылы және/немесе көрсетілетін қызметті алушы тікелей жүгінген кезде алдын ала жазылу көзделген.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z19" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Предусмотрена предварительная запись по телефону и/или при непосредственном обращении услугополучателя.";</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z35" w:id="25"/>
+      мынадай мазмұндағы 11-1-тармақпен толықтырылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z20" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      дополнить пунктом 11-1 следующего содержания:</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z36" w:id="26"/>
+      "11-1. Дамуында проблемалары бар балалар мен жасөспірімдерді оңалту және әлеуметтік бейімдеу жөніндегі мемлекеттік қызмет көрсетілетін қызметті берушінің бастамасы бойынша "электрондық үкімет" www.egov.kz веб-порталында көрсетілетін қызметті алушының ұялы байланысының абоненттік құрылғысының телефон нөмірін тіркеу кезінде мемлекеттік органдардың ақпараттық жүйелері арқылы проактивті тәсілмен көрсетілуі және оның ішінде:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      "11-1. Государственная услуга по реабилитации и социальной адаптации детей и подростков с проблемами в развитии может оказываться проактивным способом, по инициативе услугодателя посредством информационных систем государственных органов при регистрации телефонного номера абонентского устройства сотовой связи услугополучателя на веб-портале "электронного правительства" www.egov.kz и включать в себя:</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z37" w:id="27"/>
+      1) дамуында проблемалары бар балалар мен жасөспірімдерді оңалту және әлеуметтік бейімдеу жөніндегі мемлекеттік қызметті көрсетуге сұрау салумен көрсетілетін қызметті алушыға Автоматты хабарламалар жіберуді;</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) отправку автоматических уведомлений услугополучателю с запросом на оказание государственной услуги по реабилитации и социальной адаптации детей и подростков с проблемами в развитии;</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z38" w:id="28"/>
+      2) көрсетілетін қызметті алушының проактивті қызмет көрсетуге келісімін, сондай-ақ көрсетілетін қызметті алушыдан өзге де қажетті мәліметтерді, оның ішінде қолжетімділігі шектеулі мәліметтерді көрсетілетін қызметті алушының ұялы байланысының абоненттік құрылғысы арқылы алуға құқылы.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) получение согласия услугополучателя на оказание проактивной услуги, а также иных необходимых сведений от услугополучателя, в том числе ограниченного доступа, посредством абонентского устройства сотовой связи услугополучателя.</w:t>
-[...22 lines deleted...]
-    <w:bookmarkEnd w:id="29"/>
+      Көрсетілетін қызметті алушыдан жауапты күту мерзімі сұрау салуды алған сәттен бастап жиырма төрт сағатты құрайды.";</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>пункт 12</w:t>
-[...12 lines deleted...]
-    <w:bookmarkStart w:name="z41" w:id="30"/>
+        <w:t>12-тармақ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z22" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      "12. Жалоба услугополучателя, поступившая в адрес центрального государственного органа, местного исполнительного органа области, города республиканского значения, столицы, района, города областного значения, акима района в городе, города районного значения, поселка, села, сельского округа, услугодателя, Государственной корпорации, непосредственно оказывающих государственные услуги, подлежит рассмотрению в течение пяти рабочих дней со дня ее регистрации.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z42" w:id="31"/>
+      "12. Мемлекеттік қызметтерді тікелей көрсететін орталық мемлекеттік органның, облыстың, республикалық маңызы бар қаланың, астананың, ауданның, облыстық маңызы бар қаланың жергілікті атқарушы органының, қаладағы аудан, аудандық маңызы бар қала, кент, ауыл, ауылдық округ әкімінің, көрсетілетін қызметті берушінің, Мемлекеттік корпорацияның атына келіп түскен көрсетілетін қызметті алушының шағымы оны тіркеген күннен бастап бес жұмыс күні ішінде қарауға жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Жалоба услугополучателя, поступившая в адрес уполномоченного органа по оценке и контролю за качеством оказания государственных услуг, подлежит рассмотрению в течение пятнадцати рабочих дней со дня ее регистрации.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z43" w:id="32"/>
+      Мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органның атына келіп түскен көрсетілетін қызметті алушының шағымы оның тіркелген күнінен бастап он бес жұмыс күні ішінде қаралуға жатады.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      В случае продления срока рассмотрения жалобы должностное лицо, наделенное полномочиями по рассмотрению жалоб, в течение трех рабочих дней с момента продления срока рассмотрения жалобы сообщает в письменной форме (при подаче жалобы на бумажном носителе) или электронной форме (при подаче жалобы в электронном виде) услугополучателю, подавшему жалобу, о продлении срока рассмотрения жалобы с указанием причин продления.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z44" w:id="33"/>
+      Шағымды қарау мерзімі ұзартылған жағдайда шағымдарды қарау бойынша өкілеттіктер берілген лауазымды адам шағымды қарау мерзімі ұзартылған кезден бастап үш жұмыс күні ішінде шағым берген көрсетілетін қызметті алушыға ұзарту себептерін көрсете отырып, шағымды қарау мерзімінің ұзартылғаны туралы жазбаша нысанда (шағым қағаз жеткізгіште берілген кезде) немесе электрондық нысанда (шағым электрондық түрде берілген кезде) хабарлайды.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Жалоба на решение, действий (бездействия) услугодателя по вопросам оказания государственных услуг может быть подана в административный орган, должностному лицу, чьи административный акт, административное действие (бездействие) обжалуются.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z45" w:id="34"/>
+      Мемлекеттік қызметтер көрсету мәселелері бойынша көрсетілетін қызметті берушінің шешіміне, әрекеттеріне (әрекетсіздігіне) шағым әкімшілік органға, әкімшілік актісіне, әкімшілік әрекетіне (әрекетсіздігіне) шағым жасалатын лауазымды адамға берілуі мүмкін.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Административный орган, должностное лицо, чьи административный акт, административное действие (бездействие) обжалуются, не позднее трех рабочих дней со дня поступления жалобы направляют ее и административное дело в орган, рассматривающий жалобу.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z46" w:id="35"/>
+      Әкімшілік орган, әкімшілік актісіне, әкімшілік әрекетіне (әрекетсіздігіне) шағым жасалатын лауазымды адам шағым түскен күннен бастап үш жұмыс күнінен кешіктірмей шағымды және әкімшілік істі шағымды қарайтын органға жібереді.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      При этом административный орган, должностное лицо, чьи административный акт, административное действие (бездействие) обжалуются, вправе не направлять жалобу в орган, рассматривающий жалобу, если он в течение трех рабочих дней примет благоприятный административный акт, совершит административное действие, полностью удовлетворяющие требования, указанные в жалобе.";</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="35"/>
+      Бұл ретте, әкімшілік актісіне, әкімшілік әрекетіне (әрекетсіздігіне) шағым жасалатын әкімшілік орган, лауазымды адам, егер ол үш жұмыс күні ішінде қолайлы әкімшілік актіні қабылдаса, шағымда көрсетілген талаптарды толық қанағаттандыратын әкімшілік әрекетті жасаса, шағымды қарайтын органға шағым жібермеуге құқылы.";</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>приложения 1</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> и </w:t>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3-қосымшалар</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> осы бұйрыққа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> изложить в новой редакции согласно </w:t>
-[...42 lines deleted...]
-    <w:bookmarkStart w:name="z48" w:id="36"/>
+        <w:t xml:space="preserve"> және </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4-қосымшаларға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес жаңа редакцияда жазылсын;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z24" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      в </w:t>
-[...22 lines deleted...]
-    <w:bookmarkEnd w:id="36"/>
+      көрсетілген бұйрықпен бекітілген "Денсаулық жағдайы бойынша ұзақ уақыт бойы бастауыш, негізгі орта, жалпы орта білім беру ұйымдарына бара алмайтын балаларды үйде жеке тегін оқытуды ұйымдастыру үшін құжаттарды қабылдау" мемлекеттік қызмет көрсету </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қағидаларында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>пункт 2</w:t>
-[...12 lines deleted...]
-    <w:bookmarkStart w:name="z50" w:id="37"/>
+        <w:t>2-тармақ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z26" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      "2. В настоящих Правилах используется следующее понятие:</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z51" w:id="38"/>
+      "2. Осы Қағидаларда мынадай ұғым пайдаланылады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) проактивная услуга - государственная услуга, оказываемая без заявления услугополучателя по инициативе услугодателя.";</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="38"/>
+      1) проактивті қызмет-көрсетілетін қызметті берушінің бастамасы бойынша көрсетілетін қызметті алушының өтінішінсіз көрсетілетін мемлекеттік қызмет.";</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>пункт 4</w:t>
-[...12 lines deleted...]
-    <w:bookmarkStart w:name="z53" w:id="39"/>
+        <w:t>4-тармақ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z28" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>
+      "4. Мемлекеттік қызметті алу үшін жеке тұлға (бұдан әрі-көрсетілетін қызметті алушы) көрсетілетін қызметті берушінің кеңсесіне және/немесе "электрондық үкімет" www.egov.kz. веб-порталы арқылы жүгінеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">
-      "4. Для получения государственной услуги физическое лицо (далее - услугополучатель) обращается в канцелярию услугодателя и/или через веб-портал "электронного правительства" www.egov.kz. </w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z54" w:id="40"/>
+      Қызмет көрсету процесінің сипаттамаларын, нысанын, мазмұны мен нәтижесін қамтитын мемлекеттік қызмет көрсетуге қойылатын негізгі талаптар, сондай-ақ мемлекеттік қызмет көрсетудің ерекшеліктерін ескере отырып, өзге де мәліметтер "Денсаулық жағдайы бойынша ұзақ уақыт бойы бастауыш, негізгі орта, жалпы орта білім беру ұйымдарына бара алмайтын балаларды үйде жеке тегін оқытуды ұйымдастыру үшін құжаттарды қабылдау" мемлекеттік қызмет көрсетуге қойылатын негізгі талаптардың тізбесінде осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес келтірілген.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>
+      Көрсетілетін қызметті берушінің кеңсесі арқылы құжаттар топтамасын ұсынған кезде көрсетілетін қызметті беруші өтініш пен құжаттар топтамасын қабылдайды және көрсетілетін қызметті алушының құжаттарын көрсетілетін қызметті берушінің басшысына береді. Көрсетілетін қызметті берушінің кеңсе қызметкері көрсетілетін қызметті алушыға құжаттардың қабылданғаны туралы қолхат береді (еркін нысанда).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">
-      Основные требования к оказанию государственной услуги, включающие характеристики процесса, форму, содержание и результат оказания услуги, а также иные сведения с учетом особенностей предоставления государственной услуги приведен в Перечне основных требований к оказанию государственной услуги "Прием документов для организации индивидуального бесплатного обучения на дому детей, которые по состоянию здоровья в течение длительного времени не могут посещать организации начального, основного среднего, общего среднего образования" согласно </w:t>
-[...23 lines deleted...]
-    <w:bookmarkStart w:name="z55" w:id="41"/>
+      Көрсетілетін қызметті алушы құжаттардың және (немесе) қолданылу мерзімі өткен құжаттардың толық топтамасын ұсынбаған кезде көрсетілетін қызметті беруші осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша өтінішті одан әрі қараудан дәлелді бас тартуды дайындайды.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z29" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      При предоставлении пакета документов через канцелярию услугодателя услугодатель принимает заявление и пакет документов и передает документы услугополучателя руководителю услугодателя. Сотрудником канцелярии услугодателя выдается расписка о приеме документов (в произвольной форме) услугополучателю.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z56" w:id="42"/>
+      мынадай мазмұндағы 7-1-тармақпен толықтырылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z30" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...24 lines deleted...]
-    <w:bookmarkStart w:name="z57" w:id="43"/>
+        <w:t>
+      "7-1. Денсаулық жағдайы бойынша ұзақ уақыт бойы бастауыш, негізгі орта, жалпы орта білім беру ұйымдарына бара алмайтын балаларды үйде жеке тегін оқытуды ұйымдастыру үшін құжаттарды қабылдау жөніндегі мемлекеттік қызмет көрсетілетін қызметті берушінің бастамасы бойынша Мемлекеттік органдардың ақпараттық жүйелері арқылы көрсетілетін қызметті алушының ұялы байланысының абоненттік құрылғысының телефон нөмірін "электрондық үкімет" www.egov.kz веб-порталда тіркеу кезінде проактивті тәсілмен көрсетілуі мүмкін және оның ішінде:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      дополнить пунктом 7-1 следующего содержания:</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z58" w:id="44"/>
+      1) денсаулық жағдайы бойынша ұзақ уақыт бойы бастауыш, негізгі орта, жалпы орта білім беру ұйымдарына бара алмайтын балаларды үйде жеке тегін оқытуды ұйымдастыру үшін құжаттарды қабылдау бойынша Мемлекеттік қызмет көрсетуге сұрау салумен көрсетілетін қызметті алушыға автоматты хабарламалар жіберуді;</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      "7-1. Государственная услуга по приему документов для организации индивидуального бесплатного обучения на дому детей, которые по состоянию здоровья в течение длительного времени не могут посещать организации начального, основного среднего, общего среднего образования может оказываться проактивным способом, по инициативе услугодателя посредством информационных систем государственных органов при регистрации телефонного номера абонентского устройства сотовой связи услугополучателя на веб-портале "электронного правительства" www.egov.kz и включать в себя:</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z59" w:id="45"/>
+      2) көрсетілетін қызметті алушының проактивті қызмет көрсетуге келісімін, сондай-ақ көрсетілетін қызметті алушыдан өзге де қажетті мәліметтерді, оның ішінде қолжетімділігі шектеулі мәліметтерді көрсетілетін қызметті алушының ұялы байланысының абоненттік құрылғысы арқылы алуға құқылы.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) отправку автоматических уведомлений услугополучателю с запросом на оказание государственной услуги по приему документов для организации индивидуального бесплатного обучения на дому детей, которые по состоянию здоровья в течение длительного времени не могут посещать организации начального, основного среднего, общего среднего образования;</w:t>
-[...42 lines deleted...]
-    <w:bookmarkEnd w:id="47"/>
+      Көрсетілетін қызметті алушыдан жауапты күту мерзімі сұрау салуды алған сәттен бастап жиырма төрт сағатты құрайды.";</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>пункт 9</w:t>
-[...12 lines deleted...]
-    <w:bookmarkStart w:name="z63" w:id="48"/>
+        <w:t>9-тармақ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z32" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">
+      "9. Көрсетілетін қызметті алушының орталық мемлекеттік органның, облыстың, республикалық маңызы бар қаланың, астананың, ауданның, облыстық маңызы бар қаланың жергілікті атқарушы органының, қаладағы аудан, аудандық маңызы бар қала, кент, ауыл, ауылдық округ әкімінің, көрсетілетін қызметті берушінің, мемлекеттік көрсетілетін қызметтерді тікелей көрсететін мемлекеттік корпорацияның атына келіп түскен шағымы ол тіркелген күннен бастап бес жұмыс күні ішінде қаралуға тиіс. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-      "9. Жалоба услугополучателя, поступившая в адрес центрального государственного органа, местного исполнительного органа области, города республиканского значения, столицы, района, города областного значения, акима района в городе, города районного значения, поселка, села, сельского округа, услугодателя, Государственной корпорации, непосредственно оказывающих государственные услуги, подлежит рассмотрению в течение пяти рабочих дней со дня ее регистрации.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z64" w:id="49"/>
+      Мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органның атына келіп түскен көрсетілетін қызметті алушының шағымы тіркелген күнінен бастап он бес жұмыс күні ішінде қаралуға тиіс.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Жалоба услугополучателя, поступившая в адрес уполномоченного органа по оценке и контролю за качеством оказания государственных услуг, подлежит рассмотрению в течение пятнадцати рабочих дней со дня ее регистрации.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z65" w:id="50"/>
+      Шағымды қарау мерзімі ұзартылған жағдайда шағымды қарау мерзімі ұзартылған сәттен бастап үш жұмыс күні ішінде шағымды қарау өкілеттігі берілген лауазымды адам шағымды берген көрсетілетін қызметті алушыға шағымды қарау мерзімін ұзарту туралы жазбаша нысанда (шағымды қағаз жеткізгіште берген кезде) немесе электрондық нысанда (шағымды электрондық түрде берген кезде) шағымды қарау мерзімін ұзарту себептерін көрсетіп ұзарту туралы хабарлайды.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      В случае продления срока рассмотрения жалобы должностное лицо, наделенное полномочиями по рассмотрению жалоб, в течение трех рабочих дней с момента продления срока рассмотрения жалобы сообщает в письменной форме (при подаче жалобы на бумажном носителе) или электронной форме (при подаче жалобы в электронном виде) услугополучателю, подавшему жалобу, о продлении срока рассмотрения жалобы с указанием причин продления.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z66" w:id="51"/>
+      Мемлекеттік қызметтер көрсету мәселелері бойынша көрсетілетін қызметті берушінің шешіміне, әрекеттеріне (әрекетсіздігіне) шағым әкімшілік органға, әкімшілік актісіне, әкімшілік әрекетіне (әрекетсіздігіне) шағым жасалатын лауазымды адамға берілуі мүмкін.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Жалоба на решение, действий (бездействия) услугодателя по вопросам оказания государственных услуг может быть подана в административный орган, должностному лицу, чьи административный акт, административное действие (бездействие) обжалуются.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z67" w:id="52"/>
+      Әкімшілік орган, әкімшілік актісіне, әкімшілік әрекетіне (әрекетсіздігіне) шағым жасалатын лауазымды адам шағым түскен күннен бастап үш жұмыс күнінен кешіктірмей шағымды және әкімшілік істі шағымды қарайтын органға жібереді.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Административный орган, должностное лицо, чьи административный акт, административное действие (бездействие) обжалуются, не позднее трех рабочих дней со дня поступления жалобы направляют ее и административное дело в орган, рассматривающий жалобу.</w:t>
-[...22 lines deleted...]
-    <w:bookmarkEnd w:id="53"/>
+      Бұл ретте, әкімшілік актісіне, әкімшілік әрекетіне (әрекетсіздігіне) шағым жасалатын әкімшілік орган, лауазымды адам, егер ол үш жұмыс күні ішінде қолайлы әкімшілік актіні қабылдаса, шағымда көрсетілген талаптарды толық қанағаттандыратын әкімшілік әрекетті жасаса, шағымды қарайтын органға шағым жібермеуге құқылы.";</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>приложение 1</w:t>
-[...32 lines deleted...]
-    <w:bookmarkStart w:name="z70" w:id="54"/>
+        <w:t>1-қосымша</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> осы бұйрыққа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес жаңа редакцияда жазылсын;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z34" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Правила оказания государственной услуги "Прием документов и зачисление в специальные организации образования детей с ограниченными возможностями для обучения по специальным общеобразовательным учебным программам" изложить в новой редакции согласно </w:t>
-[...23 lines deleted...]
-    <w:bookmarkStart w:name="z71" w:id="55"/>
+      "Арнайы жалпы білім беретін оқу бағдарламалары бойынша оқыту үшін мүмкіндігі шектеулі балаларды арнайы білім беру ұйымдарына қабылдау" мемлекеттік қызмет көрсету </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қағидалары</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> осы бұйрыққа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес жаңа редакцияда жазылсын.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z35" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. Комитету среднего образования Министерства просвещения Республики Казахстан в установленном законодательством Республики Казахстан порядке обеспечить:</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z72" w:id="56"/>
+      2. Қазақстан Республикасы Оқу – ағарту министрлігінің Орта білім беру комитеті Қазақстан Республикасының заңнамасында белгіленген тәртіппен:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z36" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) государственную регистрацию настоящего приказа в Министерстве юстиции Республики Казахстан;</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z73" w:id="57"/>
+      1) Осы бұйрықтың Қазақстан Республикасының Әділет министрлігінде мемлекеттік тіркелуі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z37" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) размещение настоящего приказа на Интернет-ресурсе Министерства просвещения Республики Казахстан и предоставление информации о внесенных изменениях и дополнениях в порядок оказания государственных услуг в Единый контакт-центр, услугодателям по вопросам оказания государственных услуг, информационно-коммуникационной инфраструктуре "электронного правительства", оператору сотовой сети после его официального опубликования;</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z74" w:id="58"/>
+      2) осы бұйрықты Қазақстан Республикасы Оқу – ағарту министрлігінің Интернет-ресурсында орналастыру және Мемлекеттік қызметтерді көрсету тәртібіне енгізілген өзгерістер мен толықтырулар туралы ақпаратты Бірыңғай байланыс орталығына, мемлекеттік қызметтер көрсету мәселелері жөніндегі көрсетілетін қызметті берушілерге, "электрондық үкіметтің" ақпараттық-коммуникациялық инфрақұрылымына, ұялы желі операторына ресми жарияланғаннан кейін орналастыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z38" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">
+      3) осы бұйрық мемлекеттік тіркелгеннен кейін он жұмыс күні ішінде Қазақстан Республикасы Оқу – ағарту министрлігінің Заң департаментіне осы тармақтың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) тармақшаларында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көзделген іс-шаралардың орындалуы туралы мәліметтерді ұсынуды қамтамасыз етсін.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z39" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-      3) в течение десяти рабочих дней после государственной регистрации настоящего приказа представление в Юридический департамент Министерства просвещения Республики Казахстан сведений об исполнении мероприятий, предусмотренных подпунктами 1) и 2) настоящего пункта.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z75" w:id="59"/>
+      3. Осы бірлескен бұйрықтың орындалуын бақылау жетекшілік ететін Қазақстан Республикасының Оқу – ағарту вице-министріне жүктелсін.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z40" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. Контроль за исполнением настоящего совместного приказа возложить на курирующего вице-министра просвещения Республики Казахстан.</w:t>
-[...22 lines deleted...]
-    <w:bookmarkEnd w:id="60"/>
+      4. Осы бұйрық алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -2367,109 +2369,75 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">      </w:t>
-            </w:r>
+              <w:t xml:space="preserve">      Қазақстан Республикасы </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Исполняющий обязанности</w:t>
-[...47 lines deleted...]
-              <w:t xml:space="preserve">Республики Казахстан </w:t>
+              <w:t xml:space="preserve">Оқу-ағарту министрінің міндетін атқарушы </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -2571,103 +2539,116 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 1 к приказу</w:t>
+              <w:t>Қазақстан Республикасы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Исполняющий обязанности</w:t>
+              <w:t>Оқу-ағарту министрінің</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Министра просвещения</w:t>
+              <w:t>міндетін атқарушы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Республики Казахстан</w:t>
+              <w:t>2022 жылғы 17 қарашадағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>от 17 ноября 2022 года № 462</w:t>
+              <w:t>№ 462 бұйрығына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -2688,155 +2669,155 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 2</w:t>
+              <w:t>"Мүмкіндіктері шектеулі</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">к Правилам оказания </w:t>
+              <w:t>балаларды психологиялық-</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">государственной услуги </w:t>
+              <w:t>медициналық-педагогикалық</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>"Обследование и оказание</w:t>
+              <w:t xml:space="preserve">тексеру және оларға </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>психолого-медико-</w:t>
+              <w:t xml:space="preserve">консультациялық көмек </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">педагогической </w:t>
+              <w:t>көрсету" мемлекеттік</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>консультативной помощи детям</w:t>
+              <w:t>қызмет көрсетудің негізгі</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">с ограниченными </w:t>
+              <w:t>талаптардың тізбесіне</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>возможностями"</w:t>
+              <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
@@ -2855,51 +2836,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Перечень основных требований к оказанию государственной услуги "Обследование и оказание психолого-медико-педагогической консультативной помощи детям с ограниченными возможностями"</w:t>
+Мүмкіндіктері шектеулі балаларды психологиялық-медициналық-педагогикалық тексеру және оларға консультациялық көмек көрсету" мемлекеттік қызмет көрсетудің негізгі талаптарының тізбесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2932,493 +2913,385 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Наименование услугодателя</w:t>
+Көрсетілетін қызметті берушінің атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Психолого-медико-педагогическая консультация</w:t>
+Психологиялық-медициналық-педагогикалық консультация</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2</w:t>
+ 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Способы предоставления государственной услуги (каналы доступа)</w:t>
+Мемлекеттік қызметті ұсыну тәсілдері (қол жеткізу арналары)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z80" w:id="61"/>
-[...62 lines deleted...]
-- абонентское устройство сотовой связи зарегистрированного на www.egov.kz.</w:t>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- психологиялық-медициналық-педагогикалық консультация; - "электрондық үкімет" веб-порталы: www. egov. kz;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- www. egov. kz-те тіркелген ұялы байланысының абоненттік құрылғысы арқылы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3</w:t>
+ 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Срок оказания государственной услуги</w:t>
+Мемлекеттік қызмет көрсету мерзімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z82" w:id="62"/>
-[...146 lines deleted...]
-Максимально допустимое время обслуживания услугополучателя - не более 15 (пятнадцать) минут.</w:t>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік қызметті алу үшін кезекте күту уақыты отыз күнтізбелік күнге дейін құрайды. Көрсетілетін қызметті берушіге жүгінген кезде психологиялық-медициналық-педагогикалық қарау күні жүгінген күні белгіленеді.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Портал, сонымен қатар проактивті түрде жүгінген кезде психологиялық-медициналық-педагогикалық сараптама күні 2 (екі) жұмыс күні ішінде тағайындалады.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Құжаттар топтамасын тапсыру үшін күтудің рұқсат етілген ең ұзақ уақыты – 15 (он бес) минутан аспайды.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көрсетілетін қызметті алушыға қызмет көрсетудің рұқсат етілген ең ұзақ уақыты – 15 (он бес) минуттан аспайды.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3451,107 +3324,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Форма оказания оказания государственной услуги</w:t>
+Мемлекеттік қызмет көрсетудің нысаны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z87" w:id="63"/>
-[...34 lines deleted...]
-Бумажная/проактивная</w:t>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Электрондық (ішінара автоматтандырылған) Қағаз/проактивті түрінде</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3584,163 +3437,105 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Результат оказания государственной услуги</w:t>
+Мемлекеттік қызметті көрсету нәтижесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z88" w:id="64"/>
-[...90 lines deleted...]
-Результат оказания государственной услуги в проактивной форме направляется смс на абонентский номер услугополучателя о готовности заключения психолого-медико-педагогической консультации</w:t>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік қызметті көрсету нәтижесі осы Қағидаларға 6-қосымшаға сәйкес қорытынды немесе 4-қосымшаға сәйкес мемлекеттік қызметті көрсетуден бас тарту туралы дәлелді жауап. Мемлекеттік қызметті көрсету нәтижесін ұсыну нысаны: электрондық және (немесе) қағаз, проактивті түрінде.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Порталда мемлекеттік қызметті көрсету нәтижесі көрсетілетін қызметті алушының "жеке кабинетіне" электрондық құжат нысанында жолданады және сақталады.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3773,87 +3568,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Размер оплаты, взимаемой с услугополучателя при оказании государственной услуги, и способы ее взимания в случаях, предусмотренных законодательством Республики Казахстан</w:t>
+Мемлекеттік қызмет көрсету кезінде көрсетілетін қызметті алушыдан алынатын төлем мөлшері және Қазақстан Республикасының заңнамасында көзделген жағдайларда оны алу тәсілдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Государственная услуга оказывается бесплатно физическим лицам, в том числе в проактивной форме.</w:t>
+Мемлекеттік қызмет, сонымен қатар проактивті түрде жеке тұлғаларға тегін көрсетіледі.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3886,287 +3681,199 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-График работы</w:t>
+Жұмыс кестесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z91" w:id="65"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Услугодатель: с понедельника по пятницу включительно, кроме выходных и праздничных дней, согласно </w:t>
-[...198 lines deleted...]
-2) портале www.egov.kz.</w:t>
+Көрсетілетін қызметті беруші: Қазақстан Республикасының Еңбек </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>кодексіне</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сәйкес демалыс және мереке күндерін қоспағанда, дүйсенбі – жұма аралығында және көрсетілетін қызметті берушінің Министрліктің www. edu. gov. kz интернет-ресурсында "Мемлекеттік көрсетілетін қызметтер" бөлімінде көрсетілген.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өтініш қабылдау және нәтижесін беру көрсетілетін қызметті берушінің белгіленген жұмыс кестесі бойынша жүгінген күні кезекке сәйкес сағат 09.00-ден 17.30-ға дейін атқарылады.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Порталдың/www. edu. gov. kz-те тіркелген ұялы байланыстың абоненттік құрылғысы арқылы жұмыс кестесі – жөндеу жұмыстарын жүргізуге байланысты техникалық үзілістерді қоспағанда тәулік бойы (көрсетілетін қызметті алушы жұмыс уақыты аяқталғаннан кейін, демалыс және мереке күндері өтініш жасаған жағдайда Қазақстан Республикасының еңбек заңнамасына және "Қазақстан Республикасындағы мерекелер туралы" Қазақстан Республикасының 2001 жылғы 13 желтоқсандағы заңының </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5-бабына</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сәйкес өтініштер қабылдау және мемлекеттік көрсетілетін қызмет нәтижесін беру келесі жұмыс күні жүзеге асырылады).</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Телефон және/немесе көрсетілетін қызметті алушының тікелей жүгінуі арқылы алдын ала жазылу қарастырылған.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік қызмет көрсету орындарының мекенжайлары: 1) көрсетілетін қызметті берушінің интернет-ресурсында; 2) www. egov. kz порталында орналасқан.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4199,623 +3906,487 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Перечень документов и сведений, истребуемых у услугополучателя для оказания государственной услуги</w:t>
+Мемлекеттік қызмет көрсету үшін қызмет алушыдан алынатын қажетті құжаттар тізбесі және мәліметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z97" w:id="66"/>
-[...550 lines deleted...]
-Услугодатель получает согласие услугополучателя на использование сведений, составляющих охраняемую законом тайну, содержащихся в информационных системах, при оказании государственных услуг, если иное не предусмотрено законами Республики Казахстан.</w:t>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көрсетілетін қызметті алушы көрсетілетін қызметті берушіге:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) туу туралы куәлік немесе цифрлық құжаттар сервисінен электрондық құжат (жеке басын сәйкестендіру үшін қажет);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) мүгедектігі туралы қорытындының (бар болса);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) денсаулығына байланысты үйде оқыту қажеттілігі туралы дәрігерлік-консультациялық комиссияның қорытындысы (үйде оқитын балалар үшін) (бар болса).</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қажет болған жағдайда, көрсетілетін қызметті беруші тереңінен тексеру үшін мынадай құжаттарды қосымша сұратады:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) "Денсаулық сақтау саласындағы есепке алу құжаттамасының нысандарын бекіту туралы"</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Қазақстан Республикасы Денсаулық сақтау министрінің м.а. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бұйрығына</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 21579 болып тіркелген) сәйкес "Амбулаториялық науқастың медициналық картасы" № 052/е нысаны ;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) білім беру ұйымынан психологиялық-педагогикалық мінездеме;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) оқыту тілі бойынша, математикадан жазба жұмыстары, суреттері және іс-әрекетінің басқа да нәтижелері.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1), 2) тармақшаларындағы құжаттар түпнұсқада және көшірме түрінде көрсетіледі, салыстырылған соң түпнұсқа көрсетілетін қызметті алушыға қайтарылады.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көрсетілетін қызметті алушы көрсетілетін қызметті берушіге портал арқылы жүгінген кезде:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) "АХАЖ тіркеу пункті" ақпараттық жүйесінде (бұдан әрі – АХАЖ АЖ) мәліметтер болмаған жағдайда не Қазақстан Республикасынан тыс жерде туылған жағдайда баланың туу туралы куәлігінің электрондық көшірмесі;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) мүгедектігі туралы қорытындының көшірмесі (бар болса);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) денсаулығына байланысты үйде оқыту қажеттілігі туралы дәрігерлік-консультациялық комиссияның қорытындысы (үйде оқитын балалар үшін) (бар болса).</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қажет болған жағдайда, көрсетілетін қызметті беруші тереңінен тексеру үшін мынадай құжаттарды қосымша сұратады:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ 1) "Денсаулық сақтау саласындағы есепке алу құжаттамасының нысандарын бекіту туралы"</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Қазақстан Республикасы Денсаулық сақтау министрінің м.а. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бұйрығына</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 21579 болып тіркелген) сәйкес "Амбулаториялық науқастың медициналық картасы" № 052/е нысаны;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) білім беру ұйымынан психологиялық-педагогикалық мінездеме;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) оқыту тілі бойынша, математикадан жазба жұмыстары, суреттері және іс-әрекетінің басқа да нәтижелері.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көрсетілетін қызметті алушылардан ақпараттық жүйелерден алуға болатын құжаттарды талап етуге жол берілмейді.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көрсетілген қызметті беруші мемлекеттік қызметтерді көрсету кезінде ақпараттық жүйелердегі заңмен қорғалатын құпиялардың қатарына кіретін мәліметтерді пайдалануға көрсетілетін қызметтерді алушының келісімін, егер Қазақстан Республикасының заңдарында өзгеше көзделмесе, алады.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4848,155 +4419,143 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Основания для отказа в оказании государственной услуги, установленные законодательством Республики Казахстан</w:t>
+Қазақстан Республикасының заңнамасында белгіленген мемлекеттік қызмет көрсетуден бас тарту үшін негіздер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z115" w:id="67"/>
-[...44 lines deleted...]
-              <w:t>2) несоответствие услугополучателя и (или) представленных материалов, объектов, данных и сведений, необходимых для оказания государственной услуги, требованиям, установленным нормативными правовыми актами Республики Казахстан;</w:t>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) мемлекеттік қызметті алу үшін көрсетілетін қызметті алушы ұсынған құжаттардың және (немесе) ондағы деректердің (мәліметтердің) дұрыс еместігі анықталған жағдайда;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) көрсетілетін қызметті алушының және (немесе) ұсынылған материалдардың, объектілердің, деректер мен ақпараттың, мемлекеттік қызметтерді көрсету үшін қажетті мәліметтердің, Қазақстан Республикасының нормативтік құқықтық актілерінде белгіленген талаптардың сәйкес келмеуі.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-3) отсутствие согласия услугополучателя, предоставляемого в соответствии со </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> Закона Республики Казахстан "О персональных данных и их защите", на доступ к персональным данным ограниченного доступа, которые требуются для оказания государственной услуги.</w:t>
+3) көрсетілетін қызметті алушының мемлекеттік қызмет көрсету үшін талап етілетін, "Дербес деректер және оларды қорғау туралы" Қазақстан Республикасы Заңының </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>8-бабына</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сәйкес берілетін қолжетімділігі шектеулі дербес деректерге қол жеткізуге келісімі болмауы бойынша мемлекеттік қызметтерді көрсетуден бас тартады.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5029,191 +4588,159 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Иные требования с учетом особенностей оказания государственной услуги, в том числе оказываемой в электронной форме и через Государственную корпорацию</w:t>
+Мемлекеттік қызметті, оның ішінде электрондық нысанда және Мемлекеттік корпорация арқылы көрсету ерекшеліктері ескеріле отырып қойылатын өзге де талаптар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z117" w:id="68"/>
-[...118 lines deleted...]
-Электронный запрос третьих лиц, при условии согласия лица, в отношении которого запрашиваются сведения, предоставленного из "личного кабинета" на портале, а также посредством зарегистрированного на портале абонентского номера сотовой связи субъекта путем передачи одноразового пароля или путем отправления короткого текстового сообщения в качестве ответа на уведомление портала.</w:t>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көрсетілетін қызметті алушы мемлекеттік қызмет көрсету тәртібі және жағдайы туралы ақпаратты мемлекеттік қызмет көрсету мәселесі бойынша бірыңғай байланыс орталығы, сонымен қатар www. egov. kz-те тіркелген ұялы байланысының абоненттік құрылғысы арқылы алу мүмкіндігіне ие.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көрсетілетін қызметті берушінің мемлекеттік қызметті көрсету мәселелері бойынша ақпараттық қызметінің байланыс телефондары Министрліктің www. edu. gov. kz интернет-ресурсында "Мемлекеттік көрсетілетін қызметтер" бөлімінде орналастырылған. Мемлекеттік қызмет көрсету мәселелері бойынша Бірыңғай байланыс орталығы: 8-800-080-7777, 1414.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көрсетілетін қызметті алушының ЭЦҚ болған жағдайда Мемлекеттік көрсетілетін қызметті портал арқылы электрондық нысанда алуға мүмкіндігі бар.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көрсетілетін қызметті алушының мемлекеттік қызметті көрсету тәртібі мен мәртебесі туралы ақпаратты қашықтықтан қол жеткізу режимінде порталдағы "жеке кабинеті", көрсетілетін қызметті берушінің анықтамалық қызметтері, сондай-ақ 1414, 8-800-080-7777 бірыңғай байланыс орталығы арқылы алуға мүмкіндігі бар.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Порталдағы "жеке кабинеттен" ұсынылған мәліметтер сұратылып отырған тұлғаның келісімі болған жағдайда, сондай-ақ порталдағы хабарламаға жауап ретінде бір реттік парольді беру жолымен немесе қысқа мәтіндік хабарламаны жіберу жолымен субъектінің порталда тіркелген ұялы байланыстың абоненттік нөмірі арқылы үшінші тұлғалардың электрондық сұрау салуы.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -5238,51 +4765,132 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қазақстан Республикасы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Оқу-ағарту министрінің</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>міндетін атқарушы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2022 жылғы 17 қарашадағы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 462 бұйрығына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2-қосымша</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
@@ -5301,725 +4909,180 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 2 к приказу</w:t>
+              <w:t>"Мүмкіндіктері шектеулі</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Исполняющий обязанности</w:t>
+              <w:t>балаларды психологиялық-</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Министра просвещения</w:t>
+              <w:t>медициналық-педагогикалық</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Республики Казахстан</w:t>
+              <w:t xml:space="preserve">тексеру және оларға </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>от 17 ноября 2022 года № 462</w:t>
-[...64 lines deleted...]
-              <w:t>Приложение 4</w:t>
+              <w:t xml:space="preserve">консультациялық көмек </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>к Правилам оказания</w:t>
+              <w:t>көрсету" мемлекеттік қызмет</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>государственной услуги</w:t>
+              <w:t xml:space="preserve">көрсетудің негізгі </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>"Обследование и оказание</w:t>
+              <w:t xml:space="preserve">талаптардың тізбесіне </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>психолого-медико-</w:t>
-[...116 lines deleted...]
-              <w:t>Форма</w:t>
+              <w:t>4-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z45" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z124" w:id="69"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-                                                       (Фамилия, имя, отчество (при</w:t>
-[...365 lines deleted...]
-    </w:p>
+      Нысан</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -6053,103 +5116,495 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 3 к приказу</w:t>
+              <w:t>(Көрсетілетін қызметті</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Исполняющий обязанности</w:t>
+              <w:t>алушының тегі, аты, әкесінің</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Министра просвещения</w:t>
+              <w:t>аты (болған жағдайда) не</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Республики Казахстан</w:t>
+              <w:t>ұйымының атауы)</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>от 17 ноября 2022 года № 462</w:t>
+              <w:t>____________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(көрсетілетін қызметті</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>алушының мекенжайы)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      _________________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Білім беру ұйымының атауы, мекенжайы </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      ТАӘ: ___________ ЖСН:_________________ Мекенжай:_________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Құжатты қабылдаудан бас тарту туралы ХАБАРЛАМА </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "Мемлекеттік көрсетілетін қызметтер туралы" 2013 жылғы 15 сәуірдегі Қазақстан Республикасы Заңының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>20-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-тармақшасын басшылыққа ала отырып, (Көрсетілетін қызметті беруші ұйымының атауы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      _________________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      бас тарту себебі байланысты мемлекеттік қызмет көрсету </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      тізбесіне сәйкес мемлекеттік қызметті көрсету (Мемлекеттік көрсетілетін қызмет атауы) үшін құжаттар қабылдаудан бас тартады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Орынд.: Тегі, аты, әкесінің аты </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Тел.: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Күні:</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қазақстан Республикасы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Оқу-ағарту министрінің</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>міндетін атқарушы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2022 жылғы 17 қарашадағы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 462 бұйрығына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -6170,116 +5625,129 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 1 К Правилам</w:t>
+              <w:t>Дамуында проблемалары бар</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>оказания государственной</w:t>
+              <w:t>балалар мен жасөспірімдерді</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">услуги "Реабилитация и </w:t>
+              <w:t xml:space="preserve">оңалту және әлеуметтік </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">социальная адаптация детей и </w:t>
+              <w:t xml:space="preserve">бейімдеу" мемлекеттік қызмет </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">подростков с проблемами в </w:t>
+              <w:t xml:space="preserve">көрсетудің негізгі </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>развитии"</w:t>
+              <w:t>талаптардың тізбесіне</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
@@ -6298,51 +5766,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-"Перечень основных требований к оказанию государственной услуги "Реабилитация и социальная адаптация детей и подростков с проблемами в развитии"</w:t>
+"Дамуында проблемалары бар балалар мен жасөспірімдерді оңалту және әлеуметтік бейімдеу" мемлекеттік қызмет көрсетудің негізгі талаптардың тізбесі"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6375,87 +5843,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Наименование услугодателя</w:t>
+Көрсетілетін қызметті берушінің атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Кабинеты психолого-педагогической коррекции, реабилитационные центры</w:t>
+Психологиялық-педагогикалық түзету кабинеттері, оңалту орталықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6488,107 +5956,105 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Способы предоставления государственной услуги (каналы доступа)</w:t>
+Мемлекеттік қызметті ұсыну тәсілдері (қолжеткізу арналары)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z128" w:id="71"/>
-[...34 lines deleted...]
-- абонентское устройство сотовой связи зарегистрированного на www.egov.kz.</w:t>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- психологиялық-педагогикалық түзету кабинеттері, оңалту орталықтары; - "электрондық үкіметтің" веб-порталы: www.egov.kz;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- www.egov.kz-те тіркелген ұялы байланысының абоненттік құрылғысы арқылы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6621,200 +6087,254 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Срок оказания государственной услуги</w:t>
+Мемлекеттік қызмет көрсету мерзімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) Срок оказания - от 90 календарных дней до 365 календарных дней; 2) максимально допустимое время ожидания для сдачи документов - не более 15 минут; 3) максимально допустимое время обслуживания - не более 15 минут.</w:t>
+1) Қызмет көрсету мерзімі – 90 күнтізбелік күннен 365 күнтізбелік күнге дейін;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) Құжаттар топтамасын тапсыру үшін күтудің рұқсат етілген ең ұзақ уақыты – 15 (он бес) минуттан аспайды;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) Қызмет көрсетудің рұқсат етілген ең ұзақ уақыты – 15 (он бес) минуттан аспайды.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4</w:t>
+ 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Форма оказания оказания государственной услуги</w:t>
+Мемлекеттік қызмет көрсетудің нысаны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Электронная (частично автоматизированная) Бумажная/проактивная</w:t>
+Электрондық (ішінара автоматтандырылған)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ Қағаз түрінде/проактивті түрде</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6847,107 +6367,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Результат оказания государственной услуги</w:t>
+Мемлекеттік қызметті көрсету нәтижесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z129" w:id="72"/>
-[...34 lines deleted...]
-Результат оказания государственной услуги в проактивной форме направляется смс на абонентский номер услугополучателя о готовности договора на оказание услуг Кабинета психолого-педагогической коррекции</w:t>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Осы Қағидаларға 4-қосымшаға сәйкес нысан бойынша анықтама беру.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік қызметті көрсету нәтижесін ұсыну нысаны: электрондық және (немесе) қағаз, проактивті түрінде.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Порталда мемлекеттік қызметті көрсету нәтижесі электрондық құжат нысанында көрсетілетін қызметті алушының "жеке кабинетіне" жолданады және сақталады.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6980,87 +6516,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Размер оплаты, взимаемой с услугополучателя при оказании государственной услуги, и способы ее взимания в случаях, предусмотренных законодательством Республики Казахстан</w:t>
+Мемлекеттік қызмет көрсету кезінде көрсетілетін қызметті алушыдан алынатын төлем мөлшері және Қазақстан Республикасының заңнамасында көзделген жағдайларда оны алу тәсілдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Государственная услуга оказывается бесплатно физическим лицам, в том числе в проактивной форме.</w:t>
+Мемлекеттік қызмет, сонымен қатар проактивті түрде жеке тұлғаларға тегін көрсетіледі.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7093,175 +6629,235 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-График работы</w:t>
+Жұмыс кестесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z130" w:id="73"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Услугодатель: с понедельника по пятницу включительно, кроме выходных и праздничных дней, с 9.00 до 18.30 часов, с перерывом на обед с 13.00 до 14.30 часов, согласно </w:t>
-[...86 lines deleted...]
-2) портале www.egov.kz.</w:t>
+Көрсетілетін қызметті беруші: Қазақстан Республикасының Еңбек </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>кодексіне</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сәйкес демалыс және мереке күндерін қоспағанда, дүйсенбіден бастап жұманы қоса алғанда, сағат 13:00-ден 14:30-ға дейінгі түскі үзіліспен сағат 9:00-ден 18:30-ға дейін жүзеге асырылады.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өтініш қабылдау және нәтижесін беру сағат 13:00-ден 14:30-ға дейінгі түскі үзіліспен сағат 9:00-ден 18:30-ға дейін жүзеге асырылады.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Телефон және/немесе көрсетілетін қызметті алушының тікелей жүгінуі арқылы алдын ала жазылу қарастырылған.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Портал/www.edu.gov.kz-те тіркелген ұялы байланыстың абоненттік құрылғысы арқылы – жөндеу жұмыстарын жүргізуге байланысты техникалық үзілістерді қоспағанда тәулік бойы (көрсетілетін қызметті алушы жұмыс уақыты аяқталғаннан кейін, демалыс және мереке күндері өтініш жасаған жағдайда Қазақстан Республикасының еңбек заңнамасына және "Қазақстан Республикасындағы мерекелер туралы" Қазақстан Республикасының заңының </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5-бабына</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сәйкес өтініштер қабылдау және мемлекеттік көрсетілетін қызмет нәтижесін беру келесі жұмыс күні жүзеге асырылады).</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік қызмет көрсету орындарының мекенжайлары:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) көрсетілетін қызметті берушінің интернет-ресурсында;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) www.egov.kz порталында орналасқан.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7294,219 +6890,213 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Перечень документов и сведений, истребуемых у услугополучателя для оказания государственной услуги</w:t>
+Мемлекеттік қызмет көрсету үшін қызмет алушыдан алынатын қажетті құжаттар тізбесі және мәліметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z132" w:id="74"/>
-[...146 lines deleted...]
-При обращении услугополучателя через абонентское устройство сотовой связи зарегистрированного на www.egov.kz: 1) обращение родителя (законного представителя) услугополучателя (обращается по абонентскому номеру сотовой связи, зарегистрированного на www.egov.kz ); 2) номер заключения психолого-медико-педагогической консультации. Истребование от услугополучателей документов, которые могут быть получены из информационных систем, не допускается. Услугодатель получает согласие услугополучателя на использование сведений, составляющих охраняемую законом тайну, содержащихся в информационных системах, при оказании государственных услуг, если иное не предусмотрено законами Республики Казахстан.</w:t>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көрсетілетін қызметті алушы көрсетілетін қызметті берушіге:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) көрсетілетін қызметті алушының ата-анасының (заңды өкілінің) еркін нысандағы өтініші;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) психологиялық-медициналық-педагогикалық консультацияның қорытындысы.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көрсетілетін қызметті алушы портал арқылы жүгінген кезде:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) көрсетілетін қызметті алушының ата-анасының (заңды өкілінің) еркін нысандағы өтініші;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) психологиялық-медициналық-педагогикалық консультацияның қорытындысы.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көрсетілетін қызметті алушылардан ақпараттық жүйелерден алынуы мүмкін құжаттарды талап етуге жол берілмейді.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Егер Қазақстан Республикасының заңдарында өзгеше көзделмесе, көрсетілетін қызметті беруші Мемлекеттік қызметтер көрсету кезінде ақпараттық жүйелерде қамтылған, заңмен қорғалатын құпияны құрайтын мәліметтерді пайдалануға көрсетілетін қызметті алушының келісімін алады.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7539,155 +7129,143 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Основания для отказа в оказании государственной услуги, установленные законодательством Республики Казахстан</w:t>
+Қазақстан Республикасының заңнамасында белгіленген мемлекеттік қызмет көрсетуден бас тарту үшін негіздер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z137" w:id="75"/>
-[...44 lines deleted...]
-              <w:t>2) несоответствие услугополучателя и (или) представленных материалов, объектов, данных и сведений, необходимых для оказания государственной услуги, требованиям, установленным нормативными правовыми актами Республики Казахстан;</w:t>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) мемлекеттік қызметті алу үшін көрсетілетін қызметті алушы ұсынған құжаттардың және (немесе) ондағы деректердің (мәліметтердің) дұрыс еместігі анықталған жағдайда;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) көрсетілетін қызметті алушының және (немесе) ұсынылған материалдардың, объектілердің, деректер мен ақпараттың, мемлекеттік қызметтерді көрсету үшін қажетті мәліметтердің, Қазақстан Республикасының нормативтік құқықтық актілерінде белгіленген талаптардың сәйкес келмеуі.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-3) отсутствие согласия услугополучателя, предоставляемого в соответствии со </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> Закона Республики Казахстан "О персональных данных и их защите", на доступ к персональным данным ограниченного доступа, которые требуются для оказания государственной услуги.</w:t>
+3) көрсетілетін қызметті алушының мемлекеттік қызмет көрсету үшін талап етілетін, "Дербес деректер және оларды қорғау туралы" Қазақстан Республикасы Заңының </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>8-бабына</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сәйкес берілетін қолжетімділігі шектеулі дербес деректерге қол жеткізуге келісімі болмауы бойынша мемлекеттік қызметтерді көрсетуден бас тартады.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7720,87 +7298,177 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Иные требования с учетом особенностей оказания государственной услуги, в том числе оказываемой в электронной форме и через Государственную корпорацию</w:t>
+Мемлекеттік қызметті, оның ішінде электрондық нысанда және Мемлекеттік корпорация арқылы көрсету ерекшеліктері ескеріле отырып қойылатын өзге де талаптар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Услугополучатель имеет возможность получения информации о порядке и статусе оказания государственной услуги посредством единого контакт-центра, а также в проактивной форме через абонентское устройство сотовой связи зарегистрированного на www.egov.kz по вопросам оказания государственных услуг. Контактные телефоны справочных служб услугодателя по вопросам оказания государственной услуги размещены на интернет-ресурсе Министерства: www.edu.gov.kz в разделе "Государственные услуги". Единый контакт-центр по вопросам оказания государственных услуг: 8-800-080-7777, 1414. Услугополучатель имеет возможность получения государственной услуги в электронной форме через портал при условии наличия ЭЦП. Услугополучатель имеет возможность получения информации о порядке и статусе оказания государственной услуги в режиме удаленного доступа посредством "личного кабинета" портала, справочных служб услугодателя, а также Единого контакт-центра "1414", 8-800-080-7777. Электронный запрос третьих лиц, при условии согласия лица, в отношении которого запрашиваются сведения, предоставленного из "личного кабинета" на портале, а также посредством зарегистрированного на портале абонентского номера сотовой связи субъекта путем передачи одноразового пароля или путем отправления короткого текстового сообщения в качестве ответа на уведомление портала.</w:t>
+Көрсетілетін қызметті алушы мемлекеттік қызмет көрсету тәртібі және жағдайы туралы ақпаратты мемлекеттік қызмет көрсету мәселесі бойынша бірыңғай байланыс орталығы, сонымен қатар www.egov.kz-те тіркелген ұялы байланысының абоненттік құрылғысы арқылы алу мүмкіндігіне ие.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көрсетілетін қызметті берушінің мемлекеттік қызметті көрсету мәселелері бойынша ақпараттық қызметінің байланыс телефондары Министрліктің www.edu.gov.kz интернет-ресурсында "Мемлекеттік көрсетілетін қызметтер" бөлімінде орналастырылған.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік қызмет көрсету мәселелері бойынша Бірыңғай байланыс орталығы: 8-800-080-7777, 1414.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көрсетілетін қызметті алушының ЭЦҚ болған жағдайда Мемлекеттік көрсетілетін қызметті портал арқылы электрондық нысанда алуға мүмкіндігі бар.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көрсетілетін қызметті алушының мемлекеттік қызметті көрсету тәртібі мен мәртебесі туралы ақпаратты қашықтықтан қол жеткізу режимінде порталдағы "жеке кабинеті", көрсетілетін қызметті берушінің анықтамалық қызметтері, сондай-ақ 1414, 8-800-080-7777 бірыңғай байланыс орталығы арқылы алуға мүмкіндігі бар.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Порталдағы "жеке кабинеттен" ұсынылған мәліметтер сұратылып отырған тұлғаның келісімі болған жағдайда, сондай-ақ порталдағы хабарламаға жауап ретінде бір реттік парольді беру жолымен немесе қысқа мәтіндік хабарламаны жіберу жолымен субъектінің порталда тіркелген ұялы байланыстың абоненттік нөмірі арқылы үшінші тұлғалардың электрондық сұрау салуы.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -7825,51 +7493,132 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қазақстан Республикасы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Оқу-ағарту министрінің</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>міндетін атқарушы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2022 жылғы 17 қарашадағы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 462 бұйрығына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4-қосымша</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
@@ -7888,103 +7637,129 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 4 к приказу</w:t>
+              <w:t>"Дамуында проблемалары бар</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Исполняющий обязанности</w:t>
+              <w:t>балалар мен жасөспірімдерді</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Министра просвещения</w:t>
+              <w:t xml:space="preserve">оңалту және әлеуметтік </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Республики Казахстан</w:t>
+              <w:t xml:space="preserve">бейімдеу" мемлекеттік </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>от 17 ноября 2022 года № 462</w:t>
+              <w:t>көрсетілетін қызмет</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">қағидасына </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -8005,116 +7780,51 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 3</w:t>
-[...64 lines deleted...]
-              <w:t>с проблемами в развитии"</w:t>
+              <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -8135,583 +7845,384 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Форма</w:t>
+              <w:t>(Көрсетілетін қызметті</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>алушының тегі, аты, әкесінің</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>аты (болған жағдайда) не</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ұйымының атауы)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>____________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(көрсетілетін қызметті</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>алушының мекенжайы)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> _________________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z51" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Білім беру ұйымының атауы, мекенжайы</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z142" w:id="76"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-                                                 (Фамилия, имя, отчество (при</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="76"/>
+      ТАӘ:</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">                                                 его наличии)</w:t>
+        <w:t>
+      ЖСН:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">                                                 либо наименование организации</w:t>
+        <w:t>
+      Мекенжай:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">                                                 услугополучателя) _______________</w:t>
+        <w:t>
+      Құжатты қабылдаудан бас тарту туралы ХАБАРЛАМА</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">                                                 (адрес услугополучателя)</w:t>
-[...31 lines deleted...]
-    <w:bookmarkEnd w:id="77"/>
+        <w:t xml:space="preserve">
+      "Мемлекеттік көрсетілетін қызметтер туралы" 2013 жылғы 15 сәуірдегі Қазақстан Республикасы Заңының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>20-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-тармақшасын басшылыққа ала отырып, (Көрсетілетін қызметті беруші ұйымының атауы)</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z144" w:id="78"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      ФИО:</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="78"/>
+      _________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">       ИИН:</w:t>
+        <w:t>
+      бас тарту себебі</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">       Адрес:</w:t>
+        <w:t>
+      байланысты мемлекеттік қызмет көрсету тізбесіне сәйкес мемлекеттік қызметті көрсету (Мемлекеттік көрсетілетін қызмет атауы) үшін құжаттар қабылдаудан бас тартады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">                                     УВЕДОМЛЕНИЕ</w:t>
+        <w:t>
+      Орынд.: Тегі, аты, әкесінің аты</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">                               об отказе в приеме документов</w:t>
+        <w:t>
+      Тел.:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z145" w:id="79"/>
-[...313 lines deleted...]
-        <w:t xml:space="preserve">       Дата:</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Күні:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -8747,103 +8258,116 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 5 к приказу</w:t>
+              <w:t>Қазақстан Республикасы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Исполняющий обязанности</w:t>
+              <w:t>Оқу-ағарту министрінің</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Министра просвещения</w:t>
+              <w:t>міндетін атқарушы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Республики Казахстан</w:t>
+              <w:t>2022 жылғы 17 қарашадағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>от 17 ноября 2022 года № 462</w:t>
+              <w:t>№ 462 бұйрығына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -8864,181 +8388,181 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 1 к Правилам</w:t>
+              <w:t>"Бастауыш, негізгі орта, жалпы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">оказания государственной </w:t>
+              <w:t>орта білім беру ұйымдарына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>услуги "Прием документов для</w:t>
+              <w:t>денсаулығына байланысты ұзақ</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>организации индивидуального</w:t>
+              <w:t xml:space="preserve">уақыт бойы бара алмайтын </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">бесплатного обучения на дому </w:t>
+              <w:t xml:space="preserve">балаларды үйде жеке тегін </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">детей, которые по состоянию </w:t>
+              <w:t>оқытуды ұйымдастыру</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">здоровья в течение длительного </w:t>
+              <w:t xml:space="preserve">үшін құжаттар қабылдау" </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">времени не могут посещать </w:t>
+              <w:t xml:space="preserve">көрсетілетін мемлекеттік </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">организации начального, </w:t>
+              <w:t>қызметтің негізгі</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>основного среднего,</w:t>
+              <w:t>талаптарының тізбесіне</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>общего среднего образования"</w:t>
+              <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
@@ -9057,51 +8581,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-"Перечень основных требований к оказанию государственной услуги "Прием документов для организации индивидуального бесплатного обучения на дому детей, которые по состоянию здоровья в течение длительного времени не могут посещать организации начального, основного среднего, общего среднего образования"</w:t>
+"Бастауыш, негізгі орта, жалпы орта білім беру ұйымдарына денсаулығына байланысты ұзақ уақыт бойы бара алмайтын балаларды үйде жеке тегін оқытуды ұйымдастыру үшін құжаттар қабылдау" көрсетілетін мемлекеттік қызметтің негізгі талаптарының тізбесі"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9134,87 +8658,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Наименование услугодателя</w:t>
+Көрсетілетін қызметті берушінің атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Организации начального, основного среднего и общего среднего образования</w:t>
+Бастауыш, негізгі орта, жалпы орта білім беру ұйымдары</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9247,135 +8771,105 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Способы предоставления государственной услуги (каналы доступа)</w:t>
+Мемлекеттік қызметті ұсыну тәсілдері (қолжеткізуарналары)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z148" w:id="80"/>
-[...62 lines deleted...]
-- абонентское устройство сотовой связи зарегистрированного на www.egov.kz.</w:t>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- Бастауыш, негізгі орта, жалпы орта білім беру ұйымдары; - "электронды үкіметтің" веб-порталы: www.egov.kz;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- www.egov.kz-те тіркелген ұялы байланысының абоненттік құрылғысы арқылы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9408,135 +8902,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Срок оказания государственной услуги</w:t>
+Мемлекеттік қызмет көрсету мерзімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z150" w:id="81"/>
-[...62 lines deleted...]
-Максимально допустимое время ожидания для сдачи пакета документов - не более 15 (пятнадцать) минут. Максимально допустимое время обслуживания услугополучателя - не более 15 (пятнадцать) минут.</w:t>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қызмет көрсету мерзімі – 2 жұмыс күні; Құжаттар топтамасын тапсыру үшін күтудің рұқсат етілген ең ұзақ уақыты – 15 ( он бес) минуттан аспайды. Көрсетілетін қызметті алушыға қызмет көрсетудің рұқсат етілген ең ұзақ уақыты – 15 ( он бес) минуттан аспайды.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9569,87 +9015,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Форма оказания оказания государственной услуги</w:t>
+Мемлекеттік қызмет көрсетудің нысаны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Электронная (частично автоматизированная) Бумажная/проактивная</w:t>
+Электрондық (ішінара автоматтандырылған) Қағаз түрінде/проактивті түрде</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9682,163 +9128,141 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Результат оказания государственной услуги</w:t>
+Мемлекеттік қызметті көрсету нәтижесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z152" w:id="82"/>
-[...90 lines deleted...]
-Результат оказания государственной услуги в проактивной форме направляется смс на абонентский номер услугополучателя о приеме документов</w:t>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік қызметті көрсету нәтижесі:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) құжаттарды қабылдау туралы қолхат (еркін нысанда);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) үйде жеке тегін оқыту туралы бұйрық. Мемлекеттік қызмет көрсету нысаны: электрондық және (немесе) қағаз, проактивті түрінде ұсынылады.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Порталда мемлекеттік қызметті көрсету нәтижесі электрондық құжат нысанында көрсетілетін қызметті алушының "жеке кабинетінде" жолданады және сақталады.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9871,87 +9295,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Размер оплаты, взимаемой с услугополучателя при оказании государственной услуги, и способы ее взимания в случаях, предусмотренных законодательством Республики Казахстан</w:t>
+Мемлекеттік қызмет көрсету кезінде көрсетілетін қызметті алушыдан алынатын төлем мөлшері және Қазақстан Республикасының заңнамасында көзделген жағдайларда оны алу тәсілдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Государственная услуга оказывается бесплатно физическим лицам, в том числе в проактивной форме.</w:t>
+Мемлекеттік қызмет, сонымен қатар проактивті түрде жеке тұлғаларға тегін көрсетіледі.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9984,175 +9408,197 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-График работы</w:t>
+Жұмыс кестесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z155" w:id="83"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қызмет беруші: Қазақстан Республикасының еңбек заңнамасына сәйкес демалыс және мереке күндерін қоспағанда, дүйсенбі – жұма аралығында сағат 13.00-ден 14.30-ға дейінгі түскі үзіліспен сағат 09.00-ден 18.30-ға дейін.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өтініш қабылдау және нәтижесін беру сағат 13.00-ден 14.30-ға дейінгі түскі үзіліспен сағат 09.00-ден 17.30-ға дейін атқарылады. Алдын ала жазылу және жеделдетілген қызмет көрсету көзделмеген.</w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Услугодатель: с понедельника по субботу включительно, кроме выходных и праздничных дней, с 9.00 часов до 18.30 часов с перерывом на обед с 13.00 до 14.30 часов, согласно </w:t>
-[...86 lines deleted...]
-2) портале www.egov.kz.</w:t>
+Портал/www.edu.gov.kz-те тіркелген ұялы байланыстың абоненттік құрылғысы арқылы – жөндеу жұмыстарын жүргізуге байланысты техникалық үзілістерді қоспағанда тәулік бойы (көрсетілетін қызметті алушы жұмыс уақыты аяқталғаннан кейін, демалыс және мереке күндері өтініш жасаған жағдайда Қазақстан Республикасының еңбек заңнамасына және "Қазақстан Республикасындағы мерекелер туралы" Қазақстан Республикасының заңының </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5-бабына</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сәйкес өтініштер қабылдау және мемлекеттік көрсетілетін қызмет нәтижесін беру келесі жұмыс күні жүзеге асырылады).</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік қызмет көрсету орындарының мекенжайлары:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) көрсетілетін қызметті берушінің интернет-ресурсы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) www.egov.kz.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10185,191 +9631,195 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Перечень документов и сведений, истребуемых у услугополучателя для оказания государственной услуги</w:t>
+Мемлекеттік қызмет көрсету үшін қызмет алушыдан алынатын қажетті құжаттар тізбесі және мәліметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z157" w:id="84"/>
-[...118 lines deleted...]
-2) заключение врачебно-консультационной комиссии с рекомендацией по обучению на дому. Истребование от услугополучателей документов, которые могут быть получены из информационных систем, не допускается. Услугодатель получает согласие услугополучателя на использование сведений, составляющих охраняемую законом тайну, содержащихся в информационных системах, при оказании государственных услуг, если иное не предусмотрено законами Республики Казахстан.</w:t>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көрсетілетін қызметті алушы көрсетілетін қызметті берушіге жүгінген кезде:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) өтініш (еркін нысанда);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) үйде оқыту бойынша ұсынымдармен коса дәрігерлік-консультациялық комиссияның қорытындысы.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көрсетілетін қызметті алушы портал арқылы көрсетілетін қызметті берушіге жүгінген кезде:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) өтініш (еркін нысанда);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) үйде оқыту бойынша ұсынымдармен коса дәрігерлік-консультациялық комиссияның қорытындысы. Көрсетілетін қызметті алушылардан ақпараттық жүйелерден алуға болатын құжаттарды талап етуге жол берілмейді.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көрсетілген қызметті беруші мемлекеттік қызметтерді көрсету кезінде ақпараттық жүйелердегі заңмен қорғалатын құпиялардың қатарына кіретін мәліметтерді пайдалануға көрсетілетін қызметтерді алушының келісімін, егер Қазақстан Республикасының заңдарында өзгеше көзделмесе, алады.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10402,155 +9852,143 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Основания для отказа в оказании государственной услуги, установленные законодательством Республики Казахстан</w:t>
+Қазақстан Республикасының заңнамасында белгіленген мемлекеттік қызмет көрсетуден бас тарту үшін негіздер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z161" w:id="85"/>
-[...44 lines deleted...]
-              <w:t>2) несоответствие услугополучателя и (или) представленных материалов, объектов, данных и сведений, необходимых для оказания государственной услуги, требованиям, установленным нормативными правовыми актами Республики Казахстан;</w:t>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) мемлекеттік қызметті алу үшін көрсетілетін қызметті алушы ұсынған құжаттардың және (немесе) ондағы деректердің (мәліметтердің) дұрыс еместігі анықталған жағдайда;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) көрсетілетін қызметті алушының және (немесе) ұсынылған материалдардың, объектілердің, деректер мен ақпараттың, мемлекеттік қызметтерді көрсету үшін қажетті мәліметтердің, Қазақстан Республикасының нормативтік құқықтық актілерінде белгіленген талаптардың сәйкес келмеуі.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-3) отсутствие согласия услугополучателя, предоставляемого в соответствии со </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> Закона Республики Казахстан "О персональных данных и их защите", на доступ к персональным данным ограниченного доступа, которые требуются для оказания государственной услуги.</w:t>
+3) көрсетілетін қызметті алушының мемлекеттік қызмет көрсету үшін талап етілетін, "Дербес деректер және оларды қорғау туралы" Қазақстан Республикасы Заңының </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>8-бабына</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сәйкес берілетін қолжетімділігі шектеулі дербес деректерге қол жеткізуге келісімі болмауы бойынша мемлекеттік қызметтерді көрсетуден бас тартады.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10583,87 +10021,159 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Иные требования с учетом особенностей оказания государственной услуги, в том числе оказываемой в электронной форме и через Государственную корпорацию</w:t>
+Мемлекеттік қызметті, оның ішінд еэлектрондық нысанда және Мемлекеттік корпорация арқылы көрсету ерекшеліктері ескеріле отырып қойылатын өзге де талаптар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Услугополучатель имеет возможность получения информации о порядке и статусе оказания государственной услуги посредством единого контакт-центра, а также в проактивной форме через абонентское устройство сотовой связи зарегистрированного на www.egov.kz по вопросам оказания государственных услуг. Контактные телефоны справочных служб услугодателя по вопросам оказания государственной услуги размещены на интернет-ресурсе Министерства: www.edu.gov.kz в разделе "Государственные услуги". Единый контакт-центр по вопросам оказания государственных услуг: 8-800-080-7777, 1414. Услугополучатель имеет возможность получения государственной услуги в электронной форме через портал при условии наличия ЭЦП. Услугополучатель имеет возможность получения информации о порядке и статусе оказания государственной услуги в режиме удаленного доступа посредством "личного кабинета" портала, справочных служб услугодателя, а также Единого контакт-центра "1414", 8-800-080-7777. Электронный запрос третьих лиц, при условии согласия лица, в отношении которого запрашиваются сведения, предоставленного из "личного кабинета" на портале, а также посредством зарегистрированного на портале абонентского номера сотовой связи субъекта путем передачи одноразового пароля или путем отправления короткого текстового сообщения в качестве ответа на уведомление портала.</w:t>
+Көрсетілетін қызметті алушы мемлекеттік қызмет көрсету тәртібі және жағдайы туралы ақпаратты мемлекеттік қызмет көрсету мәселесі бойынша бірыңғай байланыс орталығы, сонымен қатар www.egov.kz-те тіркелген ұялы байланысының абоненттік құрылғысы арқылы алу мүмкіндігіне ие.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көрсетілетін қызметті берушінің мемлекеттік қызметті көрсету мәселелері бойынша ақпараттық қызметінің байланыс телефондары Министрліктің www.edu.gov.kz интернет-ресурсында "Мемлекеттік көрсетілетін қызметтер" бөлімінде орналастырылған. Мемлекеттік қызмет көрсету мәселелері бойынша Бірыңғай байланыс орталығы: 8-800-080-7777, 1414.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көрсетілетін қызметті алушының ЭЦҚ болған жағдайда Мемлекеттік көрсетілетін қызметті портал арқылы электрондық нысанда алуғамүмкіндігі бар.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көрсетілетін қызметті алушының мемлекеттік қызметті көрсету тәртібі мен мәртебесі туралы ақпаратты қашықтықтан қолжеткізу режимінде порталдағы "жеке кабинеті", көрсетілетін қызметті берушінің анықтамалық қызметтері, сондай-ақ 1414, 8-800-080-7777 бірыңғай байланыс орталығы арқылы алуға мүмкіндігі бар.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Порталдағы "жеке кабинеттен" ұсынылған мәліметтер сұратылып отырған тұлғаның келісімі болған жағдайда, сондай-ақ порталдағы хабарламаға жауап ретінде бір реттік парольді беру жолымен немесе қысқа мәтіндік хабарламаны жіберу жолымен субъектінің порталда тіркелген ұялы байланыстың абоненттік нөмірі арқылы үшінші тұлғалардың электрондық сұрау салуы.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -10688,803 +10198,771 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p/>
-[...17 lines deleted...]
-          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t> </w:t>
-[...29 lines deleted...]
-              <w:t>Приложение 6 к приказу</w:t>
+              <w:t>Қазақстан Республикасы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Исполняющий обязанности</w:t>
+              <w:t>Оқу-ағарту министрінің</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Министра просвещения</w:t>
+              <w:t>міндетін атқарушы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Республики Казахстан</w:t>
+              <w:t>2022 жылғы 17 қарашадағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>от 17 ноября 2022 года № 462</w:t>
+              <w:t>№ 462 бұйрығына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z164" w:id="86"/>
+    <w:bookmarkStart w:name="z55" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Правила оказания государственной услуги "Прием документов и зачисление в специальные организации (специальные группы/классы) образования детей с ограниченными возможностями для обучения по специальным общеобразовательным учебным программам"</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z165" w:id="87"/>
+        <w:t xml:space="preserve"> "Арнайы жалпы білім беретін оқу бағдарламалары бойынша оқыту үшін мүмкіндіктері шектеулі балалардың құжаттарын қабылдау және арнайы білім беру ұйымдарына (арнайы топтар/сыныптар) қабылдау" мемлекеттік қызмет көрсетудің қағидалары</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z56" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z166" w:id="88"/>
+        <w:t xml:space="preserve"> 1-Тарау. Жалпы ережелер</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z57" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Настоящие Правила оказания государственной услуги "Прием документов и зачисление в специальные организации (специальные группы/классы) образования детей с ограниченными возможностями для обучения по специальным общеобразовательным учебным программам" (далее - Правила) разработаны в соответствии с подпунктом 1) </w:t>
-[...23 lines deleted...]
-    <w:bookmarkStart w:name="z167" w:id="89"/>
+      1. "Арнайы жалпы білім беретін оқу бағдарламалары бойынша оқыту үшін мүмкіндіктері шектеулі балалардың құжаттарын қабылдау және арнайы білім беру ұйымдарына (арнайы топтар/сыныптар) қабылдау" мемлекеттік көрсетілетін қызмет қағидалары (бұдан әрі – Қағидалар) "Мемлекеттік көрсетілетін қызметтер туралы" Қазақстан Республикасының 2013 жылғы 15 сәуірдегі заңының (бұдан әрі – Заң) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>10-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) тармақшасына сәйкес әзірленді және оны қалыпастыру тәртібін анықтайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z58" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. В настоящих Правилах используется следующее понятие:</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z168" w:id="90"/>
+      2. Осы Қағидаларда мынадай ұғымдар пайдаланылады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z59" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) проактивная услуга - государственная услуга, оказываемая без заявления услугополучателя по инициативе услугодателя.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z169" w:id="91"/>
+      1) проактивті көрсетілетін қызмет – көрсетілетін қызметті алушының өтінішінсіз көрсетілетін қызметті берушінің бастамасы бойынша көрсетілетін мемлекеттік қызмет.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z60" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. Государственная услуга "Прием документов и зачисление в специальные организации (специальные группы/классы) образования детей с ограниченными возможностями для обучения по специальным общеобразовательным учебным программам" (далее - государственная услуга) оказывается специальными организациями образования и организациями основного среднего и общего среднего образования, дошкольными организациями всех видов (далее - услугодатель).</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z170" w:id="92"/>
+      3. "Арнайы жалпы білім беретін оқу бағдарламалары бойынша оқыту үшін мүмкіндіктері шектеулі балалардың құжаттарын қабылдау және арнайы білім беру ұйымдарына (арнайы топтар/сыныптар) қабылдау" мемлекеттік көрсетілетін қызметті (бұдан әрі – мемлекеттік көрсетілетін қызмет) арнайы білім беру ұйымдары (бұдан әрі – көрсетілетін қызметті беруші) көрсетеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z61" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Глава 2. Порядок оказания государственной услуги</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z171" w:id="93"/>
+        <w:t xml:space="preserve"> 2-Тарау. Мемлекеттік қызмет көрсетудің тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z62" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>
+      4. Мемлекеттік көрсетілетін қызметті алу үшін жеке тұлға (бұдан әрі – көрсетілетін қызметті алушы) көрсетілетін қызметті берушінің кеңсесі арқылы және/немесе "электрондық үкімет" веб-порталы арқылы: www.egov.kz.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">
-      4. Для получения государственной услуги физическое лицо (далее - услугополучатель) обращается в канцелярию услугодателя и/или через веб-портал "электронного правительства" www.egov.kz. </w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z172" w:id="94"/>
+      Көрсетілетін қызмет процесінің сипаттамасы, нысаны, мазмұны және нәтижесі енгізілген мемлекеттік қызметті көрсетуге қойылатын негізгі талаптардың тізбесі, сондай-ақ мемлекеттік қызметтің ерекшеліктері ескерілген басқа мәліметтер осы Қағидалардағы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес "Арнайы жалпы білім беретін оқу бағдарламалары бойынша оқыту үшін мүмкіндіктері шектеулі балалардың құжаттарын қабылдау және арнайы білім беру ұйымдарына (арнайы топтар/сыныптар) қабылдау" жөніндегі мемлекеттік көрсетілетін қызмет негізгі талаптарының тізбесінде берілген.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Основные требования к оказанию государственной услуги, включающие характеристики процесса, форму, содержание и результат оказания услуги, а также иные сведения с учетом особенностей предоставления государственной услуги приведен в Перечне основных требований к оказанию государственной услуги "Прием документов и зачисление в специальные организации (специальные группы/классы) образования детей с ограниченными возможностями для обучения по специальным общеобразовательным учебным программам" согласно приложению 1 к настоящим Правилам.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z173" w:id="95"/>
+      Құжаттар топтамасын көрсетілген қызметті беруші кеңсесі арқылы көрсетілген кезде көрсетілетін қызметті беруші өтініш пен құжаттар топтамасын қабылдайды, көрсетілетін қызметті берушінің басшысына береді. Көрсетілетін қызметті берушінің кеңсе қызметкері көрсетілетін қызметті алушыға құжаттардың қабылданғаны туралы қолхат (еркін нысанда) береді.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">
+      Көрсетілетін қызметті алушы құжаттардың толық емес тізбесін және (немесе) қолданылу мерзімі өтіп кеткен құжаттарды ұсынған кезде көрсетілетін қызметті беруші көрсетілген мерзімде өтінішті одан әрі қараудан дәлелді бас тартуды осы Қағидалардағы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z63" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-      При предоставлении пакета документов через канцелярию услугодателя услугодатель принимает заявление и пакет документов и передает документы услугополучателя руководителю услугодателя. Сотрудником канцелярии услугодателя выдается расписка о приеме документов (в произвольной форме) услугополучателю.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z174" w:id="96"/>
+      5. "Электрондық үкімет" веб-порталы арқылы жүгінген кезде www.egov.kz көрсетілетін қызметті алушы "Білім беру" бөлімінде электрондық мемлекеттік қызметті таңдауды, электрондық сұрау салу жолдарын толтыруды және құжаттар топтамасын бекітуді жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">
+      Көрсетілетін қызметті беруші үш жұмыс күні ішінде көрсетілетін қызметті алушының электрондық сұрау салуын өңдеуді (тексеруді, тіркеуді) жүзеге асырады және көрсетілетін қызметті алушының порталдағы "жеке кабинетіне" осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес құжаттарды қабылдау туралы хабарламаны не электрондық құжат нысанында осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес мемлекеттік қызмет көрсетуден бас тарту туралы дәлелді жауапты жолдайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-      При предоставлении услугополучателем неполного пакета документов и (или) документов с истекшим сроком действия для получения государственной услуги сотрудник канцелярии услугодателя отказывает в оказании государственной услуги и выдает уведомление об отказе в приеме документов по форме согласно приложению 2 к настоящим Правилам.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z175" w:id="97"/>
+      Көрсетілетін қызметті алушылардан ақпараттық жүйелерден алуға болатын құжаттарды талап етуге жол берілмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z64" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5. При обращении через веб-портал "электронного правительства" www.egov.kz услугополучатель осуществляет выбор электронной государственной услуги в разделе "Образование", заполнение полей электронного запроса и прикрепление пакета документов.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z176" w:id="98"/>
+      6. Оқу жылы басталғаннан кейін арнайы білім беру ұйымына (арнайы топтар/сыныптар) қабылдау үшін психологиялық-медициналық-педагогикалық консультацияның қорытындысы негіз болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z65" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Услугодатель в течении трех рабочих дней осуществляет обработку (проверку, регистрацию) электронного запроса услугополучателя и направляет в "личный кабинет" услугополучателя на портале уведомление о приеме документов согласно приложению 3 к настоящим Правилам либо готовит мотивированный отказ в дальнейшем рассмотрении заявления по форме согласно приложению 2 к настоящим Правилам и направляет в "личный кабинет" портала.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z177" w:id="99"/>
+      7. Көрсетілетін қызметті алушының құжаттарын көрсетілетін қызметті берушінің басшысы оқыту сыныбын, тілін анықтау үшін қарайды. Басшы құжаттарды қарағаннан кейін баланы оқытуды ұйымдастыру үшін мамандарға береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z66" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Истребование от услугополучателей документов, которые могут быть получены из информационных систем, не допускается.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z178" w:id="100"/>
+      8. Көрсетілетін қызметті беруші арнайы білім беру ұйымына (арнайы топтар/сыныптар) қабылдау туралы бұйрықты қалыптастырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z67" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">
+      9. Заңының 5-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-тармағының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 11) тармақшасына сәйкес көрсетілетін қызметті беруші мемлекеттік қызметті көрсету сатысы туралы мемлекеттік қызметтер көрсету мониторингісінің ақпараттық жүйесіне енгізуді қамтамасыз етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z68" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-      6. Основанием для зачисления в специальную организацию (специальные группы/классы) образования после начала учебного года является заключение психолого-медико-педагогической консультации.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z179" w:id="101"/>
+      10. Арнайы жалпы білім беретін оқу бағдарламалары бойынша оқыту үшін мүмкіндіктері шектеулі балалардың құжаттарын қабылдау және арнайы білім беру ұйымдарына (арнайы топтар/сыныптар) қабылдау жөніндегі мемлекеттік қызмет көрсетілетін қызметті берушінің бастамасымен мемлекеттік органдардың ақпараттық жүйелері арқылы көрсетілетін қызметті алушының ұялы байланысының абоненттік құрылғысының телефон нөмірін www.egov.kz "электрондық үкімет" веб-порталында тіркей отырып, проактивті жолмен көрсетуге болады және оған:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z69" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7. Документы услугополучателя рассматриваются руководителем услугодателя для определения класса, языка обучения. Руководитель после рассмотрения передает документы специалистам для организации обучения ребенка.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z180" w:id="102"/>
+      1) көрсетілетін қызметті алушыға бастауыш, негізгі орта, жалпы орта білім беру ұйымдарына денсаулығына байланысты ұзақ уақыт бойы бара алмайтын балаларды үйде жеке тегін оқытуды ұйымдастыру үшін құжаттар қабылдау жөніндегі мемлекеттік қызметті көрсетуге сұраным жасалған автоматты хабарлама жіберу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z70" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      8. Услугодатель формирует приказ о зачислении в специальную организацию образования (специальные группы/классы).</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z181" w:id="103"/>
+      2) проактивті қызметті көрсету үшін көрсетілетін қызметті алушының ұялы байланысының абоненттік құрылғысының көмегімен көрсетілетін қызметті алушының келісімін алу, сондай-ақ көрсетілетін қызметті алушыдан басқа қажетті, оның ішінде шектеулі қолжетімді мәліметтерді алу енеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...24 lines deleted...]
-    <w:bookmarkStart w:name="z182" w:id="104"/>
+        <w:t>
+      Көрсетілетін қызметті алушыдан жауапты күту мерзімі сұрау салуды алған сәттен бастап жиырма төрт сағатты құрайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z71" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3-Тарау. Республикалық маңызы бар қаланың және астананың, ауданның (облыстық маңызы бар қаланың) жергілікті атқарушы органдарына көрсетілетін мемлекеттік қызметті берушінің және (немесе) оның мемлекеттік қызмет көрсету мәселелері бойынша лауазымды адамдарының шешімдеріне, әрекетіне (әрекетсіздігіне) шағымдану тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z72" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      10. Государственная услуга по приему документов и зачислению в специальные организации (специальные группы/классы) образования детей с ограниченными возможностями для обучения по специальным общеобразовательным учебным программам может оказываться проактивным способом, по инициативе услугодателя посредством информационных систем государственных органов при регистрации телефонного номера абонентского устройства сотовой связи услугополучателя на веб-портале "электронного правительства" www.egov.kz и включать в себя:</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z183" w:id="105"/>
+      11. Мемлекеттік қызметтерді тікелей көрсететін орталық мемлекеттік органның, облыстың, республикалық маңызы бар қаланың, астананың, ауданның, облыстық маңызы бар қаланың жергілікті атқарушы органының, қаладағы аудан, аудандық маңызы бар қала, кент, ауыл, ауылдық округ әкімінің, көрсетілетін қызметті берушінің, Мемлекеттік корпорацияның атына келіп түскен көрсетілетін қызметті алушының шағымы оны тіркеген күннен бастап бес жұмыс күні ішінде қарауға жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) отправку автоматических уведомлений услугополучателю с запросом на оказание государственной услуги по приему документов и зачислению в специальные организации (специальные группы/классы) образования детей с ограниченными возможностями для обучения по специальным общеобразовательным учебным программам;</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z184" w:id="106"/>
+      Мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органның атына келіп түскен көрсетілетін қызметті алушының шағымы оның тіркелген күнінен бастап он бес жұмыс күні ішінде қаралуға жатады.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) получение согласия услугополучателя на оказание проактивной услуги, а также иных необходимых сведений от услугополучателя, в том числе ограниченного доступа, посредством абонентского устройства сотовой связи услугополучателя.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z185" w:id="107"/>
+      Шағымды қарау мерзімі ұзартылған жағдайда шағымдарды қарау бойынша өкілеттіктер берілген лауазымды адам шағымды қарау мерзімі ұзартылған кезден бастап үш жұмыс күні ішінде шағым берген көрсетілетін қызметті алушыға ұзарту себептерін көрсете отырып, шағымды қарау мерзімінің ұзартылғаны туралы жазбаша нысанда (шағым қағаз жеткізгіште берілген кезде) немесе электрондық нысанда (шағым электрондық түрде берілген кезде) хабарлайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z73" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...36 lines deleted...]
-        </w:rPr>
         <w:t>
-      11. Жалоба услугополучателя, поступившая в адрес центрального государственного органа, местного исполнительного органа области, города республиканского значения, столицы, района, города областного значения, акима района в городе, города районного значения, поселка, села, сельского округа, услугодателя, Государственной корпорации, непосредственно оказывающих государственные услуги, подлежит рассмотрению в течение пяти рабочих дней со дня ее регистрации.</w:t>
-[...122 lines deleted...]
-    <w:bookmarkEnd w:id="115"/>
+      12. Мемлекеттік қызмет көрсету нәтижелерімен келіспеген жағдайда көрсетілетін қызметті алушы Қазақстан Республикасының заңнамасында белгіленген тәртіппен сотқа жүгінуге құқылы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -11518,207 +10996,181 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 1 к правилам</w:t>
+              <w:t xml:space="preserve">"Арнайы жалпы білім беретін </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">оказания государственной </w:t>
+              <w:t xml:space="preserve">оқу бағдарламалары бойынша </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">услуги Правила оказания </w:t>
+              <w:t xml:space="preserve">оқыту үшін мүмкіндіктері </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>государственной услуги</w:t>
+              <w:t xml:space="preserve">шектеулі балалардың </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>"Прием документов и</w:t>
+              <w:t>құжаттарын қабылдау</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">зачисление в специальные </w:t>
+              <w:t xml:space="preserve">және арнайы білім беру </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">организации (специальные </w:t>
+              <w:t>ұйымдарына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">группы/классы) образования </w:t>
+              <w:t>(арнайы топтар/сыныптар)</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">детей с ограниченными </w:t>
+              <w:t xml:space="preserve">қабылдау" мемлекеттік </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>возможностями для обучения</w:t>
+              <w:t xml:space="preserve">көрсетілетін қызмет қағидасына </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">по специальным </w:t>
-[...25 lines deleted...]
-              <w:t>программам"</w:t>
+              <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
@@ -11737,51 +11189,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Перечень основных требований государственной услуги ""Прием документов и зачисление в специальные организации (специальные группы/классы) образования детей с ограниченными возможностями для обучения по специальным общеобразовательным учебным программам"</w:t>
+"Арнайы жалпы білім беретін оқу бағдарламалары бойынша оқыту үшін мүмкіндіктері шектеулі балалардың құжаттарын қабылдау және арнайы білім беру ұйымдарына (арнайы топтар/сыныптар) қабылдау" мемлекеттік қызмет көрсетудің қағидалары</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11814,87 +11266,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Наименование услугодателя</w:t>
+Көрсетілетін қызметті берушінің атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Специальные организации образования</w:t>
+Арнайы білім беру ұйымдары</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11927,107 +11379,105 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Способы предоставления государственной услуги (каналы доступа)</w:t>
+Мемлекеттік қызметті ұсыну тәсілдері (қол жеткізу арналары)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z195" w:id="116"/>
-[...34 lines deleted...]
-- абонентское устройство сотовой связи зарегистрированного на www.egov.kz.</w:t>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- арнайы білім беру ұйымдары; - "электрондық үкіметтің" веб-порталы: www.egov.kz;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+www.egov.kz-те тіркелген ұялы байланысының абоненттік құрылғысы арқылы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12060,163 +11510,141 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Срок оказания государственной услуги</w:t>
+Мемлекеттік қызмет көрсету мерзімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z196" w:id="117"/>
-[...90 lines deleted...]
-3) максимально допустимое время обслуживания услугополучателя услугодателем - не более 15 (пятнадцати) минут.</w:t>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+құжаттар топтамасын тапсырған сәттен бастап:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) арнайы білім беру ұйымына қабылдау үшін — күнтізбелік жылдың 30 тамызынан кешіктірмей, бірінші сыныпқа — күнтізбелік жылдың 1 шілдесінен бастап 30 тамызы аралығында;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) көрсетілетін қызметті алушының көрсетілетін қызметті берушіге құжаттар топтамасын тапсыруы үшін күтудің рұқсат етілген ең ұзақ уақыты 15 минуттан аспайды;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) көрсетілетін қызметті алушыға қызмет көрсетудің рұқсат етілген ең ұзақ уақыты 15 минуттан аспайды.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12249,87 +11677,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Форма оказания оказания государственной услуги</w:t>
+Мемлекеттік қызмет көрсетудің нысаны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Электронная (частично автоматизированная) Бумажная/проактивная</w:t>
+Электрондық (ішінара автоматтандырылған) Қағаз/проактивті түрінде</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12362,87 +11790,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Результат оказания государственной услуги</w:t>
+Мемлекеттік қызметті көрсету нәтижесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Результат оказания государственной услуги: 1) расписка о приеме документов (в произвольной форме); 2) приказ о зачислении в специальную организацию образования. Форма предоставления результата оказания государственной услуги: электронная и (или) бумажная/проактивная. На портале результат оказания государственной услуги направляется и хранится в "личном кабинете" услугополучателя в форме электронного документа.</w:t>
+Мемлекеттік қызметті көрсету нәтижесі:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) құжаттарды қабылдау туралы қолхат (еркін түрде);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) арнаулы білім беру ұйымына қабылдау туралы бұйрық. Мемлекеттік қызметті көрсету нәтижесін ұсыну түрі: электрондық және (немесе) қағаз түрінде. Порталда мемлекеттік қызметті көрсету нәтижесі электрондық құжат нысанында көрсетілетін қызметті алушының "жеке кабинетінде" жолданады және сақталады.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12475,87 +11939,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Размер оплаты, взимаемой с услугополучателя при оказании государственной услуги, и способы ее взимания в случаях, предусмотренных законодательством Республики Казахстан</w:t>
+Мемлекеттік қызмет көрсету кезінде көрсетілетін қызметті алушыдан алынатын төлем мөлшері және Қазақстан Республикасының заңнамасында көзделген жағдайларда оны алу тәсілдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Государственная услуга оказывается бесплатно физическим лицам, в том числе в проактивной форме.</w:t>
+Мемлекеттік қызмет жеке тұлғаларға, сонымен қатар проактивті түрде тегін көрсетіледі.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12588,175 +12052,143 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-График работы</w:t>
+Жұмыс кестесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z199" w:id="118"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Услугодатель: с понедельника по субботу включительно, кроме выходных и праздничных дней, с 9.00 часов до 18.30 часов с перерывом на обед с 13.00 до 14.30 часов, согласно </w:t>
-[...86 lines deleted...]
-2) портале www.egov.kz.</w:t>
+Қызмет беруші: Қазақстан Республикасының еңбек заңнамасына сәйкес демалыс және мереке күндерін қоспағанда, дүйсенбі - жұма аралығында сағат 13.00-ден 14.30-ға дейінгі түскі үзіліспен сағат 09.00-ден 18.30-ға дейін. Өтініш қабылдау және нәтижесін беру сағат 13.00-ден 14.30-ға дейінгі түскі үзіліспен сағат 09.00-ден 17.30-ға дейін атқарылады. Алдын ала жазылу және жеделдетіп қызмет көрсету қарастырылмаған. Портал/www.edu.gov.kz-те тіркелген ұялы байланыстың абоненттік құрылғысы арқылы жұмыс кестесі – жөндеу жұмыстарын жүргізуге байланысты техникалық үзілістерді қоспағанда тәулік бойы (көрсетілетін қызметті алушы жұмыс уақыты аяқталғаннан кейін, демалыс және мереке күндері өтініш жасаған жағдайда Қазақстан Республикасының еңбек заңнамасына және "Қазақстан Республикасындағы мерекелер туралы" Қазақстан Республикасы заңының </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5-бабына</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сәйкес өтініштер қабылдау және мемлекеттік көрсетілетін қызмет нәтижесін беру келесі жұмыс күні жүзеге асырылады). Мемлекеттік қызмет көрсету орындарының мекенжайлары:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) көрсетілетін қызметті берушінің интернет-ресурсында;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) www.egov.kz порталында орналасқан.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12789,163 +12221,159 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Перечень документов необходимых для оказания государственной услуги</w:t>
+Мемлекеттік қызмет көрсету үшін қызмет алушыдан алынатын қажетті құжаттар тізбесі және мәліметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z201" w:id="119"/>
-[...90 lines deleted...]
-2) заключение психолого-медико-педагогической консультации. Истребование от услугополучателей документов, которые могут быть получены из информационных систем, не допускается. Услугодатель получает согласие услугополучателя на использование сведений, составляющих охраняемую законом тайну, содержащихся в информационных системах, при оказании государственных услуг, если иное не предусмотрено законами Республики Казахстан.</w:t>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көрсетілетін қызметті алушы көрсетілетін қызметті берушіге жүгінген кезде:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) көрсетілетін қызметті алушының ата-анасының немесе өзге де заңды өкілінің арнаулы білім беру ұйымына қабылдау туралы өтініші (еркін түрде).</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) психологиялық-медициналық-педагогикалық консультацияның қорытындысы. Көрсетілетін қызметті алушы портал арқылы көрсетілетін қызметті берушіге жүгінген кезде:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) көрсетілетін қызметті алушының ата-анасының немесе өзге заңды өкілінің арнаулы білім беру ұйымына қабылдау туралы өтініші (еркін түрде););</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) психологиялық-медициналық-педагогикалық консультацияның қорытындысы. Көрсетілетін қызметті алушылардан ақпараттық жүйелерден алуға болатын құжаттарды талап етуге жол берілмейді. Көрсетілген қызметті беруші мемлекеттік қызметтерді көрсету кезінде ақпараттық жүйелердегі заңмен қорғалатын құпиялардың қатарына кіретін мәліметтерді пайдалануға көрсетілетін қызметтерді алушының келісімін, егер Қазақстан Республикасының заңдарында өзгеше көзделмесе, алады.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12978,155 +12406,143 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Основания для отказа в оказании государственной услуги, установленные законодательством Республики Казахстан</w:t>
+Қазақстан Республикасының заңнамасында белгіленген мемлекеттік қызмет көрсетуден бас тарту үшін негіздер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z204" w:id="120"/>
-[...44 lines deleted...]
-              <w:t>2) несоответствие услугополучателя и (или) представленных материалов, объектов, данных и сведений, необходимых для оказания государственной услуги, требованиям, установленным нормативными правовыми актами Республики Казахстан;</w:t>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) мемлекеттік қызметті алу үшін көрсетілетін қызметті алушы ұсынған құжаттардың және (немесе) ондағы деректердің (мәліметтердің) дұрыс еместігі анықталған жағдайда;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) көрсетілетін қызметті алушының және (немесе) ұсынылған материалдардың, объектілердің, деректер мен ақпараттың, мемлекеттік қызметтерді көрсету үшін қажетті мәліметтердің, Қазақстан Республикасының нормативтік құқықтық актілерінде белгіленген талаптардың сәйкес келмеуі.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-3) отсутствие согласия услугополучателя, предоставляемого в соответствии со </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> Закона Республики Казахстан "О персональных данных и их защите", на доступ к персональным данным ограниченного доступа, которые требуются для оказания государственной услуги.</w:t>
+3) көрсетілетін қызметті алушының мемлекеттік қызмет көрсету үшін талап етілетін, "Дербес деректер және оларды қорғау туралы" Қазақстан Республикасы Заңының </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>8-бабына</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сәйкес берілетін қолжетімділігі шектеулі дербес деректерге қол жеткізуге келісімі болмауы бойынша мемлекеттік қызметтерді көрсетуден бас тартады.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -13159,87 +12575,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Иные требования с учетом особенностей оказания государственной услуги, в том числе оказываемой в электронной форме и через Государственную корпорацию</w:t>
+Мемлекеттік қызметті, оның ішінде электрондық нысанда және Мемлекеттік корпорация арқылы көрсету ерекшеліктері ескеріле отырып қойылатын өзге де талаптар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Услугополучатель имеет возможность получения информации о порядке и статусе оказания государственной услуги посредством единого контакт-центра по вопросам оказания государственных услуг. Контактные телефоны справочных служб услугодателя по вопросам оказания государственной услуги размещены на интернет-ресурсе Министерства: www.edu.gov.kz в разделе "Государственные услуги". Единый контакт-центр по вопросам оказания государственных услуг: 8-800-080-7777, 1414. Услугополучатель имеет возможность получения государственной услуги в электронной форме через портал при условии наличия ЭЦП. Услугополучатель имеет возможность получения информации о порядке и статусе оказания государственной услуги в режиме удаленного доступа посредством "личного кабинета" портала, справочных служб услугодателя, а также Единого контакт-центра "1414", 8-800-080-7777. Электронный запрос третьих лиц, при условии согласия лица, в отношении которого запрашиваются сведения, предоставленного из "личного кабинета" на портале, а также посредством зарегистрированного на портале абонентского номера сотовой связи субъекта путем передачи одноразового пароля или путем отправления короткого текстового сообщения в качестве ответа на уведомление портала.</w:t>
+Көрсетілетін қызметті алушы мемлекеттік қызмет көрсету тәртібі және жағдайы туралы ақпаратты мемлекеттік қызмет көрсету мәселесі бойынша бірыңғай байланыс орталығы арқылы алу мүмкіндігіне ие. Көрсетілетін қызметті берушінің мемлекеттік қызметті көрсету мәселелері бойынша ақпараттық қызметінің байланыс телефондары Министрліктің www.edu.gov.kz интернет-ресурсында "Мемлекеттік көрсетілетін қызметтер" бөлімінде орналастырылған. Мемлекеттік қызмет көрсету мәселелері бойынша Бірыңғай байланыс орталығы: 8-800-080-7777, 1414. Көрсетілетін қызметті алушының ЭЦҚ болған жағдайда Мемлекеттік көрсетілетін қызметті портал арқылы электрондық нысанда алуға мүмкіндігі бар. Көрсетілетін қызметті алушының мемлекеттік қызметті көрсету тәртібі мен мәртебесі туралы ақпаратты қашықтықтан қол жеткізу режимінде порталдағы "жеке кабинеті", көрсетілетін қызметті берушінің анықтамалық қызметтері, сондай-ақ "1414", 8-800-080-7777 бірыңғай байланыс орталығы арқылы алуға мүмкіндігі бар. Порталдағы "жеке кабинеттен" ұсынылған мәліметтер сұратылып отырған тұлғаның келісімі болған жағдайда, сондай-ақ порталдағы хабарламаға жауап ретінде бір реттік парольді беру жолымен немесе қысқа мәтіндік хабарламаны жіберу жолымен субъектінің порталда тіркелген ұялы байланыстың абоненттік нөмірі арқылы үшінші тұлғалардың электрондық сұрау салуы.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -13264,51 +12680,197 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">"Арнайы жалпы білім беретін </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">оқу бағдарламалары бойынша </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">оқытуүшін мүмкіндіктері </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">шектеулі балалардың </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>құжаттарын қабылдау</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">және арнайы білім беру </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ұйымдарына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(арнайы топтар/сыныптар) </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">қабылдау" мемлекеттік </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">көрсетілетін қызмет қағидасына </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2-қосымша</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
@@ -13327,181 +12889,51 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 2 к правилам</w:t>
-[...129 lines deleted...]
-              <w:t>учебным программам"</w:t>
+              <w:t>Нысаны</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -13522,349 +12954,292 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Форма</w:t>
+              <w:t xml:space="preserve">(Тегі, аты, әкесінің аты </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(болған кезде)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>немесе ұйымның атауы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>көрсетілетін қызметті алушы)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(көрсетілетін қызметті </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>алушының мекенжайы)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ________________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z77" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> [МО атауы]</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z208" w:id="121"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-                                                 (Фамилия, имя, отчество</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="121"/>
+      Бас тарту туралы ХАБАРЛАМА</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">                                                 (при его наличии)</w:t>
+        <w:t>
+      Құрметті: [Оқушының тегі, аты, әкесінің аты (болған кезде)]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">                                                 либо наименование организации</w:t>
+        <w:t>
+      [Білім беру ұйымының атауы], [сынып, оқу тілі] оқуға қабылдау үшін</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">                                                 услугополучателя)</w:t>
+        <w:t>
+      құжаттар ҚАБЫЛДАНБАЙДЫ.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">                                                 ____________________________</w:t>
+        <w:t>
+      Себебі ____________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">                                                 (адрес услугополучателя)</w:t>
+        <w:t>
+      Түсіндіру үшін қабылдау коммисиясына [білім беру ұйымының атауы] хабарласуларыңызды сұраймыз</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z209" w:id="122"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      __________________________________________________________</w:t>
-[...170 lines deleted...]
-        <w:t xml:space="preserve">       Адрес ________________________</w:t>
+      Мекенжай ____________________</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -13900,396 +13275,349 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 3 к правилам</w:t>
+              <w:t xml:space="preserve">"Арнайы жалпы білім беретін </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">оказания государственной </w:t>
+              <w:t xml:space="preserve">оқу бағдарламалары бойынша </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">услуги "Прием документов и </w:t>
+              <w:t xml:space="preserve">оқыту үшін мүмкіндіктері </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">зачисление в специальные </w:t>
+              <w:t xml:space="preserve">шектеулі балалардың </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">организации (специальные </w:t>
+              <w:t>құжаттарын қабылдау</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>группы/классы)</w:t>
+              <w:t xml:space="preserve">және арнайы білім беру </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">образования детей с </w:t>
+              <w:t>ұйымдарына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">ограниченными возможностями </w:t>
+              <w:t>(арнайы топтар/сыныптар)</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">для обучения по специальным </w:t>
+              <w:t xml:space="preserve">қабылдау" мемлекеттік </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>общеобразовательным</w:t>
+              <w:t xml:space="preserve">көрсетілетін қызмет қағидасына </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>учебным программам"</w:t>
+              <w:t>3-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z79" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> _____________________________________________ [МО атауы]</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z211" w:id="123"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      _____________________________________________</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="123"/>
+      Құжаттарды қабылдау және оқуға қабылдау туралы хабарлама</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">                   [Наименование ГО]</w:t>
+        <w:t>
+      [білім беру ұйымының атауы]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">       Уведомление о приеме документов и зачислении</w:t>
+        <w:t>
+      Құрметті: [Оқушының тегі, аты, әкесінің аты (болған кезде)]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">       в [наименование организации образования]</w:t>
+        <w:t>
+      Құжаттар [білім беру ұйымының атауы] қабылданды. Сіз [күні] № [бұйрық нөмірі] бұйрығына сәйкес [сынып, әдебиет, оқу тілі] қабылдандыңыз.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">       Уважаемый: [Фамилия, имя, отчество (при его наличии) школьника]</w:t>
+        <w:t>
+      Сізден [мектеп атауы] баруыңызды сұраймыз_____________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">       Документы в [Наименование организации образования] приняты.</w:t>
-[...67 lines deleted...]
-        <w:t xml:space="preserve">       Адрес __________________</w:t>
+        <w:t>
+      Мекенжай____________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
-					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
+					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>