--- v0 (2025-10-10)
+++ v1 (2025-11-09)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="73f0443" w14:textId="73f0443">
+    <w:p w14:paraId="07240b4" w14:textId="07240b4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -76,389 +76,379 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Об утверждении Типовых правил приема на обучение в организации образования, реализующие общеобразовательные учебные программы начального, основного среднего и общего среднего образования</w:t>
-[...25 lines deleted...]
-      <w:bookmarkStart w:name="z4" w:id="0"/>
+        <w:t>Бастауыш, негізгі орта және жалпы орта білімнің жалпы білім беретін оқу бағдарламаларын іске асыратын білім беру ұйымдарына оқуға қабылдаудың үлгілік қағидаларын бекіту туралы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасы Білім және ғылым министрінің 2018 жылғы 12 қазандағы № 564 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2018 жылғы 16 қазанда № 17553 болып тіркелді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z1" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      В соответствии с </w:t>
-[...39 lines deleted...]
-        <w:t xml:space="preserve"> Закона Республики Казахстан от 15 апреля 2013 года "О государственных услугах" </w:t>
+      "Білім туралы" 2007 жылғы 27 шілдедегі Қазақстан Республикасы Заңының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 11) тармақшасына және "Мемлекеттік көрсетілетін қызметтер туралы" 2013 жылғы 15 сәуірдегі Қазақстан Республикасы Заңының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>10-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) тармақшасына сәйкес </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ПРИКАЗЫВАЮ</w:t>
-[...9 lines deleted...]
-        <w:t>:</w:t>
+        <w:t>БҰЙЫРАМЫН:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Преамбула в редакции приказа Министра образования и науки РК от 24.06.2020 </w:t>
+        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда - ҚР Білім және ғылым министрінің 24.06.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 264</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z5" w:id="1"/>
+    <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Утвердить прилагаемые </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> приема на обучение в организации образования, реализующие общеобразовательные учебные программы начального, основного среднего и общего среднего образования.</w:t>
+      1. Қоса беріліп отырған Бастауыш, негізгі орта және жалпы орта білімнің жалпы білім беретін оқу бағдарламаларын іске асыратын білім беру ұйымдарына қабылдаудың үлгілік </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қағидалары</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бекітілсін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z6" w:id="2"/>
-[...15 lines deleted...]
-      2. Департаменту дошкольного и среднего образования Министерства образования и науки Республики Казахстан (Каринова Ш.Т.) в установленном законодательством Республики Казахстан порядке обеспечить:</w:t>
+    <w:bookmarkStart w:name="z3" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Қазақстан Республикасы Білім және ғылым министрлігінің Мектепке дейінгі және орта білім департаменті (Ш.Т. Каринова) заңнамада белгіленген тәртіппен:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z7" w:id="3"/>
-[...15 lines deleted...]
-      1) государственную регистрацию настоящего приказа в Министерстве юстиции Республики Казахстан; </w:t>
+    <w:bookmarkStart w:name="z4" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) осы бұйрықтың Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркелуін;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z8" w:id="4"/>
-[...15 lines deleted...]
-      2) в течение десяти календарных дней со дня государственной регистрации настоящего приказа направление его копии в бумажном и электронном виде на казахском и русском языках в Республиканское государственное предприятие на праве хозяйственного ведения "Республиканский центр правовой информации" для официального опубликования и включения в Эталонный контрольный банк нормативных правовых актов Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z5" w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) осы бұйрық мемлекеттік тіркелген күнінен бастап күнтізбелік он күн ішінде оның көшірмесін қағаз және электронды түрде қазақ және орыс тілдерінде ресми жариялау және Қазақстан Республикасы нормативтік құқықтық актілерінің эталондық бақылау банкіне енгізу үшін "Республикалық құқықтық ақпарат орталығы" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорнына жолдауды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z9" w:id="5"/>
-[...15 lines deleted...]
-      3) размещение настоящего приказа на интернет-ресурсе Министерства образования и науки Республики Казахстан после его официального опубликования;</w:t>
+    <w:bookmarkStart w:name="z6" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) осы бұйрық ресми жарияланғаннан кейін оны Қазақстан Республикасы Білім және ғылым министрлігінің интернет-ресурсында орналастыруды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z10" w:id="6"/>
-[...15 lines deleted...]
-      4) в течение десяти рабочих дней после государственной регистрации настоящего приказа представление в Департамент юридической службы Министерства образования и науки Республики Казахстан сведений об исполнении мероприятий, предусмотренных подпунктами 1), 2) и 3) настоящего пункта.</w:t>
+    <w:bookmarkStart w:name="z7" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) осы бұйрық мемлекеттік тіркеуден өткеннен кейін он жұмыс күні ішінде Қазақстан Республикасы Білім және ғылым министрлігінің Заң қызметі департаментіне осы тармақтың 1), 2) және 3) тармақшаларында көзделген іс-шаралардың орындалуы туралы мәліметтерді ұсынуды қамтамасыз етсін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z11" w:id="7"/>
-[...15 lines deleted...]
-      3. Контроль за исполнением настоящего приказа возложить на вице-министра образования и науки Республики Казахстан Суханбердиеву Э.А.</w:t>
+    <w:bookmarkStart w:name="z8" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Осы бұйрықтың орындалуын бақылау Қазақстан Республикасының Білім және ғылым вице-министрі Э.А. Суханбердиеваға жүктелсін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z12" w:id="8"/>
-[...15 lines deleted...]
-      4. Настоящий приказ вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования.</w:t>
+    <w:bookmarkStart w:name="z9" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Осы бұйрық алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -477,92 +467,75 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">      </w:t>
-[...9 lines deleted...]
-              <w:t xml:space="preserve">Министр образования и науки </w:t>
+              <w:t>      Қазақстан Республикасының</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...5 lines deleted...]
-            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Республики Казахстан </w:t>
+              <w:t>Білім және ғылым министрі</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -570,51 +543,51 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Е. Сагадиев</w:t>
+              <w:t>Е. Сағадиев</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
@@ -664,6150 +637,6143 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Утверждены</w:t>
+              <w:t>Қазақстан Республикасы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>приказом Министра</w:t>
+              <w:t>Білім және ғылым министрінің</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>образования и науки</w:t>
+              <w:t>2018 жылғы 12 қазандағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Республики Казахстан</w:t>
-[...12 lines deleted...]
-              <w:t>от 12 октября 2018 года № 564</w:t>
+              <w:t>№ 564 бұйрығына қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z15" w:id="9"/>
+    <w:bookmarkStart w:name="z11" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Типовые правила приема на обучение в организации образования, реализующие общеобразовательные учебные программы начального, основного среднего, общего среднего образования</w:t>
+        <w:t xml:space="preserve"> Бастауыш, негізгі орта және жалпы орта білімнің жалпы білім беретін оқу бағдарламаларын іске асыратын білім беру ұйымдарына оқуға қабылдаудың үлгілік қағидалары</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z16" w:id="10"/>
+    <w:bookmarkStart w:name="z12" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Осы Бастауыш, негізгі орта және жалпы орта, білімнің жалпы білім беретін оқу бағдарламаларын іске асыратын білім беру ұйымдарына оқуға қабылдаудың үлгілік қағидалары (бұдан әрі – Үлгілік қағидалар) "Білім туралы" 2007 жылғы 27 шілдедегі Қазақстан Республикасы Заңының (бұдан әрі – Заң) 5-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>11) тармақшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және "Мемлекеттік көрсетілетін қызметтер туралы" 2013 жылғы 15 сәуірдегі Қазақстан Республикасы Заңының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>10-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) тармақшасына сәйкес әзірленген бастауыш, негізгі орта және жалпы орта білімнің жалпы білім беретін оқу бағдарламаларын іске асыратын білім беру ұйымдарына (бұдан әрі - білім беру ұйымдары) оқуға қабылдаудың тәртібін, сондай-ақ "Бастауыш, негізгі орта, жалпы орта білім берудің жалпы білім беретін бағдарламалары бойынша оқыту үшін ведомстволық бағыныстылығына қарамастан білім беру ұйымдарына құжаттар қабылдау және оқуға қабылдау" және "Бастауыш, негізгі орта, жалпы орта білім беру ұйымдары арасында балаларды ауыстыру үшін құжаттарды қабылдау" мемлекеттік көрсетілетін қызметтер тәртібін айқындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - ҚР Білім және ғылым министрінің 03.06.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 275</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z13" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Білім беру ұйымдары оқуға қабылдауды Қазақстан Республикасының Конституциясына, Заңға, осы Қағидаларға, өзге де нормативтік құқықтық актілерге, сондай-ақ олардың негізінде әзірленген білім беру ұйымдарының жарғыларына сәйкес жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z14" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Білім алушылардың қатарына қабылдау білім беру ұйымы басшысының бұйрығы негізінде жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z15" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Сыныптарды білім алушылардың даярлық деңгейі және даму дәрежесі бойынша жасақтауға рұқсат етілмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z16" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5. Білім беру ұйымдарына білім алушыларды қабылдау кезінде білім беру ұйымдарының басшылары Қазақстан Республикасы Білім және ғылым министрінің 2016 жылғы 28 қаңтардығы № 93 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығымен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 13227 болып тіркелген) бекітілген білім беру қызметтерін көрсетудің үлгілік шартына сәйкес білім беру қызметтерін көрсету үшін балалардың немесе білім алушылардың ата-аналарымен немесе өзге де заңды өкілдерімен шарт жасайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6. Алынып тасталды - ҚР Білім және ғылым министрінің 03.06.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 275</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z18" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Баланың немесе білім алушының ата-аналары немесе өзге де заңды өкілдері баланың немесе білім алушының тілегі, жеке бейімділігі мен ерекшеліктерін ескере отырып және қабылдау шарттарына сәйкес білім беру ұйымдарын таңдайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 7-тармақ жаңа редакцияда - ҚР Білім және ғылым министрінің 24.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z19" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Білім беру ұйымына оқуға қабылдаудан бас тартылған жағдайда білім алушының ата-анасы немесе өзге заңды өкілдері тұрғылықты жері бойынша білім беруді басқарудың жергілікті органдарына жүгінеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z20" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z17" w:id="11"/>
+        <w:t xml:space="preserve"> 2-бөлім. Бастауыш, негізгі орта және жалпы орта білімнің жалпы білім беретін оқу бағдарламаларын іске асыратын білім беру ұйымдарына оқуға қабылдау тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z21" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Бастауыш білімнің жалпы оқу бағдарламаларын іске асыратын білім беру ұйымдары дайындық деңгейіне қарамастан, білім беру ұйымы қызмет көрсететін аумақта тұратын барлық балалардың қолжетімділігін қамтамасыз ете отырып, алты жастағы және күнтізбелік жылда алты жасқа толатын балаларды бірінші сыныпқа қабылдауды қамтамасыз етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Білім беру ұйымына қызмет ету аумағы республикалық маңызы бар қалалардың, астананың, аудандардың (облыстық маңызы бар қалалардың) білім беруді басқару органдарының бұйрығымен бекітіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 9-тармақ жаңа редакцияда - ҚР Білім және ғылым министрінің 03.06.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 275</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z55" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9-1. Құжаттарды қабылдау және мемлекеттік қызметті көрсетудің нәтижелерін беру екі тәсіл: көрсетілетін қызметті беруші арқылы "электрондық үкімет" веб-порталы (бұдан әрі – портал) және бастауыш, негізгі орта, жалпы орта білім беру ұйымдары арқылы (бұдан әрі - көрсетілетін қызметті беруші) қағаз түрінде жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Настоящие Типовые правила приема на обучение в организации образования, реализующие общеобразовательные учебные программы начального, основного среднего, общего среднего, образования (далее –Типовые правила) разработаны в соответствии с </w:t>
-[...42 lines deleted...]
-    <w:bookmarkEnd w:id="11"/>
+      Мемлекеттік қызметті алу үшін баланың ата-аналары немесе өзге заңды өкілдері (бұдан әрі - көрсетілетін қызметті алушы) көрсетілетін қызметті берушіге мемлекеттік қызметті көрсету стандартында көрсетілген Үлгілік қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-қосымшаның</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес құжаттар тізбесін ұсынады.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции приказа Министра образования и науки РК от 03.06.2021 </w:t>
+        <w:t xml:space="preserve">      Ескерту. Қағида 9-1-тармақпен толықтырылды - ҚР Білім және ғылым министрінің 24.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z54" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9-2. Бастауыш білімнің жалпы білім беретін оқу бағдарламаларын іске асыратын білім беру ұйымдарының бірінші сыныбына қабылданатын балалардың ата-аналарынан немесе өзге де заңды өкілдерінен құжаттарды қабылдау ағымдағы күнтізбелік жылдың 1 сәуірінен бастап 1 тамызына дейін жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тиісті мемлекеттік органдар шектеу іс-шараларын жүзеге асырған, төтенше жағдай енгізілген, белгілі бір аумақта әлеуметтік, табиғи және техногендік сипаттағы төтенше жағдайлар туындаған жағдайларда білім беру ұйымдарының бірінші сыныбына құжаттарды қабылдау ағымдағы жылғы 20 тамыздан кешіктірілмей жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Қағида 9-2-тармақпен толықтырылды - ҚР Білім және ғылым министрінің 24.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); жаңа редакцияда – ҚР Білім және ғылым министрінің 07.08.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 332</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғаш ресми жарияланған күнінен бастап қолданысқа енгізіледі) бұйрықтарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z53" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9-3. Портал арқылы жүгінген көрсетілетін қызметті алушының "жеке кабинетіне" мемлекеттік көрсетілетін қызмет нәтижесінің алу күні мен уақытын көрсете отырып, мемлекеттік қызметті көрсету үшін өтінімнің қабылданғаны туралы хабарлама (құжаттарды қабылдау не дәлелді бас тарту) жіберіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Қағида 9-3-тармақпен толықтырылды - ҚР Білім және ғылым министрінің 24.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z52" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9-4. Портал арқылы жүгінген кезде көрсетілетін қызметті алушының "жеке кабинетіне" бір жұмыс күні ішінде көрсетілетін қызметті берушінің уәкілетті тұлғасының электрондық цифрлық қолтаңбасымен (бұдан әрі - ЭЦҚ) қол қойылған электрондық құжат нысанында баланың ағымдағы жылдың 1 қыркүйегінен бастап білім беру ұйымына қабылданатыны туралы хабарлама не болмаса дәлелді бас тарту келеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Қағида 9-4-тармақпен толықтырылды - ҚР Білім және ғылым министрінің 24.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z51" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9-5. Көрсетілетін қызметті беруші оқуға қабылдау кезінде ағымдағы жылғы 1 қыркүйектен бастап білім беру ұйымының қызмет көрсету аумағынан көрсетілетін қызметті алушыларға өтініш берген бірінші үшеуге оқуға қабылданғаны туралы, содан соң - ағымдағы жылғы 1 қыркүйектен бастап бірінші болып тіркелгендердің ішінен білім беру ұйымының қызмет көрсету аумағынан тыс 1 (бір) үміткерге оқуға қабылданғаны туралы хабарлама жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Қағида 9-5-тармақпен толықтырылды - ҚР Білім және ғылым министрінің 24.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z50" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      9-6. Көрсетілетін қызметті беруші арқылы өтінімді қағаз жеткізгіште берген кезде көрсетілетін қызметті берушінің қызметкері құжаттарды тіркейді және бір жұмыс күні ішінде көрсетілетін қызметті алушыға Үлгілік қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша баланың ағымдағы жылғы 1 қыркүйектен бастап қабылданатыны немесе дәлелді бас тарту туралы қолхат береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Өтінімді қағаз жеткізгіште берген жағдайда, көрсетілетін қызметті беруші баланы қабылдаған кезде ағымдағы жылғы 1 қыркүйектен бастап білім беру ұйымының қызмет көрсету аумағынан көрсетілетін қызметті алушыға өтініш берген бірінші үшеуін қабылдау туралы, содан кейін - ағымдағы жылғы 1 қыркүйектен бастап бірінші болып тіркелгендердің ішінен білім беру ұйымының қызмет көрсету аумағынан тыс 1 (бір) үміткерге қабылдау туралы хабарлама жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Білім беру ұйымы бірінші сыныпқа қабылдау туралы бұйрықты ағымдағы жылғы 25 тамыздан кейін шығарады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Қағида 9-6-тармақпен толықтырылды - ҚР Білім және ғылым министрінің 24.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z93" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9-7. Балаларды гимназиялар мен лицейлердің бірінші сыныбына қабылдау үшін білім беру ұйымдары мерзімдері, нысандары мен тапсырмалары күнтізбелік жылғы 15 маусымға дейін дербес белгілейтін емтихандар өткізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Қағида 9-7-тармақпен толықтырылды - ҚР Білім және ғылым министрінің 03.06.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 275</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие со дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z18" w:id="12"/>
-[...59 lines deleted...]
-    <w:bookmarkStart w:name="z21" w:id="15"/>
+    <w:bookmarkStart w:name="z29" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Бастауыш, негізгі орта, жалпы орта білім беру ұйымдары арасында балаларды ауыстыру үшін құжаттарды қабылдау осы Қағидаларға 2-қосымшаға сәйкес "Бастауыш, негізгі орта, жалпы орта білім беру ұйымдары арасында балаларды ауыстыру үшін құжаттарды қабылдау" мемлекеттік көрсетілетін қызмет стандартына сәйкес каникул кезеңінде (сот шешімін, басқа елді мекенге көшуді, Қазақстан Республикасынан тұрақты тұруға кетуді қоспағанда) портал арқылы жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 10-тармақ жаңа редакцияда - ҚР Білім және ғылым министрінің 03.06.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 275</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z56" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      5. При приеме обучающихся в организации образования руководители организаций образования заключают с родителями или иными законными представителями детей или обучающихся договора на оказание образовательных услуг в соответствии с </w:t>
-[...22 lines deleted...]
-    <w:bookmarkEnd w:id="15"/>
+      10-1. "Бастауыш, негізгі орта, жалпы орта білім беру ұйымдары арасында балаларды ауыстыру үшін құжаттарды қабылдау" мемлекеттік қызметін алу үшін көрсетілетін қызметті алушы Үлгілік қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-қосымшадағы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мемлекеттік қызметті көрсету стандартында көрсетілген құжаттар тізбесін портал немесе қағаз жеткізгіш арқылы тапсырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">6. Исключен приказом Министра образования и науки РК от 03.06.2021 </w:t>
+        <w:t xml:space="preserve">      Ескерту. Қағида 10-1-тармақпен толықтырылды - ҚР Білім және ғылым министрінің 24.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z57" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10-2. Портал арқылы жүгінген жағдайда, көрсетілетін қызметті алушының "жеке кабинетіне" бір ұйымнан екінші білім беру ұйымына ауысуы туралы тегі, аты, әкесінің аты (болған жағдайда), туған күні, сыныбы, тілі және мектебі (телефон, пошталық мекен-жай, электрондық пошта мекен-жайы (ресми интернет-ресурс), мемлекеттік көрсетілетін қызметтен бас тарту кезінде - бас тарту себептерін көрсете отырып, дәлелді бас тарту туралы көрсетілген қызметті берушінің уәкілетті тұлғасының электрондық цифрлық қолтаңбасымен (бұдан әрі - ЭЦҚ) қол қойылған хабарлама келеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Қағида 10-2-тармақпен толықтырылды - ҚР Білім және ғылым министрінің 24.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); жаңа редакцияда - ҚР Білім және ғылым министрінің 03.06.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 275</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие со дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z23" w:id="16"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z58" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10-3. Көрсетілетін қызметті алушыдан қағаз жеткізгіште құжаттарды қабылдау кезінде көрсетілетін қызметті беруші келетін ұйымға ұсыну үшін тегі, аты, әкесінің аты (болған жағдайда), туған күні, сыныбы, оқыту тілі және мектебі (телефон, пошталық мекен-жай, электрондық пошта мекен-жайы (ресми интернет-ресурс) көрсетілген келу туралы есептен шығару талонын береді немесе дәлелді бас тартады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 7 в редакции приказа Министра образования и науки РК от 24.06.2020 </w:t>
+        <w:t xml:space="preserve">      Ескерту. Қағида 10-3-тармақпен толықтырылды - ҚР Білім және ғылым министрінің 24.06.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 264</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); жаңа редакцияда - ҚР Білім және ғылым министрінің 03.06.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 275</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z24" w:id="17"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z25" w:id="18"/>
+    <w:bookmarkStart w:name="z59" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10-4. Көрсетілетін қызметті қағаз жеткізгіште алған жағдайда білім алушы келетін көрсетілетін қызметті беруші басқа білім беру ұйымына келу туралы тегі, аты, әкесінің аты (болған жағдайда), туған күні, оқу сыныбы, білім беру ұйымының мекенжайы, телефоны, электрондық мекенжайы (ресми интернет-ресурс) көрсетілген есептен шығару талонын ұсынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Қағида 10-4-тармақпен толықтырылды - ҚР Білім және ғылым министрінің 24.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); жаңа редакцияда - ҚР Білім және ғылым министрінің 03.06.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 275</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z60" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10-5. Оқуға келгені туралы есептен шығару талонының түпнұсқасы (құжаттар басқа орта білім беру ұйымына келгені туралы есептен шығару талонының түпнұсқасын ұсынғаннан кейін беріледі) білім алушы кететін орта білім беру ұйымынан құжаттарды (білім алушының жеке ісі) алу үшін ұсынылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Келу туралы сырттай куәліктің түпнұсқасы (құжаттар басқа орта білім беру ұйымына келу туралы сырттай куәліктің түпнұсқасын ұсынғаннан кейін беріледі) білім алушы құжаттарды (білім алушының жеке ісі) алуға кететін орта білім беру ұйымына беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Білім беру ұйымдары білім алушыны орта білім беру ұйымына/ұйымынан қабылдау/ шығару туралы бұйрықтар шығарады және салыстыру жүргізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Қағида 10-5-тармақпен толықтырылды - ҚР Білім және ғылым министрінің 24.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); жаңа редакцияда - ҚР Білім және ғылым министрінің 03.06.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 275</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z61" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10-6. Сынып жиынтығы шамадын тыс толуы және осы Қағидаларда белгіленген өтінім беру мерзімдері сақталмаған жағдайда, көрсетілетін қызметті беруші өтінімді қабылдаудан бас тартады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Қағида 10-6-тармақпен толықтырылды - ҚР Білім және ғылым министрінің 24.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); жаңа редакцияда - ҚР Білім және ғылым министрінің 03.06.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 275</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z62" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      10-7. Көрсетілетін қызметті беруші Заңның 5-бабы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-тармағының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 11) тармақшасына сәйкес тәртіппен мемлекеттік қызметтерді көрсетуді мониторингілеу ақпараттық жүйесіне мемлекеттік қызмет көрсету сатысы туралы мәліметтерді енгізуді қамтамасыз етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Қағида 10-7-тармақпен толықтырылды - ҚР Білім және ғылым министрінің 24.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z31" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Білім алушыларды бастауыш және негізгі орта білімнің жалпы білім беретін оқу бағдарламаларын іске асыратын білім беру ұйымдарының екінші, үшінші, төртінші, бесінші, алтыншы, жетінші, сегізінші, тоғызыншы сыныптарына қабылдау білім беру ұйымының қызмет көрсету аумағында тұратын білім алушылардың қолжетімділігін қамтамасыз ете отырып жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z32" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Жалпы орта білімнің жалпы білім беретін оқу бағдарламаларын іске асыратын білім беру ұйымдарының оныншы, он бірінші (он екінші) сыныптарына білім алушыларды қабылдау білім беру ұйымының қызмет көрсету аумағында тұратын білім алушылардың қолжетімділігін қамтамасыз ете отырып және білім алушының жеке өтінішінің не олардың ата-аналарының немесе өзге де заңды өкілдерінің өтінішінің және негізгі орта білім туралы мемлекеттік үлгідегі құжатының негізінде жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Өтініштер күнтізбелік жылдың 15 тамызға дейін қабылданады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 12-тармақ жаңа редакцияда - ҚР Білім және ғылым министрінің 03.06.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 275</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z33" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Білім алушыларды гимназиялардың, лицейлердің оныншы, он бірінші сыныптарына қабылдау гимназияның, лицейдің жарғысына сәйкес аталған білім беру ұйымдары түрлерінің қызмет көрсету аумағы ескерілместен білім алушының жеке өтінішінің не олардың ата-аналарының немесе өзге де заңды өкілдерінің өтініші және негізгі орта білім туралы мемлекеттік үлгідегі құжаты негізінде жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z34" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Гимназиялар және лицейлер білім беру ұйымдарының қызмет көрсету аумағында тұратын білім алушылардың қолжетімділігін қамтамасыз ете отырып, Қазақстан Республикасының мемлекеттік жалпыға міндетті білім беру стандарттарында айқындалған міндетті білім көлемін алуын қамтамасыз ету үшін жалпы білім беретін сыныптарды қалыптастырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z35" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      15. Мамандандырылған білім беру ұйымдарына оқуға қабылдау конкурстық негізде жүргізіледі (бұдан әрі-конкурс). </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мамандандырылған білім беру ұйымы өзінің интернет-ресурсында конкурстық іріктеуді жүргізу кезінде сынып-жинақтарды қалыптастыруды жүзеге асыруға мүмкіндік беретін квотаны орналастырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 15-тармақ жаңа редакцияда - ҚР Білім және ғылым министрінің 24.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z36" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Мамандандырылған білім беру ұйымына оқуға түсуге баланың ата-анасынан немесе өзге де заңды өкілінен конкурсқа қатысу үшін құжаттарды қабылдау ағымдағы күнтізбелік жылдың 1 ақпанынан бастап 15 сәуір аралығында жүргізіледі, қосымша мерзімдерді Қазақстан Республикасының білім беру саласындағы уәкілетті орган белгілейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 16-тармақ жаңа редакцияда - ҚР Оқу-ағарту министрінің 05.08.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 350</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z37" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Мамандандырылған білім беру ұйымы басшысының бұйрығымен құжаттарды қабылдау үшін жауапты тұлға тағайындалады. Жауапты тұлға конкурсқа қатысуға үміткерлердің электрондық базасын құруға (мамандандырылған білім беру ұйымының атауы, аты-жөні, ЖСН, сыныбы, оқыту тілі, электрондық мекен-жайы, дипломдарының көшірмелері (бар болса) жауапты болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 17-тармақ жаңа редакцияда - ҚР Білім және ғылым министрінің 24.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z42" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Конкурсқа қатысу үшін баланың ата-анасы немесе өзге де заңды өкілі белгіленген мерзімде мамандандырылған білім беру ұйымының интернет-ресурсында тіркеуден өтеді немесе мамандандырылған білім беру ұйымының жауапты адамына мынадай құжаттарды:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) баланың ата-анасынан немесе өзге де заңды өкілінен өтініш;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) ЖСН көрсете отырып, баланың туу туралы куәлігінің көшірмесін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) баланың электрондық мекенжайын көрсете отырып, оқу орнынан ұйымның мөрімен расталған фотосуреті бар анықтама;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) баланың 3х4 көлеміндегі 2 дана фотосуретін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) халықтың әлеуметтік осал топтарына жататынын растайтын құжаттардың көшірмелерін ұсынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ақпараттық жүйе болған кезде осы тармақта көрсетілген құжаттар электрондық форматта ұсынылады. Ақпараттық жүйе болмаған жағдайда сканерленген құжаттар электрондық мекенжайға жіберіледі немесе қағаз нұсқасында мамандандырылған білім беру ұйымның кеңсесіне ұсынылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 18-тармақ жаңа редакцияда - ҚР Оқу-ағарту министрінің 05.08.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 350</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z98" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18-1. Қабылданатын білім алушылардың жалпы санынан 15% мөлшерінде іріктелетін халықтың әлеуметтік осал топтарына:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мемлекеттік атаулы әлеуметтік көмек алатын ауылдық жерден шыққан отбасының балалары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ата-аналарының біреуі бірінші топтағы мүгедектігі бар отбасының балалары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мүгедек баласы бар немесе оны тәрбиелеп отырған отбасылар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жетім балалар мен ата-анасының қамқорлығынсыз қалған балалар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      отбасыларда тұратын жетiм балалар, ата-анасының қамқорлығынсыз қалған балалар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      төтенше жағдайлар салдарынан шұғыл көмекке мұқтаж отбасылардан шыққан балалар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      экологиялық зілзалалар, табиғи және техногендік сипаттағы төтенше жағдай салдарынан тұрғын үйінен айырылған отбасыларының;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мемлекеттік немесе қоғамдық міндеттерді, әскери қызметті атқарған кезінде, ғарыш кеңістігіне ұшуға дайындалу немесе жүзеге асыру кезінде қаза тапқан (қайтыс болған) адамдардың отбасыларының балалары жатады</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Қағида 18-1-тармақпен толықтырылды - ҚР Оқу-ағарту министрінің 05.08.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 350</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z43" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Конкурсқа қатысу туралы өтінішті белгіленген мерзімнен кеш беру немесе құжаттар топтамасын толық ұсынбау құжаттарды қабылдаудан бас тарту үшін негіз бола алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 19-тармақ жаңа редакцияда - ҚР Білім және ғылым министрінің 24.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z44" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. Құжаттарды қабылдау аяқталғаннан кейін 2 жұмыс күні ішінде әрбір мамандандырылған білім беру ұйымының жауапты адамы конкурсқа қатысу үшін білім алушының электрондық базасын тест материалдарын әзірлеу үшін "Дарын" орталығына тапсырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 20-тармақ жаңа редакцияда - ҚР Оқу-ағарту министрінің 05.08.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 350</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z45" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. "Дарын" орталығы басшысының бұйрығымен үміткерлердің электрондық базасымен жұмыс істеуге жауапты тұлға анықталады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 21-тармақ жаңа редакцияда - ҚР Білім және ғылым министрінің 24.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z46" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. "Дарын" орталығы оқуға қабылдау үшін конкурсты ұйымдастыру және өткізу үшін конкурстық комиссия құрады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 22-тармақ жаңа редакцияда - ҚР Білім және ғылым министрінің 24.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z47" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Конкурстық комиссияның құрамына конкурстық комиссияның төрағасы, Қазақстан Республикасы Білім және ғылым министрлігі Білім және ғылым саласындағы сапаны қамтамасыз ету комитетінің өңірлік органдарының, "Дарын" орталығының оқу-әдістемелік кеңесінің, арнайы мониторингтік топтар қызметкерлері, білім беру саласындағы қоғамдық ұйымдар өкілдері кіреді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 23-тармақ жаңа редакцияда - ҚР Білім және ғылым министрінің 24.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z48" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. Конкурстық комиссияның төрағасы Комиссия мүшелерінің арасынан сайланады. Комиссия мүшелерінің саны тақ санды құрауы тиіс, бірақ жеті адамнан кем болмауы тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 24-тармақ жаңа редакцияда - ҚР Білім және ғылым министрінің 24.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z49" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25. Мамандандырылған білім беру ұйымы:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) "Мың бала" ауыл мектептерінің ұлттық зияткерлік олимпиада жеңімпаздары үшін 7-сыныпқа қабылданатын білім алушылардың жалпы санынан 10% мөлшерінде;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) осы Қағидалардың 18-1) тармағында көрсетілген халықтың әлеуметтік осал топтары үшін 5, 6, 7, 8 және 10-сыныптарға қабылданатын білім алушылардың жалпы санынан 15% мөлшерінде квоталарды бекітеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 25-тармақ жаңа редакцияда - ҚР Оқу-ағарту министрінің 05.08.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 350</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z99" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      25-1. Осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>25-тармақта</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көрсетілген 5, 6, 7, 8 және 10-сыныптарға қабылданатын білім алушылар жергілікті атқарушы өкілді органдардың және/немесе меншік нысанындағы барлық білім беру ұйымдарының басқару органының шешімі бойынша бюджет қаражаты есебінен тамақпен қамтамасыз етіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Қағида 25-1-тармақпен толықтырылды - ҚР Оқу-ағарту министрінің 05.08.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 350</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z100" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25-2. Құжаттарды қабылдау аяқталғаннан кейін конкурстық комиссия ұсынылған құжаттардың іріктеу өлшемшарттарға сәйкестігін тексереді және растайтын құжаттардың түпнұсқаларын қосымша сұратады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Қағида 25-2-тармақпен толықтырылды - ҚР Оқу-ағарту министрінің 05.08.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 350</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z63" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26. Мамандандырылған білім беру ұйымдарына іріктеу жүргізу үшін конкурстық материалдарды "Дарын" орталығының оқу-әдістемелік кеңесі әзірлейді және бекітеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Қағида 26-тармақпен толықтырылды - ҚР Білім және ғылым министрінің 24.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z64" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      27. Конкурс 15 мамыр – 15 маусым аралығындағы кезеңде апта сайын әрбір сенбі-жексенбі күндері өтеді. Қосымша мерзімдерді Қазақстан Республикасының білім беру саласындағы уәкілетті орган келесі оқу жылы басталғанға дейін белгілейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Қағида 27-тармақпен толықтырылды - ҚР Білім және ғылым министрінің 24.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); жаңа редакцияда - ҚР Оқу-ағарту министрінің 05.08.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 350</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі) бұйрықтарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z65" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      28. Конкурстық іріктеуді өткізу кестесі мамандандырылған білім беру ұйымдарының және "Дарын" орталығының интернет-ресурстарында конкурс басталғанға дейін 10 жұмыс күні бұрын орналастырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Қағида 28-тармақпен толықтырылды - ҚР Білім және ғылым министрінің 24.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); жаңа редакцияда - ҚР Оқу-ағарту министрінің 05.08.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 350</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі) бұйрықтарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z66" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      29. Конкурс оффлайн режимінде (тестілеу форматында) өтеді. Конкурсты электрондық форматта өткізу үшін оператор мамандандырылған білім беру ұйымдарымен келіседі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Қағида 29-тармақпен толықтырылды - ҚР Білім және ғылым министрінің 24.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); жаңа редакцияда - ҚР Оқу-ағарту министрінің 05.08.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 350</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі) бұйрықтарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z67" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      30. Конкурсты өткізу үшін тест материалдарын "Дарын" орталығының қызметкерлері конкурс басталғанға дейін бір күн бұрын мамандандырылған білім беру ұйымдарына қағаз түрінде (пломбаланған) жеткізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Қағида 30-тармақпен толықтырылды - ҚР Білім және ғылым министрінің 24.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z68" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      31. Конкурс әрбір өңірде жергілікті атқарушы органдармен келісім бойынша "Дарын" орталығы алдын ала айқындайтын мамандандырылған білім беру ұйымының базасында өтеді. Үміткерлер арасында конкурс және қорытынды шығару әрбір мамандандырылған білім беру ұйымы бөлінісінде өткізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Қағида 30-тармақпен толықтырылды - ҚР Білім және ғылым министрінің 24.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z69" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      32. Білім алушыларды мамандандырылған білім беру ұйымдарына қабылдаудың ашықтығын қамтамасыз ету үшін ғимаратқа, аудиторияға және конкурстық іріктеу алаңына енгізу үшін қолданылатын бейнебақылау және дыбыс жазу жүйесі орнатылады. Мамандандырылған білім беру ұйымы конкурсты өткізу үшін техникалық жабдықтармен жарақтандырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Қағида 32-тармақпен толықтырылды - ҚР Білім және ғылым министрінің 24.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z70" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      33. Оқуға түсушілерге арналған тестілеу:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) 7-сыныпқа арналған тестілеу мынадай пәндер бойынша 75 сұрақтан тұрады:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      математика және логика - 55 сұрақ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      оқу сауаттылығы - 10 сұрақ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан тарихы - 10 сұрақ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) 6-сыныпқа арналған тестілеу мынадай пәндер бойынша 60 сұрақтан тұрады:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      математика және логика - 35 сұрақ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      оқу сауаттылығы - 15 сұрақ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан тарихы - 10 сұрақ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) 5-сыныпқа арналған тестілеу мынадай пәндер бойынша 40 сұрақтан тұрады:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      математика және логика - 30 сұрақ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      оқу сауаттылығы - 10 сұрақ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) 10-сыныпқа арналған тестілеу мынадай пәндер бойынша 95 сұрақтан тұрады:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      математика және логика - 60 сұрақ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      оқу сауаттылығы – 10 сұрақ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан тарихы - 25 сұрақ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Қағида 33-тармақпен толықтырылды - ҚР Білім және ғылым министрінің 24.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); жаңа редакцияда - ҚР Оқу-ағарту министрінің 05.08.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 350</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі) бұйрықтарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z71" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      34. Тестілеуге бөлінген уақыт 7 сыныпта – 120 минут, 6 сыныпта – 90 минут, 5 сыныпта – 60 минут, 10 сыныпта – 180 минут (тест материалдарын тарату, Жауап парағының бөлімдерін толтыру, сондай-ақ түсіндіру жұмыстарының уақыты көрсетілген уақытқа кірмейді).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Қағида 34-тармақпен толықтырылды - ҚР Білім және ғылым министрінің 24.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); жаңа редакцияда - ҚР Оқу-ағарту министрінің 05.08.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 350</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі) бұйрықтарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z72" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      35. Тестілеудің қорытынды нәтижелерін есептеу кезінде дұрыс жауаптар саны "4" (төрт) коэффициентіне көбейтіледі, ал бір дұрыс емес жауап "-1" коэффициентіне көбейтіледі. Осылайша, жалпы қорытынды есептеледі (4* дұрыс жауап + ( - ) * дұрыс емес жауап= жалпы қорытынды балл).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Қағида 35-тармақпен толықтырылды - ҚР Білім және ғылым министрінің 24.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z73" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      36. Нәтижелерді өңдеуді Конкурстық комиссия жауап парақтарын сканерлеу арқылы жүргізеді, нәтижелерді алу "Дарын" орталығының бірыңғай тексеру жүйесі арқылы қамтамасыз етіледі. Сұрақ-кітапшасы қарастырылмайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Қағида 36-тармақпен толықтырылды - ҚР Білім және ғылым министрінің 24.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z74" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      37. Конкурстық іріктеу нәтижелері бойынша апелляция жүргізілмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Қағида 37-тармақпен толықтырылды - ҚР Білім және ғылым министрінің 24.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z75" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      38. "Дарын" орталығы, облыстық, Нұр-Сұлтан, Алматы, Шымкент қалалары білім басқармалары өткізетін республикалық олимпиадаларға қатысу туралы дипломның облыстық кезеңінің жеңімпаздары мен жүлдегерлері бірдей балл жинаған жағдайда мамандандырылған білім беру ұйымына қабылдау кезінде басымдыққа ие болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Қағида 38-тармақпен толықтырылды - ҚР Білім және ғылым министрінің 24.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z76" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      39. "Білім-инновация лицейді" қоспағанда, мамандандырылған білім беру ұйымдарына оқуға түсушілерге конкурстық іріктеу бір турда (тестілеу) өткізіледі. "Білім-инновация" лицейіне конкурстық іріктеу және қабылдау "Білім-Инновация" халықаралық қоғамдық қоры белгілеген тәртіппен жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Қағида 39-тармақпен толықтырылды - ҚР Білім және ғылым министрінің 24.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z77" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      40. Мамандандырылған білім беру ұйымына оқуға үміткерлерді, оның ішінде осы Қағидалардың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>25-тармағының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) тармақшасында көрсетілгендерді қабылдау мамандандырылған білім беру ұйымының бөлінісінде бос орындарға сәйкес баллдардың ең көп санына қарай жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Қағида 40-тармақпен толықтырылды - ҚР Білім және ғылым министрінің 24.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); жаңа редакцияда - ҚР Оқу-ағарту министрінің 05.08.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 350</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі) бұйрықтарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z78" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      41. Үміткерлерді конкурстық іріктеудің қорытындылары конкурстық комиссияның хаттамасымен ресімделеді және "Дарын" орталығының және мамандандырылған білім беру ұйымының интернет-ресурстарында конкурстық іріктеу өткізілгеннен кейінгі келесі күннен кешіктірмей орналастырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Қағида 41-тармақпен толықтырылды - ҚР Білім және ғылым министрінің 24.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z79" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      42. Конкурс қорытындысы бойынша мамандандырылған білім беру ұйымының басшысы конкурстық іріктеуден өткен үміткерлерді оқу жылының басталуына дейін мамандандырылған білім беру ұйымына қабылдау туралы бұйрық шығарады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Қағида 42-тармақпен толықтырылды - ҚР Білім және ғылым министрінің 24.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); жаңа редакцияда - ҚР Оқу-ағарту министрінің 05.08.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 350</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі) бұйрықтарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z80" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      43. Конкурстық комиссия негізгі бос орындарға кірмеген конкурс үміткерлерінің қатарынан санды кеміту тәртібімен жиналған баллдардың сомасы бойынша үміткерлердің резервтік тізімін қалыптастырады және мамандандырылған білім беру ұйымының интернет-ресурсында орналастырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Қағида 43-тармақпен толықтырылды - ҚР Білім және ғылым министрінің 24.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); жаңа редакцияда - жаңа редакцияда - ҚР Оқу-ағарту министрінің 05.08.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 350</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі) бұйрықтарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z81" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      44. Резервтік тізімге енгізілген үміткерлер мамандандырылған білім беру ұйымдарына бос орын болған жағдайда оқу жылының ішінде қабылдана алады. Бос орындардың болуы мамандандырылған білім беру ұйымның интернет-ресурсында орналастырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Қағида 44-тармақпен толықтырылды - ҚР Білім және ғылым министрінің 24.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z82" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      45. 8-11-сыныптарда орын босаған жағдайда мамандандырылған білім беру ұйымы конкурстық іріктеуді дербес жүргізеді, бірақ Қазақстан Республикасы Денсаулық сақтау министрлігінің 217 жылғы 16 тамыздағы № 611 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығмен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бекітілген (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізбесінде № 15681 болып тіркелген) Білім беру нысандарына қойылатын санитарлық эпидемиологиялықс талаптарға сәйкес бекітілген оқушылар санынан аспайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Қағида 45-тармақпен толықтырылды - ҚР Білім және ғылым министрінің 24.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z83" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      46. Әскери іс, спорттың және өнердің негіздері бойынша дарынды балаларды жетілдіруге бағытталған білім беретін мамандандырылған білім беру ұйымдары, мектеп Жарғысына сәйкес, функционалды кәсіби, психологиялық және физиологиялық мәліметтерді ескере отырып, талапкерлердің екінші турын өткізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Қағида 46-тармақпен толықтырылды - ҚР Білім және ғылым министрінің 24.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z84" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Глава 2. Порядок приема на обучение в организации образования, реализующие общеобразовательные учебные программы начального, основного среднего, общего среднего образования</w:t>
-[...175 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t xml:space="preserve"> 3-тарау. Мемлекеттік қызметтерді көрсету мәселелері бойынша республикалық маңызы бар қаланың және астананың, ауданның (облыстық маңызы бар қаланың) жергілікті атқарушы органдарының көрсетілетін қызметті берушінің және (немесе) оның лауазымды адамдарының шешімдеріне, әрекетіне (әрекетсіздігіне) шағымдану тәртібі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Қағида 3-тараумен толықтырылды - ҚР Білім және ғылым министрінің 24.06.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 264</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
-[...584 lines deleted...]
-    <w:bookmarkStart w:name="z34" w:id="29"/>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z85" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      47. Мемлекеттік қызметтерді көрсету мәселелері бойынша көрсетілетін қызметті берушінің шешіміне, әрекетіне (әрекетсіздігіне) шағым Қазақстан Республикасының заңнамасына сәйкес көрсетілетін қызметті берушінің басшысының атына, мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органға берілуі мүмкін.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      10. Прием документов для перевода детей между организациями начального, основного среднего, общего среднего образования осуществляется в каникулярный период (за исключением наличия решения суда, переезда в другой населенный пункт, выезда за пределы Республики Казахстан), в соответствии с государственной услугой "Прием документов для перевода детей между организациями начального, основного среднего, общего среднего образования" согласно </w:t>
-[...3177 lines deleted...]
-      история Казахстана – 10 вопросов.</w:t>
+      Көрсетілетін қызметті берушінің мекенжайына келіп түскен көрсетілетін қызметті алушының шағымы "Мемлекеттік көрсетілетін қызметтер туралы" Қазақстан Республикасы Заңының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>25-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) тармағына сәйкес тіркелген күнінен бастап 5 (бес) жұмыс күні ішінде қаралуға жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мемлекеттік қызметтерді көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органға келіп түскен көрсетілетін қызметті алушының шағымы тіркелген күнінен бастап 15 (он бес) жұмыс күні ішінде қаралуға жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z86" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      48. Мемлекеттік қызмет көрсету нәтижелерімен келіспеген жағдайда көрсетілетін қызметті алушы Қазақстан Республикасының заңнамасында белгіленген тәртіппен сотқа жүгінуге құқылы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z293" w:id="76"/>
-[...1622 lines deleted...]
-    <w:bookmarkEnd w:id="104"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -6841,241 +6807,241 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 1</w:t>
+              <w:t>Бастауыш, негізгі орта және</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">к Типовым правилам приема </w:t>
+              <w:t>жалпы орта білімнің жалпы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">на обучение в организации </w:t>
+              <w:t>білім беретін оқу</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">образования, реализующие </w:t>
+              <w:t>бағдарламаларын іске асыратын</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">общеобразовательные учебные </w:t>
+              <w:t>білім беру ұйымдарына оқуға</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">программы начального, </w:t>
+              <w:t>қабылдаудың үлгілік</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">основного среднего и общего </w:t>
+              <w:t xml:space="preserve">қағидасына </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>среднего образования</w:t>
+              <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z270" w:id="105"/>
+    <w:bookmarkStart w:name="z95" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Стандарт государственной услуги: "Прием документов и зачисление в организации образования независимо от ведомственной подчиненности для обучения по общеобразовательным программам начального, основного среднего, общего среднего образования"</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="105"/>
+        <w:t xml:space="preserve"> "Бастауыш, негізгі орта, жалпы орта білім берудің жалпы білім беретін бағдарламалары бойынша оқыту үшін ведомстволық бағыныстылығына қарамастан білім беру ұйымдарына құжаттарды қабылдау және оқуға қабылдау" мемлекеттік қызметті көрсету стандарты</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Типовые правила дополнены приложением 1 в соответствии с приказом Министра образования и науки РК от 24.06.2020 </w:t>
+      Ескерту. 1-қосымшамен толықтырылды - ҚР Білім және ғылым министрінің 24.06.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 264</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); в редакции приказа Министра образования и науки РК от 03.06.2021 </w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); жаңа редакцияда - ҚР Білім және ғылым министрінің 03.06.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 275</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие со дня его первого официального опубликования); с изменениями, внесенными приказом Министра просвещения РК от 27.08.2022 </w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); өзгеріс енгізілді - ҚР Оқу-ағарту министрінің 27.08.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 378</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня их первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -7126,87 +7092,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Наименование услугодателя</w:t>
+Көрсетілетін қызметті берушінің атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Организации начального, основного среднего, общего среднего образования (далее – услугодатель)</w:t>
+Бастауыш, негізгі орта, жалпы орта білім беру ұйымдары (бұдан әрі – көрсетілетін қызметті беруші)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7239,105 +7205,105 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Способы предоставления государственной услуги</w:t>
+Мемлекеттік көрсетілетін қызметті ұсыну тәсілдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) веб-портал "электронного правительства" www.egov.kz (далее – портал);</w:t>
+1) www.egov.kz "электрондық үкімет" веб-порталы (бұдан әрі – портал) арқылы;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2) услугодателя.</w:t>
+2) көрсетілетін қызметті беруші арқылы жүзеге асырылады.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7370,105 +7336,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Срок оказания государственной услуги</w:t>
+Мемлекеттік көрсетілетін қызметтің мерзімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-С момента сдачи пакета документов услугодателю, а также при обращении через портал – один рабочий день. Для зачисления в организацию образования начального, основного среднего, общего среднего образования на очную и вечернюю форму обучения – не позднее 20 августа календарного года. </w:t>
+              <w:t>
+Көрсетілетін қызметті берушіге құжаттар топтамасын тапсырған сәттен бастап, сондай-ақ портал арқылы жүгінген кезде - бір жұмыс күні.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Для 1 классов до 1 августа календарного года, для 10-х классов до 15 августа календарного года.</w:t>
+Бастауыш, негізгі орта, жалпы орта білім беру ұйымдарына оқудың күндізгі және кешкі нысанына қабылдау үшін – күнтізбелік жылдың 20 тамыздан кешіктірмей.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 сынып үшін күнтізбелік жылдың 1 тамызына дейін, 10 сынып үшін күнтізбелік жылдың 15 тамызына дейін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7501,87 +7485,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Форма оказания государственной услуги</w:t>
+Мемлекеттік көрсетілетін қызметтің нысаны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Электронная (частично автоматизированная) /бумажная</w:t>
+Электронды (ішінара автоматтандырылған) / қағаз түрінде</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7614,141 +7598,141 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Результат оказания государственной услуги</w:t>
+Мемлекеттік көрсетілетін қызметтің нәтижелері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-При обращении через портал:</w:t>
+Портал арқылы жүгінген кезде көрсетілетін қызметті алушының "жеке кабинетіне" ағымдағы жылдың 1 қыркүйегінен бастап орта білім беру ұйымына қабылдау және оқуға қабылдау туралы хабарлама алады, құжаттардың толық емес пакетін ұсынған кезде - бас тарту себебін көрсете отырып, дәлелді бас тарту туралы хабарлама келеді.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
- в личный кабинет услугополучателя приходит уведомление о принятии и зачислении в организацию среднего образования с 1 сентября текущего года, при подачи неполного пакета документов – о мотивированном отказе с указанием причины отказа. </w:t>
+              <w:t>
+- көрсетілетін қызметті берушіге:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Услугодатель в уведомлении указывает о зачислении с 1 сентября текущего года первым троим подавшим заявление услугополучателям из территории обслуживания, затем - о зачислении с 1 сентября текущего года 1 (одному) претенденту не из территории обслуживания, из числа тех, кто зарегистрировался первым.</w:t>
+Көрсетілетін қызметті беруші қабылдау барысында ағымдағы жылғы 1 қыркүйектен бастап өз аумағынан өтініш берген үш көрсетілетін қызметті алушыға, содан кейін - басқа аумақтан алдыңғы тіркелгендер қатарынан 1 (бір) үміткерге ағымдағы жылғы 1 қыркүйектен бастап қабылданғаны туралы хабарлама жолдайды.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-При обращении через услугодателя (бумажно) – выдача уведомления о приеме и зачислении в организацию среднего образования с 1 сентября текущего года, при подаче неполного пакета документов - о мотивированном отказе с указанием причины отказа.</w:t>
+Көрсетілетін қызметті беруші арқылы жүгінген кезде (қағаз жүзінде) - ағымдағы жылдың 1 қыркүйегінен бастап білім беру ұйымына қабылдағаны және оқуға қабылданғаны, құжаттардың толық емес пакетін тапсыру кезінде - бас тартудың себебін көрсете отырып, дәлелді бас тарту туралы хабарлама беріледі.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7781,87 +7765,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Размер оплаты, взимаемой с услугополучателя при оказании государственной услуги, и способы ее взимания в случаях, предусмотренных законодательством Республики Казахстан</w:t>
+Мемлекеттік көрсетілетін қызмет кезінде көрсетілетін қызметті алушыдан алынатын төлем мөлшері және Қазақстан Республикасының заңнамасында көзделген жағдайларда оны алу тәсілдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бесплатно</w:t>
+Тегін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7894,179 +7878,179 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-График работы</w:t>
+Жұмыс кестесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-1) услугодателя - с понедельника по пятницу, в соответствии с установленным графиком работы с 9.00 до 18.30 часов, за исключением выходных и праздничных дней, согласно </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> Республики Казахстан от 23 ноября 2015 года (далее – Кодекс) с перерывом на обед с 13.00 часов до 14.30 часов.</w:t>
+1) көрсетілетін қызметті беруші - 2015 жылғы 23 қарашадағы Қазақстан Республикасының </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Еңбек кодексіне</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (бұдан әрі – Кодекс) сәйкес демалыс және мереке күндерін қоспағанда, дүйсенбіден бастап жұманы қоса алғанда, сағат 13.00-ден 14.30-ға дейінгі түскі үзіліспен, белгіленген жұмыс кестесіне сәйкес сағат 9.00-ден 18.30-ға дейін.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2) портала – круглосуточно, за исключением технических перерывов в связи с проведением ремонтных работ (при обращении услугополучателя после окончания рабочего времени, в выходные и праздничные дни согласно Кодексу, прием заявлений и выдача результатов оказания государственной услуги осуществляется следующим рабочим днем).</w:t>
+2) портал – жөндеу жұмыстарын жүргізуге байланысты техникалық үзілістерді қоспағанда, тәулік бойы (көрсетілетін қызметті алушы жұмыс уақыты аяқталғаннан кейін, Кодекске сәйкес демалыс және мереке күндері жүгінген кезде өтініштерді қабылдау және мемлекеттік көрсетілетін қызмет нәтижелерін беру келесі жұмыс күні жүзеге асырылады).</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Адреса мест оказания государственной услуги размещены на:</w:t>
+Мемлекеттік қызметті көрсету орындарының мекенжайлары:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) интернет-ресурсе услугодателя;</w:t>
+1) көрсетілетін қызметті берушінің интернет-ресурсында;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2) портале www.egov.kz.</w:t>
+2) www.egov.kz порталында орналасқан.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8099,622 +8083,622 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Перечень документов необходимых для оказания государственной услуги</w:t>
+Мемлекеттік қызмет көрсету үшін қажетті құжаттардың тізбесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-- на портал:</w:t>
+- порталға:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) заявление родителей или иных законных представителей согласно форме приложения 1;</w:t>
+1) ата-аналардың немесе басқа заңды өкілдердің 1-қосымшасының нысанына сәйкес өтініш;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-2) медицинские справки формы № 065/у о состоянии здоровья, утвержденной </w:t>
-[...39 lines deleted...]
-              <w:t xml:space="preserve"> Министра здравоохранения Республики Казахстан от 24 июня 2003 года № 469 "Об утверждении Инструкции по заполнению и ведению учетной формы 026/у-3 "Паспорта здоровья ребенка" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 2423);</w:t>
+2) "Денсаулық сақтау ұйымдарының бастапқы медициналық құжаттама нысандарын бекіту туралы" Қазақстан Республикасы Денсаулық сақтау министрінің міндетін атқарушының 2020 жылғы 30 қазандағы № ҚР ДСМ-175/2020 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бұйрығымен</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 148139 болып тіркелген) бекітілген № 065/у нысанды денсаулық жағдайы туралы анықтама және "Бала денсаулығы паспорты" 026/у-3 есеп нысаны, Қазақстан Республикасының Денсаулық сақтау министрінің міндетін атқарушының 2003 жылғы 24 маусымдағы № 469 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бұйрығымен</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бекітілген № 026/у-3 нысан (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 2423 болып тіркелген);</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3) цифровая фотография ребенка размером 3х4 см.</w:t>
+3) баланың 3х4 см өлшеміндегі цифрлық фотосуретi.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-- к услугодателю (бумажно):</w:t>
+- көрсетілетін қызметті берушіге:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) заявление заявление родителей или иных законных представителей согласно форме приложения 1;</w:t>
+1) ата-аналардың немесе басқа заңды өкілдердің 1-қосымшасының нысанына сәйкес өтініш;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2) документ, удостоверяющий личность (оригинал требуется для идентификации, который возвращается услугополучателю),</w:t>
+2) жеке басын растайтын құжаттың түпнұсқасы (түпнұсқасы сәйкестендіру үшін қажет, ол көрсетілетін қызметті алушыға қайтарылады);</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3) медицинская справка о состоянии здоровья (форма № 065/у, утвержденная приказом исполняющего обязанности Министра здравоохранения Республики Казахстан от 30 октября 2020 года № ҚР ДСМ-175/2020 " Об утверждении форм учетной документации в области здравоохранения" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 148139) и форма № 026/у-3, утвержденная приказом Министра здравоохранения Республики Казахстан от 24 июня 2003 года № 469 "Об утверждении Инструкции по заполнению и ведению учетной формы 026/у-3 "Паспорта здоровья ребенка" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 2423);</w:t>
+3) денсаулық жағдайы туралы анықтама ("Денсаулық сақтау ұйымдарының бастапқы медициналық құжаттама нысандарын бекіту туралы" Қазақстан Республикасы Денсаулық сақтау министрінің міндетін атқарушының 2020 жылғы 30 қазандағы № ҚР ДСМ-175/2020 бұйрығымен (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 148139 болып тіркелген) бекітілген № 065/у нысанды денсаулық жағдайы туралы анықтама және "Бала денсаулығы паспорты" 026/у-3 есеп нысанын толтыру және жүргізу жөніндегі Нұсқаулықты бекіту туралы" Қазақстан Республикасының Денсаулық сақтау министрінің м.а. 2003 жылғы 24 маусымдағы № 469 бұйрығымен (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 2423 болып тіркелген) бекітілген № 026/у-3 нысан;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4) фотографии ребенка размером 3х4 см в количестве 2 штук.</w:t>
+4) баланың 2 данада 3х4 см өлшеміндегі фотосуретi.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Услугополучатели-иностранцы и лица без гражданства предоставляют один из следующих документов, определяющих их статус, с отметкой о регистрации по месту проживания:</w:t>
+Шетелдік және азаматтығы жоқ көрсетілетін қызметті алушылар өздерінің мәртебесін айқындайтын, тұрғылықты жері бойынша тіркелгені туралы белгісі бар мынадай құжаттардың бірін ұсынады:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) иностранец - вид на жительство иностранца в Республике Казахстан;</w:t>
+1) шетелдік – шетелдіктің Қазақстан Республикасында тұруға ықтиярхаты;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2) лицо без гражданства - удостоверение лица без гражданства;</w:t>
+2) азаматтығы жоқ адам – азаматтығы жоқ адамның жеке куәлігі;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3) беженец - удостоверение беженца;</w:t>
+3) босқын – босқын куәлігі;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4) лицо, ищущее убежище - свидетельство лица, ищущего убежище;</w:t>
+4) пана іздеуші – пана іздеуші адамның куәлігі;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5) кандас - удостоверение кандаса.</w:t>
+5) қандас – қандас куәлігі.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-При обращении через портал сведения о документе, удостоверяющего личность услугополучателя, свидетельство о рождении ребенка (паспорт, удоств личности ), адресную справку услугодатель получает из соответствующих государственных информационных систем через шлюз "электронного правительства".</w:t>
+Көрсетілетін қызметті алушының жеке басын куәландыратын құжат, баланың туу туралы куәлігі, мекенжай анықтамасы туралы мәліметтерді көрсетілетін қызметті беруші тиісті мемлекеттік ақпараттық жүйелерден "электрондық үкімет" шлюзі арқылы алады</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-В случаях осуществления ограничительных мероприятий соответствующими государственными органами, введения чрезвычайного положения, возникновения чрезвычайных ситуаций социального, природного и техногенного характера на определенной территории медицинские справки формы № 065/у и 026/у-3, услугополучателями на данной территории предоставляются непосредственно в организации образования по мере снятия ограничительных мероприятий, прекращения действия чрезвычайного положения.</w:t>
+Тиісті мемлекеттік органдар шектеу іс-шараларын жүзеге асырған, төтенше жағдай енгізілген, белгілі бір аумақта әлеуметтік, табиғи және техногендік сипаттағы төтенше жағдайлар туындаған жағдайларда № 065/у и 026/у-3 нысандағы медициналық анықтамаларды көрсетілетін қызметті алушылар осы аумақта шектеу іс-шараларын алып тастауға, төтенше жағдайдың қолданысын тоқтатуға қарай тікелей білім беру ұйымдарына ұсынады.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-9. </w:t>
+              <w:t>
+9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Основания для отказа в оказании государственной услуги, установленные законодательством Республики Казахстан</w:t>
+Қазақстан Республикасының заңнамасында белгіленген мемлекеттік қызметтер көрсетуден бас тартуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) установление недостоверности документов, представленных услугополучателем для получения государственной услуги, и (или) данных (сведений), содержащихся в них;</w:t>
+1) көрсетілетін қызметті алушының мемлекеттік көрсетілетін қызметті алу үшін ұсынған құжаттардың және (немесе) олардағы деректердің (мәліметтердің) анық еместігін анықтау;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-2) несоответствие представленных документов услугополучателя, необходимых для оказания государственной услуги, требованиям, установленным Типовыми правилами приема на обучение в организации образования, реализующие общеобразовательные учебные программы начального, основного среднего и общего среднего образования, утвержденными </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> Министра образования и науки Республики Казахстан от 12 октября 2018 года № 546 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 17553);</w:t>
+2) көрсетілетін қызметті алушының мемлекеттік қызметті көрсету үшін қажетті ұсынған құжаттарының Қазақстан Республикасы Білім және ғылым министрінің 2018 жылғы 12 қазандағы № 546 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бұйрығымен</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бекітілген (нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 17553 тіркелген) Бастауыш, негізгі орта және жалпы орта білім берудің жалпы білім беретін оқу бағдарламаларын іске асыратын білім беру ұйымдарына оқуға қабылдаудың үлгілік қағидаларында белгіленген талаптарға сәйкес келмеуі;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3) переполненность класс-комплектов;</w:t>
+3) сынып-жинақталымының шамадан тыс толуы;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-4) отсутствие согласия услугополучателя, предоставляемого в соответствии со </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> Закона Республики Казахстан "О персональных данных и их защите", на доступ к персональным данным ограниченного доступа, которые требуются для оказания государственной услуги.</w:t>
+4) "Дербес деректер және оларды қорғау туралы" Қазақстан Республикасы Заңының </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>8-бабына</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сәйкес көрсетілетін қызметті алушының мемлекеттік қызмет көрсету үшін қажет ететін қолжетімділігі шектеулі дербес деректерге қол жеткізуге келісімі болмауы.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8747,159 +8731,177 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Иные требования с учетом особенностей оказания государственной услуги, в том числе оказываемой в электронной форме и через Государственную корпорацию</w:t>
+Мемлекеттік қызметтерді, оның ішінде электрондық нысанда және Мемлекеттік корпорация арқылы ұсыну ерекшеліктерін ескеретін өзге де талаптары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) максимально допустимое время ожидания для сдачи пакета документов – 15 минут;</w:t>
+Құжаттар топтамасын тапсыру үшін күтудің рұқсат етілген ең ұзақ уақыты 15 (жиырма) минут.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2) максимально допустимое время обслуживания – 15 минут. Услугополучатель имеет возможность получения государственной услуги в электронной форме через портал при условии наличия ЭЦП родителей (законных представителей).</w:t>
+Қызмет көрсетудің ең ұзақ мерзімі 15 минуттан аспайды.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Услугополучатель имеет возможность получения информации о порядке и статусе оказания государственной услуги в режиме удаленного доступа посредством "личного кабинета" портала, справочных служб услугодателя, а также Единого контакт-центра "1414", 8-800-080-7777.</w:t>
+Көрсетілетін қызметті алушы ата-анасының (заңды өкілдерінің) ЭЦҚ болған жағдайда портал арқылы мемлекеттік көрсетілетін қызметті электрондық нысанда алуға мүмкіндігі бар.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Условия получения услуги третьими лицами:</w:t>
+Көрсетілетін қызметті алушының мемлекеттік қызмет көрсетудің тәртібі мен мәртебесі туралы ақпаратты порталдың "жеке кабинеті", сондай-ақ мемлекеттік қызметтер көрсету мәселелері жөніндегі бірыңғай байланыс-орталығы, және бірыңғай байланыс-орталығы (1414), 8-800-080-7777 арқылы қашықтықтан қолжетімділік режимінде алу мүмкіндігі бар.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Электронный запрос третьих лиц, при условии согласия лица, в отношении которого запрашиваются сведения, предоставленного из "личного кабинета" на портале.</w:t>
+Үшінші тұлғалардың қызмет алу шарттары:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Порталдағы "жеке кабинеттен" ақпарат сұралатын тұлғаның келісімімен, үшінші тұлғалардың электрондық сұранысы.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -8938,51 +8940,181 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Форма</w:t>
+              <w:t>"Бастауыш, негізгі орта, жалпы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>орта білім берудің жалпы білім</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>беретін бағдарламалары</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша оқыту үшін</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ведомстволық</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бағыныстылығына қарамастан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>білім беру ұйымдарына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>құжаттарды қабылдау және</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оқуға қабылдау" мемлекеттік</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қызмет көрсету стандартына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -9003,155 +9135,51 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">к стандарту государственной услуги: </w:t>
-[...103 lines deleted...]
-              <w:t>среднего образования"</w:t>
+              <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -9172,337 +9200,372 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Директору</w:t>
+              <w:t>_______________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>________________________</w:t>
+              <w:t>білім беру ұйымының атауы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Наименование организации образования</w:t>
+              <w:t>_______________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>ФИО (при его наличии) директора</w:t>
+              <w:t>директордың ТАӘ</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>от ________________________</w:t>
+              <w:t>(болған жағдайда)</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">ФИО (при его наличии) </w:t>
+              <w:t>кімнен __________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>родителя (законного представителя)</w:t>
+              <w:t>ата-ананың (заңды өкілдің)</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Телефон:___________</w:t>
+              <w:t>ТАӘ (болған жағдайда)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Телефоны: _________________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z272" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">                                Заявление</w:t>
-[...103 lines deleted...]
-        <w:t xml:space="preserve">                   (полное наименование организации образования)  </w:t>
+        <w:t xml:space="preserve"> Өтініш</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Менің балам _________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (Т.А.Ә. (болған жағдайда)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (елді мекеннің, ауданның, қаланың және облыстың атауы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      тіркелген мекенжайы бойынша</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Даю согласие на использование защищенной законом конфиденциальной </w:t>
-[...16 lines deleted...]
-        <w:t>информации, содержащейся в информационных системах __________________</w:t>
+      (білім беру ұйымының толық атауы) қабылдауды сұраймын. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      "____"______________20___год  </w:t>
-[...17 lines deleted...]
-      (подпись)</w:t>
+      Ақпараттық жүйелерде қамтылған заңмен қорғалатын құпияны құрайтын мәліметтерді пайдалануға келісемін. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      _______________ "___" ________ 20__ жыл </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+            (қолы)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -9538,253 +9601,228 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 2</w:t>
+              <w:t>Бастауыш, негізгі орта және</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">к Типовым правилам приема </w:t>
+              <w:t>жалпы орта білімнің жалпы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">на обучение в организации </w:t>
+              <w:t>білім беретін оқу</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">образования, реализующие </w:t>
+              <w:t>бағдарламаларын іске асыратын</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">общеобразовательные учебные </w:t>
+              <w:t>білім беру ұйымдарына оқуға</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">программы начального, </w:t>
+              <w:t>қабылдаудың үлгілік</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">основного среднего и общего </w:t>
-[...12 lines deleted...]
-              <w:t>среднего образования</w:t>
+              <w:t>қағидаларына 2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z273" w:id="107"/>
+    <w:bookmarkStart w:name="z97" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Стандарт государственной услуги:  </w:t>
-[...14 lines deleted...]
-    <w:bookmarkEnd w:id="107"/>
+        <w:t xml:space="preserve"> "Бастауыш, негізгі орта, жалпы орта білім беру ұйымдары арасында балаларды ауыстыру үшін құжаттарды қабылдау" мемлекеттік қызмет көрсету стандарты</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Типовые правила дополнены приложением 2 в соответствии с приказом Министра образования и науки РК от 24.06.2020 </w:t>
+      Ескерту. 2-қосымшамен толықтырылды - ҚР Білім және ғылым министрінің 24.06.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 264</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); в редакции приказа Министра образования и науки РК от 03.06.2021 </w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); жаңа редакцияда - ҚР Білім және ғылым министрінің 03.06.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 275</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие со дня его первого официального опубликования); с изменениями, внесенными приказом Министра просвещения РК от 27.08.2022 </w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); өзгеріс енгізілді - ҚР Оқу-ағарту министрінің 27.08.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 378</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня их первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -9834,88 +9872,88 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
- Наименование услугодателя </w:t>
+              <w:t>
+ Көрсетілетін қызметті берушінің атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Организации начального, основного среднего, общего среднего образования (далее - услугодатель).</w:t>
+Бастауыш, негізгі орта, жалпы орта білім беру ұйымдары (бұдан әрі – көрсетілетін қызметті беруші).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9947,106 +9985,106 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
- Способы предоставления государственной услуги </w:t>
+              <w:t>
+ Мемлекеттік қызметті ұсыну тәсілдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) веб-портал "электронного правительства" www.egov.kz (далее – портал);</w:t>
+1) "электрондық үкіметтің" веб-порталы www.egov.kz (бұдан әрі – портал);</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2) услугодателя.</w:t>
+2) көрсетілетін қызметті беруші арқылы жүзеге асырылады.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10079,87 +10117,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Срок оказания государственной услуги</w:t>
+Мемлекеттік қызмет көрсету мерзімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Срок оказания – 30 минут.</w:t>
+Қызмет көрсету мерзімі – 30 минут.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10192,87 +10230,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Форма оказания государственной услуги</w:t>
+Мемлекеттік қызмет көрсету нысаны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Электронная (частично автоматизированная) /бумажная.</w:t>
+Электронды (ішінара автоматтандырылған)/ қағаз түрінде.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10305,177 +10343,159 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Результат оказания государственной услуги</w:t>
+Мемлекеттік қызметті көрсету нәтижесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-В случае обращения через портал в "личный кабинет" услугополучателя приходит уведомление о переводе обучающегося из одной организации в другую организацию образования, с указанием фамилии, имени, отчества (при наличии), даты рождения, класса, языка обучения и школы (телефон, почтовый адрес, электронный адрес (официальный интернет ресурс) подписанное электронной цифровой подписью (далее - ЭЦП) уполномоченного лица услугодателя, при отказе оказании государственной услуги - о мотивированном отказе с указанием причин отказа.</w:t>
+Көрсетілетін қызметті алушыдан қағаз жеткізгіште құжаттарды қабылдау кезінде көрсетілетін қызметті беруші келетін ұйымға ұсыну үшін тегі, аты, әкесінің аты (бар болса), туған күні, сыныбы, оқыту тілі және мектебі (телефон, пошталық мекен-жай, электрондық пошта мекен-жайы (ресми интернет-ресурс) көрсетілген келу туралы есептен шығару талонын береді немесе дәлелді бас тартады.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-При приеме от услугополучателя документов на бумажном носителе услугодателем выдается открепительный талон о выбытии для предоставления его в организацию прибытия, с указанием фамилии, имени, отчества (при его наличии), даты рождения, класса, языка обучения и школы (телефон, почтовый адрес, электронный адрес (официальный интернет ресурс) или мотивированный отказ.</w:t>
+Көрсетілетін қызметті қағаз жеткізгіште алған жағдайда білім алушы келетін көрсетілетін қызметті беруші басқа білім беру ұйымына келу туралы тегі, аты, әкесінің аты (бар болса), туған күні, оқу сыныбы, білім беру ұйымының мекенжайы, телефоны, электрондық мекенжайы (ресми интернет-ресурс) көрсетілген есептен шығару талонын ұсынады.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-В случае получения услуги на бумажном носителе услугодатель, к которому прибывает обучающийся, предоставляет открепительный талон о прибытии, в котором указывается его фамилия, имя, отчество (при его наличии), дата рождения, класс, язык обучения, школа (почтовый адрес, телефон, электронный адрес (официальный интернет ресурс).</w:t>
+Оқуға келгені туралы есептен шығару талонының түпнұсқасы (құжаттар басқа орта білім беру ұйымына келгені туралы есептен шығару талонының түпнұсқасын ұсынғаннан кейін беріледі) білім алушы кететін орта білім беру ұйымынан құжаттарды (білім алушының жеке ісі) алу үшін ұсынылады.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Оригинал открепительного талона о прибытии (документы выдаются после предоставления оригинала открепительного талона о прибытии в другую организацию среднего образования) предоставляется в ту организацию среднего образования из которой выбывает обучающийся для получения документов (личное дело обучающегося).</w:t>
+Келу туралы сырттай куәліктің түпнұсқасы (құжаттар басқа орта білім беру ұйымына келу туралы сырттай куәліктің түпнұсқасын ұсынғаннан кейін беріледі) білім алушы құжаттарды (білім алушының жеке ісі) алуға кететін орта білім беру ұйымына беріледі.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Услугодатель выдает услугополучателю документы на руки (личное дело обучающегося). Услугополучатель предоставляет документы (личное дело) в организацию образования в которую прибывает.</w:t>
-[...17 lines deleted...]
-Организации образования издают приказы и проводят сверку о зачислении/отчислении обучающегося в/из организации среднего образования.</w:t>
+Білім беру ұйымдары білім алушыны орта білім беру ұйымына/ұйымынан қабылдау/ шығару туралы бұйрықтар шығарады және салыстыру жүргізеді.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10508,87 +10528,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Размер оплаты, взимаемой с услугополучателя при оказании государственной услуги, и способы ее взимания в случаях, предусмотренных законодательством Республики Казахстан</w:t>
+Мемлекеттік қызмет көрсету кезінде көрсетілген қызметті алушыдан алынатын төлем мөлшері және Қазақстан Республикасының заңнамасында көзделген жағдайларда оны алу тәсілдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бесплатно</w:t>
+ Тегін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10621,179 +10641,179 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-График работы</w:t>
+Жұмыс уақыты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-1) услугодателя - с понедельника по пятницу, в соответствии с установленным графиком работы с 9.00 до 18.30 часов, за исключением выходных и праздничных дней, согласно </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> Республики Казахстан от 23 ноября 2015 года (далее – Кодекс) с перерывом на обед с 13.00 часов до 14.30 часов.</w:t>
+1) көрсетілетін қызметті беруші - Қазақстан Республикасының 2015 жылғы 23 қарашадағы </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Еңбек кодексіне</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (бұдан әрі – Кодекс) сәйкес демалыс және мереке күндерін қоспағанда, дүйсенбіден бастап жұманы қоса алғанда, белгіленген жұмыс кестесіне сәйкес сағат 13.00-ден 14.30-ға дейінгі түскі үзіліспен сағат 9.00-ден 18.30-ға дейін.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2) портала – круглосуточно, за исключением технических перерывов в связи с проведением ремонтных работ (при обращении услугополучателя после окончания рабочего времени, в выходные и праздничные дни согласно Кодексу, прием заявлений и выдача результатов оказания государственной услуги осуществляется следующим рабочим днем).</w:t>
+2) портал – жөндеу жұмыстарын жүргізуге байланысты техникалық үзілістерді қоспағанда, тәулік бойы (көрсетілген қызметті алушы жұмыс уақыты аяқталғаннан кейін, демалыс және мереке күндері жүгінген кезде өтініштерді қабылдау және Мемлекеттік қызмет көрсету нәтижелерін беру Кодекске сәйкес келесі жұмыс күні жүзеге асырылады).</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Адреса мест оказания государственной услуги размещены на:</w:t>
+Мемлекеттік қызмет көрсету орындарының мекенжайлары:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) интернет ресурса-портале www.egov.kz</w:t>
+1) көрсетілетін қызметті берушінің интернет-ресурсында;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2) портале www.egov.kz</w:t>
+2) www.egov.kz порталында орналастырылған</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10826,328 +10846,328 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Перечень документов необходимых для оказания государственной услуги</w:t>
+Мемлекеттік қызмет көрсету үшін қажетті құжаттар тізбесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
--через портал:</w:t>
+- портал арқылы:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) заявление родителей или иных законных представителей согласно форме приложения 2 (в школу прибытия и школу выбытия);</w:t>
+1) ата-аналардың немесе басқа заңды өкілдердің 2-қосымшасының нысанына сәйкес өтініші (келу мектебі мен кету мектебіне);</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-- услугодателю (бумажно):</w:t>
+- көрсетілетін қызметті берушіге (қағаз түрінде)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) заявление родителей или иных законных представителей согласно форме приложения 2 (в школу прибытия и школу выбытия);</w:t>
+1) ата-аналардың немесе басқа заңды өкілдердің 2-қосымшасының нысанына сәйкес өтініші (келу мектебі мен кету мектебіне);</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2) открепительный талон о приеме документов, в котором указывается ФИО (при его наличии) ребенка, класс, язык обучения, школа, телефоны и электронный адрес (официальный интернет-ресурс) организации образования (за исключением обучающихся, выбывающих за пределы Республики Казахстан, которые предоставляют документ подтверждающий выезд за пределы Республики Казахстан).</w:t>
+2) құжаттарды қабылдау туралы есептен шығару талонында баланың толық аты-жөні, сыныбы, оқыту тілі, мектебі, білім беру ұйымының телефондары мен электронды мекен-жайы (ресми интернет-ресурсы) (Қазақстан Республикасынан кетуін растайтын құжат ұсынатын, Қазақстан Республикасынан кетіп жатқан білім алушыларды қоспағанда) көрсетіледі.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-9. </w:t>
+              <w:t>
+9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Основания для отказа в оказании государственной услуги, установленные законодательством Республики Казахстан</w:t>
+Қазақстан Республикасының заңнамасында белгіленген мемлекеттік қызмет көрсетуден бас тарту үшін негіздер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) переполненность класс-комплектов;</w:t>
+1) сынып-жинақталымының шамадан тыс толуы</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2) сроки подачи заявления не соответствуют установленным в настоящих правилах срокам;</w:t>
+2) өтініш беру мерзімі осы қағидаларда белгіленген мерзімге сәйкес келмеуі;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-3) отсутствие согласия услугополучателя, предоставляемого в соответствии со </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> Закона Республики Казахстан "О персональных данных и их защите", на доступ к персональным данным ограниченного доступа, которые требуются для оказания государственной услуги.</w:t>
+3) "Дербес деректер және оларды қорғау туралы" Қазақстан Республикасы Заңының </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>8-бабына</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сәйкес көрсетілетін қызметті алушының мемлекеттік қызмет көрсету үшін қажет ететін қолжетімділігі шектеулі дербес деректерге қол жеткізуге келісімі болмауы.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11180,141 +11200,141 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Иные требования с учетом особенностей оказания государственной услуги, в том числе оказываемой в электронной форме и через Государственную корпорацию</w:t>
+Мемлекеттік қызметті, оның ішінде электрондық нысанда және Мемлекеттік корпорация арқылы көрсету ерекшеліктері ескеріле отырып қойылатын өзге де талаптар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) максимально допустимое время ожидания для сдачи пакета документов -15 минут.</w:t>
+1) құжаттар топтамасын тапсыру үшін күтудің рұқсат етілген ең ұзақ уақыты 15 (он бес) минут.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2) максимально допустимое время обслуживания услугополучателя – 30 минут.</w:t>
+2) қызмет көрсетудің ең ұзақ мерзімі 30 минуттан аспайды.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Услугополучатель имеет возможность получения государственной услуги в электронной форме через портал при условии наличия ЭЦП.</w:t>
+Көрсетілетін қызметті алушының ЭЦҚ болған жағдайда мемлекеттік көрсетілетін қызметті портал арқылы электрондық нысанда алуға мүмкіндігі бар.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Услугополучатель имеет возможность получения информации о порядке и статусе оказания государственной услуги в режиме удаленного доступа посредством "личного кабинета" портала, справочных служб услугодателя, а также Единого контакт-центра "1414", 8-800-080-7777.</w:t>
+Көрсетілетін қызметті алушының мемлекеттік қызметті көрсету тәртібі мен мәртебесі туралы ақпаратты қашықтықтан қол жеткізу режимінде порталдағы "жеке кабинеті", көрсетілетін қызметті берушінің анықтамалық қызметтері, сондай-ақ "1414", 8-800-080-7777 Бірыңғай байланыс орталығы арқылы алуға мүмкіндігі бар.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -11353,51 +11373,142 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Форма</w:t>
+              <w:t>"Бастауыш, негізгі орта, жалпы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>орта білім беру бағдарламалары</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша ведомстволық</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бағыныстылығына қарамастан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>білім беру ұйымына құжаттарды</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қабылдау" мемлекеттік қызмет</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>көрсету стандартына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -11418,116 +11529,51 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">к стандарту государственной услуги: </w:t>
-[...64 lines deleted...]
-              <w:t>среднего образования"</w:t>
+              <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -11548,440 +11594,465 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Директору</w:t>
+              <w:t>______________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>________________________</w:t>
+              <w:t>білім беру ұйымының атауы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Наименование организации образования</w:t>
+              <w:t>_______________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>ФИО (при его наличии) директора</w:t>
+              <w:t>директордың ТАӘ</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>от _________________________</w:t>
+              <w:t>(болған жағдайда)</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">ФИО (при его наличии) </w:t>
+              <w:t>кімнен ___________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>родителя (законного представителя)</w:t>
+              <w:t>ата-ананың (заңды өкілдің)</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Телефон:___________</w:t>
+              <w:t>ТАӘ (болған жағдайда)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Телефоны: _________________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">                                      Заявление</w:t>
-[...207 lines deleted...]
-      (подпись)</w:t>
+        <w:t xml:space="preserve"> Өтініш</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Менің _____________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (білім беру ұйымының толық атауы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________ сыныпта білім алатын балам</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ______________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (Т. А. Ә. (болған жағдайда)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ___________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (елді мекеннің, ауданның, қаланың және облыстың атауы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      тіркелген мекенжайы бойынша</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ___________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (білім беру ұйымының толық атауы) ауыстыруды сұраймын.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ақпараттық жүйелерде қамтылған заңмен қорғалатын құпияны құрайтын мәліметтерді пайдалануға келісемін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ______________ "___" ________ 20__ жыл</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+            (қолы)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...9 lines deleted...]
-      <w:r>
         <w:br/>
       </w:r>
       <w:r>
-        <w:rPr>
-[...16 lines deleted...]
-      <w:r>
         <w:br/>
       </w:r>
       <w:r>
-        <w:br/>
-[...1 lines deleted...]
-      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
-					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
+					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>