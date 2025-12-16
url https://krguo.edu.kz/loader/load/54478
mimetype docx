--- v0 (2025-10-08)
+++ v1 (2025-12-16)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="b34cbbb" w14:textId="b34cbbb">
+    <w:p w14:paraId="154393d" w14:textId="154393d">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -76,418 +76,420 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Білім беру ұйымдарында қамқоршылық кеңестің жұмысын ұйымдастыру және оны сайлау тәртібінің үлгілік қағидаларын бекіту туралы</w:t>
-[...24 lines deleted...]
-      </w:pPr>
+        <w:t>Об утверждении Типовых правил организации работы Попечительского совета и порядок его избрания в организациях образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Приказ Министра образования и науки Республики Казахстан от 27 июля 2017 года № 355. Зарегистрирован в Министерстве юстиции Республики Казахстан 29 августа 2017 года № 15584.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z4" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      "Білім туралы" 2007 жылғы 27 шілдедегі Қазақстан Республикасы Заңының 44-бабының </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес </w:t>
+      В соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 9</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 44 Закона Республики Казахстан от 27 июля 2007 года "Об образовании" </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>БҰЙЫРАМЫН:</w:t>
-[...2 lines deleted...]
-    <w:bookmarkStart w:name="z1" w:id="0"/>
+        <w:t>ПРИКАЗЫВАЮ:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Қоса беріліп отырған Білім беру ұйымдарында қамқоршылық кеңестің жұмысын ұйымдастыру және оны сайлау тәртібінің үлгілік </w:t>
-[...23 lines deleted...]
-    <w:bookmarkStart w:name="z2" w:id="1"/>
+      1. Утвердить прилагаемые </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Типовые правила</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> организации работы Попечительского совета и порядок его избрания в организациях образования согласно приложению к настоящему приказу.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z6" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Признать утратившими силу:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z7" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2. Мыналардың күші жойылды деп танылсын: </w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z3" w:id="2"/>
+      1) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> исполняющего обязанности Министра образования и науки Республики Казахстан от 22 октября 2007 года № 501 "Об утверждении Типовых правил организации работы Попечительского совета и порядок его избрания в организациях образования" (зарегистрированный в Реестре государственной регистрации нормативных правовых актов Республики Казахстан под № 4995, опубликованный 30 ноября 2007 года в газете "Юридическая газета" № 184 (1387);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z8" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1) "Қамқоршылық кеңестің жұмысын ұйымдастырудың және білім беру ұйымдарында оны сайлау тәртібінің үлгілік қағидаларын бекіту туралы" Қазақстан Республикасы Білім және ғылым министрінің міндетін атқарушының 2007 жылғы 22 қазандағы (Қазақстан Республикасының нормативтік құқықтық актілерінің мемлекеттік тіркеу тізілімінде № 4995 болып тіркелген, 2007 жылғы 30 қарашадағы № 184 (1387) "Юридическая газета" газетінде жарияланған) № 501 </w:t>
-[...23 lines deleted...]
-    <w:bookmarkStart w:name="z4" w:id="3"/>
+      2) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> исполняющего обязанности Министра образования и науки Республики Казахстан от 22 декабря 2016 года №715 "О внесении изменений в приказ исполняющего обязанности Министра образования и науки Республики Казахстан от 22 октября 2007 года № 501 "Об утверждении Типовых правил деятельности попечительского совета и порядок его избрания" (зарегистрированный в Реестре государственной регистрации нормативных правовых актов Республики Казахстан под № 14751, опубликованный в Эталонном контрольном банке нормативных правовых актов Республики Казахстан 9 февраля 2017 года).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z9" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2) "Қамқоршылық кеңес қызметінің және оны сайлау тәртібінің үлгілік ережелерін бекіту туралы" Қазақстан Республикасы Білім және ғылым министрі міндетін атқарушының 2007 жылғы 22 қазандағы № 501 бұйрығына өзгерістер енгізу туралы" Қазақстан Республикасы Білім және ғылым министрінің міндетін атқарушының 2016 жылғы 22 желтоқсандағы (Қазақстан Республикасының нормативтік құқықтық актілерінің мемлекеттік тіркеу тізілімінде № 14751 болып тіркелген, 2017 жылғы 9 ақпанда Қазақстан Республикасы нормативтiк құқықтық актiлерiнiң эталондық бақылау банкiсінде жарияланған) № 715 </w:t>
-[...59 lines deleted...]
-      1) осы бұйрықтың Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркелуін;</w:t>
+      3. Комитету по охране прав детей Министерства образования и науки Республики Казахстан (Ерсаинов Е.Е.) в установленном законодательством порядке обеспечить: </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z7" w:id="6"/>
-[...15 lines deleted...]
-      2) осы бұйрық Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркеуден өткен күннен бастап күнтізбелік он күн ішінде оның көшірмесін қағаз және электронды түрде қазақ және орыс тілдерінде ресми жариялау және Қазақстан Республикасы нормативтік құқықтық актілерінің эталондық бақылау банкіне енгізу үшін "Республикалық құқықтық ақпарат орталығы" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорнына жіберуді;</w:t>
+    <w:bookmarkStart w:name="z10" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) государственную регистрацию настоящего приказа в Министерстве юстиции Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z8" w:id="7"/>
-[...15 lines deleted...]
-       3) осы бұйрық мемлекеттік тіркеуден өткеннен кейін күнтізбелік он күн ішінде көшірмелерін мерзімді баспа басылымдарына ресми жариялауға жіберуді;</w:t>
+    <w:bookmarkStart w:name="z11" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) в течение десяти календарных дней со дня государственной регистрации настоящего приказа в Министерстве юстиции Республики Казахстан направление его копий в бумажном и электронном виде на казахском и русском языках в Республиканское государственное предприятие на праве хозяйственного ведения "Республиканский центр правовой информации" для официального опубликования и включения в Эталонный контрольный банк нормативных правовых актов Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z9" w:id="8"/>
-[...15 lines deleted...]
-      4) осы бұйрықты Қазақстан Республикасы Білім және ғылым министрлігінің интернет-ресурсында орналастыруды;</w:t>
+    <w:bookmarkStart w:name="z12" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) в течение десяти календарных дней после государственной регистрации настоящего приказа направление его копии на официальное опубликование в периодические печатные издания;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z10" w:id="9"/>
-[...15 lines deleted...]
-      5) осы бұйрық Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркеуден өткеннен кейін он жұмыс күні ішінде Қазақстан Республикасы Білім және ғылым министрлігінің Заң қызметі және халықаралық ынтымақтастық департаментіне осы тармақтың 1), 2), 3) және 4) тармақшаларында көзделген іс-шаралардың орындалуы туралы мәліметтерді ұсынуды қамтамасыз етсін.</w:t>
+    <w:bookmarkStart w:name="z13" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) размещение настоящего приказа на интернет-ресурсе Министерства образования и науки Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z11" w:id="10"/>
-[...15 lines deleted...]
-      4. Осы бұйрықтың орындалуын бақылау Қазақстан Республикасы Білім және ғылым вице-министрі Б.А. Асыловаға жүктелсін.</w:t>
+    <w:bookmarkStart w:name="z14" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) в течение десяти рабочих дней после государственной регистрации настоящего приказа в Министерстве юстиции Республики Казахстан представление в Департамент юридической службы и международного сотрудничества Министерства образования и науки Республики Казахстан сведений об исполнении мероприятий, предусмотренных подпунктами 1), 2), 3) и 4) настоящего пункта.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z12" w:id="11"/>
-[...15 lines deleted...]
-      5. Осы бұйрық алғашқы ресми жарияланған күнінен бастап күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
+    <w:bookmarkStart w:name="z15" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Контроль за исполнением настоящего приказа возложить на вице-министра образования и науки Республики Казахстан Асылову Б.А.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z16" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Настоящий приказ вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7795"/>
         <w:gridCol w:w="4205"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7795" w:type="dxa"/>
             <w:tcBorders/>
@@ -502,64 +504,74 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>      Қазақстан Республикасының</w:t>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Министр образования и науки</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Білім және ғылым министрі</w:t>
+              <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4205" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -567,373 +579,67 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Е. Сағадиев</w:t>
+              <w:t>Е. Сагадиев</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...304 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -967,2235 +673,2243 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Қазақстан Республикасы</w:t>
+              <w:t>Утверждены</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Білім және ғылым министрінің</w:t>
+              <w:t>приказом Министра образования</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2017 жылғы 27 шілдедегі</w:t>
+              <w:t>и науки Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№ 355 бұйрығымен</w:t>
+              <w:t>от 27 июля 2017 года</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>бекітілген</w:t>
+              <w:t>№ 355</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z14" w:id="12"/>
+    <w:bookmarkStart w:name="z19" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Білім беру ұйымдарында қамқоршылық кеңестің жұмысын ұйымдастыру және оны</w:t>
+        <w:t xml:space="preserve"> Типовые правила организации работы Попечительского совета и порядок его избрания в организациях образования</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z20" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z21" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Типовые правила организации работы Попечительского совета и порядок его избрания в организациях образования (далее - Правила) разработаны в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 9</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 44 Закона Республики Казахстан от 27 июля 2007 года "Об образовании" и определяют порядок организации деятельности Попечительского совета (далее – Попечительский совет) и его избрания в организациях образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 в редакции приказа Министра образования и науки РК от 02.04.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 123</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z22" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Попечительский совет создается в организациях образования за исключением военных, специальных, медицинских и фармацевтических учебных заведений, подведомственных органам национальной безопасности Республики Казахстан, Министерства внутренних дел Республики Казахстан, органам прокуратуры Республики Казахстан, Министерства обороны Республики Казахстан и Министерства здравоохранения Республики Казахстан, негосударственных организаций образования, а также государственных некоммерческих организаций образования, созданных в форме акционерного общества.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 2 в редакции приказа Министра образования и науки РК от 02.04.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 123</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z23" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Попечительский совет взаимодействует с администрацией организации образования, родительским комитетом, местными исполнительными органами, заинтересованными государственными органами и иными физическими и/или юридическими лицами.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z24" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Выполнение членами Попечительского совета своих полномочий осуществляется на безвозмездной основе.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z25" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>сайлау тәртібінің үлгілік қағидалары</w:t>
+        <w:t xml:space="preserve"> Глава 2. Порядок избрания и состав Попечительского совета</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z26" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Уполномоченный орган соответствующей отрасли или местный исполнительный орган в области образования размещает объявление о формировании Попечительского совета и приеме предложений по его составу на собственном интернет-ресурсе и/или в периодическом печатном издании, распространяемом на территории соответствующей административно-территориальной единицы на казахском и русском языках.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Прием предложений осуществляется в течение десяти рабочих дней после дня опубликования объявления.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 5 в редакции приказа Министра образования и науки РК от 02.04.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 123</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z27" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Состав Попечительского совета формируется на основе полученных предложений с письменного согласия кандидатов в члены Попечительского совета и утверждается уполномоченным органом соответствующей отрасли или местным исполнительным органом в области образования в течение трех рабочих дней после окончания приема предложений.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 6 в редакции приказа Министра образования и науки РК от 02.04.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 123</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z28" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. В состав Попечительского совета входят:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z29" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) представители местных представительных, исполнительных и правоохранительных органов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z30" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) представители работодателей и социальных партнеров;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z31" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) представители некоммерческих организаций (при наличии);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z32" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) по одному родителю или законному представителю обучающихся в данной организации образования из каждой параллели классов, курсов, рекомендованные родительским комитетом;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z33" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) благотворители (при наличии).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z34" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Руководитель организации образования, при которой создается Попечительский совет или его заместитель принимают участие в его заседаниях.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z35" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      В состав Попечительского совета не входят лица, указанные в подпунктах 2) и 3) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункта 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 51 Закона Республики Казахстан от 27 июля 2007 года "Об образовании".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z36" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Число членов Попечительского совета является нечетным и составляет не менее девяти человек, не находящихся в отношениях близкого родства и свойства друг с другом и руководителем данной организации образования. Срок полномочий членов Попечительского совета составляет три года. Члены Попечительского совета не входят в штат работников данной организации образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Полномочия Попечительского совета, созданного в опорной школе (ресурсном центре), распространяются и на малокомплектные школы, закрепленные за ней.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 8 в редакции приказа Министра образования и науки РК от 02.04.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 123</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z37" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Количество членов в составе Попечительского совета, являющихся представителями государственных органов, не превышает трех человек.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z38" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Руководителем Попечительского совета является его председатель, избираемый (переизбираемый) на заседании Попечительского совета путем открытого голосования большинством голосов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z39" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Представители государственных органов не избираются председателем Попечительского совета и не исполняют его обязанности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z40" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. В случае отсутствия председателя Попечительского совета его функции осуществляет один из членов Попечительского совета по решению Попечительского совета, за исключением представителей государственных органов, входящих в состав Попечительского состава.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z41" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       12. Председатель действует от имени Попечительского совета и обеспечивает его деятельность в соответствии с настоящими Правилами.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z42" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Секретарь Попечительского совета назначается из числа работников организации образования и не является членом Попечительского совета.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Секретарь Попечительского совета обеспечивает подготовку, проведение, оформление материалов и протоколов заседаний Попечительского совета.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 13 в редакции приказа Министра образования и науки РК от 02.04.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 123</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z43" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>1-тарау. Жалпы ережелер</w:t>
-[...22 lines deleted...]
-    <w:bookmarkEnd w:id="13"/>
+        <w:t xml:space="preserve"> Глава 3. Полномочия Попечительского совета</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z44" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Попечительский совет организации образования:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z9" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) осуществляет общественный контроль за соблюдением прав обучающихся и воспитанников организации образования, а также за расходованием благотворительной помощи, поступающих на счет образовательных учреждений;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z10" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) вырабатывает предложения о внесении изменений и/или дополнений в устав организации образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z11" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) вырабатывает рекомендации по приоритетным направлениям развития организации образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z12" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) вырабатывает предложения по совершенствованию мер по вопросам устройства детей-сирот и детей, оставшихся без попечения родителей в семьи казахстанских граждан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z13" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) участвует в распределении финансовых средств, поступивших в организацию образования в виде благотворительной помощи и принимает решение о его целевом расходовании;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z14" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) вырабатывает предложения при формировании бюджета организации образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z15" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) вносит предложения уполномоченному органу соответствующей отрасли или местному исполнительному органу в области образования об устранении выявленных Попечительским советом недостатков в работе организации образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z16" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) согласовывает и выносит протокольное решение по итогам собеседования с кандидатами на занятие вакантной должности руководителя организации среднего образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z17" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) заслушивает отчеты руководителя организации образования о деятельности организации образования, в том числе о качественном предоставлении образовательных услуг, об использовании благотворительной помощи и принимаемых мерах по устройству детей-сирот и детей, оставшихся без попечения родителей в семьи казахстанских граждан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z18" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) участвует в конференциях, совещаниях, семинарах по вопросам деятельности организаций образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z19" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) знакомится с деятельностью организации образования, условиями предоставленными обучающимся и воспитанникам организации образования, проводят с ними беседу в присутствии психолога организации образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Работники (структурные подразделения) организации образования оказывают содействие в предоставлении информации по вопросам, относящимся к компетенции Попечительского совета.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - ҚР Білім және ғылым министрінің 02.04.2018 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 14 в редакции приказа Министра образования и науки РК от 08.02.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 43</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z56" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 4. Порядок организации работы Попечительского совета</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z57" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Заседание Попечительского совета созывается его председателем по собственной инициативе, по инициативе двух третей от общего количества членов Попечительского совета.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z58" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Уведомление о созыве заседания Попечительского совета подписывается председателем Попечительского совета и направляется членам Попечительского совета и организации образования при которой действует Попечительский совет вместе с необходимыми материалами в срок не позднее, чем за семь рабочих дней до даты проведения заседания.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z59" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Уведомление содержит дату, время и место проведения заседания.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z60" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      К уведомлению прилагаются повестка дня заседания с указанием докладчика, справочные материалы, предусматривающие мотивы включения в повестку дня указанных вопросов, необходимые документы, предоставляемые членам Попечительского совета к заседанию.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z61" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      17. Член Попечительского совета, получивший уведомление о проведении заседания Попечительского совета не позднее одного рабочего дня до даты его проведения информирует секретаря Попечительского совета о своем участии или не участии. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z62" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Председатель Попечительского совета созывает заседание Попечительского совета не позднее пяти рабочих дней со дня поступления предложения о созыве.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z63" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Заседания Попечительского совета проводятся по мере необходимости, но не реже одного раза в квартал.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Представители территориальных департаментов Комитета по контролю в сфере образования и науки Министерства образования и науки Республики Казахстан допускаются к участию в его заседаниях в качестве наблюдателей без права голоса.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 19 в редакции приказа Министра образования и науки РК от 02.04.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 123</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z16" w:id="14"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z64" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. Заседание Попечительского совета является правомочным, если все члены Попечительского совета извещены о времени и месте его проведения, и на заседании присутствует не менее две трети от общего количества его членов. Передача членом Попечительского совета своего голоса другому члену Попечительского совета либо лицу по доверенности не допускается.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z65" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Каждый член Попечительского совета организации образования имеет при голосовании один голос без права его передачи.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 2-тармақ жаңа редакцияда - ҚР Білім және ғылым министрінің 02.04.2018 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 21 в редакции приказа Министра образования и науки РК от 02.04.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 123</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z17" w:id="15"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z19" w:id="17"/>
+    <w:bookmarkStart w:name="z66" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Решение Попечительского совета принимается открытым голосованием большинством голосов присутствовавших его членов. При равенстве голосов принимается решение, за которое проголосовал председатель Попечительского совета, а в случае его отсутствия лицо, осуществляющее функции председателя Попечительского совета.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z67" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Решение Попечительского совета оформляется протоколом, который подлежит подписанию всеми присутствующими на заседании членами Попечительского совета.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z68" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. Протокол направляется уполномоченному органу соответствующей отрасли или местному исполнительному органу в области образования после проведения заседания Попечительского совета в срок не позднее трех рабочих дней.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z69" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25. Уполномоченный орган соответствующей отрасли или местный исполнительный орган в области образования размещает информацию о принятых Попечительским советом решениях на собственном интернет-ресурсе.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z70" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26. Благотворительная помощь организации образования оказывается в добровольном порядке на безвозмездной основе и расходуется исключительно по решению Попечительского совета в порядке, предусмотренном настоящими Правилами.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z71" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      27. Любые принятые организацией образования поступления от благотворительной помощи зачисляются на:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z72" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) контрольный счет наличности благотворительной помощи, открытый в территориальном подразделении уполномоченного органа по исполнению бюджета, в соответствии с бюджетным законодательством Республики Казахстан – для организаций образования, созданных в организационно-правовой форме государственное учреждение;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z73" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) счет, открытый в банке второго уровня – для организаций образования, созданных в иных организационно-правовых формах.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z74" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      28. Поступления от благотворительной помощи расходуются на следующие цели:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z75" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) социальная поддержка обучающихся и воспитанников организации образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z76" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) совершенствование материально-технической базы организации образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z77" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) развитие спорта, поддержка одаренных детей;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z78" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) осуществление расходов на организацию образовательного процесса сверх требований государственных общеобразовательных стандартов образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z79" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      29. Организация образования ежегодно, по итогам финансового года, информирует общественность о результатах деятельности по использованию и движении средств благотворительной помощи, путем размещения соответствующего отчета на интернет-ресурсе данной организации образования, уполномоченного органа соответствующей отрасли, местного исполнительного органа в области образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z80" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2-тарау. Қамқоршылық кеңесті сайлау тәртібі және құрамы</w:t>
-[...40 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve"> Глава 5. Прекращение работы Попечительского совета</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z81" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      30. Прекращение работы Попечительского совета осуществляется:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z82" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) по инициативе уполномоченного органа соответствующей отрасли или местного исполнительного органа в области образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z83" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) при ликвидации и реорганизации организации образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z84" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      31.  Член Попечительского совета исключается из состава Попечительского совета:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z86" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) по личной инициативе;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z87" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) по причине отсутствия без уважительных причин на заседаниях более трех раз подряд.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 5-тармақ жаңа редакцияда - ҚР Білім және ғылым министрінің 02.04.2018 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 31 в редакции приказа Министра образования и науки РК от 02.04.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 123</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z21" w:id="19"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...39 lines deleted...]
-      <w:r>
         <w:br/>
       </w:r>
       <w:r>
-        <w:rPr>
-[...275 lines deleted...]
-      <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-</w:t>
-[...1386 lines deleted...]
-        <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
-					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
+					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>