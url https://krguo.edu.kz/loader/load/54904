--- v0 (2025-10-08)
+++ v1 (2025-12-19)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="56a127c" w14:textId="56a127c">
+    <w:p w14:paraId="c2c131b" w14:textId="c2c131b">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -76,347 +76,307 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Мектепке дейінгі білім беру саласында мемлекеттік қызметтер көрсету қағидаларын бекіту туралы</w:t>
-[...25 lines deleted...]
-      <w:bookmarkStart w:name="z1" w:id="0"/>
+        <w:t>Об утверждении правил оказания государственных услуг в сфере дошкольного образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Приказ Министра образования и науки Республики Казахстан от 19 июня 2020 года № 254. Зарегистрирован в Министерстве юстиции Республики Казахстан 22 июня 2020 года № 20883.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z4" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      "Мемлекеттік қызметтер туралы" 2013 жылғы 15 сәуірдегі Қазақстан Республикасы Заңының </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> 1) тармақшасына сәйкес БҰЙЫРАМЫН:</w:t>
+      В соответствии с подпунктом 1) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 10</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона Республики Казахстан от 15 апреля 2013 года "О государственных услугах" ПРИКАЗЫВАЮ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z2" w:id="1"/>
+    <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Қоса беріліп отырған Мектепке дейінгі білім беру саласында мемлекеттік қызметтер көрсету </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> бекітілсін.</w:t>
+      1. Утвердить прилагаемые </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Правила</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оказания государственных услуг в сфере дошкольного образования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z3" w:id="2"/>
+    <w:bookmarkStart w:name="z6" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2. Осы бұйрыққа </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес Қазақстан Республикасы Білім және ғылым министрінің кейбір бұйрықтарының күші жойылсын.</w:t>
+      2. Признать утратившими силу некоторые приказы Министра образования и науки Республики Казахстан согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящему приказу.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z4" w:id="3"/>
-[...15 lines deleted...]
-      3. Қазақстан Республикасы Білім және ғылым министрлігінің Мектепке дейінгі және орта білім беру комитеті заңнамада белгіленген тәртіпте:</w:t>
+    <w:bookmarkStart w:name="z7" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Комитету дошкольного и среднего образования Министерства образования и науки Республики Казахстан в установленном законодательством порядке обеспечить:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z5" w:id="4"/>
-[...15 lines deleted...]
-      1) осы бұйрықтың Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркелуін;</w:t>
+    <w:bookmarkStart w:name="z8" w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) государственную регистрацию настоящего приказа в Министерстве юстиции Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z6" w:id="5"/>
-[...15 lines deleted...]
-      2) осы бұйрықты Қазақстан  Республикасы Білім және ғылым министрлігінің интернет-ресурсында орналастыруды;</w:t>
+    <w:bookmarkStart w:name="z9" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) размещение настоящего приказа на интернет-ресурсе Министерства образования и науки Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z7" w:id="6"/>
+    <w:bookmarkStart w:name="z10" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      3) осы бұйрық Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркеуден өткеннен кейін он жұмыс күні ішінде Қазақстан Республикасы Білім және ғылым министрлігінің Заң қызметі департаментіне осы тармақтың </w:t>
-[...39 lines deleted...]
-        <w:t xml:space="preserve"> көзделген іс-шаралардың орындалуы туралы мәліметтерді ұсынуды қамтамасыз етсін.</w:t>
+      3) в течение десяти рабочих дней после государственной регистрации настоящего приказа представление в Юридический департамент Министерства образования и науки Республики Казахстан сведений об исполнении мероприятий, предусмотренных подпунктами 1) и 2) настоящего пункта. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z8" w:id="7"/>
-[...15 lines deleted...]
-      4. Осы бұйрықтың орындалуын бақылау жетекшілік жасайтын Қазақстан Республикасының Білім және ғылым вице-министріне жүктелсін.</w:t>
+    <w:bookmarkStart w:name="z11" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Контроль за исполнением настоящего приказа возложить на курирующего вице-министра образования и науки Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z9" w:id="8"/>
-[...15 lines deleted...]
-      5. Осы бұйрық алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі. </w:t>
+    <w:bookmarkStart w:name="z12" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Настоящий приказ вводится в действие после дня его первого официального опубликования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -435,75 +395,92 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">      Қазақстан Республикасының </w:t>
-[...14 lines deleted...]
-            </w:pPr>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Білім және ғылым министрі </w:t>
+              <w:t xml:space="preserve">Министр образования и науки </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Республики Казахстан </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -605,3672 +582,3705 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Қазақстан Республикасы</w:t>
+              <w:t>Утверждены приказом</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Білім және ғылым министрінің</w:t>
+              <w:t>Министра образования и науки</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">2020 жылғы 19 маусымдағы </w:t>
+              <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">№ 254 Бұйрықпен </w:t>
-[...12 lines deleted...]
-              <w:t>бекітілді</w:t>
+              <w:t>от 19 июня 2020 года  № 254</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z11" w:id="9"/>
+    <w:bookmarkStart w:name="z15" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Мектепке дейінгі білім беру саласында мемлекеттік қызметтер көрсету қағидалары</w:t>
+        <w:t xml:space="preserve"> Правила оказания государственных услуг в сфере дошкольного образования</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z12" w:id="10"/>
+    <w:bookmarkStart w:name="z16" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
+        <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z13" w:id="11"/>
+    <w:bookmarkStart w:name="z17" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Мектепке дейінгі білім беру саласында мемлекеттік қызметтер көрсету қағидалары (бұдан әрі – Қағидалар) Қазақстан Республикасы </w:t>
-[...199 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес әзірленген. </w:t>
+      1. Правила оказания государственных услуг в сфере дошкольного образования (далее – Правила) разработаны в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Конституцией</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан, законами Республики Казахстан </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>"Об образовании"</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>"О статусе педагога"</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>"О специальных социальных услугах"</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>"О правах ребенка в Республике Казахстан"</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>"О социальной и медико-педагогической коррекционной поддержке детей с ограниченными возможностями"</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>"О воинской службе и статусе военнослужащих"</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>"О специальных государственных органах Республики Казахстан"</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, подпунктом 1) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 10</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона Республики Казахстан от 15 апреля 2013 года "О государственных услугах", </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Кодексом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан "О браке (супружестве) и семье".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z14" w:id="12"/>
+    <w:bookmarkStart w:name="z18" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Правила определяют порядок приема (постановку в очередь, выдачу направления, прием документов, зачисление в дошкольную организацию) детей дошкольного возраста на свободные места в дошкольные организации с государственным образовательным заказом независимо от видов, формы собственности и ведомственной подчиненности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z19" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. В настоящих Правилах используются основные понятия:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z244" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) архив – набор заявлений, снятых с очереди по причине успешного получения направления на зачисление в дошкольную организацию или снятых с очереди по иным причинам, предусмотренным настоящими Правилами;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z245" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) технология блокчейн – способ построения архитектуры хранения и обработки данных по определенным правилам, который позволяет идентифицировать внесение изменений в данные, которые не подлежат корректировке;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z246" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) свободное место – информация о вакантном месте для зачисления ребенка в дошкольную организацию с указанием дошкольной организации, возрастной группы, языка воспитания и обучения, вида группы (общеразвивающая, специальная), режима работы (полного, неполного, круглосуточного пребывания), режима зачисления (общеустановленный, раннего бронирования, временного пребывания) с указанием даты начала зачисления и наличия ограничений по дате пребывания в дошкольной организации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z247" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) бюллетень освободившихся мест – протокол, ежедневно фиксирующий хронологию передачи свободных мест от дошкольных организаций на распределение в систему управления очередью;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z248" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) принцип "одного заявления" – форма оказания государственной услуги, предусматривающая совокупность нескольких государственных услуг, оказываемых на основании одного заявления;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z249" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) свободное место режима общеустановленного зачисления – свободное место, срок действия направления по которому начинает исчисляться сразу после получения направления;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z250" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) свободное место режима раннего бронирования – свободное место, на которое можно получить направление раньше, чем это место фактически освободится; срок исчисления действия направления и процедура зачисления в дошкольную организацию начинается после фактического освобождения места;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z251" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) система управления очередью – информационная система услугодателя, обеспечивающая автоматизированное исполнение бизнес-процессов приема заявлений на постановку в очередь и распределения мест в дошкольных организациях;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z252" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) номер очередности – положение заявления в очереди относительно других заявлений в этой очереди;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z253" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) бюллетень отозванных мест – протокол, ежедневно фиксирующий хронологию возврата (отзыва) дошкольными организациями мест, ранее переданных на распределение в систему управления очередью;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z254" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) направление на зачисление в дошкольную организацию (далее – направление) – уведомление о временном резервировании за заявителем места в дошкольной организации на период прохождения процесса зачисления в дошкольную организацию и оформления соответствующих документов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z255" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) очередь заявлений (далее – очередь) – заявления на зачисление в дошкольную организацию, успешно зарегистрированные в системе управления очередью и упорядоченные относительно друг друга согласно настоящим правилам;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z256" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) проактивная услуга – государственная услуга, оказываемая в электронной форме, предоставляемая по инициативе субъекта оказания услуг, для оказания которой необходимо обязательное согласие субъекта получения услуги, предоставленное посредством абонентского устройства сотовой связи;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z257" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) стоп-лист – временный архив, куда перемещаются заявления из очереди, по которым приостановлена возможность получения направлений ввиду выявленных нарушений, допущенных со стороны заявителей;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z258" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15) свободное место временного пребывания – свободное место, которое сохраняется в дошкольной организации за временно выбывшим воспитанником, поэтому имеет ограниченный срок пребывания нового ребенка, зачисленного на это место;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z259" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16) уведомление – электронные текстовые сообщения, отправляемые системой управления очередью заявителю с целью уведомления о прохождении определенных этапов получения места в дошкольной организации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 3 - в редакции приказа Министра просвещения РК от 18.11.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 464</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z35" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. Порядок оказания государственных услуг</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z36" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Параграф 1. Порядок оказания государственной услуги  "Постановка на очередь детей дошкольного возраста (до 6 лет) для направления в дошкольные организации</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z37" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Государственная услуга "Постановка на очередь детей дошкольного возраста (до 6 лет) для направления в дошкольные организации" (далее – государственная услуга по постановке на очередь) оказывается управлениями образования городов республиканского значения и столицы, отделами образования районов, городов областного значения (далее – услугодатель).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 4 - в редакции приказа Министра просвещения РК от 18.11.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 464</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z38" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2. Қағидалар түріне, меншік нысанына және ведомстволық бағыныстылығына қарамастан мемлекеттік білім беру тапсырысы орналастырылған мектепке дейінгі ұйымдардағы бос орындарға мектеп жасына дейінгі балаларды қабылдау (кезекке қою, жолдамаларды беру, құжаттарды қабылдау, мектепке дейінгі ұйымға қабылдау) тәртібін айқындайды. </w:t>
-[...342 lines deleted...]
-    <w:bookmarkEnd w:id="29"/>
+      5. Для получения государственной услуги по постановке на очередь физическое лицо (далее - услугополучатель) направляет в канцелярию услугодателя, либо через некоммерческое акционерное общество "Государственная корпорация "Правительство для граждан" (далее – Государственная корпорация) и (или) через веб-портал "электронного правительства" (далее – портал) заявление по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к Правилам, а также документы, указанные в пункте 8 Перечня основных требований к оказанию государственной услуги "Постановка на очередь детей дошкольного возраста (до 6 лет) для направления в дошкольные организации" (далее – Перечень требований).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Перечень основных требований к оказанию государственной услуги по постановке на очередь, включающий характеристики процесса, форму, содержание и результат оказания услуги, а также иные сведения с учетом особенностей предоставления государственной услуги по постановке на очередь приведен в Перечне требований согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В "личном кабинете" услугополучателя отображается информация о статусе рассмотрения запроса на оказание государственной услуги по постановке на очередь, а также размещается уведомление с указанием даты и времени получения результата государственной услуги по постановке на очередь.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Канцелярия услугодателя, работник Государственной корпорации осуществляют прием заявления по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к Правилам и регистрируют документы, полученные от услугополучателя, проверяют их на полноту; при представлении услугополучателем полного пакета документов осуществляют выдачу уведомления о постановке на очередь с указанием номера очередности (в произвольной форме).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      В случае представления услугополучателем неполного пакета документов согласно перечню, предусмотренному пунктом 8 Перечня требований, услугодатель и (или) работник Государственной корпорации отказывает в приеме заявления и выдает расписку об отказе в приеме документов по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сведения о документах, удостоверяющих личность, услугодатель и работник Государственной корпорации получают из соответствующих государственных информационных систем через шлюз "электронного правительства".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Выдача услугополучателю готовых документов осуществляется на основании расписки о приеме соответствующих документов при предъявлении документа, удостоверяющего личность (либо ее представителя по нотариально заверенной доверенности).</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 3-тармақ жаңа редакцияда - ҚР Оқу-ағарту министрінің 18.11.2022 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 5 - в редакции приказа Министра просвещения РК от 18.11.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 464</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z16" w:id="30"/>
+    <w:bookmarkStart w:name="z45" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6. В случае обращения через портал услугодатель в день поступления документов осуществляет их прием и регистрацию. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z46" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Услугодатель в течение 30 минут проверяет на полноту представленные документы. В случае не полноты в указанные сроки готовит мотивированный отказ в дальнейшем рассмотрении заявления, который направляется в форме электронного документа заявителю в "личный кабинет" на портале.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z47" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      При установлении факта полноты представленных документов, услугодатель готовит уведомление о постановке на очередь с указанием номера очередности (в произвольной форме) и направляет услугополучателю в "личный кабинет" в форме электронного документа, удостоверенного ЭЦП уполномоченного лица услугодателя. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z48" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      7. Государственная услуга по постановке на очередь может оказываться проактивным способом, в том числе без заявления услугополучателя по инициативе услугодателя посредством информационных систем услугодателя и государственных органов при регистрации телефонного номера абонентского устройства сотовой связи услугополучателя на веб-портале "электронного правительства" www.egov.kz и включать в себя: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z49" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) отправку автоматических уведомлений услугополучателю с запросом на оказание государственной услуги по постановке на очередь;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z50" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) получение согласия услугополучателя на оказание проактивной услуги, а также иных необходимых сведений от услугополучателя, в том числе ограниченного доступа, посредством абонентского устройства сотовой связи услугополучателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z51" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. По выбору услугополучателя государственная услуга по постановке на очередь оказывается по принципу "одного заявления" в совокупности с государственной услугой "Регистрация рождения ребенка, в том числе внесение изменений, дополнений и исправлений в записи актов гражданского состояния".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z261" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Услугополучатели:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z262" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) получают от услугодателя в доступной форме полную и достоверную информацию о порядке предоставления государственной услуги;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z263" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) получают государственную услугу в бумажной и (или) электронной форме;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z264" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) участвуют в публичных обсуждениях проектов подзаконных нормативных правовых актов, определяющих порядок оказания государственных услуг;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z265" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) обращаются в суд с иском о защите нарушенных прав, законных интересов в сфере оказания государственных услуг;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z266" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) используют электронные документы в отношении себя и несовершеннолетних членов семьи из сервиса цифровых документов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z267" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При оказании государственных услуг не допускается истребования от услугополучателей:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z268" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) документов и сведений, которые могут быть получены из информационных систем;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z269" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) нотариально засвидетельствованных копий документов, оригиналы которых представлены для сверки услугодателю.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z270" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Обращения, предусмотренные </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 3)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пункта 1 статьи 4 Закона Республики Казахстан "О государственных услугах", поступившие по вопросам оказания государственных услуг, подлежат учету согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункту 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 69 Административного процедурно-процессуального кодекса Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 8 - в редакции приказа Министра просвещения РК от 18.11.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 464</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z52" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      9. Услугодатель обеспечивает внесение сведений о стадии оказания государственной услуги в информационную систему мониторинга оказания государственных услуг в порядке согласно подпункту 11) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункта 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 5 Закона Республики Казахстан "О государственных услугах".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z53" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Жалоба на решение, действия (бездействие) услугодателя  по вопросам оказания государственной услуги по постановке на очередь может быть подана на имя руководителя услугодателя, в уполномоченный орган по оценке и контролю за качеством оказания государственных услуг в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z54" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Жалоба услугополучателя, поступившая в адрес услугодателя, в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 25 Закона Республики Казахстан "О государственных услугах" подлежит рассмотрению в течение пяти рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z55" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жалоба на действия (бездействие) работника Государственной корпорации направляется руководителю Государственной корпорации по адресу, указанному на интернет-ресурсе корпорации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z56" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      11. Жалоба услугополучателя по вопросам оказания государственной услуги по постановке на очередь, поступившая в адрес услугодателя, Государственной корпорации, подлежит рассмотрению в течение пяти рабочих дней со дня ее регистрации. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z57" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. При отправке жалобы через портал услугополучателю из "личного кабинета" доступна информация об обращении, которая обновляется в ходе обработки обращения услугодателем (отметки о доставке, регистрации, исполнении, ответ о рассмотрении или об отказе в рассмотрении).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z58" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Информацию о порядке обжалования через портал можно получить посредством Единого контакт-центра по вопросам оказания государственных услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z59" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жалоба услугополучателя, поступившая в адрес уполномоченного органа по оценке и контролю за качеством оказания государственных услуг, подлежит рассмотрению в течение 15 (пятнадцати) рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z60" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      В случае несогласия с результатом оказания государственной услуги по постановке на очередь услугополучатель обращается в суд в установленном законодательством Республики Казахстан порядке. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z61" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Общая очередь для зачисления в дошкольные организации формируется по принадлежности к населенному пункту (город, село, поселок) по году рождения детей для каждого года рождения отдельно.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Очередь в специальные дошкольные организации (специальные ясли-сады, специальные детские сады) и специальные группы в дошкольных организациях для детей с нарушениями зрения, слуха, тяжелыми нарушениями речи, опорно-двигательного аппарата, интеллекта, с задержкой психического развития, специальные дошкольные организации и специальные группы в дошкольных организациях, совмещающие все категории детей с нарушениями, согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Типовых правил</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> деятельности специальных организаций образования, утвержденных приказом Министра образования и науки Республики Казахстан от 31 августа 2022 года № 385 "Об утверждении Типовых правил деятельности организаций образования соответствующих типов и видов") (зарегистрированный в Реестре государственной регистрации нормативных правовых актов под № 29329) формируется внутри населенного пункта по году рождения детей, для каждого года рождения отдельно.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Внутри очереди по годам рождения очередь разделяется по видам нарушений, имеющихся у детей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Очередь в санаторные дошкольные организации формируется внутри населенного пункта по году рождения детей для каждого года рождения отдельно по видам реабилитации/профилактики.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 13 - в редакции приказа Министра просвещения РК от 18.11.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 464</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z66" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      14. Заявления в очередях располагаются по дате и времени подачи заявления заявителем. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z67" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Родитель или законный представитель ребенка становится в очередь в одном населенном пункте не более трех раз за период дошкольного возраста.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z68" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Родитель или законный представитель ребенка, получивший внеочередное или первоочередное направление в государственную дошкольную организацию, для выбора другой дошкольной организации после истечения одного месяца встает в общую очередь и получает направление в частную дошкольную организацию.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z69" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Родитель или законный представитель ребенка с особыми образовательными потребностями при наличии подтверждающих документов встает одновременно в нескольких очередях – общей очереди, очереди в специальную, санаторную дошкольные организации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z70" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Для подачи заявления и нахождения в очереди возраст ребенка не превышает 6 лет на 1 сентября текущего календарного года (кроме детей с особыми образовательными потребностями, имеющими соответствующее заключение психолого-медико-педагогической комиссии).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 18 - в редакции приказа Министра просвещения РК от 18.11.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 464</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z71" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Для выбора другой дошкольной организации ребенок отчисляется из дошкольной организации, и родитель или законный представитель ребенка подает заявление на постановку в очередь для получения направления в дошкольную организацию.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z72" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. Очередь заявлений обновляется при:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z73" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) поступлении заявлений от родителей или законных представителей детей, имеющих право на внеочередное получение места в дошкольных организациях согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункту 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 52 Закона Республики Казахстан "О воинской службе и статусе военнослужащих", </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункту 8</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 78 Закона Республики Казахстан "О специальных государственных органах", </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункту 5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 64 Закона Республики Казахстан "О правоохранительной службе";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z74" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) поступлении заявлений от родителей или законных представителей детей педагогов согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункту 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 12 Закона Республики Казахстан "О статусе педагога"; детей, законные представители которых являются инвалидами; детей, оставшихся без попечения родителей, и детей-сирот; детей из многодетных семей; детей с особыми образовательными потребностями; детей из семей, имеющих ребенка-инвалида для первоочередного получения места в дошкольной организации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z75" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) изменении льготного статуса заявления;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z76" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) исключении заявления из очереди в результате отзыва заявления; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z77" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5) выдаче направления; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z78" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) помещении заявления в стоп-лист, архив;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z79" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      7) отсутствии заинтересованности заявителя в получении места в дошкольную организацию. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 20 с изменением, внесенным приказом Министра просвещения РК от 18.11.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 464</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z80" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Заявления в очередях располагаются относительно друг друга внутри каждой группы по дате и времени подачи заявления.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z81" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Заявления по внеочередному получению места располагаются перед заявлениями первоочередного получения места.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z82" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Заявления по первоочередному получению места распределяются между заявлениями, поданными на общих основаниях, в соотношении "один к трем" (заявление по первоочередному получению места располагается через каждые три заявления, поданные на общих основаниях).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z83" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      22. Услугодатель проверяет и подтверждает информацию, удостоверяющую личность заявителя, законного представителя ребенка, информацию, подтверждающую возможность внеочередного или первоочередного получения места в дошкольной организации, дважды - при регистрации заявления на постановку в очередь и после получения направления на зачисление в дошкольную организацию. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z84" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Заявитель представляет услугодателю для сверки оригиналы документов в срок не позднее пяти рабочих дней с момента отправки заявления на регистрацию или получения направления на зачисление. Услугодатель подтверждает достоверность представленных документов в срок не позднее 30 минут с момента их представления. После подтверждения документов заявление регистрируется в очереди. Для проверки достоверности документов военнослужащих и сотрудников специальных государственных органов услугодатель ежемесячно отправляет сводные запросы в уполномоченный орган и аннулирует заявления и направления при получении отрицательного заключения. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z85" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Заявителю предоставляется возможность:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z86" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) подачи заявления на постановку в очередь, изменять уже поданное заявление, отзывать заявление из очереди, получать и аннулировать направление на зачисление в дошкольную организацию, продлевать срок действия направления, получать уведомление об изменении состояния заявления и направления;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z87" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) подтверждения заинтересованности в получении места в дошкольную организацию;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z88" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) изучения информации об освободившихся местах и получения электронного направления на зачисление в дошкольную организацию;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z89" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) сохранения учетных данных личного кабинета системы управления очередью, не передавая их третьим лицам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z90" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. Система управления очередью, функционирующая круглосуточно и осуществляющая непрерывный процесс распределения свободных мест среди заявителей, по мере появления новых свободных мест:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z91" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) регистрирует (или отказывает в регистрации) заявление на постановку в очередь, помещает заявление в стоп-лист, рассматривает отказы в зачислении по выданным направлениям со стороны дошкольных организаций; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z92" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) ежедневно принимает информацию от дошкольных организаций о появлении свободных мест с указанием возрастной группы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z93" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) ежедневно в 18:00 (восемнадцать) часов на специализированном интернет-ресурсе публикует бюллетень освободившихся мест (возможно изменение регламентного времени нормативным актом услугодателя);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z94" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) ежедневно в 07:00 (семь) часов утра (возможно изменение регламентного времени нормативным актом услугодателя, но не позднее 23:59 часов текущего дня) открывает приоритетный доступ к получению направления только для первых заявителей (всем одновременно) на ограниченный срок – 3 (три) рабочих дня;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z95" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) предоставляет возможность заявителям самостоятельно получать электронное направление на зачисление в дошкольную организацию, которую они выбрали;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z96" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) автоматически меняет статус места раннего бронирования на статус свободного, если оно освобождается раньше установленного срока;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z97" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) использует технологию блокчейн для обеспечения защиты накапливаемых сведений от несанкционированного вмешательства: реестр всех заявлений, реестр всех направлений, реестр бюллетеней освободившихся мест;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z98" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      8) публикует на специализированном интернет-ресурсе и актуализирует информацию о заявлениях; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z99" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) исключает из очереди заявление при достижении ребенком возраста 6 (шести) лет (кроме детей с особыми образовательными потребностями, имеющими заключение психолого-медико-педагогической консультации, а также детей, которым на 1 сентября текущего года еще не исполнилось полных 6 лет) и помещает его в архив по причине достижения максимально возможного возраста;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z100" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) после трех дней распределения свободных мест открывает доступ к оставшимся свободным местам для следующих 1000 (одной тысячи) заявителей в очереди.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z101" w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25. Дошкольным организациям предоставляется возможность:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z102" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) отзывать свободные места, ранее опубликованные в бюллетене, в том числе свободные места раннего бронирования и временного пребывания, в связи с внутренней необходимостью с указанием причины (капитальный ремонт, карантин, аннулирование госзаказа, закрытие);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z103" w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) аннулировать выданное направление на отозванное свободное место, в этом случае заявителю отправляется уведомление;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z104" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) публиковать в бюллетене освободившихся мест места раннего бронирования (дошкольным организациям, имеющим государственный образовательный заказ);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z105" w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) публиковать в бюллетене освободившихся мест места временного пребывания с указанием даты, когда ребенок отчисляется из дошкольной организации в связи с истечением срока временного пребывания; при этом очередь ребенка, получившего направление на временное пребывание, сохраняется.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z106" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26. Для общей очереди направление выдается по инициативе заявителя в соответствии с очередностью, возрастом ребенка.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z107" w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      27. Для очереди в специальную и санаторную дошкольную организацию направление выдается в соответствии с очередностью заявлений.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z108" w:id="103"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      28. При выдаче направления возраст детей учитывается на календарный год, кроме детей, чей возраст не превышает 6 лет на 1 сентября текущего календарного года и детей с особыми образовательными потребностями, имеющими соответствующее заключение психолого-медико-педагогической комиссии.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="103"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 28 - в редакции приказа Министра просвещения РК от 18.11.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 464</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z109" w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      29. Заявителю, подавшему заявления на нескольких детей в общую очередь, предоставляется возможность (по усмотрению заявителя) получить направления на всех детей в одну дошкольную организацию одновременно при наличии необходимого количества мест в этой организации в момент получения направления.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z110" w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      30. Заявителю предоставляется возможность аннулировать выданное направление по собственной инициативе в срок не позднее одних суток с момента выдачи направления; один раз продлить срок действия направления дополнительно до 30 (тридцати) календарных дней в случае физической неспособности явиться в дошкольную организацию в установленный срок (болезнь, госпитализация, командировка, отпуск).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z111" w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2-тарау. Мемлекеттік қызметтерді көрсету тәртібі</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z17" w:id="31"/>
+        <w:t xml:space="preserve"> Параграф 2. Порядок оказания государственной услуги "Прием документов и зачисление детей в дошкольные организации"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z112" w:id="107"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      31. Государственная услуга "Прием документов и зачисление детей в дошкольные организации" (далее – государственная услуга по приему детей) оказывается дошкольными организациями всех видов (далее – услугодатель).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z113" w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      32. Для получения государственной услуги по приему детей физическое лицо (далее – услугополучатель) представляет документы в канцелярию услугодателя либо на веб-портал "электронного правительства" (далее – портал) согласно пункту 8 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложения 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z114" w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Перечень основных требований к оказанию государственной услуги по приему детей, включающий характеристики процесса, форму, содержание и результат оказания услуги, а также иные сведения с учетом особенностей предоставления государственной услуги по приему детей приведен в Перечне требований к оказанию государственной услуги "Прием документов и зачисление детей в дошкольные организации" согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к Правилам. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z115" w:id="110"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В "личном кабинете" услугополучателя отображается информация о статусе рассмотрения запроса на оказание государственной услуги по приему детей, а также размещается уведомление с указанием даты и времени получения результата государственной услуги по приему детей.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z116" w:id="111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Канцелярия услугодателя осуществляет прием документов согласно перечню, указанному в пункте 8 приложения 4 к Правилам, проверяет их на полноту представленных документов. При представлении услугополучателем полного пакета документов услугодатель осуществляет зачисление ребенка в дошкольную организацию на основании заключенного договора между дошкольной организацией и одним из родителей или законным представителем ребенка.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z117" w:id="112"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае представления услугополучателем неполного пакета документов согласно перечню, предусмотренному пунктом 8 приложения 4 к Правилам, услугодатель дает мотивированный ответ об отказе в оказании государственной услуги по приему детей.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z118" w:id="113"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае обращения через портал услугодатель в день поступления документов осуществляет их прием и регистрацию.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z119" w:id="114"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Услугодатель в течение 30 минут проверяет на полноту представленные документы. В случае не полноты в указанные сроки готовит мотивированный отказ, который направляется в форме электронного документа заявителю в "личный кабинет" на портале.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z120" w:id="115"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При установлении факта полноты представленных документов, услугодатель заполняет электронный запрос и прикрепляет электронные копии документов; после обработки (проверки, регистрации) электронного запроса услугодателем услугополучателю направляется уведомление о статусе электронного запроса, сроке оказания государственной услуги по приему детей, результате оказания государственной услуги по приему детей в форме электронного документа, подписанного ЭЦП уполномоченного лица услугодателя, зачисление ребенка в дошкольную организацию либо мотивированный ответ об отказе в оказании государственной услуги по приему детей.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...35 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 4-тармақ жаңа редакцияда - ҚР Оқу-ағарту министрінің 18.11.2022 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 32 с изменением, внесенным приказом Министра просвещения РК от 18.11.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 464</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z19" w:id="33"/>
+    <w:bookmarkStart w:name="z121" w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      5. Кезекке қою жөніндегі мемлекеттік көрсетілетін қызметті алу үшін жеке тұлға (бұдан әрі - көрсетілетін қызметті алушы) көрсетілетін қызметті берушінің кеңсесіне немесе "Азаматтарға арналған үкімет" мемлекеттік корпорациясы" коммерциялық емес акционерлік қоғамы (бұдан әрі - Мемлекеттік корпорация) арқылы және (немесе) "электрондық үкіметтің" веб-порталы (бұдан әрі - портал) арқылы Қағидалардың </w:t>
-[...22 lines deleted...]
-    <w:bookmarkEnd w:id="33"/>
+      33. Услугодатель обеспечивает внесение сведений о стадии оказания государственной услуги в информационную систему мониторинга оказания государственных услуг в порядке согласно подпункту 11) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункта 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 5 Закона Республики Казахстан "О государственных услугах".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z122" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Көрсетілетін қызмет процесінің сипаттамасы, нысаны, мазмұны және нәтижесі енгізілген кезекке қою жөніндегі мемлекеттік қызметті көрсетуге қойылатын негізгі талаптардың тізбесі, сондай-ақ кезекке қою жөніндегі мемлекеттік қызметтің ерекшеліктері ескерілген басқа мәліметтер осы Қағидалардың </w:t>
-[...39 lines deleted...]
-    </w:p>
+      34. Услугодатель аннулирует зачисление ребенка по следующим причинам: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z123" w:id="118"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) заявитель не представил, требуемые для заключения договора, документы или срок действия документов был просрочен (паспорт здоровья ребенка и справка о состоянии здоровья ребенка, выданная не позднее чем за три календарных дня по отношению к дате заключения договора);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z124" w:id="119"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) согласно представленным документам ребенок имеет медицинские противопоказания для зачисления в дошкольную организацию.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z125" w:id="120"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      35. Прием документов и зачисление детей в дошкольные организации на постоянное или временное пребывание ведется в течение года при наличии в них свободных мест.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z126" w:id="121"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      36. Жалоба на решение, действия (бездействие) услугодателя  по вопросам оказания государственной услуги по приему детей может быть подана на имя руководителя услугодателя, в уполномоченный орган по оценке и контролю за качеством оказания государственных услуг в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z127" w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Көрсетілетін қызметті берушінің кеңсесі, Мемлекеттік корпорацияның қызметкері Қағидаларға </w:t>
-[...2655 lines deleted...]
-    </w:p>
+      Жалоба услугополучателя, поступившая в адрес услугодателя, в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 25 Закона Республики Казахстан "О государственных услугах" подлежит рассмотрению в течение пяти рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z128" w:id="123"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При отправке жалобы через портал услугополучателю из "личного кабинета" доступна информация об обращении, которая обновляется в ходе обработки обращения услугодателем (отметки о доставке, регистрации, исполнении, ответ о рассмотрении или отказ в рассмотрении).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkStart w:name="z129" w:id="124"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Информацию о порядке обжалования через портал можно получить посредством Единого контакт-центра по вопросам оказания государственных услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z130" w:id="125"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жалоба услугополучателя, поступившая в адрес уполномоченного органа по оценке и контролю за качеством оказания государственных услуг, подлежит рассмотрению в течение 15 (пятнадцати) рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z131" w:id="126"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае несогласия с результатом оказания государственной услуги по приему детей услугополучатель обращается в суд в установленном законодательством Республики Казахстан порядке.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="126"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -4304,103 +4314,90 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Мектепке дейінгі білім беру </w:t>
+              <w:t>Приложение 1</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">саласында мемлекеттік </w:t>
+              <w:t>к Правилам оказания</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">қызметтер көрсету </w:t>
+              <w:t>государственных услуг</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">қағидаларына </w:t>
-[...12 lines deleted...]
-              <w:t xml:space="preserve">1-қосымша </w:t>
+              <w:t>в сфере дошкольного образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -4421,685 +4418,701 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Көрсетілетін қызметті берушіге</w:t>
+              <w:t>Услугодателю</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>(от) ___________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>фамилия, имя, отчество (при его наличии)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(далее – Ф.И.О.) (при заполнении в бумажном виде)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>____________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>мекенжайында тұратын</w:t>
+              <w:t xml:space="preserve">(индивидуальный идентификационный номер </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>____________________________</w:t>
+              <w:t>(далее – ИИН), проживающего по адресу:</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">(тегі, аты, әкесінің аты </w:t>
-[...90 lines deleted...]
-              <w:t>____________________________</w:t>
+              <w:t>____________________________________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z53" w:id="75"/>
+    <w:bookmarkStart w:name="z134" w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> өтініш.</w:t>
-[...8 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve">                                заявление.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="127"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z135" w:id="128"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      _________________________________________________________________ </w:t>
-[...1 lines deleted...]
-    </w:p>
+      Прошу поставить ребенка в очередь для получения направления в дошкольную </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="128"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">организацию на территории населенного пункта  </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         город (поселок, село) </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ИИН ________________________, </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>___________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         Ф.И.О. (при наличии) </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ребенка (при заполнении в бумажном виде)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_____________ года рождения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z136" w:id="129"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Информирую, что ребенок является (нужное указать):</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkStart w:name="z137" w:id="130"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) ребенком военнослужащих, в том числе погибших, умерших или пропавших без вести во время прохождения службы (копия документа);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z138" w:id="131"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) ребенком сотрудников специальных государственных органов, в том числе погибших, умерших или пропавших без вести во время прохождения службы (копия документа);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z139" w:id="132"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       3) ребенком, родители которых являются инвалидами;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z140" w:id="133"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) ребенком с особыми образовательными потребностями (копия документа);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:name="z141" w:id="134"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) ребенком, оставшимся без попечения родителей;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z142" w:id="135"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) ребенком сиротой;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z143" w:id="136"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) ребенком из многодетной семьи;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z144" w:id="137"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) ребенком педагога;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z145" w:id="138"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) ребенком из семьи, имеющей ребенка-инвалида;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z146" w:id="139"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) не относится ни к одной из вышеперечисленных категорий.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkStart w:name="z147" w:id="140"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Прошу уведомлять меня об изменениях моего заявления следующими способами:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z148" w:id="141"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      қала (кенті, ауылы) </w:t>
-[...1 lines deleted...]
-    </w:p>
+      1) электронное смс(sms)-уведомление в произвольной форме на следующие номера мобильных телефонов (не более двух номеров): </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkStart w:name="z149" w:id="142"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ________________________________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkStart w:name="z150" w:id="143"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      елдімекені аумағында тұратын, ЖСН _________________________________, </w:t>
-[...415 lines deleted...]
-    </w:p>
+      2) электронные e-mail уведомления в произвольной форме: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkStart w:name="z151" w:id="144"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________________________________________________.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkStart w:name="z152" w:id="145"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (При изменении жизненных обстоятельств положение заявления в очереди может измениться. Заявления группируются в очереди по году рождения ребенка (календарный год) в порядке приоритета по дате подачи заявления.).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkStart w:name="z153" w:id="146"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Подтверждаю, что я согласен (согласна) на использование сведений, составляющих охраняемых законом тайну, содержащихся в информационных системах.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkStart w:name="z154" w:id="147"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Подпись _______________ Дата _________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="147"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -5133,144 +5146,131 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Мектепке дейінгі білім</w:t>
+              <w:t>Приложение 2</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>беру саласында мемлекеттік</w:t>
+              <w:t>к Правилам оказания</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қызметтер көрсету</w:t>
+              <w:t>государственных услуг в сфере</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қағидаларына</w:t>
-[...12 lines deleted...]
-              <w:t>2-қосымша</w:t>
+              <w:t>дошкольного образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 2-қосымша жаңа редакцияда - ҚР Оқу-ағарту министрінің 18.11.2022 </w:t>
+      Сноска. Приложение 2 - в редакции приказа Министра просвещения РК от 18.11.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 464</w:t>
+        <w:t>№ 231</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -5285,52 +5285,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-"Мектепке дейінгі ұйымдарға жіберу үшін мектеп жасына дейінгі балаларды (6 жасқа дейін) кезекке қою" мемлекеттік қызмет көрсетуге қойылатын негізгі талаптар тізілімі</w:t>
+              <w:t xml:space="preserve">
+Перечень основных требований к оказанию государственной услуги "Постановка на очередь детей дошкольного возраста (до 6 лет) для направления в дошкольные организации" </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5363,87 +5363,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Көрсетілетін қызметті берушінің атауы</w:t>
+Наименование услугодателя</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Республикалық маңызы бар қалалардың және астананың білім басқармалары, аудандардың, облыстық маңызы бар қалалардың білім бөлімдері.</w:t>
+Управления образования городов республиканского значения и столицы, отделы образования районов, городов областного значения.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5475,142 +5475,142 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Мемлекеттік қызметті ұсыну тәсілдері</w:t>
+              <w:t xml:space="preserve">
+Способы предоставления государственной услуги </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Өтінішті қабылдау және мемлекеттік қызметті көрсету нәтижесін беру:</w:t>
-[...53 lines deleted...]
-3) "электрондық үкіметтің" веб-порталы: www. egov. kz (бұдан әрі – портал) арқылы жүзеге асырылады.</w:t>
+Прием заявления и выдача результата оказания государственной услуги осуществляются через:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) канцелярию услугодателя;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) некоммерческое акционерное общество "Государственная корпорация "Правительство для граждан" (далее – Государственная корпорация);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) веб-портал "электронного правительства" www.egov.kz (далее – портал).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5643,87 +5643,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызметті көрсету мерзімі</w:t>
+Срок оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Көрсетілетін қызметті берушіге, Мемлекеттік корпорацияға, порталға жүгінген сәтінен бастап – 30 минут.</w:t>
+С момента обращения к услугодателю, в Государственную корпорацию, на портал – 30 минут.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5756,87 +5756,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызметті көрсету нысаны</w:t>
+Форма оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-"Бір өтініш" қағидаты бойынша көрсетілетін электрондық (ішінара автоматтандырылған)/қағаз түрінде/ проактивті.</w:t>
+Электронная (частично автоматизированная)/ бумажная/ проактивная/, оказываемая по принципу "одного заявления".</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5869,87 +5869,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызметті көрсетудің нәтижесі</w:t>
+Результат оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Кезекке қою туралы хабарлама беру (ерікті нысанда) немесе осы "Мектепке дейінгі ұйымдарға жіберу үшін мектеп жасына дейінгі балаларды (6 жасқа дейін) кезекке қою" мемлекеттік қызмет көрсетуге қойылатын негізгі талаптар тізілімінің 9-тармағында белгіленген негіздер бойынша мемлекеттік қызметті көрсетуден бас тарту туралы дәлелді жауап.</w:t>
+Уведомление о постановке в очередь (в произвольной форме) либо мотивированный ответ об отказе в оказании государственной услуги по основаниям, установленным пунктом 9 настоящего Перечня основных требований к оказанию государственной услуги "Постановка на очередь детей дошкольного возраста (до 6 лет) для направления в дошкольные организации".</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5982,87 +5982,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет көрсету кезінде көрсетілетін қызметті алушыдан алынатын төлем мөлшері және Қазақстан Республикасының заңнамасында көзделген жағдайларда оны алу тәсілдері</w:t>
+Размер оплаты, взимаемой с услугополучателя при оказании государственной услуги, и способы ее взимания в случаях, предусмотренных законодательством Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Мемлекеттік қызмет жеке тұлғаларға тегін көрсетіледі.</w:t>
+              <w:t xml:space="preserve">
+Государственная услуга физическим лицам оказывается бесплатно. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6095,249 +6095,249 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жұмыс кестесі</w:t>
+График работы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) көрсетілетін қызметті берушіде: Қазақстан Республикасының еңбек заңнамасына сәйкес мереке күндерін қоспағанда, көрсетілетін қызметті берушінің белгіленген жұмыс кестесі бойынша дүйсенбі – жұма аралығында сағат 13.00-ден 14.30-ға дейінгі түскі үзіліспен сағат 09.00-ден 18.30-ға дейін.</w:t>
-[...161 lines deleted...]
-3) www. egov. kz порталында орналастырылған.</w:t>
+1) услугодателя: с понедельника по пятницу, за исключением праздничных дней, согласно трудовому законодательству Республики Казахстан в соответствии с установленным графиком работы услугодателя с 9:00 часов до 18:30 часов с перерывом на обед с 13:00 часов до 14:30 часов.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Прием заявлений и выдача результатов оказания государственной услуги осуществляется с 09:00 часов до 17:30 часов с перерывом на обед с 13:00 часов до 14:30 часов.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Государственная услуга оказывается в порядке очереди без предварительной записи и ускоренного обслуживания;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) Государственной корпорации и объектов информации: с понедельника по субботу включительно, за исключением праздничных дней, в соответствии с установленным графиком работы с 9:00 часов до 20:00 часов без перерыва на обед согласно трудовому законодательству Республики Казахстан.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Прием осуществляется в порядке "электронной" очереди, по выбору услугополучателя без ускоренного обслуживания, возможно бронирование электронной очереди посредством портала;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) портала: круглосуточно, за исключением технических перерывов, связанных с проведением ремонтных работ (при обращении услугополучателя после окончания рабочего времени, в выходные и праздничные дни согласно трудовому законодательству Республики Казахстан прием заявлений и выдача результатов оказания государственной услуги осуществляется следующим рабочим днем).</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Адреса мест оказания государственной услуги размещены:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) на интернет-ресурсе Министерства: www.edu.gov.kz;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) Государственной корпорации: www.gov4c.kz;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) на портале: www.egov.kz.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6370,449 +6370,473 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет</w:t>
-[...17 lines deleted...]
-көрсету үшін көрсетілетін қызметті алушыдан талап етілетін құжаттар мен мәліметтердің тізбесі</w:t>
+Перечень документов и сведений, истребуемых у услугополучателя для оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Көрсетілетін қызметті берушіге немесе Мемлекеттік корпорацияға жүгінген кезде:</w:t>
+При обращении к услугодателю или в Государственную корпорацию:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-1) "Мектепке дейінгі білім беру саласында мемлекеттік қызметтер көрсету қағидаларын бекіту туралы" Қазақстан Республикасы Білім және ғылым министрінің 2020 жылғы 19 маусымдағы № 254 </w:t>
-[...325 lines deleted...]
-Жеке басын куәландыратын құжаттар, баланың туу туралы куәлігі, мектепке дейінгі ұйымға бірінші кезекте орын алу құқығын растайтын құжат туралы мәліметтерді көрсетілетін қызметті алушы тиісті мемлекеттік ақпараттық жүйелерден "электрондық үкімет" шлюзі арқылы алады. Көрсетілетін қызметті берушілер цифрлық құжаттарды "электрондық үкімет" веб-порталында тіркелген пайдаланушының ұялы байланысының абоненттік нөмірі арқылы ұсынылған құжат иесінің келісімі болған жағдайда, іске асырылған интеграция арқылы цифрлық құжаттар сервисінен бір реттік парольді беру арқылы немесе "электрондық үкімет" веб-порталының хабарламасына жауап ретінде қысқа мәтіндік хабарлама жіберу арқылы алады.</w:t>
+1) заявления по форме, согласно </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>приложениям 1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> к Правилам оказания государственных услуг в сфере дошкольного образования, утвержденных приказом Министра образования и науки Республики Казахстан от 19 июня 2020 года № 254 "Об утверждении правил оказания государственных услуг в сфере дошкольного образования" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 20883) (далее - Правила);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) свидетельство о рождении ребенка, либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) документ, удостоверяющий личность услугополучателя (одного из родителей или законного представителя, либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) справка, выданная с места работы военнослужащего или сотрудника специальных государственных органов, заверенная подписью уполномоченного лица и печатью (при наличии) (действительна в течение месяца со дня выдачи);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) справка с места работы педагога, заверенная подписью руководителя организации образования и печатью (действительна в течение месяца со дня выдачи), сканированная копия диплома;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6) заключение психолого-медико-педагогической консультации для детей с особыми образовательными потребностями (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7) заключение врача-фтизиатора;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8) документы, подтверждающие возможность первоочередного получения направления в дошкольную организацию.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сведения о документах, удостоверяющих личность, свидетельство о рождении ребенка, сведения, подтверждающие возможность первоочередного получения направления в дошкольную организацию услугодатель или работник Государственной корпорации получает из соответствующих государственных информационных систем через шлюз "электронного правительства".</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Услугодатель или работник Государственной корпорации получает согласие на использование сведений, содержащихся в информационных системах и составляющих охраняемую законом тайну, при оказании государственных услуг, если иное не предусмотрено законами Республики Казахстан.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+При обращении на портал:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+1) заявления в форме электронного документа, подписанное ЭЦП услугополучателя, по форме согласно </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>приложениям 1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> к Правилам;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) сканированная копия справки, выданная с места работы военнослужащего или сотрудника специальных государственных органов, заверенная подписью уполномоченного лица и печатью (при наличии) (действительна в течение месяца со дня выдачи);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) справка с места работы педагога, заверенная подписью руководителя организации образования и печатью (действительна в течение месяца со дня выдачи), сканированная копия диплома;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) сканированная копия заключения психолого-медико-педагогической консультации для детей с особыми образовательными потребностями (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) направление врача-фтизиатра. Электронный запрос на портал осуществляется в форме электронного документа, удостоверенного ЭЦП услугополучателя, или путем введения одноразового пароля. Сведения о документах, удостоверяющих личность, о свидетельстве о рождении ребенка, сведения, подтверждающие возможность первоочередного получения направления в дошкольную организацию услугополучатель получает из соответствующих государственных информационных систем через шлюз "электронного правительства".</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Услугодатели получают цифровые документы из сервиса цифровых документов через реализованную интеграцию при условии согласия владельца документа, предоставленного посредством зарегистрированного на портале абонентского номера сотовой связи пользователя путем передачи одноразового пароля или путем отправления короткого текстового сообщения в качестве ответа на уведомление портала.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6845,253 +6869,161 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қазақстан Республикасының заңнамасында белгіленген мемлекеттік қызмет көрсетуден бас тарту үшін негіздер</w:t>
+Основания для отказа в оказании государственной услуги, установленные законодательством Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) көрсетілетін қызметті алушының мемлекеттік көрсетілетін қызметті алу үшін ұсынған құжаттардың және (немесе) олардағы деректердің (мәліметтердің) анық еместігін анықтау;</w:t>
-[...17 lines deleted...]
-2) көрсетілетін қызметті алушының және (немесе) мемлекеттік қызметті көрсету үшін қажетті ұсынылған материалдардың, объектілердің, деректердің және мәліметтердің Қазақстан Республикасының нормативтік құқықтық актілерінде белгіленген талаптарға сәйкес келмеуі;</w:t>
+1) установление недостоверности документов, представленных услугополучателем для получения государственной услуги, и (или) данных (сведений), содержащихся в них;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) несоответствие услугополучателя и (или) представленных материалов, объектов, данных и сведений, необходимых для оказания государственной услуги, требованиям, установленным нормативными правовыми актами Республики Казахстан;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-3) көрсетілетін қызметті алушының мемлекеттік қызмет көрсету үшін талап етілетін, "Дербес деректер және оларды қорғау туралы" Қазақстан Республикасы Заңының </w:t>
-[...129 lines deleted...]
-4) көрсетілетін қызметті алушы мемлекеттік қызмет көрсету тәртібін айқындайтын заңға тәуелді нормативтік құқықтық актіде көзделген тізбеге сәйкес құжаттардың топтамасын толық ұсынбаған және (немесе) қолданылу мерзімі өтіп кеткен құжаттарды ұсыну.</w:t>
+3) отсутствие согласия услугополучателя, предоставляемого в соответствии со </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>статьей 8</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Закона Республики Казахстан "О персональных данных и их защите", на доступ к персональным данным ограниченного доступа, которые требуются для оказания государственной услуги;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) представление услугополучателем неполного пакета документов согласно перечню, предусмотренному подзаконным нормативным правовым актом, определяющим порядок оказания государственной услуги, и (или) документов с истекшим сроком действия.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7124,231 +7056,231 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет көрсетудің, оның ішінде электронды нысанда және Мемлекеттік корпорациясы арқылы көрсетілетін қызметтердің ерекшеліктерін ескере отырып қойылатын өзге де талаптар</w:t>
+Иные требования с учетом особенностей оказания государственной услуги, в том числе оказываемой в электронной форме и через Государственную корпорацию</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Көрсетілетін қызметті берушіге немесе Мемлекеттік корпорацияға құжаттар топтамасын тапсыру үшін күтудің рұқсат етілген ең ұзақ уақыты – 15 минут.</w:t>
-[...143 lines deleted...]
-Цифрлық құжатты пайдалану үшін электрондық-цифрлық қолтаңбаны немесе бір реттік парольді пайдалана отырып, мобильді қосымшада авторландырудан өту, одан әрі "Цифрлық құжаттар" бөліміне өтіп, қажетті құжатты таңдау қажет.</w:t>
+Максимально допустимое время ожидания для сдачи пакета документов услугодателю или в Государственную корпорацию – 15 минут. Максимально допустимое время обслуживания услугодателем или в Государственной корпорации – 30 минут.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Прием документов для оказания государственной услуги услугополучателю с нарушением здоровья, стойким расстройством функций организма, ограничивающим его жизнедеятельность, обратившемуся через Единый контакт-центр – 1414, 88000807777 производится работником Государственной корпорации с выездом по месту жительства.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Если есть медицинские противопоказания, препятствующие пребыванию ребенка в дошкольной организации, то он не зачисляется в дошкольную организацию.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Услугополучатель получает информацию о порядке и статусе оказания государственной услуги в режиме удаленного доступа посредством "личного кабинета" портала, интернет-ресурса услугодателя, справочных служб по вопросам оказания государственной услуги, а также Единого контакт-центра.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Контактные телефоны справочных служб по вопросам оказания государственной услуги указаны на интернет-ресурсе Министерства www.edu.gov.kz в разделе "Государственные услуги".</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Телефоны Единого контакт-центра по вопросам оказания государственных услуг: 1414, 8 800 080 7777.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+По выбору услугополучателя государственная услуга оказывается по принципу "одного заявления" в совокупности с государственной услугой "Регистрация рождения ребенка, в том числе внесение изменений, дополнений и исправлений в записи актов гражданского состояния".</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сервис цифровых документов доступен для пользователей, авторизованных в мобильном приложении.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Для использования цифрового документа необходимо пройти авторизацию в мобильном приложении с использованием электронно-цифровой подписи или одноразового пароля, далее перейти в раздел "Цифровые документы" и выбрать необходимый документ.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -7387,330 +7319,440 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Мектепке дейінгі білім</w:t>
+              <w:t>Приложение 3</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>беру саласында мемлекеттік</w:t>
+              <w:t>к Правилам оказания</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қызметтер көрсету</w:t>
+              <w:t>государственных услуг в сфере</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қағидаларына</w:t>
+              <w:t>дошкольного образования</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>3-қосымша</w:t>
-[...63 lines deleted...]
-              </w:rPr>
               <w:t>____________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">(тегі, аты, әкесінің аты </w:t>
+              <w:t>(фамилия, имя, отчество</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>(бар болғанда)</w:t>
+              <w:t>(при его наличии)</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>____________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">(көрсетілетін қызметті </w:t>
-[...12 lines deleted...]
-              <w:t>алушының мекен-жайы)</w:t>
+              <w:t>(адрес услугополучателя)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z56" w:id="76"/>
+    <w:bookmarkStart w:name="z271" w:id="148"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Құжаттарды қабылдаудан бас тарту туралы қолхат</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="76"/>
+        <w:t xml:space="preserve">                                Расписка об отказе в приеме документов</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="148"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 3-қосымша жаңа редакцияда - ҚР Оқу-ағарту министрінің 18.11.2022 </w:t>
+      Сноска. Приложение 3 - в редакции приказа Министра просвещения РК от 18.11.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 464</w:t>
+        <w:t>№ 231</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      "Мемлекеттік көрсетілетін қызметтер туралы" Қазақстан Республикасы Заңының </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> 2-тармағын басшылыққа ала отырып, "Азаматтарға арналған үкімет" мемлекеттік корпорациясы" коммерциялық емес акционерлік қоғамы филиалының № ___ бөлімі (мекенжайын көрсету) Мектепке дейінгі білім беру саласында мемлекеттік қызметтер көрсету қағидаларына 2-қосымшаның 8-тармағында қарастырылған тізбеге сәйкес Сіздің толық емес құжаттар топтамасын ұсынуыңызға және (немесе) жарамдылық мерзімі өткен құжаттарды тапсыруыңызға, атап айтқанда, (жоқ құжаттардың атауы):</w:t>
+      Руководствуясь </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 20 Закона Республики Казахстан "О</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>государственных услугах", отдел №__ филиала некоммерческого акционерного общества</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>"Государственная корпорация "Правительство для граждан"</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                     (указать адрес)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>отказывает в приеме документов на оказание государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                          (указать наименование государственной услуги)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ввиду представления Вами неполного пакета документов согласно перечню,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>предусмотренному в пункте 8 приложения 2 к Правилам оказания государственных услуг в</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>сфере дошкольного образования, и (или) документов с истекшим сроком действия, а именно:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Наименование отсутствующих документов:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) ________________________________________;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -7720,267 +7762,193 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) ________________________________________;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) ________________________________________</w:t>
-[...215 lines deleted...]
-      Қолы __________________ "____" _________ 20____ жыл</w:t>
+      3) ________________________________________.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Настоящая расписка составлена в двух экземплярах, по одному для каждой стороны.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Исполнитель: ___________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         фамилия, имя, отчество (при его наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Подпись _____________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Телефон ___________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Получил: _______________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         фамилия, имя, отчество (при его наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Подпись ____________ "____" _________ 20____ год</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -8016,144 +7984,131 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Мектепке дейінгі білім беру</w:t>
+              <w:t>Приложение 4</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">саласында мемлекеттік </w:t>
+              <w:t>к Правилам оказания</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">қызметтер көрсету </w:t>
+              <w:t>государственных услуг в сфере</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қағидаларына</w:t>
-[...12 lines deleted...]
-              <w:t xml:space="preserve">4-қосымша </w:t>
+              <w:t>дошкольного образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 4-қосымша жаңа редакцияда - ҚР Оқу-ағарту министрінің 18.11.2022 </w:t>
+      Сноска. Приложение 4 - в редакции приказа Министра просвещения РК от 18.11.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 464</w:t>
+        <w:t>№ 231</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -8169,51 +8124,69 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-"Мектепке дейінгі ұйымдарға құжаттарды қабылдау және балаларды қабылдау" мемлекеттік қызмет көрсетуге қойылатын негізгі талаптар тізілімі</w:t>
+Перечень основных требований к оказанию государственной услуги</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Прием документов и зачисление детей в дошкольные организации"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8246,87 +8219,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Көрсетілетін қызметті берушінің атауы</w:t>
+Наименование услугодателя</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мектепке дейінгі ұйымдардың барлық түрлері (бұдан әрі – көрсетілетін қызметті беруші)</w:t>
+Дошкольные организации всех видов (далее –услугодатель)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8359,87 +8332,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызметті ұсыну тәсілдері</w:t>
+Способы предоставления государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызметті көрсету үшін құжаттарды қабылдау және беру көрсетілетін қызметті берушінің кеңсесі, "электрондық үкімет" веб-порталы (бұдан әрі - портал) арқылы жүзеге асырылады.</w:t>
+Прием и выдача документов для оказания государственной услуги осуществляются через канцелярию услугодателя, веб-портал "электронного правительства" (далее – портал).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8472,51 +8445,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызметті көрсету мерзімі</w:t>
+Сроки оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8585,87 +8558,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызметті көрсету нысаны</w:t>
+Форма оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Электрондық (ішінара автоматтандырылған)/ қағаз түрінде.</w:t>
+Электронная (частично автоматизированная)/ бумажная.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8698,87 +8671,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызметті көрсету нәтижесі</w:t>
+Результат оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мектепке дейінгі ұйым мен баланың ата-анасының бірі немесе заңды өкілі араcында жасалған келісім шарт негізінде баланы мектепке дейінгі ұйымға қабылдау немесе мемлекеттік қызмет көрсетуден бас тарту туралы дәлелді жауап.</w:t>
+Зачисление ребенка в дошкольную организацию на основании заключенного договора между дошкольной организацией и одним из родителей или законным представителем ребенка либо мотивированный ответ об отказе в оказании государственной услуги.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8811,87 +8784,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызметті көрсету кезінде көрсетілетін қызметті алушыдан алынатын төлем мөлшері және Қазақстан Республикасының заңнамасында көзделген жағдайларда оны алу тәсілдері</w:t>
+Размер оплаты, взимаемой с услугополучателя при оказании государственной услуги, и способы ее взимания в случаях, предусмотренных законодательством Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет жеке тұлғаларға тегін көрсетіледі.</w:t>
+Государственная услуга физическим лицам оказывается бесплатно.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8924,195 +8897,195 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жұмыс кестесі</w:t>
+График работы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) көрсетілетін қызметті берушінің: Қазақстан Республикасының еңбек заңнамасына сәйкес мереке күндерін қоспағанда, дүйсенбі мен жұма аралығында көрсетілетін қызметті берушінің белгілеген жұмыс кестесіне сәйкес сағат 13.00-ден 14.00-ге дейінгі түскі үзіліспен сағат 09.00-ден 18.00-ге дейін.</w:t>
-[...107 lines deleted...]
-2) www. egov. kz. порталында орналастырылған.</w:t>
+1) услугодателя: с понедельника по пятницу, за исключением праздничных дней, согласно трудовому законодательству Республики Казахстан в соответствии с установленным графиком работы услугодателя с 9:00 часов до 18:00 часов с перерывом на обед с 13:00 часов до 14:00 часов.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Прием заявлений и выдача результатов оказания государственной услуги осуществляется с 09:00 часов до 17:30 часов с перерывом на обед с 13:00 часов до 14:00 часов.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Государственная услуга оказывается в порядке очереди без предварительной записи и ускоренного обслуживания;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) портала: круглосуточно, за исключением технических перерывов, связанных с проведением ремонтных работ (при обращении услугополучателя после окончания рабочего времени, в выходные и праздничные дни согласно трудовому законодательству Республики Казахстан прием заявлений и выдача результатов оказания государственной услуги осуществляются следующим рабочим днем).</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Адреса мест оказания государственной услуги размещены:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) на интернет-ресурсе Министерства: www.edu.gov.kz;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) на портале: www.egov.kz.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9145,511 +9118,455 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет</w:t>
-[...17 lines deleted...]
-көрсету үшін көрсетілетін қызметті алушыдан талап етілетін құжаттар мен мәліметтердің тізбесі</w:t>
+Перечень документов и сведений, истребуемых у услугополучателя для оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-көрсетілетін қызметті берушіге:</w:t>
-[...17 lines deleted...]
-1) қабылдауға арналған жолдама (берілген күннен бастап бес жұмыс күні ішінде жарамды);</w:t>
+к услугодателю:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) направление на зачисление (действительно в течение пяти рабочих дней со дня выдачи);</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-2) "Мектепке дейінгі білім беру саласында мемлекеттік қызметтер көрсету қағидаларын бекіту туралы" Қазақстан Республикасы Білім және ғылым министрінің 2020 жылғы 19 маусымдағы № 254 </w:t>
-[...55 lines deleted...]
-4) баланың туу туралы куәлігі немесе цифрлық құжаттар сервисінен алынған электрондық құжат (сәйкестендіру үшін);</w:t>
+2) заявление по форме, согласно </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>приложению 5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> к Правилам оказания государственных услуг в сфере дошкольного образования, утвержденных приказом Министра образования и науки Республики Казахстан от 19 июня 2020 года № 254 "Об утверждении правил оказания государственных услуг в сфере дошкольного образования" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 20883) (далее - Правила);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) документ, удостоверяющий личность услугополучателя (одного из родителей или законного представителя, либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) документ, свидетельствующий о рождении ребенка, либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-5) "Денсаулық сақтау ұйымдарының бастапқы медициналық құжаттама нысандарын бекіту туралы" Қазақстан Республикасы Денсаулық сақтау министрінің міндетін атқарушының 2020 жылғы 30 қазандағы № ҚР ДСМ-175/2020 </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 21579 болып тіркелген) бекітілген № 065/е нысанды профилактикалық екпелердің картасы;</w:t>
+5) карта профилактических прививок формы № 065/у, утвержденная </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>приказом</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> исполняющего обязанности Министра здравоохранения Республики Казахстан от 30 октября 2020 года № ҚР ДСМ-175/2020 "Об утверждении форм учетной документации в области здравоохранения" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21579);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6) справка формы 027/у, утвержденной приказом исполняющего обязанности Министра здравоохранения Республики Казахстан от 30 октября 2020 года № ҚР ДСМ-175/2020 "Об утверждении форм учетной документации в области здравоохранения" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21579);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7) заключение психолого-медико-педагогической консультации (для детей с особыми образовательными потребностями). На портал:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) направление на зачисление в дошкольную организацию (действительно в течение пяти рабочих дней со дня выдачи);</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-6) "Денсаулық сақтау ұйымдарының бастапқы медициналық құжаттама нысандарын бекіту туралы" Қазақстан Республикасы Денсаулық сақтау министрінің міндетін атқарушының 2020 жылғы 30 қазандағы № ҚР ДСМ-175/2020 </w:t>
-[...127 lines deleted...]
-4) баланың тууын куәландыратын құжат (сәйкестендіру үшін);</w:t>
+2) заявление по форме, согласно </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>приложению 5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> к Правилам;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) документ, удостоверяющий личность одного из родителей или законного представителя (для идентификации);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) документ, свидетельствующий о рождении ребенка (для идентификации);</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-5) "Денсаулық сақтау ұйымдарының бастапқы медициналық құжаттама нысандарын бекіту туралы" Қазақстан Республикасы Денсаулық сақтау министрінің міндетін атқарушының 2020 жылғы 30 қазандағы № ҚР ДСМ-175/2020 </w:t>
-[...111 lines deleted...]
-Көрсетілетін қызметті берушілер цифрлық құжаттарды "электрондық үкімет" веб-порталында тіркелген пайдаланушының ұялы байланысының абоненттік нөмірі арқылы ұсынылған құжат иесінің келісімі болған жағдайда, іске асырылған интеграция арқылы цифрлық құжаттар сервисінен бір реттік парольді беру арқылы немесе "электрондық үкімет" веб-порталының хабарламасына жауап ретінде қысқа мәтіндік хабарлама жіберу арқылы алады.</w:t>
+5) карта профилактических прививок формы № 065/у, утвержденной </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>приказом</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> исполняющего обязанности Министра здравоохранения Республики Казахстан от 30 октября 2020 года № ҚР ДСМ-175/2020 "Об утверждении форм учетной документации в области здравоохранения" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21579) (электронная копия);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6) справка формы 027/у, утвержденной приказом исполняющего обязанности Министра здравоохранения Республики Казахстан от 30 октября 2020 года № ҚР ДСМ-175/2020 "Об утверждении форм учетной документации в области здравоохранения" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21579) (электронная копия);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7) заключение психолого-медико-педагогической консультации (для детей с особыми образовательными потребностями) (сканированная копия, при наличии).</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+В случаях осуществления ограничительных мероприятий соответствующими государственными органами, введения чрезвычайного положения, возникновения чрезвычайных ситуаций социального, природного и техногенного характера на определенной территории, услугополучатели на данной территории предоставляют непосредственно в организации образования документы, перечисленные в подпункте 4), 5) и 6) абзаца первого и подпункте 4), 5) и 6) абзаца второго настоящего пункта по мере снятия ограничительных мероприятий, прекращения действия чрезвычайного положения.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Услугодатели получают цифровые документы из сервиса цифровых документов через реализованную интеграцию при условии согласия владельца документа, предоставленного посредством зарегистрированного на портале абонентского номера сотовой связи пользователя путем передачи одноразового пароля или путем отправления короткого текстового сообщения в качестве ответа на уведомление портала.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9682,161 +9599,161 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қазақстан Республикасының заңнамасында белгіленген мемлекеттік қызметті көрсетуден бас тарту үшін негіздер</w:t>
+Основания для отказа в оказании государственной услуги, установленные законодательством Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) көрсетілетін қызметті алушының мемлекеттік көрсетілетін қызметті алу үшін ұсынған құжаттардың және (немесе) олардағы деректердің (мәліметтердің) анық еместігін анықтау;</w:t>
-[...17 lines deleted...]
-2) көрсетілетін қызметті алушының және (немесе) мемлекеттік қызметті көрсету үшін қажетті ұсынылған материалдардың, объектілердің, деректердің және мәліметтердің Қазақстан Республикасының нормативтік құқықтық актілерінде белгіленген талаптарға сәйкес келмеуі;</w:t>
+1) установление недостоверности документов, представленных услугополучателем для получения государственной услуги, и (или) данных (сведений), содержащихся в них;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) несоответствие услугополучателя и (или) представленных материалов, объектов, данных и сведений, необходимых для оказания государственной услуги, требованиям, установленным нормативными правовыми актами Республики Казахстан;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-3) көрсетілетін қызметті алушының мемлекеттік қызмет көрсету үшін талап етілетін, "Дербес деректер және оларды қорғау туралы" Қазақстан Республикасы Заңының </w:t>
-[...37 lines deleted...]
-4) көрсетілетін қызметті алушы мемлекеттік қызмет көрсету тәртібін айқындайтын заңға тәуелді нормативтік құқықтық актіде көзделген тізбеге сәйкес құжаттардың толық топтамасын ұсынбаған және (немесе) қолданылу мерзімі өтіп кеткен құжаттарды ұсынған жағдайда.</w:t>
+3) отсутствие согласия услугополучателя, предоставляемого в соответствии со </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>статьей 8</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Закона Республики Казахстан "О персональных данных и их защите", на доступ к персональным данным ограниченного доступа, которые требуются для оказания государственной услуги;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) представление услугополучателем неполного пакета документов согласно перечню, предусмотренному подзаконным нормативным правовым актом, определяющим порядок оказания государственной услуги, и (или) документов с истекшим сроком действия.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9869,141 +9786,177 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызметті, оның ішінде электрондық нысанда және Мемлекеттік корпорация арқылы көрсету ерекшеліктері ескеріле отырып, қойылатын өзге де талаптар</w:t>
+Иные требования с учетом особенностей оказания государственной услуги, в том числе оказываемой в электронной форме и через Государственную корпорацию</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Құжаттарды тапсыру үшін күтудің рұқсат етілген ең ұзақ уақыты – 15 минут. Қызмет көрсетудің рұқсат етілген ең ұзақ уақыты – 15 минут. Көрсетілетін қызметті алушы мемлекеттік қызмет көрсету тәртібі мен мәртебесі туралы ақпаратты қашықтықтан қол жеткізу режимінде порталдың "жеке кабинеті", көрсетілетін қызметті берушінің интернет-ресурсы, мемлекеттік қызмет көрсету мәселелері жөніндегі анықтамалық қызметтер, сондай-ақ Бірыңғай байланыс орталығы арқылы алады.</w:t>
-[...53 lines deleted...]
-Цифрлық құжаттар сервисі мобильді қосымшада авторландырылған пайдаланушылар үшін қолжетімді. Цифрлық құжатты пайдалану үшін электрондық-цифрлық қолтаңбаны немесе бір реттік парольді пайдалана отырып, мобильді қосымшада авторландырудан өту, одан әрі "Цифрлық құжаттар" бөліміне өтіп, қажетті құжатты таңдау қажет.</w:t>
+Максимально допустимое время ожидания до момента приема документов – 15 минут.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Максимально допустимое время обслуживания – 15 минут.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Услугополучатель получает информацию о порядке и статусе оказания государственной услуги в режиме удаленного доступа посредством "личного кабинета" портала, интернет-ресурса услугодателя, справочных служб по вопросам оказания государственной услуги, а также Единого контакт-центра.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Контактные телефоны справочных служб по вопросам оказания государственной услуги указаны на интернет-ресурсе Министерства www.edu.gov.kz в разделе "Государственные услуги".</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Телефоны Единого контакт-центра по вопросам оказания государственных услуг: 1414, 8 800 080 7777.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сервис цифровых документов доступен для пользователей, авторизованных в мобильном приложении. Для использования цифрового документа необходимо пройти авторизацию в мобильном приложении с использованием электронно-цифровой подписи или одноразового пароля, далее перейти в раздел "Цифровые документы" и выбрать необходимый документ.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -10042,162 +9995,131 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Мектепке дейінгі білім беру</w:t>
+              <w:t>Приложение 5</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">саласында мемлекеттік </w:t>
+              <w:t>к Правилам оказания</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">қызметтер көрсету </w:t>
+              <w:t>государственных услуг в сфере</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қағидаларына</w:t>
-[...12 lines deleted...]
-              <w:t>5-қосымша</w:t>
+              <w:t>дошкольного образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. Қағида 5-қосымшамен толықтырылды - ҚР Оқу-ағарту министрінің 18.11.2022 </w:t>
+      Сноска. Приложение 5 - в редакции приказа Министра просвещения РК от 18.11.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 464</w:t>
+        <w:t>№ 231</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі) бұйрығымен.</w:t>
-[...17 lines deleted...]
-      Нысан</w:t>
+        <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -10233,308 +10155,506 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>____________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>(мектепке дейінгі ұйым)</w:t>
+              <w:t>(дошкольная организация)</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>____________________________</w:t>
+              <w:t>от__________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">(тегі, аты, әкесінің аты </w:t>
+              <w:t>(фамилия, имя, отчество</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>(бар болса)</w:t>
+              <w:t>(при его наличии)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...184 lines deleted...]
-      (қолы)             (тегі, аты, әкесінің аты (бар болса)</w:t>
+        <w:t>
+      Я, ________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                               (фамилия, имя, отчество (при его наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>даю согласие на доступ к персональным данным ограниченного доступа в соответствии с</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">пунктом 8 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложений 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и 4 к Правилам оказания государственных услуг в сфере</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>дошкольного образования, утвержденных приказом Министра образования и науки</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Республики Казахстан от 19 июня 2020 года № 254 "Об утверждении правил оказания</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>государственных услуг в сфере дошкольного образования" (зарегистрирован в Реестре</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>государственной регистрации нормативных правовых актов под № 20883), которые</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">требуются для оказания государственной услуги согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статье 8</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона Республики</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Казахстан "О персональных данных и их защите", включающие в себя следующее:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) передачу персональных данных третьим лицам;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) трансграничную передачу персональных данных в процессе их обработки;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) распространение персональных данных в общедоступных источниках.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Согласен(а) на доступ к персональным данным ограниченного доступа, включающие</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>в себя иные сведения, которые требуются для подтверждения достоверности</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>предоставляемых документов при оказании государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Настоящее согласие действует в течение всего периода до получения результата</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>оказания государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________ __________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        (подпись)              (фамилия, имя, отчество (при его наличии)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -10570,283 +10690,270 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Қазақстан Республикасы</w:t>
+              <w:t>Приложение к приказу</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Білім және ғылым министрінің</w:t>
+              <w:t>Министра образования и науки</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">2020 жылғы 19 маусымдағы </w:t>
+              <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">№ 254 бұйрығына </w:t>
-[...12 lines deleted...]
-              <w:t>қосымша</w:t>
+              <w:t>от 19 июня 2020 года № 254</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z59" w:id="77"/>
+    <w:bookmarkStart w:name="z239" w:id="149"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Қазақстан Республикасы Білім және ғылым министрінің күші жойылған кейбір бұйрықтарының тізбесі</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z60" w:id="78"/>
+        <w:t xml:space="preserve"> Перечень, утративших силу, некоторых приказов Министра образования и науки Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkStart w:name="z240" w:id="150"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. "Мектепке дейінгі тәрбие мен оқыту саласында жергілікті атқарушы органдар көрсететін мемлекеттік қызметтер стандарттарын бекіту туралы" Қазақстан Республикасы Білім және ғылым министрінің 2015 жылғы 7 сәуірдегі № 172 </w:t>
-[...23 lines deleted...]
-    <w:bookmarkStart w:name="z61" w:id="79"/>
+      1. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Приказ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра образования и науки Республики Казахстан от 7 апреля 2015 года № 172 "Об утверждении стандартов государственных услуг, оказываемых местными исполнительными органами в сфере дошкольного воспитания и обучения (зарегистрирован в Министерстве юстиции Республики Казахстан 8 мая 2015 года № 10981, опубликован в Информационно-правовой системе "Әділет" 18 мая 2015 года, газете "Казахстанская правда" 23 июля 2015 года № 138 (28014)).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkStart w:name="z241" w:id="151"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2. "Мектепке дейінгі тәрбие мен оқыту саласында жергілікті атқарушы органдар көрсететін мемлекеттік қызметтер стандарттарын бекіту туралы" Қазақстан Республикасы Білім және ғылым министрінің 2015 жылғы 7 сәуірдегі № 172 бұйрығына өзгеріс енгізу туралы" Қазақстан Республикасы Білім және ғылым министрінің 2016 жылғы 21 қаңтардағы № 58 </w:t>
-[...23 lines deleted...]
-    <w:bookmarkStart w:name="z62" w:id="80"/>
+      2. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Приказ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра образования и науки Республики Казахстан от 21 января 2016 года № 58 "О внесении изменения в приказ Министра образования и науки Республики Казахстан от 7 апреля 2015 года № 172 "Об утверждении стандартов государственных услуг, оказываемых местными исполнительными органами в сфере дошкольного воспитания и обучения" (зарегистрирован в Министерстве юстиции Республики Казахстан 25 февраля 2016 года № 13255, опубликован в Информационно-правовой системе "Әділет" 10 марта 2016 года).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkStart w:name="z242" w:id="152"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      3. "Мектепке дейінгі тәрбие мен оқыту саласында жергілікті атқарушы органдар көрсететін мемлекеттік қызметтер стандарттарын бекіту туралы" Қазақстан Республикасы Білім және ғылым министрінің 2015 жылғы 7 сәуірдегі № 172 бұйрығына өзгеріс енгізу туралы" Қазақстан Республикасы Білім және ғылым министрінің 2017 жылғы 11 қазандағы № 518 </w:t>
-[...22 lines deleted...]
-    <w:bookmarkEnd w:id="80"/>
+      3. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Приказ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра образования и науки Республики Казахстан от 11 октября 2017 года № 518 "О внесении изменений в приказ Министра образования и науки Республики Казахстан от 7 апреля 2015 года № 172 "Об утверждении стандартов государственных услуг, оказываемых местными исполнительными органами в сфере дошкольного воспитания и обучения" (зарегистрирован в Министерстве юстиции Республики Казахстан 3 ноября 2017 года № 15966, опубликован в Эталонном контрольном банке НПА РК в электронном виде 15 ноября 2017 года).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="152"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
-					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
+					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>