--- v0 (2025-10-10)
+++ v1 (2025-11-08)
@@ -79,85 +79,85 @@
       </w:pPr>
       <w:r w:rsidRPr="00D43E39">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>«Нұрай»бөбекжайы» коммуналдық мемлекеттік қазыналық кәсіпорыны</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a3"/>
         <w:tblW w:w="9918" w:type="dxa"/>
         <w:tblInd w:w="-147" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="568"/>
         <w:gridCol w:w="9350"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A005AD" w:rsidRPr="0039771B" w:rsidTr="007226A2">
+      <w:tr w:rsidR="00A005AD" w:rsidRPr="00D44E97" w:rsidTr="007226A2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9918" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w:rsidR="00A005AD" w:rsidRPr="00D43E39" w:rsidRDefault="00A005AD" w:rsidP="00E31626">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D43E39">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Білім беру ұйымы туралы жалпы мәліметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000E02A9" w:rsidRPr="0039771B" w:rsidTr="007226A2">
+      <w:tr w:rsidR="000E02A9" w:rsidRPr="00D44E97" w:rsidTr="007226A2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="568" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="000E02A9" w:rsidRPr="00D43E39" w:rsidRDefault="000E02A9" w:rsidP="00E31626">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D43E39">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>1)</w:t>
@@ -292,51 +292,51 @@
             </w:r>
             <w:r w:rsidR="000E02A9" w:rsidRPr="00D43E39">
               <w:rPr>
                 <w:color w:val="auto"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> (</w:t>
             </w:r>
             <w:r w:rsidRPr="00D43E39">
               <w:rPr>
                 <w:color w:val="auto"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>заңды тұлғаны тіркеу туралы анықтамасына сәйкес</w:t>
             </w:r>
             <w:r w:rsidR="000E02A9" w:rsidRPr="00D43E39">
               <w:rPr>
                 <w:color w:val="auto"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">). </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000E02A9" w:rsidRPr="0039771B" w:rsidTr="007226A2">
+      <w:tr w:rsidR="000E02A9" w:rsidRPr="00D44E97" w:rsidTr="007226A2">
         <w:trPr>
           <w:trHeight w:val="2326"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="568" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="000E02A9" w:rsidRPr="00D43E39" w:rsidRDefault="000E02A9" w:rsidP="00E31626">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D43E39">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
@@ -497,51 +497,51 @@
             </w:r>
             <w:r w:rsidRPr="00D43E39">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> (заңды тұлғаны тіркеу туралы анықтамасына сәйкес).</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00DB1A42" w:rsidRPr="00D43E39" w:rsidRDefault="00DB1A42" w:rsidP="00E31626">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000E02A9" w:rsidRPr="0039771B" w:rsidTr="007226A2">
+      <w:tr w:rsidR="000E02A9" w:rsidRPr="00D44E97" w:rsidTr="007226A2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="568" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="000E02A9" w:rsidRPr="00D43E39" w:rsidRDefault="000E02A9" w:rsidP="00E31626">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D43E39">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>3)</w:t>
@@ -724,50 +724,52 @@
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:hyperlink r:id="rId5" w:history="1">
               <w:r w:rsidR="00D44E97" w:rsidRPr="00EC78AB">
                 <w:rPr>
                   <w:rStyle w:val="a5"/>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
                 <w:t>https://krguo.edu.kz/loader/fromorg/690/6637</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00D44E97">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
           </w:p>
           <w:p w:rsidR="00DB1A42" w:rsidRPr="00662320" w:rsidRDefault="00A246AC" w:rsidP="00E31626">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D43E39">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>e</w:t>
             </w:r>
             <w:r w:rsidRPr="00662320">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
@@ -1105,98 +1107,118 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">   </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00A246AC" w:rsidRPr="00D43E39" w:rsidRDefault="00C9228F" w:rsidP="00E31626">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D43E39">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> акима поселка Осакаровка Осакаровского района Карагандинской области</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A246AC" w:rsidRPr="005946C1" w:rsidRDefault="00A246AC" w:rsidP="00E31626">
+          <w:p w:rsidR="00A246AC" w:rsidRPr="00D43E39" w:rsidRDefault="00C9228F" w:rsidP="00E31626">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D43E39">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A246AC" w:rsidRPr="00C55E28" w:rsidRDefault="00A246AC" w:rsidP="00E31626">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00662320">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>копия приказа, ссылка</w:t>
             </w:r>
             <w:r w:rsidR="00662320">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r w:rsidR="00C55E28">
               <w:rPr>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:hyperlink r:id="rId6" w:history="1">
-              <w:r w:rsidR="005946C1" w:rsidRPr="00FF622E">
+              <w:r w:rsidR="00C55E28" w:rsidRPr="0051070F">
                 <w:rPr>
                   <w:rStyle w:val="a5"/>
+                  <w:lang w:val="kk-KZ"/>
                 </w:rPr>
-                <w:t>https://drive.google.com/file/d/1WWWMwk1rEyktMiD0O0KSD0q6HFhdwuZi/view?usp=drive_link</w:t>
+                <w:t>https://krguo.edu.kz/loader/fromorg/690/6637</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidR="005946C1">
+            <w:r w:rsidR="00C55E28">
               <w:rPr>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000E02A9" w:rsidRPr="0039771B" w:rsidTr="007226A2">
+      <w:tr w:rsidR="000E02A9" w:rsidRPr="00D44E97" w:rsidTr="007226A2">
         <w:trPr>
           <w:trHeight w:val="2595"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="568" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="000E02A9" w:rsidRPr="00D43E39" w:rsidRDefault="000E02A9" w:rsidP="00E31626">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D43E39">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
@@ -1209,72 +1231,72 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9350" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00C55E28" w:rsidRDefault="00BB6B6B" w:rsidP="00C55E28">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D43E39">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>құқық белгілейтін және құрылтай құжаттары (заңды тұлғаны мемлекеттік тіркеу не қайта тіркеу туралы анықтама/ куәлік, жарғы).</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="000E02A9" w:rsidRPr="005946C1" w:rsidRDefault="00C55E28" w:rsidP="00E31626">
+          <w:p w:rsidR="000E02A9" w:rsidRPr="00C55E28" w:rsidRDefault="00C55E28" w:rsidP="00E31626">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:hyperlink r:id="rId7" w:history="1">
-              <w:r w:rsidR="005946C1" w:rsidRPr="00FF622E">
+              <w:r w:rsidRPr="0051070F">
                 <w:rPr>
                   <w:rStyle w:val="a5"/>
                   <w:lang w:val="kk-KZ"/>
                 </w:rPr>
-                <w:t>https://drive.google.com/file/d/1bJuGcoR8gN6Ve1gu_ndx5r_H5N_6elaN/view?usp=drive_link</w:t>
+                <w:t>https://krguo.edu.kz/loader/fromorg/690/6637</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidR="005946C1">
+            <w:r>
               <w:rPr>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="008F0DC1" w:rsidRDefault="00BB6B6B" w:rsidP="00E31626">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D43E39">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">заңды тұлғаны мемлекеттік тіркеу не қайта тіркеу туралы анықтама </w:t>
@@ -1364,103 +1386,126 @@
               <w:t xml:space="preserve">лген Жарғыны басшылыққа алады </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00662320" w:rsidRDefault="008F0DC1" w:rsidP="00C55E28">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FBFBFB"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">8.01.2021 жылы №4 </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00BB6B6B" w:rsidRPr="007F0D2F" w:rsidRDefault="00BB6B6B" w:rsidP="007F0D2F">
+          <w:p w:rsidR="00BB6B6B" w:rsidRPr="00662320" w:rsidRDefault="00C55E28" w:rsidP="00C55E28">
             <w:pPr>
-              <w:rPr>
-[...7 lines deleted...]
-            <w:r w:rsidRPr="007F0D2F">
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FBFBFB"/>
+              <w:ind w:left="-240"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Жарғының көшірмесі, сілтеме</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00662320" w:rsidRPr="007F0D2F">
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
+              <w:t xml:space="preserve">    </w:t>
+            </w:r>
+            <w:r w:rsidR="00BB6B6B" w:rsidRPr="00662320">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Жарғының көшірмесі, сілтеме</w:t>
+            </w:r>
+            <w:r w:rsidR="00662320">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
               <w:t>:</w:t>
             </w:r>
-            <w:r w:rsidR="00C55E28" w:rsidRPr="007F0D2F">
+            <w:r w:rsidRPr="00C55E28">
               <w:rPr>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
-              <w:r w:rsidR="007F0D2F" w:rsidRPr="007F0D2F">
+              <w:r w:rsidRPr="00C55E28">
                 <w:rPr>
                   <w:rStyle w:val="a5"/>
                   <w:lang w:val="kk-KZ"/>
                 </w:rPr>
-                <w:t>https://drive.google.com/file/d/1K1xBJPS-dEf5d6SrCcSQPYP1T2HDT89P/view?usp=drive_link</w:t>
+                <w:t>https://krguo.edu.kz/loader/fromorg/690/5815</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidR="007F0D2F" w:rsidRPr="007F0D2F">
-[...4 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BB6B6B" w:rsidRPr="008F0DC1" w:rsidRDefault="00BB6B6B" w:rsidP="00E31626">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
           <w:p w:rsidR="005760E7" w:rsidRPr="008F0DC1" w:rsidRDefault="005760E7" w:rsidP="00E31626">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="005760E7" w:rsidRPr="00D43E39" w:rsidRDefault="005760E7" w:rsidP="00E31626">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
@@ -1479,102 +1524,69 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D43E39">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>6)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9350" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="005760E7" w:rsidRDefault="005760E7" w:rsidP="00E31626">
+          <w:p w:rsidR="005760E7" w:rsidRPr="00D43E39" w:rsidRDefault="005760E7" w:rsidP="00E31626">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D43E39">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>рұқсат беру құжаттары (мектепке дейінгі тәрбие және оқыту саласындағы қызметтің басталғаны туралы хабарламаны жіберу туралы талон).</w:t>
-            </w:r>
-[...31 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="008F0DC1" w:rsidRDefault="008F0DC1" w:rsidP="008F0DC1">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FBFBFB"/>
               <w:spacing w:before="100" w:beforeAutospacing="1"/>
               <w:ind w:left="-240"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -1714,58 +1726,75 @@
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">           </w:t>
             </w:r>
             <w:r w:rsidR="00201190" w:rsidRPr="00C55E28">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>№ kz39rvk0001076 хабарлама талоны.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="005760E7" w:rsidRPr="007F0D2F" w:rsidRDefault="00201190" w:rsidP="00C55E28">
+          <w:p w:rsidR="005760E7" w:rsidRPr="00D43E39" w:rsidRDefault="005760E7" w:rsidP="008F0DC1">
             <w:pPr>
-              <w:rPr>
-                <w:lang w:val="kk-KZ"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005760E7" w:rsidRPr="00C55E28" w:rsidRDefault="00201190" w:rsidP="00C55E28">
             <w:r w:rsidRPr="00D43E39">
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>".</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D43E39">
+              <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00662320" w:rsidRPr="00662320">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>сі</w:t>
             </w:r>
             <w:r w:rsidR="00662320">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
@@ -1780,59 +1809,60 @@
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>теме</w:t>
             </w:r>
             <w:r w:rsidR="00662320">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r w:rsidR="00C55E28">
               <w:rPr>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-              <w:r w:rsidR="007F0D2F" w:rsidRPr="00FF622E">
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r w:rsidR="00C55E28" w:rsidRPr="0051070F">
                 <w:rPr>
                   <w:rStyle w:val="a5"/>
+                  <w:lang w:val="kk-KZ"/>
                 </w:rPr>
-                <w:t>https://drive.google.com/file/d/1-JQ-KKCm5ek3HUycTyWBM0aOTfrHAnko/view?usp=drive_link</w:t>
+                <w:t>https://krguo.edu.kz/loader/fromorg/690/6637</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidR="007F0D2F">
+            <w:r w:rsidR="00C55E28">
               <w:rPr>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005760E7" w:rsidRPr="008F0DC1" w:rsidTr="007226A2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9918" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w:rsidR="005760E7" w:rsidRPr="00D43E39" w:rsidRDefault="005760E7" w:rsidP="00E31626">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
@@ -1886,138 +1916,143 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidR="000E02A9" w:rsidRPr="00D43E39">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9350" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="005760E7" w:rsidRPr="005946C1" w:rsidRDefault="005760E7" w:rsidP="00191293">
+          <w:p w:rsidR="005760E7" w:rsidRPr="00191293" w:rsidRDefault="005760E7" w:rsidP="00191293">
             <w:pPr>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00662320">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Тәрбие мен оқыту нәтижелеріне бағдарланған мазмұнға критерийлер (әдістемелік ұсынымдарға 2-қосымшаға сәйкес басшының қолымен және мөрімен расталған кесте қоса беріледі, сілтеме</w:t>
             </w:r>
             <w:r w:rsidR="00662320">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r w:rsidRPr="00662320">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-              <w:r w:rsidR="005946C1" w:rsidRPr="00FF622E">
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r w:rsidR="00191293" w:rsidRPr="0051070F">
                 <w:rPr>
                   <w:rStyle w:val="a5"/>
                   <w:lang w:val="kk-KZ"/>
                 </w:rPr>
-                <w:t>https://drive.google.com/file/d/1U-9CEE0TWnBByEq3WNwNT2dhcE7RfBLw/view?usp=drive_link</w:t>
+                <w:t>https://krguo.edu.kz/loader/fromorg/690/6638</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidR="005946C1">
-              <w:rPr>
+            <w:r w:rsidR="00191293">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00662320">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="000E02A9" w:rsidRPr="00191293" w:rsidRDefault="005760E7" w:rsidP="00191293">
             <w:pPr>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D43E39">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">бағаланатын кезеңдегі педагогтердің штат кестесі, сілтеме </w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-              <w:r w:rsidR="005946C1" w:rsidRPr="00FF622E">
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r w:rsidR="00191293" w:rsidRPr="0051070F">
                 <w:rPr>
                   <w:rStyle w:val="a5"/>
                   <w:lang w:val="kk-KZ"/>
                 </w:rPr>
-                <w:t>https://drive.google.com/file/d/1ZPcc9cbxrjpRO0YPb1jxdJY9CflO81Px/view?usp=drive_link</w:t>
+                <w:t>https://krguo.edu.kz/loader/fromorg/690/6638</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidR="005946C1">
-[...4 lines deleted...]
-            </w:r>
             <w:r w:rsidR="00191293">
               <w:rPr>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00271B55" w:rsidRDefault="00F44406" w:rsidP="00191293">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D43E39">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
@@ -2676,51 +2711,51 @@
                   <w:gridSpan w:val="2"/>
                 </w:tcPr>
                 <w:p w:rsidR="00307A04" w:rsidRPr="00307A04" w:rsidRDefault="00307A04" w:rsidP="008C5055">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00307A04">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                     <w:t>аяқталмаған</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00307A04" w:rsidRPr="0039771B" w:rsidTr="00307A04">
+            <w:tr w:rsidR="00307A04" w:rsidRPr="00D44E97" w:rsidTr="00307A04">
               <w:trPr>
                 <w:trHeight w:val="914"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1140" w:type="dxa"/>
                   <w:vMerge/>
                 </w:tcPr>
                 <w:p w:rsidR="00307A04" w:rsidRPr="00307A04" w:rsidRDefault="00307A04" w:rsidP="008C5055">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1140" w:type="dxa"/>
                   <w:vMerge/>
                 </w:tcPr>
@@ -2835,51 +2870,51 @@
                   <w:tcW w:w="1022" w:type="dxa"/>
                 </w:tcPr>
                 <w:p w:rsidR="00307A04" w:rsidRPr="00307A04" w:rsidRDefault="00307A04" w:rsidP="008C5055">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00307A04">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                     <w:t>Арнай орта</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="008C5055" w:rsidRPr="0039771B" w:rsidTr="00307A04">
+            <w:tr w:rsidR="008C5055" w:rsidRPr="00D44E97" w:rsidTr="00307A04">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1140" w:type="dxa"/>
                 </w:tcPr>
                 <w:p w:rsidR="008C5055" w:rsidRDefault="00307A04" w:rsidP="008C5055">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                     <w:t>Меңгеруші</w:t>
                   </w:r>
                 </w:p>
@@ -3005,51 +3040,51 @@
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1022" w:type="dxa"/>
                 </w:tcPr>
                 <w:p w:rsidR="008C5055" w:rsidRDefault="008C5055" w:rsidP="008C5055">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="008C5055" w:rsidRPr="0039771B" w:rsidTr="00307A04">
+            <w:tr w:rsidR="008C5055" w:rsidRPr="00D44E97" w:rsidTr="00307A04">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1140" w:type="dxa"/>
                 </w:tcPr>
                 <w:p w:rsidR="008C5055" w:rsidRDefault="00307A04" w:rsidP="008C5055">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                     <w:t>Әдіскер</w:t>
                   </w:r>
                 </w:p>
@@ -3165,51 +3200,51 @@
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1022" w:type="dxa"/>
                 </w:tcPr>
                 <w:p w:rsidR="008C5055" w:rsidRDefault="008C5055" w:rsidP="008C5055">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="008C5055" w:rsidRPr="0039771B" w:rsidTr="00307A04">
+            <w:tr w:rsidR="008C5055" w:rsidRPr="00D44E97" w:rsidTr="00307A04">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1140" w:type="dxa"/>
                 </w:tcPr>
                 <w:p w:rsidR="008C5055" w:rsidRDefault="00307A04" w:rsidP="008C5055">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                     <w:t>Тәрбиешілер</w:t>
                   </w:r>
                 </w:p>
@@ -3345,75 +3380,245 @@
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1022" w:type="dxa"/>
                 </w:tcPr>
                 <w:p w:rsidR="008C5055" w:rsidRDefault="008C5055" w:rsidP="008C5055">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="008C5055" w:rsidRPr="0039771B" w:rsidTr="00307A04">
+            <w:tr w:rsidR="008C5055" w:rsidRPr="00D44E97" w:rsidTr="00307A04">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1140" w:type="dxa"/>
                 </w:tcPr>
                 <w:p w:rsidR="008C5055" w:rsidRDefault="00307A04" w:rsidP="008C5055">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
+                    <w:t>Музыка жетекшісі</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1140" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w:rsidR="008C5055" w:rsidRDefault="00307A04" w:rsidP="008C5055">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t>2</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1003" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w:rsidR="008C5055" w:rsidRDefault="00307A04" w:rsidP="008C5055">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t>1</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1277" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w:rsidR="008C5055" w:rsidRDefault="008C5055" w:rsidP="008C5055">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="849" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w:rsidR="008C5055" w:rsidRDefault="00307A04" w:rsidP="008C5055">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t>1</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1433" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w:rsidR="008C5055" w:rsidRDefault="008C5055" w:rsidP="008C5055">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1260" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w:rsidR="008C5055" w:rsidRDefault="008C5055" w:rsidP="008C5055">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1022" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w:rsidR="008C5055" w:rsidRDefault="008C5055" w:rsidP="008C5055">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="008C5055" w:rsidRPr="00D44E97" w:rsidTr="00307A04">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1140" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w:rsidR="008C5055" w:rsidRDefault="00307A04" w:rsidP="008C5055">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
                     <w:lastRenderedPageBreak/>
-                    <w:t>Музыка жетекшісі</w:t>
+                    <w:t>Психолог</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1140" w:type="dxa"/>
                 </w:tcPr>
                 <w:p w:rsidR="008C5055" w:rsidRDefault="00307A04" w:rsidP="008C5055">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
@@ -3421,966 +3626,796 @@
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1003" w:type="dxa"/>
                 </w:tcPr>
                 <w:p w:rsidR="008C5055" w:rsidRDefault="00307A04" w:rsidP="008C5055">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
+                    <w:t>2</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1277" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w:rsidR="008C5055" w:rsidRDefault="008C5055" w:rsidP="008C5055">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="849" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w:rsidR="008C5055" w:rsidRDefault="008C5055" w:rsidP="008C5055">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1433" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w:rsidR="008C5055" w:rsidRDefault="008C5055" w:rsidP="008C5055">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1260" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w:rsidR="008C5055" w:rsidRDefault="008C5055" w:rsidP="008C5055">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1022" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w:rsidR="008C5055" w:rsidRDefault="008C5055" w:rsidP="008C5055">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="008C5055" w:rsidRPr="00D44E97" w:rsidTr="00307A04">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1140" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w:rsidR="008C5055" w:rsidRDefault="00307A04" w:rsidP="008C5055">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t>Логопед</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1140" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w:rsidR="008C5055" w:rsidRDefault="00721667" w:rsidP="008C5055">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
                     <w:t>1</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
+                  <w:tcW w:w="1003" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w:rsidR="008C5055" w:rsidRDefault="00721667" w:rsidP="008C5055">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t>1</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
                   <w:tcW w:w="1277" w:type="dxa"/>
                 </w:tcPr>
                 <w:p w:rsidR="008C5055" w:rsidRDefault="008C5055" w:rsidP="008C5055">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="849" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w:rsidR="008C5055" w:rsidRDefault="00307A04" w:rsidP="008C5055">
+                <w:p w:rsidR="008C5055" w:rsidRDefault="008C5055" w:rsidP="008C5055">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1433" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w:rsidR="008C5055" w:rsidRDefault="008C5055" w:rsidP="008C5055">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1260" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w:rsidR="008C5055" w:rsidRDefault="008C5055" w:rsidP="008C5055">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1022" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w:rsidR="008C5055" w:rsidRDefault="008C5055" w:rsidP="008C5055">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="008C5055" w:rsidRPr="00D44E97" w:rsidTr="00307A04">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1140" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w:rsidR="008C5055" w:rsidRDefault="00721667" w:rsidP="008C5055">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
+                    <w:t>Дефектолог</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1140" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w:rsidR="008C5055" w:rsidRDefault="00721667" w:rsidP="008C5055">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t>0,5</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1003" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w:rsidR="008C5055" w:rsidRDefault="00721667" w:rsidP="008C5055">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
                     <w:t>1</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
+                  <w:tcW w:w="1277" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w:rsidR="008C5055" w:rsidRDefault="008C5055" w:rsidP="008C5055">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="849" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w:rsidR="008C5055" w:rsidRDefault="008C5055" w:rsidP="008C5055">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
                   <w:tcW w:w="1433" w:type="dxa"/>
                 </w:tcPr>
                 <w:p w:rsidR="008C5055" w:rsidRDefault="008C5055" w:rsidP="008C5055">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1260" w:type="dxa"/>
                 </w:tcPr>
                 <w:p w:rsidR="008C5055" w:rsidRDefault="008C5055" w:rsidP="008C5055">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1022" w:type="dxa"/>
                 </w:tcPr>
                 <w:p w:rsidR="008C5055" w:rsidRDefault="008C5055" w:rsidP="008C5055">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="008C5055" w:rsidRPr="0039771B" w:rsidTr="00307A04">
+            <w:tr w:rsidR="008C5055" w:rsidRPr="00D44E97" w:rsidTr="00307A04">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1140" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w:rsidR="008C5055" w:rsidRDefault="00307A04" w:rsidP="008C5055">
+                <w:p w:rsidR="008C5055" w:rsidRDefault="00721667" w:rsidP="008C5055">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
-                    <w:t>Психолог</w:t>
+                    <w:t>Педагог-асистент</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1140" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w:rsidR="008C5055" w:rsidRDefault="00307A04" w:rsidP="008C5055">
+                <w:p w:rsidR="008C5055" w:rsidRDefault="00721667" w:rsidP="008C5055">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
+                    <w:t>1</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1003" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w:rsidR="008C5055" w:rsidRDefault="00721667" w:rsidP="008C5055">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t>1</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1277" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w:rsidR="008C5055" w:rsidRDefault="008C5055" w:rsidP="008C5055">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="849" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w:rsidR="008C5055" w:rsidRDefault="00721667" w:rsidP="008C5055">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t>1</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1433" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w:rsidR="008C5055" w:rsidRDefault="008C5055" w:rsidP="008C5055">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1260" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w:rsidR="008C5055" w:rsidRDefault="008C5055" w:rsidP="008C5055">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1022" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w:rsidR="008C5055" w:rsidRDefault="008C5055" w:rsidP="008C5055">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="008C5055" w:rsidRPr="00D44E97" w:rsidTr="00307A04">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1140" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w:rsidR="008C5055" w:rsidRDefault="00721667" w:rsidP="008C5055">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t>Деңешыныктыру нұскаушысы</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1140" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w:rsidR="008C5055" w:rsidRDefault="00721667" w:rsidP="008C5055">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
                     <w:t>2</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1003" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w:rsidR="008C5055" w:rsidRDefault="00307A04" w:rsidP="008C5055">
+                <w:p w:rsidR="008C5055" w:rsidRDefault="00721667" w:rsidP="008C5055">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
-                    <w:t>2</w:t>
+                    <w:t>1</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1277" w:type="dxa"/>
                 </w:tcPr>
                 <w:p w:rsidR="008C5055" w:rsidRDefault="008C5055" w:rsidP="008C5055">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="849" w:type="dxa"/>
                 </w:tcPr>
+                <w:p w:rsidR="008C5055" w:rsidRDefault="00721667" w:rsidP="008C5055">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t>1</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1433" w:type="dxa"/>
+                </w:tcPr>
                 <w:p w:rsidR="008C5055" w:rsidRDefault="008C5055" w:rsidP="008C5055">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="1433" w:type="dxa"/>
+                  <w:tcW w:w="1260" w:type="dxa"/>
                 </w:tcPr>
                 <w:p w:rsidR="008C5055" w:rsidRDefault="008C5055" w:rsidP="008C5055">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="1260" w:type="dxa"/>
+                  <w:tcW w:w="1022" w:type="dxa"/>
                 </w:tcPr>
                 <w:p w:rsidR="008C5055" w:rsidRDefault="008C5055" w:rsidP="008C5055">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
-              <w:tc>
-[...14 lines deleted...]
-              </w:tc>
             </w:tr>
-            <w:tr w:rsidR="008C5055" w:rsidRPr="0039771B" w:rsidTr="00307A04">
-[...659 lines deleted...]
-            <w:tr w:rsidR="008C5055" w:rsidRPr="0039771B" w:rsidTr="00307A04">
+            <w:tr w:rsidR="008C5055" w:rsidRPr="00D44E97" w:rsidTr="00307A04">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1140" w:type="dxa"/>
                 </w:tcPr>
                 <w:p w:rsidR="008C5055" w:rsidRDefault="00307A04" w:rsidP="008C5055">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                     <w:t>Қазақ тілі мұғалімі</w:t>
                   </w:r>
                 </w:p>
@@ -4610,51 +4645,51 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:tbl>
             <w:tblPr>
               <w:tblStyle w:val="a3"/>
               <w:tblW w:w="0" w:type="auto"/>
               <w:tblLayout w:type="fixed"/>
               <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="1440"/>
               <w:gridCol w:w="709"/>
               <w:gridCol w:w="850"/>
               <w:gridCol w:w="649"/>
               <w:gridCol w:w="912"/>
               <w:gridCol w:w="912"/>
               <w:gridCol w:w="913"/>
               <w:gridCol w:w="913"/>
               <w:gridCol w:w="913"/>
               <w:gridCol w:w="883"/>
             </w:tblGrid>
-            <w:tr w:rsidR="00721667" w:rsidRPr="0039771B" w:rsidTr="00A87A99">
+            <w:tr w:rsidR="00721667" w:rsidRPr="00D44E97" w:rsidTr="00A87A99">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1440" w:type="dxa"/>
                 </w:tcPr>
                 <w:p w:rsidR="00721667" w:rsidRPr="001360DB" w:rsidRDefault="00721667" w:rsidP="00E31626">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:b/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="001360DB">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:b/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                     <w:t>Санат</w:t>
@@ -4892,51 +4927,51 @@
                 <w:p w:rsidR="00721667" w:rsidRPr="001360DB" w:rsidRDefault="001360DB" w:rsidP="00E31626">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:b/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="001360DB">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:b/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                     <w:t>2023ж</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00721667" w:rsidRPr="0039771B" w:rsidTr="00A87A99">
+            <w:tr w:rsidR="00721667" w:rsidRPr="00D44E97" w:rsidTr="00A87A99">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1440" w:type="dxa"/>
                 </w:tcPr>
                 <w:p w:rsidR="00721667" w:rsidRPr="001360DB" w:rsidRDefault="001360DB" w:rsidP="00E31626">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:b/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:b/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                     <w:t>Педагог- шебер</w:t>
@@ -5075,51 +5110,51 @@
                       <w:szCs w:val="24"/>
                       <w:u w:val="single"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="883" w:type="dxa"/>
                 </w:tcPr>
                 <w:p w:rsidR="00721667" w:rsidRDefault="00721667" w:rsidP="00E31626">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:u w:val="single"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00721667" w:rsidRPr="0039771B" w:rsidTr="00A87A99">
+            <w:tr w:rsidR="00721667" w:rsidRPr="00D44E97" w:rsidTr="00A87A99">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1440" w:type="dxa"/>
                 </w:tcPr>
                 <w:p w:rsidR="00721667" w:rsidRPr="001360DB" w:rsidRDefault="001360DB" w:rsidP="00E31626">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:b/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="001360DB">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:b/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                     <w:t>Педагог-зерттеуші</w:t>
@@ -5258,51 +5293,51 @@
                       <w:szCs w:val="24"/>
                       <w:u w:val="single"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="883" w:type="dxa"/>
                 </w:tcPr>
                 <w:p w:rsidR="00721667" w:rsidRDefault="00721667" w:rsidP="00E31626">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:u w:val="single"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00721667" w:rsidRPr="0039771B" w:rsidTr="00A87A99">
+            <w:tr w:rsidR="00721667" w:rsidRPr="00D44E97" w:rsidTr="00A87A99">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1440" w:type="dxa"/>
                 </w:tcPr>
                 <w:p w:rsidR="00721667" w:rsidRPr="001360DB" w:rsidRDefault="001360DB" w:rsidP="00E31626">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:b/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="001360DB">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:b/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                     <w:t>Педагог- сарапшы</w:t>
@@ -5459,51 +5494,51 @@
                   <w:tcW w:w="883" w:type="dxa"/>
                 </w:tcPr>
                 <w:p w:rsidR="00721667" w:rsidRPr="00A87A99" w:rsidRDefault="00A87A99" w:rsidP="00E31626">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00A87A99">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                     <w:t>1</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00721667" w:rsidRPr="0039771B" w:rsidTr="00A87A99">
+            <w:tr w:rsidR="00721667" w:rsidRPr="00D44E97" w:rsidTr="00A87A99">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1440" w:type="dxa"/>
                 </w:tcPr>
                 <w:p w:rsidR="00721667" w:rsidRPr="001360DB" w:rsidRDefault="001360DB" w:rsidP="00E31626">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:b/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="001360DB">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:b/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                     <w:t>Педагог-модератор</w:t>
@@ -5660,51 +5695,51 @@
                   <w:tcW w:w="883" w:type="dxa"/>
                 </w:tcPr>
                 <w:p w:rsidR="00721667" w:rsidRPr="00A87A99" w:rsidRDefault="001360DB" w:rsidP="00E31626">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00A87A99">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                     <w:t>8</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00721667" w:rsidRPr="0039771B" w:rsidTr="00A87A99">
+            <w:tr w:rsidR="00721667" w:rsidRPr="00D44E97" w:rsidTr="00A87A99">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1440" w:type="dxa"/>
                 </w:tcPr>
                 <w:p w:rsidR="00721667" w:rsidRPr="001360DB" w:rsidRDefault="001360DB" w:rsidP="00E31626">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:b/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="001360DB">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:b/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                     <w:t>Жоғары санат</w:t>
@@ -5884,51 +5919,51 @@
                   <w:tcW w:w="883" w:type="dxa"/>
                 </w:tcPr>
                 <w:p w:rsidR="00721667" w:rsidRPr="00A87A99" w:rsidRDefault="001360DB" w:rsidP="00E31626">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00A87A99">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                     <w:t>1</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00721667" w:rsidRPr="0039771B" w:rsidTr="00A87A99">
+            <w:tr w:rsidR="00721667" w:rsidRPr="00D44E97" w:rsidTr="00A87A99">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1440" w:type="dxa"/>
                 </w:tcPr>
                 <w:p w:rsidR="00721667" w:rsidRPr="001360DB" w:rsidRDefault="001360DB" w:rsidP="00E31626">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:b/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="001360DB">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:b/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                     <w:t>Бірінші санат</w:t>
@@ -6148,51 +6183,51 @@
                   <w:tcW w:w="883" w:type="dxa"/>
                 </w:tcPr>
                 <w:p w:rsidR="00721667" w:rsidRPr="00A87A99" w:rsidRDefault="001360DB" w:rsidP="00E31626">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00A87A99">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                     <w:t>4</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00721667" w:rsidRPr="0039771B" w:rsidTr="00A87A99">
+            <w:tr w:rsidR="00721667" w:rsidRPr="00D44E97" w:rsidTr="00A87A99">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1440" w:type="dxa"/>
                 </w:tcPr>
                 <w:p w:rsidR="00721667" w:rsidRPr="001360DB" w:rsidRDefault="001360DB" w:rsidP="00E31626">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:b/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="001360DB">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:b/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                     <w:t>Екінші санат</w:t>
@@ -6412,51 +6447,51 @@
                   <w:tcW w:w="883" w:type="dxa"/>
                 </w:tcPr>
                 <w:p w:rsidR="00721667" w:rsidRPr="00A87A99" w:rsidRDefault="001360DB" w:rsidP="00E31626">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00A87A99">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                     <w:t>8</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00721667" w:rsidRPr="0039771B" w:rsidTr="00A87A99">
+            <w:tr w:rsidR="00721667" w:rsidRPr="00D44E97" w:rsidTr="00A87A99">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1440" w:type="dxa"/>
                 </w:tcPr>
                 <w:p w:rsidR="00721667" w:rsidRPr="001360DB" w:rsidRDefault="001360DB" w:rsidP="00E31626">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:b/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="001360DB">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:b/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                     <w:t>Педагог</w:t>
@@ -6603,51 +6638,51 @@
                   <w:tcW w:w="883" w:type="dxa"/>
                 </w:tcPr>
                 <w:p w:rsidR="00721667" w:rsidRPr="00A87A99" w:rsidRDefault="00A87A99" w:rsidP="00E31626">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                     <w:t>3</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00721667" w:rsidRPr="0039771B" w:rsidTr="00A87A99">
+            <w:tr w:rsidR="00721667" w:rsidRPr="00D44E97" w:rsidTr="00A87A99">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1440" w:type="dxa"/>
                 </w:tcPr>
                 <w:p w:rsidR="00721667" w:rsidRPr="00A87A99" w:rsidRDefault="00A87A99" w:rsidP="00E31626">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00A87A99">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                     <w:t>Барлығы</w:t>
                   </w:r>
                 </w:p>
@@ -8045,212 +8080,222 @@
             </w:pPr>
             <w:r w:rsidRPr="00D43E39">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">1.0   </w:t>
             </w:r>
             <w:r w:rsidRPr="00662320">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>тәрбие мен оқыту нәтижелеріне бағдарланған мазмұнға критерийлер</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000E02A9" w:rsidRPr="0039771B" w:rsidTr="007226A2">
+      <w:tr w:rsidR="000E02A9" w:rsidRPr="00D44E97" w:rsidTr="007226A2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="568" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="000E02A9" w:rsidRPr="00D43E39" w:rsidRDefault="009E6874" w:rsidP="00E31626">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D43E39">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidRPr="00D43E39">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9350" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000E02A9" w:rsidRPr="005946C1" w:rsidRDefault="00662320" w:rsidP="00E31626">
+          <w:p w:rsidR="000E02A9" w:rsidRPr="00662320" w:rsidRDefault="00662320" w:rsidP="00E31626">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Ә</w:t>
             </w:r>
             <w:r w:rsidR="002E5600" w:rsidRPr="00662320">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>дістемелік ұсынымдарға 3 қосымшаға сәйкес бағаланатын кезең үшін басшының қолымен және мөрімен расталған кесте сілтеме</w:t>
             </w:r>
             <w:r w:rsidR="00CA5016">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-              <w:r w:rsidR="005946C1" w:rsidRPr="00FF622E">
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r w:rsidR="00CA5016" w:rsidRPr="004621BB">
                 <w:rPr>
                   <w:rStyle w:val="a5"/>
+                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:b/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                  <w:lang w:val="kk-KZ"/>
                 </w:rPr>
-                <w:t>https://drive.google.com/file/d/1VUA6eqWQISlFNvgY9QdfQjtGrOhKpGba/view?usp=drive_link</w:t>
+                <w:t>https://krguo.edu.kz/loader/fromorg/690/6639</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidR="005946C1">
-              <w:rPr>
+            <w:r w:rsidR="00CA5016">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00057946" w:rsidRPr="00D43E39" w:rsidRDefault="00057946" w:rsidP="00E31626">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00057946" w:rsidRPr="00D43E39" w:rsidRDefault="0024360C" w:rsidP="002E5600">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D43E39">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>-Мектепке дейінгі ұйымдар қызметінің үлгілік қағидаларын сақтау</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000E02A9" w:rsidRPr="00ED7023" w:rsidTr="007226A2">
+      <w:tr w:rsidR="000E02A9" w:rsidRPr="008F0DC1" w:rsidTr="007226A2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="568" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="000E02A9" w:rsidRPr="00D43E39" w:rsidRDefault="0097405E" w:rsidP="00E31626">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D43E39">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidR="000E02A9" w:rsidRPr="00D43E39">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9350" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="004003DA" w:rsidRDefault="00057946" w:rsidP="00E31626">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
@@ -8275,51 +8320,51 @@
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:tbl>
             <w:tblPr>
               <w:tblStyle w:val="a3"/>
               <w:tblW w:w="0" w:type="auto"/>
               <w:tblLayout w:type="fixed"/>
               <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="1440"/>
               <w:gridCol w:w="1701"/>
               <w:gridCol w:w="1701"/>
               <w:gridCol w:w="885"/>
               <w:gridCol w:w="886"/>
               <w:gridCol w:w="886"/>
               <w:gridCol w:w="886"/>
               <w:gridCol w:w="886"/>
             </w:tblGrid>
-            <w:tr w:rsidR="00271B55" w:rsidRPr="0039771B" w:rsidTr="00271B55">
+            <w:tr w:rsidR="00271B55" w:rsidRPr="00D44E97" w:rsidTr="00271B55">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1440" w:type="dxa"/>
                 </w:tcPr>
                 <w:p w:rsidR="00271B55" w:rsidRDefault="00271B55" w:rsidP="00E31626">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                     <w:t>Топтың атауы</w:t>
                   </w:r>
                 </w:p>
@@ -8382,51 +8427,51 @@
                   <w:gridSpan w:val="5"/>
                 </w:tcPr>
                 <w:p w:rsidR="00271B55" w:rsidRDefault="00271B55" w:rsidP="00E31626">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                     <w:t>Олардың ішінде</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00271B55" w:rsidRPr="0039771B" w:rsidTr="00A833DA">
+            <w:tr w:rsidR="00271B55" w:rsidRPr="00D44E97" w:rsidTr="00A833DA">
               <w:trPr>
                 <w:trHeight w:val="1535"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1440" w:type="dxa"/>
                 </w:tcPr>
                 <w:p w:rsidR="00271B55" w:rsidRDefault="00271B55" w:rsidP="00E31626">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1701" w:type="dxa"/>
                 </w:tcPr>
                 <w:p w:rsidR="00271B55" w:rsidRDefault="00271B55" w:rsidP="00E31626">
                   <w:pPr>
@@ -8565,81 +8610,81 @@
                   <w:tcW w:w="886" w:type="dxa"/>
                 </w:tcPr>
                 <w:p w:rsidR="00271B55" w:rsidRDefault="00A833DA" w:rsidP="00E31626">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                     <w:t>5 жастағы балалар</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00A833DA" w:rsidRPr="0039771B" w:rsidTr="008C5055">
+            <w:tr w:rsidR="00A833DA" w:rsidRPr="00D44E97" w:rsidTr="008C5055">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="9271" w:type="dxa"/>
                   <w:gridSpan w:val="8"/>
                 </w:tcPr>
                 <w:p w:rsidR="00A833DA" w:rsidRDefault="00A833DA" w:rsidP="00A833DA">
                   <w:pPr>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                     <w:t>2021-2022 оқу жылы</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00A833DA" w:rsidRPr="0039771B" w:rsidTr="008C5055">
+            <w:tr w:rsidR="00A833DA" w:rsidRPr="00D44E97" w:rsidTr="008C5055">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1440" w:type="dxa"/>
                 </w:tcPr>
                 <w:p w:rsidR="00A833DA" w:rsidRDefault="00A833DA" w:rsidP="00E31626">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                     <w:t>Айгөлек</w:t>
                   </w:r>
                 </w:p>
@@ -8765,51 +8810,51 @@
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="886" w:type="dxa"/>
                 </w:tcPr>
                 <w:p w:rsidR="00A833DA" w:rsidRDefault="00A833DA" w:rsidP="00E31626">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00A833DA" w:rsidRPr="0039771B" w:rsidTr="008C5055">
+            <w:tr w:rsidR="00A833DA" w:rsidRPr="00D44E97" w:rsidTr="008C5055">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1440" w:type="dxa"/>
                 </w:tcPr>
                 <w:p w:rsidR="00A833DA" w:rsidRDefault="00A833DA" w:rsidP="00E31626">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                     <w:t>Қуыршақ</w:t>
                   </w:r>
                 </w:p>
@@ -8935,51 +8980,51 @@
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="886" w:type="dxa"/>
                 </w:tcPr>
                 <w:p w:rsidR="00A833DA" w:rsidRDefault="00A833DA" w:rsidP="00E31626">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00A833DA" w:rsidRPr="0039771B" w:rsidTr="008C5055">
+            <w:tr w:rsidR="00A833DA" w:rsidRPr="00D44E97" w:rsidTr="008C5055">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1440" w:type="dxa"/>
                 </w:tcPr>
                 <w:p w:rsidR="00A833DA" w:rsidRDefault="00A833DA" w:rsidP="00E31626">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                     <w:t>Балдырған</w:t>
                   </w:r>
                 </w:p>
@@ -9105,51 +9150,51 @@
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="886" w:type="dxa"/>
                 </w:tcPr>
                 <w:p w:rsidR="00A833DA" w:rsidRDefault="00A833DA" w:rsidP="00E31626">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00A833DA" w:rsidRPr="0039771B" w:rsidTr="008C5055">
+            <w:tr w:rsidR="00A833DA" w:rsidRPr="00D44E97" w:rsidTr="008C5055">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1440" w:type="dxa"/>
                 </w:tcPr>
                 <w:p w:rsidR="00A833DA" w:rsidRDefault="00A833DA" w:rsidP="00E31626">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                     <w:t>Балапан</w:t>
                   </w:r>
                 </w:p>
@@ -9275,51 +9320,51 @@
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="886" w:type="dxa"/>
                 </w:tcPr>
                 <w:p w:rsidR="00A833DA" w:rsidRDefault="00A833DA" w:rsidP="00E31626">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00A833DA" w:rsidRPr="0039771B" w:rsidTr="008C5055">
+            <w:tr w:rsidR="00A833DA" w:rsidRPr="00D44E97" w:rsidTr="008C5055">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1440" w:type="dxa"/>
                 </w:tcPr>
                 <w:p w:rsidR="00A833DA" w:rsidRDefault="00A833DA" w:rsidP="00E31626">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                     <w:t>Малышок</w:t>
                   </w:r>
                 </w:p>
@@ -9445,51 +9490,51 @@
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="886" w:type="dxa"/>
                 </w:tcPr>
                 <w:p w:rsidR="00A833DA" w:rsidRDefault="00A833DA" w:rsidP="00E31626">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00A833DA" w:rsidRPr="0039771B" w:rsidTr="008C5055">
+            <w:tr w:rsidR="00A833DA" w:rsidRPr="00D44E97" w:rsidTr="008C5055">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1440" w:type="dxa"/>
                 </w:tcPr>
                 <w:p w:rsidR="00A833DA" w:rsidRDefault="00A833DA" w:rsidP="00E31626">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                     <w:t>Ақбота</w:t>
                   </w:r>
                 </w:p>
@@ -9615,51 +9660,51 @@
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="886" w:type="dxa"/>
                 </w:tcPr>
                 <w:p w:rsidR="00A833DA" w:rsidRDefault="00A833DA" w:rsidP="00E31626">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00A833DA" w:rsidRPr="0039771B" w:rsidTr="008C5055">
+            <w:tr w:rsidR="00A833DA" w:rsidRPr="00D44E97" w:rsidTr="008C5055">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1440" w:type="dxa"/>
                 </w:tcPr>
                 <w:p w:rsidR="00A833DA" w:rsidRDefault="00A833DA" w:rsidP="00E31626">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                     <w:t>Таңшолпан</w:t>
                   </w:r>
                 </w:p>
@@ -9785,51 +9830,51 @@
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="886" w:type="dxa"/>
                 </w:tcPr>
                 <w:p w:rsidR="00A833DA" w:rsidRDefault="00A833DA" w:rsidP="00E31626">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00A833DA" w:rsidRPr="0039771B" w:rsidTr="008C5055">
+            <w:tr w:rsidR="00A833DA" w:rsidRPr="00D44E97" w:rsidTr="008C5055">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1440" w:type="dxa"/>
                 </w:tcPr>
                 <w:p w:rsidR="00A833DA" w:rsidRDefault="00A833DA" w:rsidP="00E31626">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                     <w:t>Балбөбек</w:t>
                   </w:r>
                 </w:p>
@@ -9955,51 +10000,51 @@
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="886" w:type="dxa"/>
                 </w:tcPr>
                 <w:p w:rsidR="00A833DA" w:rsidRDefault="00A833DA" w:rsidP="00E31626">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00A833DA" w:rsidRPr="0039771B" w:rsidTr="008C5055">
+            <w:tr w:rsidR="00A833DA" w:rsidRPr="00D44E97" w:rsidTr="008C5055">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1440" w:type="dxa"/>
                 </w:tcPr>
                 <w:p w:rsidR="00A833DA" w:rsidRDefault="00A833DA" w:rsidP="00E31626">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                     <w:t>Аққу</w:t>
                   </w:r>
                 </w:p>
@@ -10125,51 +10170,51 @@
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="886" w:type="dxa"/>
                 </w:tcPr>
                 <w:p w:rsidR="00A833DA" w:rsidRDefault="00A833DA" w:rsidP="00E31626">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00A833DA" w:rsidRPr="0039771B" w:rsidTr="008C5055">
+            <w:tr w:rsidR="00A833DA" w:rsidRPr="00D44E97" w:rsidTr="008C5055">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1440" w:type="dxa"/>
                 </w:tcPr>
                 <w:p w:rsidR="00A833DA" w:rsidRDefault="00A833DA" w:rsidP="00E31626">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                     <w:t>Бәйтерек</w:t>
                   </w:r>
                 </w:p>
@@ -10295,51 +10340,51 @@
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="886" w:type="dxa"/>
                 </w:tcPr>
                 <w:p w:rsidR="00A833DA" w:rsidRDefault="00A833DA" w:rsidP="00E31626">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00A833DA" w:rsidRPr="0039771B" w:rsidTr="008C5055">
+            <w:tr w:rsidR="00A833DA" w:rsidRPr="00D44E97" w:rsidTr="008C5055">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1440" w:type="dxa"/>
                 </w:tcPr>
                 <w:p w:rsidR="00A833DA" w:rsidRDefault="00A833DA" w:rsidP="00E31626">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                     <w:t>Күншуақ</w:t>
                   </w:r>
                 </w:p>
@@ -10465,51 +10510,51 @@
                   <w:tcW w:w="886" w:type="dxa"/>
                 </w:tcPr>
                 <w:p w:rsidR="00A833DA" w:rsidRDefault="00A833DA" w:rsidP="00E31626">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                     <w:t>11</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00A833DA" w:rsidRPr="0039771B" w:rsidTr="008C5055">
+            <w:tr w:rsidR="00A833DA" w:rsidRPr="00D44E97" w:rsidTr="008C5055">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1440" w:type="dxa"/>
                 </w:tcPr>
                 <w:p w:rsidR="00A833DA" w:rsidRDefault="00A833DA" w:rsidP="00E31626">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                     <w:t>Арыстан</w:t>
                   </w:r>
                 </w:p>
@@ -10635,51 +10680,51 @@
                   <w:tcW w:w="886" w:type="dxa"/>
                 </w:tcPr>
                 <w:p w:rsidR="00A833DA" w:rsidRDefault="00A833DA" w:rsidP="00E31626">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                     <w:t>23</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00A833DA" w:rsidRPr="0039771B" w:rsidTr="008C5055">
+            <w:tr w:rsidR="00A833DA" w:rsidRPr="00D44E97" w:rsidTr="008C5055">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1440" w:type="dxa"/>
                 </w:tcPr>
                 <w:p w:rsidR="00A833DA" w:rsidRDefault="00A833DA" w:rsidP="00E31626">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                     <w:t>Қарлығаш</w:t>
                   </w:r>
                 </w:p>
@@ -10805,51 +10850,51 @@
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                     <w:t>17</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="886" w:type="dxa"/>
                 </w:tcPr>
                 <w:p w:rsidR="00A833DA" w:rsidRDefault="00A833DA" w:rsidP="00E31626">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00A833DA" w:rsidRPr="0039771B" w:rsidTr="008C5055">
+            <w:tr w:rsidR="00A833DA" w:rsidRPr="00D44E97" w:rsidTr="008C5055">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1440" w:type="dxa"/>
                 </w:tcPr>
                 <w:p w:rsidR="00A833DA" w:rsidRDefault="00A833DA" w:rsidP="00E31626">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                     <w:t>Буратино</w:t>
                   </w:r>
                 </w:p>
@@ -10975,51 +11020,51 @@
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                     <w:t>24</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="886" w:type="dxa"/>
                 </w:tcPr>
                 <w:p w:rsidR="00A833DA" w:rsidRDefault="00A833DA" w:rsidP="00E31626">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00A833DA" w:rsidRPr="0039771B" w:rsidTr="008C5055">
+            <w:tr w:rsidR="00A833DA" w:rsidRPr="00D44E97" w:rsidTr="008C5055">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1440" w:type="dxa"/>
                 </w:tcPr>
                 <w:p w:rsidR="00A833DA" w:rsidRDefault="00A833DA" w:rsidP="00E31626">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                     <w:t>Гүлдер</w:t>
                   </w:r>
                 </w:p>
@@ -11145,51 +11190,51 @@
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                     <w:t>18</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="886" w:type="dxa"/>
                 </w:tcPr>
                 <w:p w:rsidR="00A833DA" w:rsidRDefault="00A833DA" w:rsidP="00E31626">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00A833DA" w:rsidRPr="0039771B" w:rsidTr="008C5055">
+            <w:tr w:rsidR="00A833DA" w:rsidRPr="00D44E97" w:rsidTr="008C5055">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1440" w:type="dxa"/>
                 </w:tcPr>
                 <w:p w:rsidR="00A833DA" w:rsidRDefault="00A833DA" w:rsidP="00E31626">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                     <w:t>Жұлдыз</w:t>
                   </w:r>
                 </w:p>
@@ -11315,81 +11360,81 @@
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                     <w:t>23</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="886" w:type="dxa"/>
                 </w:tcPr>
                 <w:p w:rsidR="00A833DA" w:rsidRDefault="00A833DA" w:rsidP="00E31626">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00A833DA" w:rsidRPr="0039771B" w:rsidTr="008C5055">
+            <w:tr w:rsidR="00A833DA" w:rsidRPr="00D44E97" w:rsidTr="008C5055">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="9271" w:type="dxa"/>
                   <w:gridSpan w:val="8"/>
                 </w:tcPr>
                 <w:p w:rsidR="00A833DA" w:rsidRDefault="00A833DA" w:rsidP="00A833DA">
                   <w:pPr>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                     <w:t>2022-2023 оқу жылы</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="004F3775" w:rsidRPr="0039771B" w:rsidTr="008C5055">
+            <w:tr w:rsidR="004F3775" w:rsidRPr="00D44E97" w:rsidTr="008C5055">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1440" w:type="dxa"/>
                 </w:tcPr>
                 <w:p w:rsidR="004F3775" w:rsidRDefault="004F3775" w:rsidP="004F3775">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                     <w:t>Айгөлек</w:t>
                   </w:r>
                 </w:p>
@@ -11585,51 +11630,51 @@
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="886" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
                 <w:p w:rsidR="004F3775" w:rsidRPr="00D43E39" w:rsidRDefault="004F3775" w:rsidP="004F3775">
                   <w:pPr>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:spacing w:val="2"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="004F3775" w:rsidRPr="0039771B" w:rsidTr="008C5055">
+            <w:tr w:rsidR="004F3775" w:rsidRPr="00D44E97" w:rsidTr="008C5055">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1440" w:type="dxa"/>
                 </w:tcPr>
                 <w:p w:rsidR="004F3775" w:rsidRDefault="004F3775" w:rsidP="004F3775">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                     <w:t>Қуыршақ</w:t>
                   </w:r>
                 </w:p>
@@ -11825,51 +11870,51 @@
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="886" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
                 <w:p w:rsidR="004F3775" w:rsidRPr="00D43E39" w:rsidRDefault="004F3775" w:rsidP="004F3775">
                   <w:pPr>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:spacing w:val="2"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="004F3775" w:rsidRPr="0039771B" w:rsidTr="008C5055">
+            <w:tr w:rsidR="004F3775" w:rsidRPr="00D44E97" w:rsidTr="008C5055">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1440" w:type="dxa"/>
                 </w:tcPr>
                 <w:p w:rsidR="004F3775" w:rsidRDefault="004F3775" w:rsidP="004F3775">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                     <w:t>Балдырған</w:t>
                   </w:r>
                 </w:p>
@@ -12054,51 +12099,51 @@
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="886" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
                 <w:p w:rsidR="004F3775" w:rsidRPr="00D43E39" w:rsidRDefault="004F3775" w:rsidP="004F3775">
                   <w:pPr>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:spacing w:val="2"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="004F3775" w:rsidRPr="0039771B" w:rsidTr="008C5055">
+            <w:tr w:rsidR="004F3775" w:rsidRPr="00D44E97" w:rsidTr="008C5055">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1440" w:type="dxa"/>
                 </w:tcPr>
                 <w:p w:rsidR="004F3775" w:rsidRDefault="004F3775" w:rsidP="004F3775">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                     <w:t>Балапан</w:t>
                   </w:r>
                 </w:p>
@@ -12283,51 +12328,51 @@
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="886" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
                 <w:p w:rsidR="004F3775" w:rsidRPr="00D43E39" w:rsidRDefault="004F3775" w:rsidP="004F3775">
                   <w:pPr>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:spacing w:val="2"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="004F3775" w:rsidRPr="0039771B" w:rsidTr="008C5055">
+            <w:tr w:rsidR="004F3775" w:rsidRPr="00D44E97" w:rsidTr="008C5055">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1440" w:type="dxa"/>
                 </w:tcPr>
                 <w:p w:rsidR="004F3775" w:rsidRDefault="004F3775" w:rsidP="004F3775">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                     <w:t>Малышок</w:t>
                   </w:r>
                 </w:p>
@@ -12512,51 +12557,51 @@
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="886" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
                 <w:p w:rsidR="004F3775" w:rsidRPr="00D43E39" w:rsidRDefault="004F3775" w:rsidP="004F3775">
                   <w:pPr>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:spacing w:val="2"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="004F3775" w:rsidRPr="0039771B" w:rsidTr="008C5055">
+            <w:tr w:rsidR="004F3775" w:rsidRPr="00D44E97" w:rsidTr="008C5055">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1440" w:type="dxa"/>
                 </w:tcPr>
                 <w:p w:rsidR="004F3775" w:rsidRDefault="004F3775" w:rsidP="004F3775">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                     <w:t>Ақбота</w:t>
                   </w:r>
                 </w:p>
@@ -12741,51 +12786,51 @@
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="886" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
                 <w:p w:rsidR="004F3775" w:rsidRPr="00D43E39" w:rsidRDefault="004F3775" w:rsidP="004F3775">
                   <w:pPr>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:spacing w:val="2"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="004F3775" w:rsidRPr="0039771B" w:rsidTr="008C5055">
+            <w:tr w:rsidR="004F3775" w:rsidRPr="00D44E97" w:rsidTr="008C5055">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1440" w:type="dxa"/>
                 </w:tcPr>
                 <w:p w:rsidR="004F3775" w:rsidRDefault="004F3775" w:rsidP="004F3775">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                     <w:t>Таңшолпан</w:t>
                   </w:r>
                 </w:p>
@@ -12970,51 +13015,51 @@
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="886" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
                 <w:p w:rsidR="004F3775" w:rsidRPr="00D43E39" w:rsidRDefault="004F3775" w:rsidP="004F3775">
                   <w:pPr>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:spacing w:val="2"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="004F3775" w:rsidRPr="0039771B" w:rsidTr="008C5055">
+            <w:tr w:rsidR="004F3775" w:rsidRPr="00D44E97" w:rsidTr="008C5055">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1440" w:type="dxa"/>
                 </w:tcPr>
                 <w:p w:rsidR="004F3775" w:rsidRDefault="004F3775" w:rsidP="004F3775">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                     <w:t>Балбөбек</w:t>
                   </w:r>
                 </w:p>
@@ -13199,51 +13244,51 @@
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="886" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
                 <w:p w:rsidR="004F3775" w:rsidRPr="00D43E39" w:rsidRDefault="004F3775" w:rsidP="004F3775">
                   <w:pPr>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:spacing w:val="2"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="004F3775" w:rsidRPr="0039771B" w:rsidTr="008C5055">
+            <w:tr w:rsidR="004F3775" w:rsidRPr="00D44E97" w:rsidTr="008C5055">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1440" w:type="dxa"/>
                 </w:tcPr>
                 <w:p w:rsidR="004F3775" w:rsidRDefault="004F3775" w:rsidP="004F3775">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                     <w:t>Аққу</w:t>
                   </w:r>
                 </w:p>
@@ -13428,51 +13473,51 @@
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="886" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
                 <w:p w:rsidR="004F3775" w:rsidRPr="00D43E39" w:rsidRDefault="004F3775" w:rsidP="004F3775">
                   <w:pPr>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:spacing w:val="2"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="004F3775" w:rsidRPr="0039771B" w:rsidTr="008C5055">
+            <w:tr w:rsidR="004F3775" w:rsidRPr="00D44E97" w:rsidTr="008C5055">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1440" w:type="dxa"/>
                 </w:tcPr>
                 <w:p w:rsidR="004F3775" w:rsidRDefault="004F3775" w:rsidP="004F3775">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                     <w:t>Бәйтерек</w:t>
                   </w:r>
                 </w:p>
@@ -13657,51 +13702,51 @@
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="886" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
                 <w:p w:rsidR="004F3775" w:rsidRPr="00D43E39" w:rsidRDefault="004F3775" w:rsidP="004F3775">
                   <w:pPr>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:spacing w:val="2"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="004F3775" w:rsidRPr="0039771B" w:rsidTr="008C5055">
+            <w:tr w:rsidR="004F3775" w:rsidRPr="00D44E97" w:rsidTr="008C5055">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1440" w:type="dxa"/>
                 </w:tcPr>
                 <w:p w:rsidR="004F3775" w:rsidRDefault="004F3775" w:rsidP="004F3775">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                     <w:t>Күншуақ</w:t>
                   </w:r>
                 </w:p>
@@ -13886,51 +13931,51 @@
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="886" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
                 <w:p w:rsidR="004F3775" w:rsidRPr="00D43E39" w:rsidRDefault="004F3775" w:rsidP="004F3775">
                   <w:pPr>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:spacing w:val="2"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="004F3775" w:rsidRPr="0039771B" w:rsidTr="008C5055">
+            <w:tr w:rsidR="004F3775" w:rsidRPr="00D44E97" w:rsidTr="008C5055">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1440" w:type="dxa"/>
                 </w:tcPr>
                 <w:p w:rsidR="004F3775" w:rsidRDefault="004F3775" w:rsidP="004F3775">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                     <w:t>Арыстан</w:t>
                   </w:r>
                 </w:p>
@@ -14126,51 +14171,51 @@
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="886" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
                 <w:p w:rsidR="004F3775" w:rsidRPr="00D43E39" w:rsidRDefault="004F3775" w:rsidP="004F3775">
                   <w:pPr>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:spacing w:val="2"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="004F3775" w:rsidRPr="0039771B" w:rsidTr="008C5055">
+            <w:tr w:rsidR="004F3775" w:rsidRPr="00D44E97" w:rsidTr="008C5055">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1440" w:type="dxa"/>
                 </w:tcPr>
                 <w:p w:rsidR="004F3775" w:rsidRDefault="004F3775" w:rsidP="004F3775">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                     <w:t>Қарлығаш</w:t>
                   </w:r>
                 </w:p>
@@ -14366,51 +14411,51 @@
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="886" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
                 <w:p w:rsidR="004F3775" w:rsidRPr="00D43E39" w:rsidRDefault="004F3775" w:rsidP="004F3775">
                   <w:pPr>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:spacing w:val="2"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="004F3775" w:rsidRPr="0039771B" w:rsidTr="008C5055">
+            <w:tr w:rsidR="004F3775" w:rsidRPr="00D44E97" w:rsidTr="008C5055">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1440" w:type="dxa"/>
                 </w:tcPr>
                 <w:p w:rsidR="004F3775" w:rsidRDefault="004F3775" w:rsidP="004F3775">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                     <w:t>Буратино</w:t>
                   </w:r>
                 </w:p>
@@ -14595,74 +14640,73 @@
                   <w:pPr>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:spacing w:val="2"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00D43E39">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:spacing w:val="2"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                     <w:t>21</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="004F3775" w:rsidRPr="0039771B" w:rsidTr="008C5055">
+            <w:tr w:rsidR="004F3775" w:rsidRPr="00D44E97" w:rsidTr="008C5055">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1440" w:type="dxa"/>
                 </w:tcPr>
                 <w:p w:rsidR="004F3775" w:rsidRDefault="004F3775" w:rsidP="004F3775">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
-                    <w:lastRenderedPageBreak/>
                     <w:t>Гүлдер</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1701" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
                 <w:p w:rsidR="004F3775" w:rsidRPr="00D43E39" w:rsidRDefault="004F3775" w:rsidP="004F3775">
                   <w:pPr>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:spacing w:val="2"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
@@ -14825,51 +14869,51 @@
                   <w:pPr>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:spacing w:val="2"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00D43E39">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:spacing w:val="2"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                     <w:t>20</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="004F3775" w:rsidRPr="0039771B" w:rsidTr="008C5055">
+            <w:tr w:rsidR="004F3775" w:rsidRPr="00D44E97" w:rsidTr="008C5055">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1440" w:type="dxa"/>
                 </w:tcPr>
                 <w:p w:rsidR="004F3775" w:rsidRDefault="004F3775" w:rsidP="004F3775">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                     <w:t>Жұлдыз</w:t>
                   </w:r>
                 </w:p>
@@ -15079,50 +15123,51 @@
           </w:tbl>
           <w:p w:rsidR="00E94D57" w:rsidRPr="00662320" w:rsidRDefault="00E94D57" w:rsidP="00E94D57">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
                 <w:tab w:val="left" w:pos="1134"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00662320">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>жас топтарының толықтығы туралы, оның ішінде ерекше білім беру қажеттіліктері бар балаларды ескере отырып мәліметтер;</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00271B55" w:rsidRPr="00662320" w:rsidRDefault="00271B55" w:rsidP="00E31626">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00CC5B6A" w:rsidRPr="00662320" w:rsidRDefault="00CC5B6A" w:rsidP="00E31626">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
@@ -15145,51 +15190,51 @@
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:tbl>
             <w:tblPr>
               <w:tblStyle w:val="a3"/>
               <w:tblW w:w="0" w:type="auto"/>
               <w:tblLayout w:type="fixed"/>
               <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="1440"/>
               <w:gridCol w:w="1701"/>
               <w:gridCol w:w="1417"/>
               <w:gridCol w:w="942"/>
               <w:gridCol w:w="943"/>
               <w:gridCol w:w="942"/>
               <w:gridCol w:w="943"/>
               <w:gridCol w:w="943"/>
             </w:tblGrid>
-            <w:tr w:rsidR="00E8178A" w:rsidRPr="0039771B" w:rsidTr="00CC5B6A">
+            <w:tr w:rsidR="00E8178A" w:rsidRPr="00D44E97" w:rsidTr="00CC5B6A">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1440" w:type="dxa"/>
                   <w:vMerge w:val="restart"/>
                 </w:tcPr>
                 <w:p w:rsidR="00E8178A" w:rsidRDefault="00E8178A" w:rsidP="00E31626">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                     <w:t>Топтың атауы</w:t>
                   </w:r>
@@ -15255,51 +15300,51 @@
                   <w:gridSpan w:val="5"/>
                 </w:tcPr>
                 <w:p w:rsidR="00E8178A" w:rsidRDefault="00E8178A" w:rsidP="00E31626">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                     <w:t>Оның ішінде жасы бойынша,оның ішінде ЕБҚ</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00E8178A" w:rsidRPr="0039771B" w:rsidTr="00CC5B6A">
+            <w:tr w:rsidR="00E8178A" w:rsidRPr="00D44E97" w:rsidTr="00CC5B6A">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1440" w:type="dxa"/>
                   <w:vMerge/>
                 </w:tcPr>
                 <w:p w:rsidR="00E8178A" w:rsidRDefault="00E8178A" w:rsidP="00555D98">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1701" w:type="dxa"/>
                   <w:vMerge/>
                 </w:tcPr>
                 <w:p w:rsidR="00E8178A" w:rsidRDefault="00E8178A" w:rsidP="00555D98">
                   <w:pPr>
                     <w:rPr>
@@ -15613,89 +15658,89 @@
                   <w:r w:rsidRPr="00D43E39">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> оның ішінде ЕБҚ бар балалар</w:t>
                   </w:r>
                   <w:r w:rsidRPr="00D43E39">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:b/>
                       <w:spacing w:val="2"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                     <w:t xml:space="preserve">  </w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00E8178A" w:rsidRPr="0039771B" w:rsidTr="008C5055">
+            <w:tr w:rsidR="00E8178A" w:rsidRPr="00D44E97" w:rsidTr="008C5055">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="9271" w:type="dxa"/>
                   <w:gridSpan w:val="8"/>
                   <w:tcBorders>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
                 <w:p w:rsidR="00E8178A" w:rsidRPr="00D43E39" w:rsidRDefault="00E8178A" w:rsidP="00555D98">
                   <w:pPr>
                     <w:ind w:left="-118" w:right="-134"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:b/>
                       <w:spacing w:val="2"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:b/>
                       <w:spacing w:val="2"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                     <w:t>2021-2022 оқу жылы</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00555D98" w:rsidRPr="0039771B" w:rsidTr="00CC5B6A">
+            <w:tr w:rsidR="00555D98" w:rsidRPr="00D44E97" w:rsidTr="00CC5B6A">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1440" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
                 <w:p w:rsidR="00555D98" w:rsidRPr="00D43E39" w:rsidRDefault="00555D98" w:rsidP="00555D98">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:spacing w:val="2"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00D43E39">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:sz w:val="24"/>
@@ -15864,51 +15909,51 @@
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="943" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
                 <w:p w:rsidR="00555D98" w:rsidRPr="00D43E39" w:rsidRDefault="00555D98" w:rsidP="00555D98">
                   <w:pPr>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:spacing w:val="2"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00555D98" w:rsidRPr="0039771B" w:rsidTr="00CC5B6A">
+            <w:tr w:rsidR="00555D98" w:rsidRPr="00D44E97" w:rsidTr="00CC5B6A">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1440" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
                 <w:p w:rsidR="00555D98" w:rsidRPr="00D43E39" w:rsidRDefault="00555D98" w:rsidP="00555D98">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:spacing w:val="2"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00D43E39">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:sz w:val="24"/>
@@ -16077,51 +16122,51 @@
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="943" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
                 <w:p w:rsidR="00555D98" w:rsidRPr="00D43E39" w:rsidRDefault="00555D98" w:rsidP="00555D98">
                   <w:pPr>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:spacing w:val="2"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00555D98" w:rsidRPr="0039771B" w:rsidTr="00CC5B6A">
+            <w:tr w:rsidR="00555D98" w:rsidRPr="00D44E97" w:rsidTr="00CC5B6A">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1440" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
                 <w:p w:rsidR="00555D98" w:rsidRPr="00D43E39" w:rsidRDefault="00555D98" w:rsidP="00555D98">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00D43E39">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
@@ -16288,51 +16333,51 @@
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="943" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
                 <w:p w:rsidR="00555D98" w:rsidRPr="00D43E39" w:rsidRDefault="00555D98" w:rsidP="00555D98">
                   <w:pPr>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:spacing w:val="2"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00555D98" w:rsidRPr="0039771B" w:rsidTr="00CC5B6A">
+            <w:tr w:rsidR="00555D98" w:rsidRPr="00D44E97" w:rsidTr="00CC5B6A">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1440" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
                 <w:p w:rsidR="00555D98" w:rsidRPr="00D43E39" w:rsidRDefault="00555D98" w:rsidP="00555D98">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:spacing w:val="2"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00D43E39">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:spacing w:val="2"/>
@@ -16503,51 +16548,51 @@
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="943" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
                 <w:p w:rsidR="00555D98" w:rsidRPr="00D43E39" w:rsidRDefault="00555D98" w:rsidP="00555D98">
                   <w:pPr>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:spacing w:val="2"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00555D98" w:rsidRPr="0039771B" w:rsidTr="00CC5B6A">
+            <w:tr w:rsidR="00555D98" w:rsidRPr="00D44E97" w:rsidTr="00CC5B6A">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1440" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
                 <w:p w:rsidR="00555D98" w:rsidRPr="00D43E39" w:rsidRDefault="00555D98" w:rsidP="00555D98">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:spacing w:val="2"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00D43E39">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:spacing w:val="2"/>
@@ -16718,51 +16763,51 @@
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="943" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
                 <w:p w:rsidR="00555D98" w:rsidRPr="00D43E39" w:rsidRDefault="00555D98" w:rsidP="00555D98">
                   <w:pPr>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:spacing w:val="2"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00555D98" w:rsidRPr="0039771B" w:rsidTr="00CC5B6A">
+            <w:tr w:rsidR="00555D98" w:rsidRPr="00D44E97" w:rsidTr="00CC5B6A">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1440" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
                 <w:p w:rsidR="00555D98" w:rsidRPr="00D43E39" w:rsidRDefault="00555D98" w:rsidP="00555D98">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00D43E39">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:spacing w:val="2"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
@@ -16931,51 +16976,51 @@
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="943" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
                 <w:p w:rsidR="00555D98" w:rsidRPr="00D43E39" w:rsidRDefault="00555D98" w:rsidP="00555D98">
                   <w:pPr>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:spacing w:val="2"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00555D98" w:rsidRPr="0039771B" w:rsidTr="00CC5B6A">
+            <w:tr w:rsidR="00555D98" w:rsidRPr="00D44E97" w:rsidTr="00CC5B6A">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1440" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
                 <w:p w:rsidR="00555D98" w:rsidRPr="00D43E39" w:rsidRDefault="00555D98" w:rsidP="00555D98">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:spacing w:val="2"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00D43E39">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:sz w:val="24"/>
@@ -17166,51 +17211,51 @@
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="943" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
                 <w:p w:rsidR="00555D98" w:rsidRPr="00D43E39" w:rsidRDefault="00555D98" w:rsidP="00555D98">
                   <w:pPr>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:spacing w:val="2"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00555D98" w:rsidRPr="0039771B" w:rsidTr="00CC5B6A">
+            <w:tr w:rsidR="00555D98" w:rsidRPr="00D44E97" w:rsidTr="00CC5B6A">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1440" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
                 <w:p w:rsidR="00555D98" w:rsidRPr="00D43E39" w:rsidRDefault="00555D98" w:rsidP="00555D98">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:spacing w:val="2"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00D43E39">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:spacing w:val="2"/>
@@ -17381,51 +17426,51 @@
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="943" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
                 <w:p w:rsidR="00555D98" w:rsidRPr="00D43E39" w:rsidRDefault="00555D98" w:rsidP="00555D98">
                   <w:pPr>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:spacing w:val="2"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00555D98" w:rsidRPr="0039771B" w:rsidTr="00CC5B6A">
+            <w:tr w:rsidR="00555D98" w:rsidRPr="00D44E97" w:rsidTr="00CC5B6A">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1440" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
                 <w:p w:rsidR="00555D98" w:rsidRPr="00D43E39" w:rsidRDefault="00555D98" w:rsidP="00555D98">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:spacing w:val="2"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00D43E39">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:spacing w:val="2"/>
@@ -17596,51 +17641,51 @@
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="943" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
                 <w:p w:rsidR="00555D98" w:rsidRPr="00D43E39" w:rsidRDefault="00555D98" w:rsidP="00555D98">
                   <w:pPr>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:spacing w:val="2"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00555D98" w:rsidRPr="0039771B" w:rsidTr="00CC5B6A">
+            <w:tr w:rsidR="00555D98" w:rsidRPr="00D44E97" w:rsidTr="00CC5B6A">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1440" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
                 <w:p w:rsidR="00555D98" w:rsidRPr="00D43E39" w:rsidRDefault="00555D98" w:rsidP="00555D98">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:spacing w:val="2"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00D43E39">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:spacing w:val="2"/>
@@ -17811,51 +17856,51 @@
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="943" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
                 <w:p w:rsidR="00555D98" w:rsidRPr="00D43E39" w:rsidRDefault="00555D98" w:rsidP="00555D98">
                   <w:pPr>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:spacing w:val="2"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00555D98" w:rsidRPr="0039771B" w:rsidTr="00CC5B6A">
+            <w:tr w:rsidR="00555D98" w:rsidRPr="00D44E97" w:rsidTr="00CC5B6A">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1440" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
                 <w:p w:rsidR="00555D98" w:rsidRPr="00D43E39" w:rsidRDefault="00555D98" w:rsidP="00555D98">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:spacing w:val="2"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00D43E39">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:spacing w:val="2"/>
@@ -18048,51 +18093,51 @@
                   <w:pPr>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:spacing w:val="2"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00D43E39">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:spacing w:val="2"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                     <w:t>9/2</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00555D98" w:rsidRPr="0039771B" w:rsidTr="00CC5B6A">
+            <w:tr w:rsidR="00555D98" w:rsidRPr="00D44E97" w:rsidTr="00CC5B6A">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1440" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
                 <w:p w:rsidR="00555D98" w:rsidRPr="00D43E39" w:rsidRDefault="00555D98" w:rsidP="00555D98">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:spacing w:val="2"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00D43E39">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:spacing w:val="2"/>
@@ -18263,51 +18308,51 @@
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="943" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
                 <w:p w:rsidR="00555D98" w:rsidRPr="00D43E39" w:rsidRDefault="00555D98" w:rsidP="00555D98">
                   <w:pPr>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:spacing w:val="2"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00555D98" w:rsidRPr="0039771B" w:rsidTr="00CC5B6A">
+            <w:tr w:rsidR="00555D98" w:rsidRPr="00D44E97" w:rsidTr="00CC5B6A">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1440" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
                 <w:p w:rsidR="00555D98" w:rsidRPr="00D43E39" w:rsidRDefault="00555D98" w:rsidP="00555D98">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:spacing w:val="2"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00D43E39">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:spacing w:val="2"/>
@@ -18478,51 +18523,51 @@
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="943" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
                 <w:p w:rsidR="00555D98" w:rsidRPr="00D43E39" w:rsidRDefault="00555D98" w:rsidP="00555D98">
                   <w:pPr>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:spacing w:val="2"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00555D98" w:rsidRPr="0039771B" w:rsidTr="00CC5B6A">
+            <w:tr w:rsidR="00555D98" w:rsidRPr="00D44E97" w:rsidTr="00CC5B6A">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1440" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
                 <w:p w:rsidR="00555D98" w:rsidRPr="00D43E39" w:rsidRDefault="00555D98" w:rsidP="00555D98">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:spacing w:val="2"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00D43E39">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:spacing w:val="2"/>
@@ -18693,51 +18738,51 @@
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="943" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
                 <w:p w:rsidR="00555D98" w:rsidRPr="00D43E39" w:rsidRDefault="00555D98" w:rsidP="00555D98">
                   <w:pPr>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:spacing w:val="2"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00555D98" w:rsidRPr="0039771B" w:rsidTr="00CC5B6A">
+            <w:tr w:rsidR="00555D98" w:rsidRPr="00D44E97" w:rsidTr="00CC5B6A">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1440" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
                 <w:p w:rsidR="00555D98" w:rsidRPr="00D43E39" w:rsidRDefault="00555D98" w:rsidP="00555D98">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:spacing w:val="2"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00D43E39">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:spacing w:val="2"/>
@@ -18930,51 +18975,51 @@
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="943" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
                 <w:p w:rsidR="00555D98" w:rsidRPr="00D43E39" w:rsidRDefault="00555D98" w:rsidP="00555D98">
                   <w:pPr>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:spacing w:val="2"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00555D98" w:rsidRPr="0039771B" w:rsidTr="00CC5B6A">
+            <w:tr w:rsidR="00555D98" w:rsidRPr="00D44E97" w:rsidTr="00CC5B6A">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1440" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
                 <w:p w:rsidR="00555D98" w:rsidRPr="00D43E39" w:rsidRDefault="00555D98" w:rsidP="00555D98">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:spacing w:val="2"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00D43E39">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:spacing w:val="2"/>
@@ -19167,91 +19212,91 @@
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="943" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
                 <w:p w:rsidR="00555D98" w:rsidRPr="00D43E39" w:rsidRDefault="00555D98" w:rsidP="00555D98">
                   <w:pPr>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:spacing w:val="2"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00555D98" w:rsidRPr="0039771B" w:rsidTr="008C5055">
+            <w:tr w:rsidR="00555D98" w:rsidRPr="00D44E97" w:rsidTr="008C5055">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="9271" w:type="dxa"/>
                   <w:gridSpan w:val="8"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
                 <w:p w:rsidR="00555D98" w:rsidRPr="00E8178A" w:rsidRDefault="00555D98" w:rsidP="00555D98">
                   <w:pPr>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:b/>
                       <w:spacing w:val="2"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00E8178A">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:b/>
                       <w:spacing w:val="2"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                     <w:t>2022-2023 оқу жылы</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00555D98" w:rsidRPr="0039771B" w:rsidTr="00CC5B6A">
+            <w:tr w:rsidR="00555D98" w:rsidRPr="00D44E97" w:rsidTr="00CC5B6A">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1440" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
                 <w:p w:rsidR="00555D98" w:rsidRPr="00D43E39" w:rsidRDefault="00555D98" w:rsidP="00555D98">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:spacing w:val="2"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00D43E39">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:sz w:val="24"/>
@@ -19420,51 +19465,51 @@
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="943" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
                 <w:p w:rsidR="00555D98" w:rsidRPr="00D43E39" w:rsidRDefault="00555D98" w:rsidP="00555D98">
                   <w:pPr>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:spacing w:val="2"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00555D98" w:rsidRPr="0039771B" w:rsidTr="00CC5B6A">
+            <w:tr w:rsidR="00555D98" w:rsidRPr="00D44E97" w:rsidTr="00CC5B6A">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1440" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
                 <w:p w:rsidR="00555D98" w:rsidRPr="00D43E39" w:rsidRDefault="00555D98" w:rsidP="00555D98">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:spacing w:val="2"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00D43E39">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:sz w:val="24"/>
@@ -19633,51 +19678,51 @@
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="943" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
                 <w:p w:rsidR="00555D98" w:rsidRPr="00D43E39" w:rsidRDefault="00555D98" w:rsidP="00555D98">
                   <w:pPr>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:spacing w:val="2"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00555D98" w:rsidRPr="0039771B" w:rsidTr="00CC5B6A">
+            <w:tr w:rsidR="00555D98" w:rsidRPr="00D44E97" w:rsidTr="00CC5B6A">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1440" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
                 <w:p w:rsidR="00555D98" w:rsidRPr="00D43E39" w:rsidRDefault="00555D98" w:rsidP="00555D98">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00D43E39">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
@@ -19844,51 +19889,51 @@
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="943" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
                 <w:p w:rsidR="00555D98" w:rsidRPr="00D43E39" w:rsidRDefault="00555D98" w:rsidP="00555D98">
                   <w:pPr>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:spacing w:val="2"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00555D98" w:rsidRPr="0039771B" w:rsidTr="00CC5B6A">
+            <w:tr w:rsidR="00555D98" w:rsidRPr="00D44E97" w:rsidTr="00CC5B6A">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1440" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
                 <w:p w:rsidR="00555D98" w:rsidRPr="00D43E39" w:rsidRDefault="00555D98" w:rsidP="00555D98">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:spacing w:val="2"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00D43E39">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:spacing w:val="2"/>
@@ -20059,51 +20104,51 @@
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="943" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
                 <w:p w:rsidR="00555D98" w:rsidRPr="00D43E39" w:rsidRDefault="00555D98" w:rsidP="00555D98">
                   <w:pPr>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:spacing w:val="2"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00555D98" w:rsidRPr="0039771B" w:rsidTr="00CC5B6A">
+            <w:tr w:rsidR="00555D98" w:rsidRPr="00D44E97" w:rsidTr="00CC5B6A">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1440" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
                 <w:p w:rsidR="00555D98" w:rsidRPr="00D43E39" w:rsidRDefault="00555D98" w:rsidP="00555D98">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:spacing w:val="2"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00D43E39">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:spacing w:val="2"/>
@@ -20274,51 +20319,51 @@
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="943" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
                 <w:p w:rsidR="00555D98" w:rsidRPr="00D43E39" w:rsidRDefault="00555D98" w:rsidP="00555D98">
                   <w:pPr>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:spacing w:val="2"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00555D98" w:rsidRPr="0039771B" w:rsidTr="00CC5B6A">
+            <w:tr w:rsidR="00555D98" w:rsidRPr="00D44E97" w:rsidTr="00CC5B6A">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1440" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
                 <w:p w:rsidR="00555D98" w:rsidRPr="00D43E39" w:rsidRDefault="00555D98" w:rsidP="00555D98">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00D43E39">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:spacing w:val="2"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
@@ -20509,51 +20554,51 @@
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="943" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
                 <w:p w:rsidR="00555D98" w:rsidRPr="00D43E39" w:rsidRDefault="00555D98" w:rsidP="00555D98">
                   <w:pPr>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:spacing w:val="2"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00555D98" w:rsidRPr="0039771B" w:rsidTr="00CC5B6A">
+            <w:tr w:rsidR="00555D98" w:rsidRPr="00D44E97" w:rsidTr="00CC5B6A">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1440" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
                 <w:p w:rsidR="00555D98" w:rsidRPr="00D43E39" w:rsidRDefault="00555D98" w:rsidP="00555D98">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:spacing w:val="2"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00D43E39">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:sz w:val="24"/>
@@ -20722,51 +20767,51 @@
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="943" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
                 <w:p w:rsidR="00555D98" w:rsidRPr="00D43E39" w:rsidRDefault="00555D98" w:rsidP="00555D98">
                   <w:pPr>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:spacing w:val="2"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00555D98" w:rsidRPr="0039771B" w:rsidTr="00CC5B6A">
+            <w:tr w:rsidR="00555D98" w:rsidRPr="00D44E97" w:rsidTr="00CC5B6A">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1440" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
                 <w:p w:rsidR="00555D98" w:rsidRPr="00D43E39" w:rsidRDefault="00555D98" w:rsidP="00555D98">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:spacing w:val="2"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00D43E39">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:spacing w:val="2"/>
@@ -20959,51 +21004,51 @@
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="943" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
                 <w:p w:rsidR="00555D98" w:rsidRPr="00D43E39" w:rsidRDefault="00555D98" w:rsidP="00555D98">
                   <w:pPr>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:spacing w:val="2"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00555D98" w:rsidRPr="0039771B" w:rsidTr="00CC5B6A">
+            <w:tr w:rsidR="00555D98" w:rsidRPr="00D44E97" w:rsidTr="00CC5B6A">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1440" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
                 <w:p w:rsidR="00555D98" w:rsidRPr="00D43E39" w:rsidRDefault="00555D98" w:rsidP="00555D98">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:spacing w:val="2"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00D43E39">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:spacing w:val="2"/>
@@ -21174,51 +21219,51 @@
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="943" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
                 <w:p w:rsidR="00555D98" w:rsidRPr="00D43E39" w:rsidRDefault="00555D98" w:rsidP="00555D98">
                   <w:pPr>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:spacing w:val="2"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00555D98" w:rsidRPr="0039771B" w:rsidTr="00CC5B6A">
+            <w:tr w:rsidR="00555D98" w:rsidRPr="00D44E97" w:rsidTr="00CC5B6A">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1440" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
                 <w:p w:rsidR="00555D98" w:rsidRPr="00D43E39" w:rsidRDefault="00555D98" w:rsidP="00555D98">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:spacing w:val="2"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00D43E39">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:spacing w:val="2"/>
@@ -21389,51 +21434,51 @@
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="943" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
                 <w:p w:rsidR="00555D98" w:rsidRPr="00D43E39" w:rsidRDefault="00555D98" w:rsidP="00555D98">
                   <w:pPr>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:spacing w:val="2"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00555D98" w:rsidRPr="0039771B" w:rsidTr="00CC5B6A">
+            <w:tr w:rsidR="00555D98" w:rsidRPr="00D44E97" w:rsidTr="00CC5B6A">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1440" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
                 <w:p w:rsidR="00555D98" w:rsidRPr="00D43E39" w:rsidRDefault="00555D98" w:rsidP="00555D98">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:spacing w:val="2"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00D43E39">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:spacing w:val="2"/>
@@ -21604,51 +21649,51 @@
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="943" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
                 <w:p w:rsidR="00555D98" w:rsidRPr="00D43E39" w:rsidRDefault="00555D98" w:rsidP="00555D98">
                   <w:pPr>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:spacing w:val="2"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00555D98" w:rsidRPr="0039771B" w:rsidTr="00CC5B6A">
+            <w:tr w:rsidR="00555D98" w:rsidRPr="00D44E97" w:rsidTr="00CC5B6A">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1440" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
                 <w:p w:rsidR="00555D98" w:rsidRPr="00D43E39" w:rsidRDefault="00555D98" w:rsidP="00555D98">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:spacing w:val="2"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00D43E39">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:spacing w:val="2"/>
@@ -21841,51 +21886,51 @@
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="943" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
                 <w:p w:rsidR="00555D98" w:rsidRPr="00D43E39" w:rsidRDefault="00555D98" w:rsidP="00555D98">
                   <w:pPr>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:spacing w:val="2"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00555D98" w:rsidRPr="0039771B" w:rsidTr="00CC5B6A">
+            <w:tr w:rsidR="00555D98" w:rsidRPr="00D44E97" w:rsidTr="00CC5B6A">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1440" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
                 <w:p w:rsidR="00555D98" w:rsidRPr="00D43E39" w:rsidRDefault="00555D98" w:rsidP="00555D98">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:spacing w:val="2"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00D43E39">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:spacing w:val="2"/>
@@ -22056,82 +22101,81 @@
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="943" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
                 <w:p w:rsidR="00555D98" w:rsidRPr="00D43E39" w:rsidRDefault="00555D98" w:rsidP="00555D98">
                   <w:pPr>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:spacing w:val="2"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00555D98" w:rsidRPr="0039771B" w:rsidTr="00CC5B6A">
+            <w:tr w:rsidR="00555D98" w:rsidRPr="00D44E97" w:rsidTr="00CC5B6A">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1440" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
                 <w:p w:rsidR="00555D98" w:rsidRPr="00D43E39" w:rsidRDefault="00555D98" w:rsidP="00555D98">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:spacing w:val="2"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00D43E39">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:spacing w:val="2"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
-                    <w:lastRenderedPageBreak/>
                     <w:t>Буратино</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1701" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
                 <w:p w:rsidR="00555D98" w:rsidRPr="00D43E39" w:rsidRDefault="00555D98" w:rsidP="00555D98">
                   <w:pPr>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:spacing w:val="2"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
@@ -22272,51 +22316,51 @@
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="943" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
                 <w:p w:rsidR="00555D98" w:rsidRPr="00D43E39" w:rsidRDefault="00555D98" w:rsidP="00555D98">
                   <w:pPr>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:spacing w:val="2"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00555D98" w:rsidRPr="0039771B" w:rsidTr="00CC5B6A">
+            <w:tr w:rsidR="00555D98" w:rsidRPr="00D44E97" w:rsidTr="00CC5B6A">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1440" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
                 <w:p w:rsidR="00555D98" w:rsidRPr="00D43E39" w:rsidRDefault="00555D98" w:rsidP="00555D98">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:spacing w:val="2"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00D43E39">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:spacing w:val="2"/>
@@ -22509,51 +22553,51 @@
                   <w:pPr>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:spacing w:val="2"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00D43E39">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:spacing w:val="2"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                     <w:t>19/1</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00555D98" w:rsidRPr="0039771B" w:rsidTr="00CC5B6A">
+            <w:tr w:rsidR="00555D98" w:rsidRPr="00D44E97" w:rsidTr="00CC5B6A">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1440" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
                 <w:p w:rsidR="00555D98" w:rsidRPr="00D43E39" w:rsidRDefault="00555D98" w:rsidP="00555D98">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:spacing w:val="2"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00D43E39">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:spacing w:val="2"/>
@@ -22781,50 +22825,51 @@
             </w:pPr>
           </w:p>
           <w:p w:rsidR="002C4248" w:rsidRPr="00D43E39" w:rsidRDefault="002C4248" w:rsidP="002C4248">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
                 <w:tab w:val="left" w:pos="1134"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Ж</w:t>
             </w:r>
             <w:r w:rsidRPr="00D43E39">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>ас топтарының толықтығы туралы, оның ішінде ерекше білім беру қажеттіліктері бар балаларды ескере отырып мәліметтер;</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="002C4248" w:rsidRPr="00D43E39" w:rsidRDefault="002C4248" w:rsidP="002C4248">
             <w:pPr>
               <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
               <w:ind w:right="981"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
@@ -22991,119 +23036,109 @@
               </w:rPr>
               <w:t>Бөбекжайдің кіреберісінде пандус орналасқан</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="002C4248" w:rsidRPr="00D43E39" w:rsidRDefault="002C4248" w:rsidP="002C4248">
             <w:pPr>
               <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
               <w:ind w:right="981"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D43E39">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Бұл ЕБҚ бар балалар үшін кедергісіз орта құруға мүмкіндік берді. Мәселенің тағы бір шешімі 2020 жылы педагог-ассистентті бөлу болды. Бұл мәселені шешу ерекше білім беру қажеттіліктері бар баланы қоғамға қосуды әлдеқайда жеңілдетті. Педагог-ассистент білім беру процесі кезінде әр ЕБҚ бар  баланы  бірге құрастырылған кесте бойынша (тәрбиешінің өтініші бойынша) алып жүреді. ЕБҚ бар балаларымен Жеке және кешенді жұмыс оң нәтиже береді, балаларды қоғам қабылдайды, топтың өміріне белсенді қатысады, сөздік қоры кеңейеді. Ата-аналармен сауалнама, әңгімелер, консультациялар түрінде жеке </w:t>
-[...10 lines deleted...]
-              <w:t>жұмыс жүргізіледі. Ата-аналарға ЕБҚ бар балаларды ерте диагностикалау туралы жадынамалар берілді.</w:t>
+              <w:t>Бұл ЕБҚ бар балалар үшін кедергісіз орта құруға мүмкіндік берді. Мәселенің тағы бір шешімі 2020 жылы педагог-ассистентті бөлу болды. Бұл мәселені шешу ерекше білім беру қажеттіліктері бар баланы қоғамға қосуды әлдеқайда жеңілдетті. Педагог-ассистент білім беру процесі кезінде әр ЕБҚ бар  баланы  бірге құрастырылған кесте бойынша (тәрбиешінің өтініші бойынша) алып жүреді. ЕБҚ бар балаларымен Жеке және кешенді жұмыс оң нәтиже береді, балаларды қоғам қабылдайды, топтың өміріне белсенді қатысады, сөздік қоры кеңейеді. Ата-аналармен сауалнама, әңгімелер, консультациялар түрінде жеке жұмыс жүргізіледі. Ата-аналарға ЕБҚ бар балаларды ерте диагностикалау туралы жадынамалар берілді.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00632305" w:rsidRDefault="002C4248" w:rsidP="002C4248">
             <w:pPr>
               <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
               <w:ind w:right="981"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D43E39">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>2021-2022 оқу жылында балабақшада ЕБҚ  бар 5 бала болды, барлық балаларда ПМПК қорытындысы мен ұсыным</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">дары бойынша оқыту жалпы үлгілік оқу </w:t>
             </w:r>
             <w:r w:rsidRPr="00D43E39">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">бағдарламасы бойынша жүргізілді. </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002C4248" w:rsidRDefault="002C4248" w:rsidP="002C4248">
+          <w:p w:rsidR="002C4248" w:rsidRPr="00D43E39" w:rsidRDefault="002C4248" w:rsidP="002C4248">
             <w:pPr>
               <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
               <w:ind w:right="981"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000"/>
-[...2 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D43E39">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">2022-2023 </w:t>
             </w:r>
             <w:r w:rsidR="00632305">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>оқу жылында балабақшада ОP бар 5 бала бар. ZPR диагнозымен-4</w:t>
             </w:r>
             <w:r w:rsidRPr="00D43E39">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -23152,105 +23187,66 @@
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> бала жалпы типтік бағдарлама бойынша оқ</w:t>
             </w:r>
             <w:r w:rsidR="00632305">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>иды. Жеке бағдарлама бойынша 1</w:t>
             </w:r>
             <w:r w:rsidRPr="00D43E39">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> бала. Балалардың осы санатымен жеке жұмыс жоспарлары жасалды және бекітілді. Бұл мәселе бойынша жұмыс бөбекжай әкімшілігінің тұрақты бақылауында.</w:t>
             </w:r>
-          </w:p>
-[...37 lines deleted...]
-            <w:bookmarkEnd w:id="0"/>
           </w:p>
           <w:p w:rsidR="00057946" w:rsidRPr="00D43E39" w:rsidRDefault="00057946" w:rsidP="00E31626">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000E02A9" w:rsidRPr="0039771B" w:rsidTr="007226A2">
+      <w:tr w:rsidR="000E02A9" w:rsidRPr="00D44E97" w:rsidTr="007226A2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="568" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="000E02A9" w:rsidRPr="00D43E39" w:rsidRDefault="0097405E" w:rsidP="00E31626">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D43E39">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
@@ -27198,51 +27194,50 @@
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
                 <w:p w:rsidR="00632305" w:rsidRPr="00D43E39" w:rsidRDefault="00632305" w:rsidP="00632305">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:spacing w:val="2"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00D43E39">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:spacing w:val="2"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
-                    <w:lastRenderedPageBreak/>
                     <w:t>Малышок</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1560" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
                 <w:p w:rsidR="00632305" w:rsidRPr="00D43E39" w:rsidRDefault="00632305" w:rsidP="00632305">
                   <w:pPr>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:spacing w:val="2"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
@@ -28073,50 +28068,51 @@
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
                 <w:p w:rsidR="00632305" w:rsidRPr="00D43E39" w:rsidRDefault="00632305" w:rsidP="00632305">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:spacing w:val="2"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00D43E39">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:spacing w:val="2"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
+                    <w:lastRenderedPageBreak/>
                     <w:t>Бәйтерек</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1560" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
                 <w:p w:rsidR="00632305" w:rsidRPr="00D43E39" w:rsidRDefault="00632305" w:rsidP="00632305">
                   <w:pPr>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:spacing w:val="2"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
@@ -29289,51 +29285,51 @@
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                     <w:t>19</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
           <w:p w:rsidR="00057946" w:rsidRPr="00D43E39" w:rsidRDefault="00057946" w:rsidP="00E31626">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000E02A9" w:rsidRPr="0039771B" w:rsidTr="007226A2">
+      <w:tr w:rsidR="000E02A9" w:rsidRPr="00D44E97" w:rsidTr="007226A2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="568" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="000E02A9" w:rsidRPr="00D43E39" w:rsidRDefault="0097405E" w:rsidP="00E31626">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D43E39">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
@@ -29522,51 +29518,51 @@
           <w:p w:rsidR="0097405E" w:rsidRPr="00D43E39" w:rsidRDefault="0097405E" w:rsidP="00E31626">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="0097405E" w:rsidRPr="00D43E39" w:rsidRDefault="0097405E" w:rsidP="00E31626">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000E02A9" w:rsidRPr="0039771B" w:rsidTr="007226A2">
+      <w:tr w:rsidR="000E02A9" w:rsidRPr="00D44E97" w:rsidTr="007226A2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="568" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="000E02A9" w:rsidRPr="00D43E39" w:rsidRDefault="00395999" w:rsidP="00E31626">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D43E39">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>6</w:t>
@@ -29850,51 +29846,50 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> Жас кезеңдері мынадай:</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="002708C3" w:rsidRPr="00D43E39" w:rsidRDefault="002708C3" w:rsidP="002708C3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D43E39">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve"> 1) бөбек жасы – 0 (жаңа туған балалар ) – 2 жастағы балалар; </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="002708C3" w:rsidRPr="00D43E39" w:rsidRDefault="002708C3" w:rsidP="002708C3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D43E39">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2) мектепке дейінгі жас – 3-5 жастағы балалар. 25.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="002708C3" w:rsidRPr="00D43E39" w:rsidRDefault="002708C3" w:rsidP="002708C3">
@@ -29935,50 +29930,51 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>ерте жас тобы – 1 жастағы балалар;</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="002708C3" w:rsidRPr="00D43E39" w:rsidRDefault="002708C3" w:rsidP="002708C3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D43E39">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve"> кіші топ – 2 жастағы балалар; </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="002708C3" w:rsidRPr="00D43E39" w:rsidRDefault="002708C3" w:rsidP="002708C3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D43E39">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">ортаңғы топ – 3 жастағы балалар; </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="002708C3" w:rsidRPr="00D43E39" w:rsidRDefault="002708C3" w:rsidP="002708C3">
@@ -30079,51 +30075,51 @@
             <w:r w:rsidRPr="00662320">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>4.</w:t>
             </w:r>
             <w:r w:rsidRPr="00662320">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Оқу-әдістемелік жұмыс</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000E02A9" w:rsidRPr="0039771B" w:rsidTr="007226A2">
+      <w:tr w:rsidR="000E02A9" w:rsidRPr="00D44E97" w:rsidTr="007226A2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="568" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="000E02A9" w:rsidRPr="00D43E39" w:rsidRDefault="001363E1" w:rsidP="00E31626">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D43E39">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
@@ -30574,51 +30570,50 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- климаттық ерекшеліктер ескеріледі (серуендеу, қатайту және сауықтыру шаралары, ертеңгіліктер және т. б.); </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00E4744A" w:rsidRPr="00D43E39" w:rsidRDefault="003A08AC" w:rsidP="00E31626">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D43E39">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>- балалардың жеке ерекшеліктері ескеріледі; педагогтер бір және басқа да еркін қызмет түрлерінде тәрбиелік, оқыту және дамыту міндеттерін іске асырады және өзара байланыстырады;</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="003A08AC" w:rsidRPr="00D43E39" w:rsidRDefault="003A08AC" w:rsidP="00E31626">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D43E39">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> - </w:t>
             </w:r>
             <w:r w:rsidR="00E4744A" w:rsidRPr="00D43E39">
               <w:rPr>
@@ -31098,222 +31093,237 @@
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D43E39">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>-мектепке дейінгі тәрбие мен оқытудың үлгілік оқу бағдарламасына және білім беру бағдарламаларына (вариативті, жеке, бейімделген, қосымша) сәйкес білім беру қызметін</w:t>
             </w:r>
             <w:r w:rsidR="000B2018">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> жүзеге асыру (қол қою)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="0011272D" w:rsidRPr="00A50455" w:rsidRDefault="0011272D" w:rsidP="00E31626">
+          <w:p w:rsidR="0011272D" w:rsidRPr="00D43E39" w:rsidRDefault="0011272D" w:rsidP="00E31626">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D43E39">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Бағаланатын кезең үшін әзірленген және бекітілген</w:t>
             </w:r>
             <w:r w:rsidR="00216500">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidRPr="00D43E39">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> Білім беру бағдарламалары (вариативті, жеке, бейімделген, қосымша), сілтеме</w:t>
             </w:r>
             <w:r w:rsidR="009C371A" w:rsidRPr="009C371A">
               <w:rPr>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-              <w:r w:rsidR="00A50455" w:rsidRPr="00FF622E">
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r w:rsidR="009C371A" w:rsidRPr="0051070F">
                 <w:rPr>
                   <w:rStyle w:val="a5"/>
+                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:b/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
                   <w:lang w:val="kk-KZ"/>
                 </w:rPr>
-                <w:t>https://drive.google.com/file/d/1U8gAErxvYrGmNB29926nEUQAYoCthPam/view?usp=drive_link</w:t>
+                <w:t>https://krguo.edu.kz/loader/fromorg/690/6640</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidR="00A50455">
-              <w:rPr>
+            <w:r w:rsidR="009C371A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="0011272D" w:rsidRPr="00D43E39" w:rsidRDefault="0011272D" w:rsidP="00E31626">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D43E39">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Бағаланатын кезең үшін ұйымдастырылған қызметтің перспективалық жоспары, сілтеме</w:t>
             </w:r>
             <w:r w:rsidR="009C371A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="009C371A" w:rsidRPr="009C371A">
               <w:rPr>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-              <w:r w:rsidR="005946C1" w:rsidRPr="00FF622E">
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r w:rsidR="009C371A" w:rsidRPr="0051070F">
                 <w:rPr>
                   <w:rStyle w:val="a5"/>
+                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:b/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
                   <w:lang w:val="kk-KZ"/>
                 </w:rPr>
-                <w:t>https://drive.google.com/file/d/1hID48kNfYQ4xPNHSpjrh_p9iaPFHtCP9/view?usp=drive_link</w:t>
+                <w:t>https://krguo.edu.kz/loader/fromorg/690/6640</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidR="005946C1">
-              <w:rPr>
+            <w:r w:rsidR="009C371A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="009C371A">
-[...9 lines deleted...]
-            </w:r>
           </w:p>
-          <w:p w:rsidR="0011272D" w:rsidRPr="00683902" w:rsidRDefault="0011272D" w:rsidP="00E31626">
+          <w:p w:rsidR="0011272D" w:rsidRPr="00D43E39" w:rsidRDefault="0011272D" w:rsidP="00E31626">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D43E39">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Бағаланатын кезеңдегі оқу-тәрбие процесінің циклограммасы, сілтеме</w:t>
             </w:r>
             <w:r w:rsidR="009C371A" w:rsidRPr="009C371A">
               <w:rPr>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
-              <w:r w:rsidR="00683902" w:rsidRPr="000658F0">
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r w:rsidR="009C371A" w:rsidRPr="0051070F">
                 <w:rPr>
                   <w:rStyle w:val="a5"/>
+                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:b/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
                   <w:lang w:val="kk-KZ"/>
                 </w:rPr>
-                <w:t>https://drive.google.com/file/d/1UjU0lYNvb68L8aYFggnYL1wWYeXX4f4d/view?usp=drive_link</w:t>
+                <w:t>https://krguo.edu.kz/loader/fromorg/690/6640</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidR="00683902">
-              <w:rPr>
+            <w:r w:rsidR="009C371A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="0011272D" w:rsidRPr="00D43E39" w:rsidRDefault="0011272D" w:rsidP="00E31626">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="0011272D" w:rsidRPr="00D43E39" w:rsidRDefault="0011272D" w:rsidP="00E31626">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -31870,310 +31880,282 @@
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D43E39">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> Мектепке дейінгі тәрбие мен оқытудың вариативтік оқу жоспарларын әзірлеу кезінде тәрбиеленушілердің жас, психофизиологиялық мүмкіндіктері мен ерекшеліктерін ескере отырып, тәрбиеленушілердің оқу жүктемесінің ең жоғары көлемі сақталады.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="000B2018" w:rsidRDefault="000B2018" w:rsidP="00E31626">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="000B2018" w:rsidRPr="006B619E" w:rsidRDefault="000B2018" w:rsidP="000B2018">
+          <w:p w:rsidR="000B2018" w:rsidRPr="009C371A" w:rsidRDefault="000B2018" w:rsidP="000B2018">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D43E39">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>бағаланатын кезеңдегі оқу жұмыс жоспарлары, сілтеме</w:t>
             </w:r>
             <w:r w:rsidR="009C371A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...204 lines deleted...]
-              <w:r w:rsidR="00C2232E" w:rsidRPr="000658F0">
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r w:rsidR="009C371A" w:rsidRPr="0051070F">
                 <w:rPr>
                   <w:rStyle w:val="a5"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:b/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:lang w:val="kk-KZ"/>
                 </w:rPr>
-                <w:t>https://docs.google.com/document/d/1y4-D-zYR5yjbMKtD65YzrG6yxKzuJ-Dc/edit?usp=drive_link&amp;ouid=113491495222800397002&amp;rtpof=true&amp;sd=true</w:t>
+                <w:t>https://krguo.edu.kz/loader/fromorg/690/6640</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidR="00C2232E">
+            <w:r w:rsidR="009C371A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000B2018" w:rsidRPr="00D43E39" w:rsidRDefault="000B2018" w:rsidP="000B2018">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D43E39">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>б</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D43E39">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ағаланатын кезең үшін ұйымдастырылған қызметті бөлу, сілтеме</w:t>
+            </w:r>
+            <w:r w:rsidR="009C371A" w:rsidRPr="009C371A">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r w:rsidR="009C371A" w:rsidRPr="0051070F">
+                <w:rPr>
+                  <w:rStyle w:val="a5"/>
+                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:b/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                  <w:lang w:val="kk-KZ"/>
+                </w:rPr>
+                <w:t>https://krguo.edu.kz/loader/fromorg/690/6640</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidR="009C371A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000B2018" w:rsidRPr="00D43E39" w:rsidRDefault="000B2018" w:rsidP="000B2018">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D43E39">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ерекше білім беру қажеттіліктері бар балаларға арналған әзірленген және </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000B2018" w:rsidRDefault="000B2018" w:rsidP="000B2018">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D43E39">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>бекітілген</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D43E39">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Жеке оқу жоспарлары және бағаланатын</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> кезең үшін </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D43E39">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000B2018" w:rsidRPr="00D43E39" w:rsidRDefault="000B2018" w:rsidP="000B2018">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D43E39">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сілтеме</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="000B2018" w:rsidRPr="00D43E39" w:rsidRDefault="000B2018" w:rsidP="00E31626">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007C4A23" w:rsidRPr="00D43E39" w:rsidTr="007226A2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9918" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w:rsidR="007C4A23" w:rsidRPr="00D43E39" w:rsidRDefault="00587837" w:rsidP="00E31626">
             <w:pPr>
               <w:rPr>
@@ -32185,51 +32167,51 @@
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D43E39">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>5.</w:t>
             </w:r>
             <w:r w:rsidRPr="00D43E39">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Оқу-материалдық активтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000E02A9" w:rsidRPr="0039771B" w:rsidTr="007226A2">
+      <w:tr w:rsidR="000E02A9" w:rsidRPr="00D44E97" w:rsidTr="007226A2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="568" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="000E02A9" w:rsidRPr="00D43E39" w:rsidRDefault="00587837" w:rsidP="00E31626">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D43E39">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
@@ -32267,51 +32249,50 @@
               <w:t>Тәрбие мен оқыту нәтижелеріне бағдарланған мазмұн критерийлері</w:t>
             </w:r>
             <w:r w:rsidRPr="00D43E39">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">: - мектепке дейінгі ұйымдар қызметінің үлгілік қағидаларын сақтау </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00E01A24" w:rsidRPr="00D43E39" w:rsidRDefault="00587837" w:rsidP="00E31626">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D43E39">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Ғимарат туралы мәліметтер ғимараттың түрі, салынған жылы, жобалық қуаты, ағымдағы және күрделі жөндеу жұмыстарын жүргізу қажеттілігі және т.б.). </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00A75166" w:rsidRPr="00D43E39" w:rsidRDefault="00E01A24" w:rsidP="00E31626">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D43E39">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>"Нұрай" бөбекжай</w:t>
             </w:r>
             <w:r w:rsidR="00587837" w:rsidRPr="00D43E39">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -32378,51 +32359,60 @@
               <w:t>1155,4</w:t>
             </w:r>
             <w:r w:rsidRPr="00D43E39">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>м2, пайдалы оқу алаңы</w:t>
             </w:r>
             <w:r w:rsidR="00556C9D" w:rsidRPr="00D43E39">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>958,9</w:t>
             </w:r>
             <w:r w:rsidRPr="00D43E39">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> м2, тәрбиеленушілердің жас құрамы бойынша-бір жастан алты жасқа дейінгі</w:t>
+              <w:t xml:space="preserve"> м2, тәрбиеленушілердің жас құрамы </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D43E39">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>бойынша-бір жастан алты жасқа дейінгі</w:t>
             </w:r>
             <w:r w:rsidR="00A75166" w:rsidRPr="00D43E39">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> балаларға арналған бөбекжай</w:t>
             </w:r>
             <w:r w:rsidRPr="00D43E39">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>. Сумен жабдықтау, кәріз, автоно</w:t>
             </w:r>
             <w:r w:rsidR="00556C9D" w:rsidRPr="00D43E39">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>мды жылыту жүйесі, люминесценттік</w:t>
             </w:r>
@@ -32884,61 +32874,51 @@
             <w:r w:rsidRPr="00D43E39">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>, құмсалғыштар, ш</w:t>
             </w:r>
             <w:r w:rsidR="00113573" w:rsidRPr="00D43E39">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>ағын ойын және спорт жабдықтары</w:t>
             </w:r>
             <w:r w:rsidRPr="00D43E39">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> (слайдтар, әткеншектер, үйлер, көпірлер және басқалар) орналасқан. Асфальтталған алаңда тәрбиеленушілердің жол қозғалысы ережелерін зерделеу бойынша ойын және танымдық іс-әрекеттерін ұйымдастыру үшін белгілер </w:t>
-[...9 lines deleted...]
-              <w:t>қойылды. Аумақта көкөніс бағы (әр жас тобы үшін) гүлзарлар бар, онда балалар танымдық зерттеу қызметінде табиғатпен қарым-қатынасын жүзеге асырады. Бірақ көп нәрсе жасалғанына қарамастан, мектепке дейінгі ұйымның пәндік – даму ортасын ж</w:t>
+              <w:t xml:space="preserve"> (слайдтар, әткеншектер, үйлер, көпірлер және басқалар) орналасқан. Асфальтталған алаңда тәрбиеленушілердің жол қозғалысы ережелерін зерделеу бойынша ойын және танымдық іс-әрекеттерін ұйымдастыру үшін белгілер қойылды. Аумақта көкөніс бағы (әр жас тобы үшін) гүлзарлар бар, онда балалар танымдық зерттеу қызметінде табиғатпен қарым-қатынасын жүзеге асырады. Бірақ көп нәрсе жасалғанына қарамастан, мектепке дейінгі ұйымның пәндік – даму ортасын ж</w:t>
             </w:r>
             <w:r w:rsidR="00DC517B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>абдықтау міндеті басты мәселелердің</w:t>
             </w:r>
             <w:r w:rsidRPr="00D43E39">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> бірі болып қала береді. Топтарда құрылыс, эксперименттік, кітап, музыка және ойын бұрыштарын кеңейтуді және жаңартуды жалғастыру қажет;</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00587837" w:rsidRPr="00D43E39" w:rsidRDefault="00E01A24" w:rsidP="00E31626">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
@@ -32968,50 +32948,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="002E0508" w:rsidRPr="00D43E39" w:rsidRDefault="002E0508" w:rsidP="00E31626">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D43E39">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Мектепке дейінгі топтарда интерактивті</w:t>
             </w:r>
             <w:r w:rsidR="00DC517B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> тақталарды сатып алу жоспарлануда.</w:t>
             </w:r>
             <w:r w:rsidRPr="00D43E39">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="002E0508" w:rsidRPr="00D43E39" w:rsidRDefault="002E0508" w:rsidP="00E31626">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -33529,97 +33510,106 @@
             </w:r>
           </w:p>
           <w:p w:rsidR="0048011D" w:rsidRPr="00D43E39" w:rsidRDefault="0048011D" w:rsidP="00E31626">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FBFBFB"/>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="240"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D43E39">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="00D43E39">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> HYPERLINK "https://translate.google.kz/" \t "_blank" </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00D43E39">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00D43E39">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">    Экологиялық білім беру мақсатында әр топта табиғат бұрыштары онда әр түрлі өсімдіктері бар; көкөністер, жемістер, саңырауқұлақтар, жабайы және үй жануарларының мүсіншелері, жәндіктер, құстар, тұқымдар; жансыз және тірі табиғаттың үлгілері; табиғат, оның байлығы туралы суреттер; "Жыл мезгілдері" альбомдары, "ауа-райы күнтізбесі" және басқалары дидактикалық құралдар.  Әр топтың әр түрлі іс-шараларды ұйымдастыруға қажетті дидактикалық ойындары,оқу құралдары, әдістемелік және көркем әдебиеттерден тұратын өзіндік шағын бұрышы бар. Көркемдік-эстетикалық даму мақсатында топтарда</w:t>
+            </w:r>
+            <w:r w:rsidR="00DC517B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D43E39">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">үстелдер, мольберттер орналасқан бұрыштарда қағаздың әртүрлі түрлері, қарындаштардың бірнеше түрі, пластилин, қайшы, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D43E39">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:fldChar w:fldCharType="begin"/>
-[...44 lines deleted...]
-              <w:t>үстелдер, мольберттер орналасқан бұрыштарда қағаздың әртүрлі түрлері, қарындаштардың бірнеше түрі, пластилин, қайшы, трафареттер, мөрлер, шаблондар, бояулар, гуашь, балауыз қарындаштар, киізден жасалған қаламдар, қайшылар, 3 көлемдегі және әртүрлі қаттылықтағы щеткалар, халықтық - қолданбалы және сәндік шығармашылықтың үлгілері, табиғи-қалдық материал бар коллаждар жасау үшін кескіндеме жанрларымен танысу үшін көрнекі материал, ск</w:t>
+              <w:t>трафареттер, мөрлер, шаблондар, бояулар, гуашь, балауыз қарындаштар, киізден жасалған қаламдар, қайшылар, 3 көлемдегі және әртүрлі қаттылықтағы щеткалар, халықтық - қолданбалы және сәндік шығармашылықтың үлгілері, табиғи-қалдық материал бар коллаждар жасау үшін кескіндеме жанрларымен танысу үшін көрнекі материал, ск</w:t>
             </w:r>
             <w:r w:rsidR="00A46C2C" w:rsidRPr="00D43E39">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">    </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00A46C2C" w:rsidRPr="00D43E39" w:rsidRDefault="00DC517B" w:rsidP="00E31626">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FBFBFB"/>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="240"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
@@ -34005,51 +33995,50 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Музыкалық білім беру процесіне арналған құрал-жабдықтар:</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00A46C2C" w:rsidRPr="00D43E39" w:rsidRDefault="00A46C2C" w:rsidP="00E31626">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FBFBFB"/>
               <w:ind w:right="-30"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D43E39">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Музыкалық зал мектеп жасына дейінгі балаларға арналған арнайы жиһаздармен, барлық қажетті құрал-жабдықтармен жабдықталған:</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00A46C2C" w:rsidRPr="00D43E39" w:rsidRDefault="00A46C2C" w:rsidP="00E31626">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FBFBFB"/>
               <w:ind w:right="-30"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D43E39">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
@@ -34177,50 +34166,51 @@
               <w:t>Бағдарламалық және әдістемелік қамтамасыз ету;</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00A46C2C" w:rsidRPr="00D43E39" w:rsidRDefault="00A46C2C" w:rsidP="00E31626">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FBFBFB"/>
               <w:ind w:right="-30"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D43E39">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Классикалық, аспаптық, заманауи, бағдарламалық музыка туындылары бар аудиокассеталар мен дискілер.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00A46C2C" w:rsidRPr="00D43E39" w:rsidRDefault="00A46C2C" w:rsidP="00E31626">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FBFBFB"/>
               <w:ind w:right="-30"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D43E39">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Құрал-жабдықтар мен атрибуттар заманауи эстетикалық және педагогикалық талаптарға сай.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00A46C2C" w:rsidRPr="00D43E39" w:rsidRDefault="00A46C2C" w:rsidP="00E31626">
@@ -34602,61 +34592,51 @@
             <w:r w:rsidRPr="00D43E39">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>экологиялық білім беру мәселелерін шешу үшін құрылған. Мұнда өсімдіктердің әр</w:t>
             </w:r>
             <w:r w:rsidR="00D4536D" w:rsidRPr="00D43E39">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>түрлі түрлері, аквариум, попугайлар, хомяктар жинал</w:t>
             </w:r>
             <w:r w:rsidRPr="00D43E39">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">ды. Өсімдіктер мен жануарлар әлемінің сан алуандығы балалардың бойында оянады: табиғатқа деген үлкен қызығушылық, білуге ​​құштарлық, еңбекке баулиды. Қысқы бақ еңбекте белсенді түрде пайдаланылады - балалар экскурсияға шығады, өсімдіктер мен жануарларға күтім жасауды тәжірибе жүзінде үйренеді.Табиғатпен кездесулер балалардың қоршаған әлем туралы шынайы білімдерін, тірі тіршілік иелеріне адамгершілік қатынасын </w:t>
-[...9 lines deleted...]
-              <w:t>қалыптастыруға көмектеседі. Баланы табиғат әлемімен таныстыру, оны түсінуге үйрету, оған қамқорлықпен қарауға тәрб</w:t>
+              <w:t>ды. Өсімдіктер мен жануарлар әлемінің сан алуандығы балалардың бойында оянады: табиғатқа деген үлкен қызығушылық, білуге ​​құштарлық, еңбекке баулиды. Қысқы бақ еңбекте белсенді түрде пайдаланылады - балалар экскурсияға шығады, өсімдіктер мен жануарларға күтім жасауды тәжірибе жүзінде үйренеді.Табиғатпен кездесулер балалардың қоршаған әлем туралы шынайы білімдерін, тірі тіршілік иелеріне адамгершілік қатынасын қалыптастыруға көмектеседі. Баланы табиғат әлемімен таныстыру, оны түсінуге үйрету, оған қамқорлықпен қарауға тәрб</w:t>
             </w:r>
             <w:r w:rsidR="000B7971">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>иелеу қ</w:t>
             </w:r>
             <w:r w:rsidRPr="00D43E39">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">ысқы бақ құрудың ең маңызды міндеті.      </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="002C675A" w:rsidRPr="00D43E39" w:rsidRDefault="002C675A" w:rsidP="00E31626">
             <w:pPr>
               <w:ind w:right="-30"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -34669,51 +34649,61 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">Балабақшада логопед кабинеті </w:t>
             </w:r>
             <w:r w:rsidR="00D4536D" w:rsidRPr="00D43E39">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>бар. Кабинетте СанПин</w:t>
             </w:r>
             <w:r w:rsidRPr="00D43E39">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> және Мемлекеттік стандарт талаптарына сәйкес пәнді дамытушы орта құрылды, негізгі педагогикалық принциптер: Жүйелілік (материал жүйеленген, логопедиялық кабинеттің төлқұжаты құрастырылған және барлық материалдар тізімі берілген. жабдық); Қолжетімділік (дидактикалық ойындар мен ойыншықтар төменгі ашық сөрелерде, әдістемелік материалдар мен логопед құжаттары – жоғарғы жабық сөрелерде сақталады); Денсаулықты үнемдеу (негізгі және қосымша жарықтандыру бар (жеке айна үстінде), өрт дабылы орнатылған, кеңсе қабырғалары жылы бежевый түсті, көзді зарядтауға арналған көмекші құралдар бар, кеңсе оңай желдетіледі); Балалардың жеке ерекшеліктері мен қажеттіліктерін ескере отырып (балалардың жасы мен физикалық ерекшеліктерін ескере отырып, жиһаз осы топтағы балалар үшін реттеледі; көрнекі, дидактикалық материалдар мен ойындар балалардың жасына және балалардың жас ерекшеліктеріне сәйкес таңдалады. ақаудың құрылымы). Вариативтілік (көрнекі әдістемелік материал мен оқу құралдарында қолданудың көптеген нұсқалары бар – балалардың жасына, оқу тапсырмаларына және сөйлеу ақауының құрылымына байланысты).     </w:t>
+              <w:t xml:space="preserve"> және Мемлекеттік стандарт талаптарына сәйкес пәнді дамытушы орта құрылды, негізгі педагогикалық принциптер: Жүйелілік (материал жүйеленген, логопедиялық кабинеттің төлқұжаты құрастырылған және барлық материалдар тізімі берілген. жабдық); Қолжетімділік (дидактикалық ойындар мен ойыншықтар төменгі ашық сөрелерде, әдістемелік материалдар мен логопед құжаттары – жоғарғы жабық сөрелерде сақталады); Денсаулықты үнемдеу (негізгі және қосымша жарықтандыру бар (жеке айна үстінде), өрт дабылы орнатылған, кеңсе қабырғалары жылы бежевый түсті, көзді зарядтауға арналған көмекші құралдар </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D43E39">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">бар, кеңсе оңай желдетіледі); Балалардың жеке ерекшеліктері мен қажеттіліктерін ескере отырып (балалардың жасы мен физикалық ерекшеліктерін ескере отырып, жиһаз осы топтағы балалар үшін реттеледі; көрнекі, дидактикалық материалдар мен ойындар балалардың жасына және балалардың жас ерекшеліктеріне сәйкес таңдалады. ақаудың құрылымы). Вариативтілік (көрнекі әдістемелік материал мен оқу құралдарында қолданудың көптеген нұсқалары бар – балалардың жасына, оқу тапсырмаларына және сөйлеу ақауының құрылымына байланысты).     </w:t>
             </w:r>
             <w:r w:rsidR="000B7971">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">                                                                                  </w:t>
             </w:r>
             <w:r w:rsidRPr="00D43E39">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> Логопедиялық кабинеттегі орталықтар</w:t>
             </w:r>
             <w:r w:rsidR="000B7971">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
@@ -34999,61 +34989,51 @@
             <w:r w:rsidRPr="00D43E39">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">Балалар психологының жұмысының міндеттерін ескере отырып, үй-жайлар географиялық тұрғыдан әрқайсысының белгілі бір мақсаты мен тиісті жабдықталуы бар бірнеше аймақтарды қамтиды: жұмыс орталығы, оқу орталығы, топтық дамыту және релаксация </w:t>
             </w:r>
             <w:r w:rsidR="00786D88">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>жұмысы орталығы, консультативтік жұмыс орталығы.</w:t>
             </w:r>
             <w:r w:rsidRPr="00D43E39">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Кабинетте психологқа арналған үстел, балаларға арналған үстелдер, әдістемелік материалдар мен дидактикалық құралдарға арналған шкафтар, жұмсақ жиһаз, құрғақ бассейн, алмұрт </w:t>
-[...9 lines deleted...]
-              <w:t>орындықтар, сенсорлық жабдықтар, магниттік тақта, құм салынған жеңіл үстел, айна бар.</w:t>
+              <w:t xml:space="preserve"> Кабинетте психологқа арналған үстел, балаларға арналған үстелдер, әдістемелік материалдар мен дидактикалық құралдарға арналған шкафтар, жұмсақ жиһаз, құрғақ бассейн, алмұрт орындықтар, сенсорлық жабдықтар, магниттік тақта, құм салынған жеңіл үстел, айна бар.</w:t>
             </w:r>
             <w:r w:rsidR="00586DEA" w:rsidRPr="00D43E39">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">    </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00586DEA" w:rsidRPr="00D43E39" w:rsidRDefault="00586DEA" w:rsidP="00E31626">
             <w:pPr>
               <w:ind w:right="-30"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="0048011D" w:rsidRPr="00D43E39" w:rsidRDefault="0048011D" w:rsidP="00E31626">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FBFBFB"/>
@@ -35098,51 +35078,61 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> 2 педагог-психолог жұмыс істейді (қазіргі таңда қазақ тілінде оқытатын топтарда педагог-психолог декреттік демалыста)     </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00586DEA" w:rsidRPr="00D43E39" w:rsidRDefault="00586DEA" w:rsidP="00E31626">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FBFBFB"/>
               <w:ind w:right="-30"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D43E39">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Медициналық бөлімше Қазақстан Республикасының СанПиН талаптарына сәйкес келеді және медбике кабинетінен, оқшаулау бөлмесінен және емдеу бөлмесінен тұрады. Медициналық кабинеттің лицензиясы Қазақстан Республикасы Денсаулық сақтау министрлігі Медициналық және фармацевтикалық бақылау комитетінің Қарағанды ​​облысы бойынша департаментімен берілген 05.05.2021 ж. № 2107219 (қолданылған күні). Лицензияның бастапқы шығарылымы 23.12.2016 ж.) Медициналық кабинетте диетолог лауазымын біріктіретін 2 медбике жұмыс істейді, медбике мен диетологтардың сертификаттары бар.</w:t>
+              <w:t xml:space="preserve">Медициналық бөлімше Қазақстан Республикасының СанПиН талаптарына сәйкес келеді және медбике кабинетінен, оқшаулау бөлмесінен және емдеу бөлмесінен тұрады. Медициналық кабинеттің лицензиясы Қазақстан Республикасы Денсаулық сақтау министрлігі Медициналық және фармацевтикалық бақылау комитетінің Қарағанды ​​облысы бойынша департаментімен берілген 05.05.2021 ж. № 2107219 (қолданылған </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D43E39">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>күні). Лицензияның бастапқы шығарылымы 23.12.2016 ж.) Медициналық кабинетте диетолог лауазымын біріктіретін 2 медбике жұмыс істейді, медбике мен диетологтардың сертификаттары бар.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00586DEA" w:rsidRPr="00D43E39" w:rsidRDefault="00586DEA" w:rsidP="00E31626">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FBFBFB"/>
               <w:ind w:right="-30"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D43E39">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">  Балаларға медициналық көмек көрсету үшін медициналық бөлімшеде мынадай құрал-жабдықтар бар: бой өлшегіш, таразы, кварц шамы, медициналық үстел, кушетка, алғашқы медициналық көмек көрсету құралдары, дәрі-дәрмектерді сақтауға арналған шкаф. Директор мен есепші кабинеттері барлық қажетті заттармен жабдықталған: кітап шкафтары, номенклатуралық құжаттама, компьютер, компьютерлік үстел, үстел, телефон, MFP принтері, заңды құжаттар сақталатын сейф.   </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00586DEA" w:rsidRPr="00D43E39" w:rsidRDefault="00586DEA" w:rsidP="00E31626">
             <w:pPr>
@@ -35674,51 +35664,50 @@
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="001708DE" w:rsidRPr="00D43E39" w:rsidRDefault="001708DE" w:rsidP="00E31626">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D43E39">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">   </w:t>
             </w:r>
             <w:r w:rsidRPr="00D43E39">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Робототехника – арнайы конструкторлардан роботтар жасау. Осы мақсатта біз LEGO жиынтықтарын қолданамыз, оларда пластикалық бөлшектер, қозғалтқыштар, әртүрлі сенсорлар (қозғалыс, түстер, кедергілер, ультрадыбыстық және т.б.) және бағдарламаланатын блок бар. Жинақ сонымен қатар роботты «жандандыру» үшін тікелей жұмыс істеу қажет бағдарламаны әзірлеу ортасын қамтиды.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="001708DE" w:rsidRPr="00D43E39" w:rsidRDefault="001708DE" w:rsidP="00E31626">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="001708DE" w:rsidRPr="00D43E39" w:rsidRDefault="001708DE" w:rsidP="00E31626">
             <w:pPr>
               <w:numPr>
@@ -35747,80 +35736,108 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">    </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="001708DE" w:rsidRPr="00D43E39" w:rsidRDefault="001708DE" w:rsidP="00E31626">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FBFBFB"/>
               <w:ind w:left="-150" w:right="-30"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="001708DE" w:rsidRPr="00D43E39" w:rsidRDefault="009A10AB" w:rsidP="00E31626">
+          <w:p w:rsidR="001708DE" w:rsidRPr="00D43E39" w:rsidRDefault="0048011D" w:rsidP="00E31626">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FBFBFB"/>
               <w:ind w:right="-30"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D43E39">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="00D43E39">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
+              <w:instrText xml:space="preserve"> HYPERLINK "https://translate.google.kz/" \t "_blank" </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00D43E39">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="009A10AB" w:rsidRPr="00D43E39">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
               <w:t xml:space="preserve">           Т</w:t>
             </w:r>
             <w:r w:rsidR="001708DE" w:rsidRPr="00D43E39">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>амақтандыру бөлімшесі ҚР СанПиН талаптарына сәйкес келеді. Технологиялық және тоңазытқыш қондырғылармен жабдықталған. Ас үй ыдыстары мен ыдыс-аяқтарымен қамтамасыз етілген. Сусымалы өнімдер мен көкөністерге арналған бөлек қойма</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D43E39">
+            <w:r w:rsidR="009A10AB" w:rsidRPr="00D43E39">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>лар</w:t>
             </w:r>
             <w:r w:rsidR="001708DE" w:rsidRPr="00D43E39">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> бар. Дайы</w:t>
             </w:r>
             <w:r w:rsidR="00786D88">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>н өнімді бөлек сақталады.</w:t>
@@ -35921,112 +35938,98 @@
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">  Ал бөбекжай</w:t>
             </w:r>
             <w:r w:rsidR="001708DE" w:rsidRPr="00D43E39">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> ұжымының барлық жұмысы бүлдіршіндерді отансүйгіштікке, Отанға, туған ауылға деген сүйіспеншілікке тәрбиелеу, болашақта түлектерді өз мемлекетінің лайықты азаматы етіп шығаруға, болашақта Қазақстанның зияткерлік элитасына айналуына бағытталған. және өз елін әлемдік аренада лайықты, бәсекеге қабілетті мемлекет ретінде көрсете алады.    </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00FC385C" w:rsidRDefault="001708DE" w:rsidP="00E31626">
+          <w:p w:rsidR="001708DE" w:rsidRPr="00D43E39" w:rsidRDefault="001708DE" w:rsidP="00E31626">
             <w:pPr>
               <w:ind w:left="-150" w:right="-30"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D43E39">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">     </w:t>
             </w:r>
             <w:r w:rsidRPr="00D43E39">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Басшының қолымен және мөрімен куәландырылған Әдістемелік нұсқауларға 4-қосымшаға сәйкес кесте, сілтеме</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00FC385C">
+              <w:t xml:space="preserve"> Басшының қолымен және мөрімен куәландырылған Әдістемелік нұсқауларға 4-қосымшаға сәйкес кесте, сілтеме    </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r w:rsidR="00345DB1" w:rsidRPr="0051070F">
+                <w:rPr>
+                  <w:rStyle w:val="a5"/>
+                  <w:lang w:val="kk-KZ"/>
+                </w:rPr>
+                <w:t>https://krguo.edu.kz/loader/fromorg/690/6641</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="00D43E39">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">     </w:t>
-[...22 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">       </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="0048011D" w:rsidRPr="00D43E39" w:rsidRDefault="001708DE" w:rsidP="00E31626">
             <w:pPr>
               <w:ind w:left="-150" w:right="-30"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D43E39">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">      Білім беру ұйымы бекіткен және білім бөлімімен келісілген бухгалтерлік есеп деректерінен негізгі құралдардың тізбесі (түгендеу тізімі), сілтеме</w:t>
             </w:r>
             <w:r w:rsidR="00345DB1">
               <w:rPr>
@@ -36035,144 +36038,147 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00345DB1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00345DB1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-              <w:r w:rsidR="00C2232E" w:rsidRPr="000658F0">
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r w:rsidR="00345DB1" w:rsidRPr="0051070F">
                 <w:rPr>
                   <w:rStyle w:val="a5"/>
                   <w:lang w:val="kk-KZ"/>
                 </w:rPr>
-                <w:t>https://drive.google.com/file/d/10cnOcgs-kMeDnaMVGCZNK5hMiiwYobx4/view?usp=drive_link</w:t>
+                <w:t>https://krguo.edu.kz/loader/fromorg/690/6641</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidR="00C2232E">
-[...4 lines deleted...]
-            </w:r>
             <w:r w:rsidR="0048011D" w:rsidRPr="00D43E39">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
           </w:p>
           <w:p w:rsidR="0048011D" w:rsidRPr="00D43E39" w:rsidRDefault="0048011D" w:rsidP="00E31626">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00D43E39">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
           </w:p>
           <w:p w:rsidR="0081572A" w:rsidRPr="00D43E39" w:rsidRDefault="0081572A" w:rsidP="00E31626">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DE3BA0" w:rsidRPr="0039771B" w:rsidTr="007226A2">
+      <w:tr w:rsidR="00DE3BA0" w:rsidRPr="00D44E97" w:rsidTr="007226A2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9918" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w:rsidR="000B2018" w:rsidRPr="000B2018" w:rsidRDefault="000B2018" w:rsidP="00E31626">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">6 </w:t>
             </w:r>
             <w:r w:rsidR="00DE3BA0" w:rsidRPr="000B6A36">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Ақпараттық ресурстар және кітапхана қоры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E31626" w:rsidRPr="0039771B" w:rsidTr="007226A2">
+      <w:tr w:rsidR="00E31626" w:rsidRPr="00D44E97" w:rsidTr="007226A2">
         <w:trPr>
           <w:trHeight w:val="2760"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="568" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w:rsidR="00E31626" w:rsidRPr="00D43E39" w:rsidRDefault="00E31626" w:rsidP="00E31626">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D43E39">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
@@ -36378,51 +36384,51 @@
             <w:r w:rsidRPr="00D43E39">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>дана әдебиетті құрайды, медиатека бар. Кітапхана қоры іске асырылатын негізгі білім берушілердің барлығына арналған әдістемелік және мерзімді басылымдармен жабдықталған</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="000309D5" w:rsidRPr="00D43E39" w:rsidRDefault="000309D5" w:rsidP="003541AA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E31626" w:rsidRPr="0039771B" w:rsidTr="007226A2">
+      <w:tr w:rsidR="00E31626" w:rsidRPr="00D44E97" w:rsidTr="007226A2">
         <w:trPr>
           <w:trHeight w:val="1895"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="568" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="00E31626" w:rsidRPr="00D43E39" w:rsidRDefault="00E31626" w:rsidP="00E31626">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9350" w:type="dxa"/>
           </w:tcPr>
@@ -36443,51 +36449,62 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Барлық жас топтары бойынша әдістемелік ұсыныстар бар және оларға сөйлеуді дамыту, сенсорлық, математика, сауаттылық, көркем әдебиет, жаратылыстану, модельдеу, аппликация, сурет салу сияқты пәндерге арналған дәптерлер мен демонстрациялық материалдар бар</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="003541AA" w:rsidRPr="007226A2" w:rsidRDefault="00E14CF0" w:rsidP="003541AA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007226A2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Әдістемелік кабинетте нормативтік-құқықтық құжаттар, республикалық, облыстық, қалалық маңызы бар газеттердің тігуі бар. Толыққанды білім беру-тәрбие процесін құру және мектеп жасына дейінгі балалардың кешенді дамуын қамтамасыз ету және балабақшадағы педагогтардың ғылыми-әдістемелік деңгейін арттыру үшін оқу-әдістемелік әдебиеттің негізгі қоры бар. Ол әдістемелік кабинетте бөлімдер бойынша орналастырылған: музыкалық-эстетикалық тәрбие; дене тәрбиесі; сөйлеуді дамыту; қоршаған әлеммен танысу; экологиялық тәрбие; көркем әдебиет; математика негіздері; сауаттылыққа оқыту; ЖЕ, ҚЕ, ОБЖ; ойын қызметі; сенсорлық және конструкция; бейнелеу қызметі және халықтық-қолданбалы өнер; адамгершілік-патриоттық тәрбие және еңбек тәрбиесі. Балалардың білім беру және тәрбие жұмысының тиімділігі үшін кабинетте көрнекі және демонстрациялық материалдар, бейне және аудио-материалдар бар.Фребельдің ойын элементтері,</w:t>
+              <w:t xml:space="preserve">Әдістемелік кабинетте нормативтік-құқықтық құжаттар, республикалық, облыстық, қалалық маңызы бар газеттердің тігуі бар. Толыққанды білім беру-тәрбие процесін құру және мектеп жасына дейінгі балалардың кешенді дамуын қамтамасыз ету және балабақшадағы педагогтардың ғылыми-әдістемелік деңгейін арттыру үшін оқу-әдістемелік әдебиеттің негізгі қоры бар. Ол әдістемелік кабинетте бөлімдер бойынша орналастырылған: музыкалық-эстетикалық тәрбие; дене тәрбиесі; сөйлеуді дамыту; қоршаған әлеммен танысу; экологиялық тәрбие; көркем әдебиет; математика негіздері; сауаттылыққа оқыту; ЖЕ, ҚЕ, ОБЖ; ойын қызметі; сенсорлық және конструкция; бейнелеу қызметі және халықтық-қолданбалы өнер; адамгершілік-патриоттық тәрбие </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007226A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>және еңбек тәрбиесі. Балалардың білім беру және тәрбие жұмысының тиімділігі үшін кабинетте көрнекі және демонстрациялық материалдар, бейне және аудио-материалдар бар.Фребельдің ойын элементтері,</w:t>
             </w:r>
             <w:r w:rsidR="007226A2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="007226A2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>В. Воскобович, Дунештің ойын және оқу материалы. Кітапхана қорында педагогтерді педагогикалық процестің жаңа технологияларымен таныстыруға ықпал ететін мерзімді басылымдар маңызды орын алады-бұл республикалық журналдар: "Отбасы және балабақша", "Бала мен балабақша", "Балалар әлемі", "мектепке дейінгі білім беру", "Балабақша", "мектепке дейінгі ұйым басшысының анықтамалығы", "Мектепке дейінгі білім Қазақстанда". Бөбекжайдың кітапхана қорын кітаптармен және құралдармен толықтыру Қазақстан Республикасы Білім және ғылым министрлігі ұсынған оқу әдебиеттерінің тізбесіне</w:t>
             </w:r>
             <w:r w:rsidR="003541AA" w:rsidRPr="007226A2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
@@ -36540,204 +36557,205 @@
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Жүкқұжаттар</w:t>
             </w:r>
             <w:r w:rsidR="007226A2" w:rsidRPr="007226A2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> барлық ОӘК бізде жоқ, өйткені әдебиеттерді  демеушілер</w:t>
             </w:r>
             <w:r w:rsidRPr="007226A2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> алып берген</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00E31626" w:rsidRDefault="00E14CF0" w:rsidP="00E31626">
+          <w:p w:rsidR="00E31626" w:rsidRPr="00D43E39" w:rsidRDefault="00E14CF0" w:rsidP="00E31626">
             <w:pPr>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007226A2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Әдістемелік ұсынымдарға 5-кесте, оның ішінде оқу-әдістемелік кешендерге жүкқұжаттар, сілтеме</w:t>
             </w:r>
             <w:r w:rsidR="00E70768">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
-              <w:r w:rsidR="0039771B" w:rsidRPr="000658F0">
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r w:rsidR="00E70768" w:rsidRPr="0051070F">
                 <w:rPr>
                   <w:rStyle w:val="a5"/>
+                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:b/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
                   <w:lang w:val="kk-KZ"/>
                 </w:rPr>
-                <w:t>https://drive.google.com/file/d/1v3tkKs5rk34zU0H0f1npJzHiBpUksint/view?usp=drive_link</w:t>
+                <w:t>https://krguo.edu.kz/loader/fromorg/690/6642</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidR="0039771B">
-              <w:rPr>
+            <w:r w:rsidR="00E70768">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-          </w:p>
-[...11 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D24D0E" w:rsidRPr="0039771B" w:rsidTr="007226A2">
+      <w:tr w:rsidR="00D24D0E" w:rsidRPr="00D43E39" w:rsidTr="007226A2">
         <w:trPr>
           <w:trHeight w:val="318"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9918" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00D24D0E" w:rsidRPr="0039771B" w:rsidRDefault="00D24D0E" w:rsidP="00E31626">
+          <w:p w:rsidR="00D24D0E" w:rsidRPr="00D43E39" w:rsidRDefault="00D24D0E" w:rsidP="00E31626">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D43E39">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>7.</w:t>
             </w:r>
-            <w:r w:rsidR="0039771B">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          </w:p>
+          <w:p w:rsidR="00D24D0E" w:rsidRPr="000B6A36" w:rsidRDefault="00D24D0E" w:rsidP="00E31626">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="0039771B">
+            </w:pPr>
+            <w:r w:rsidRPr="000B6A36">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Тәрбиенушілердің  білімін бағалау</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D24D0E" w:rsidRPr="0039771B" w:rsidTr="007226A2">
+      <w:tr w:rsidR="00D24D0E" w:rsidRPr="00D44E97" w:rsidTr="007226A2">
         <w:trPr>
           <w:trHeight w:val="495"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="568" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D24D0E" w:rsidRPr="0039771B" w:rsidRDefault="00D24D0E" w:rsidP="00E31626">
+          <w:p w:rsidR="00D24D0E" w:rsidRPr="00D43E39" w:rsidRDefault="00D24D0E" w:rsidP="00E31626">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D43E39">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidRPr="0039771B">
+            <w:r w:rsidRPr="00D43E39">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9350" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00F76208" w:rsidRPr="00F76208" w:rsidRDefault="00F76208" w:rsidP="00F76208">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003F00C6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
@@ -36910,51 +36928,50 @@
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> - баланың үлгілік бағдарламаның мазмұнын меңгеру деңгейін анықтау</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00F76208" w:rsidRPr="00F76208" w:rsidRDefault="00F76208" w:rsidP="00F76208">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F76208">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Нәтижелер "Бақылау парағында"толтырылады. Алынған мәліметтер негізінде, топтағы әрбір бала баланың жеке даму картасын толтырады. Мониторинг нәтижелері бойынша I, II даму деңгейіндегі балалармен қосымша жеке жұмыс жүргізіледі. Баланы дамытудың жеке картасында "түзету іс-шаралары" бөлімінде балалармен жұмыс істейтін педагогтер мен мамандар мониторинг деректерінің қорытындысы бойынша баланы одан әрі дамыту жөніндегі іс-шараларды толтырады. Педагогикалық диагностиканы тәрбиеші басқа педагогикалық қызметкерлермен тығыз ынтымақтастықта жүзеге асырады.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00F76208" w:rsidRDefault="00F76208" w:rsidP="00F76208">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">     </w:t>
             </w:r>
             <w:r w:rsidRPr="003F00C6">
               <w:rPr>
@@ -37125,50 +37142,51 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> мектеп жасына дейінгі баланы тәрбиелеу мен дамытуда жеке тәсілді қамтамасыз ету; </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00F76208" w:rsidRDefault="00F76208" w:rsidP="00F76208">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>-</w:t>
             </w:r>
             <w:r w:rsidRPr="00D74009">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> педагогтердің түзету іс-шараларын жедел жоспарлау негізінде білім беру процесі</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>н ұйымдастыру</w:t>
             </w:r>
             <w:r w:rsidRPr="00D74009">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -37231,119 +37249,125 @@
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F76208">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Бағаланатын кезеңде баланың даму мониторингін қамтамасыз ететін мектеп жасына дейінгі тәрбиеленушілерді оқыту нәтижелері, сілтеме</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
-              <w:r w:rsidR="0039771B" w:rsidRPr="000658F0">
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r w:rsidR="000E7EB2" w:rsidRPr="005B4C67">
                 <w:rPr>
                   <w:rStyle w:val="a5"/>
+                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
                   <w:lang w:val="kk-KZ"/>
                 </w:rPr>
-                <w:t>https://drive.google.com/file/d/17wvvuU-Ak_wTW2a7VPdKkOjJRZYAIgdG/view?usp=drive_link</w:t>
+                <w:t>https://krguo.edu.kz/loader/fromorg/690/6643</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidR="0039771B">
-              <w:rPr>
+            <w:r w:rsidR="000E7EB2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="000E7EB2">
-[...8 lines deleted...]
-            </w:r>
           </w:p>
-          <w:p w:rsidR="00F76208" w:rsidRPr="0039771B" w:rsidRDefault="00F76208" w:rsidP="00E31626">
+          <w:p w:rsidR="00F76208" w:rsidRPr="00F76208" w:rsidRDefault="00F76208" w:rsidP="00E31626">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F76208">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00F76208">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">бағаланатын кезеңдегі баланың жеке даму картасы (мектепалды даярлық топтары), сілтеме </w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
-              <w:r w:rsidR="0039771B" w:rsidRPr="000658F0">
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r w:rsidR="000E7EB2" w:rsidRPr="005B4C67">
                 <w:rPr>
                   <w:rStyle w:val="a5"/>
+                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:b/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
                   <w:lang w:val="kk-KZ"/>
                 </w:rPr>
-                <w:t>https://drive.google.com/file/d/17wvvuU-Ak_wTW2a7VPdKkOjJRZYAIgdG/view?usp=drive_link</w:t>
+                <w:t>https://krguo.edu.kz/loader/fromorg/690/6643</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidR="0039771B">
-              <w:rPr>
+            <w:r w:rsidR="000E7EB2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00D24D0E" w:rsidRPr="00F76208" w:rsidRDefault="00F76208" w:rsidP="00E31626">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F76208">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
@@ -37700,223 +37724,224 @@
                 <w:u w:val="single"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00630068" w:rsidRDefault="00630068" w:rsidP="00E31626">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00630068">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Бағаланатын кезеңдегі баланың жеке даму картасы (мекте</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00853394">
+              <w:t>Бағаланатын кезеңдегі баланың жеке даму картасы (мектепалды даярлық тобы жоқ), сілтеме</w:t>
+            </w:r>
+            <w:r w:rsidR="000E7EB2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">палды даярлық тобы жоқ), </w:t>
-[...36 lines deleted...]
-              <w:r w:rsidR="00853394" w:rsidRPr="000658F0">
+              <w:t xml:space="preserve">   </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r w:rsidR="000E7EB2" w:rsidRPr="005B4C67">
                 <w:rPr>
                   <w:rStyle w:val="a5"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:b/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:lang w:val="kk-KZ"/>
                 </w:rPr>
-                <w:t>https://drive.google.com/file/d/1HAHsDvDklOV9s6mUKRoDOOY09DuSlxpL/view?usp=drive_link</w:t>
+                <w:t>https://krguo.edu.kz/loader/fromorg/690/6643</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidR="00853394">
-[...9 lines deleted...]
-            </w:r>
             <w:r w:rsidR="000E7EB2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00630068" w:rsidRDefault="00630068" w:rsidP="00E31626">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00630068">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Бағаланатын кезеңдегі баланың жеке даму картасы (мектепалды даярлық тобы жоқ), сілтеме</w:t>
+              <w:t xml:space="preserve"> Бағаланатын кезеңдегі тәрбиеленушілердің даму мониторингінің (бастапқы) нәтижелері, сілтеме </w:t>
             </w:r>
             <w:r w:rsidR="000E7EB2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
-              <w:r w:rsidR="00853394" w:rsidRPr="000658F0">
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r w:rsidR="000E7EB2" w:rsidRPr="005B4C67">
                 <w:rPr>
                   <w:rStyle w:val="a5"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:b/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:lang w:val="kk-KZ"/>
                 </w:rPr>
-                <w:t>https://drive.google.com/file/d/1HAHsDvDklOV9s6mUKRoDOOY09DuSlxpL/view?usp=drive_link</w:t>
+                <w:t>https://krguo.edu.kz/loader/fromorg/690/6643</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidR="00853394">
+            <w:r w:rsidR="000E7EB2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+          </w:p>
+          <w:p w:rsidR="00630068" w:rsidRDefault="00630068" w:rsidP="00E31626">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00630068">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Бағаланатын кезеңдегі баланың жеке даму картасы (мектепалды даярлық тобы жоқ), сілтеме</w:t>
+            </w:r>
+            <w:r w:rsidR="000E7EB2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r w:rsidR="000E7EB2" w:rsidRPr="005B4C67">
+                <w:rPr>
+                  <w:rStyle w:val="a5"/>
+                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:b/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                  <w:lang w:val="kk-KZ"/>
+                </w:rPr>
+                <w:t>https://krguo.edu.kz/loader/fromorg/690/6643</w:t>
+              </w:r>
+            </w:hyperlink>
             <w:r w:rsidR="000E7EB2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00D24D0E" w:rsidRDefault="00630068" w:rsidP="00E31626">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00630068">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">  үлгілік оқу бағдарламасына қосымшаға сәйкес балалардың жасын ескере отырып, тәрбиеленушілердің жетістіктеріне мониторинг нәтижелерінің бо</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">луы және талдауы (қорытынды): </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00630068" w:rsidRDefault="00630068" w:rsidP="00E31626">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00630068">
@@ -38211,65 +38236,63 @@
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00630068" w:rsidRPr="00851277" w:rsidRDefault="00630068" w:rsidP="00E31626">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00851277">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">Бағаланатын кезеңдегі балалардың жасын ескере отырып, тәрбиеленушілердің жетістіктері мониторингінің нәтижелері (қорытынды), сілтеме </w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
-              <w:r w:rsidR="00853394" w:rsidRPr="000658F0">
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r w:rsidR="000E7EB2" w:rsidRPr="005B4C67">
                 <w:rPr>
                   <w:rStyle w:val="a5"/>
+                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:b/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
                   <w:lang w:val="kk-KZ"/>
                 </w:rPr>
-                <w:t>https://drive.google.com/file/d/1HAHsDvDklOV9s6mUKRoDOOY09DuSlxpL/view?usp=drive_link</w:t>
+                <w:t>https://krguo.edu.kz/loader/fromorg/690/6643</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidR="00853394">
-[...4 lines deleted...]
-            </w:r>
             <w:r w:rsidR="000E7EB2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00D24D0E" w:rsidRPr="00851277" w:rsidRDefault="00630068" w:rsidP="00E31626">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00851277">
@@ -38284,105 +38307,103 @@
               <w:t>Бағаланатын кезеңдегі баланың жеке даму картасы</w:t>
             </w:r>
             <w:r w:rsidR="000E7EB2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> (мектепалды даярлық тобы жоқ), </w:t>
             </w:r>
             <w:r w:rsidR="000E7EB2" w:rsidRPr="00851277">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>сілтеме</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D24D0E" w:rsidRPr="00851277" w:rsidRDefault="00853394" w:rsidP="00E31626">
+          <w:p w:rsidR="00D24D0E" w:rsidRPr="00851277" w:rsidRDefault="00D44E97" w:rsidP="00E31626">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
-              <w:r w:rsidRPr="000658F0">
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r w:rsidR="000E7EB2" w:rsidRPr="005B4C67">
                 <w:rPr>
                   <w:rStyle w:val="a5"/>
+                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:b/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
                   <w:lang w:val="kk-KZ"/>
                 </w:rPr>
-                <w:t>https://drive.google.com/file/d/1HAHsDvDklOV9s6mUKRoDOOY09DuSlxpL/view?usp=drive_link</w:t>
+                <w:t>https://krguo.edu.kz/loader/fromorg/690/6643</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...4 lines deleted...]
-            </w:r>
             <w:r w:rsidR="000E7EB2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00D24D0E" w:rsidRPr="00D43E39" w:rsidRDefault="00D24D0E" w:rsidP="00E31626">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D24D0E" w:rsidRPr="0039771B" w:rsidTr="007226A2">
+      <w:tr w:rsidR="00D24D0E" w:rsidRPr="00D44E97" w:rsidTr="007226A2">
         <w:trPr>
           <w:trHeight w:val="519"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9918" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w:rsidR="001C2A8D" w:rsidRPr="00D43E39" w:rsidRDefault="00D24D0E" w:rsidP="00E31626">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D43E39">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
@@ -38392,77 +38413,78 @@
               <w:t>8.</w:t>
             </w:r>
             <w:r w:rsidRPr="00D43E39">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> білім беру процесіне қатысушылардың сауалнамасы</w:t>
             </w:r>
             <w:r w:rsidR="0070248F" w:rsidRPr="00D43E39">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E31626" w:rsidRPr="0039771B" w:rsidTr="007226A2">
+      <w:tr w:rsidR="00E31626" w:rsidRPr="00D44E97" w:rsidTr="007226A2">
         <w:trPr>
           <w:trHeight w:val="450"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="568" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00E31626" w:rsidRPr="000F1FE9" w:rsidRDefault="000F1FE9" w:rsidP="00E31626">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9350" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00E31626" w:rsidRPr="00D43E39" w:rsidRDefault="00E31626" w:rsidP="00E31626">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -38573,51 +38595,51 @@
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:tbl>
             <w:tblPr>
               <w:tblStyle w:val="a3"/>
               <w:tblW w:w="0" w:type="auto"/>
               <w:tblLayout w:type="fixed"/>
               <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="1310"/>
               <w:gridCol w:w="1311"/>
               <w:gridCol w:w="1311"/>
               <w:gridCol w:w="1311"/>
               <w:gridCol w:w="1311"/>
               <w:gridCol w:w="1311"/>
               <w:gridCol w:w="1311"/>
             </w:tblGrid>
-            <w:tr w:rsidR="00425035" w:rsidRPr="0039771B" w:rsidTr="008F0DC1">
+            <w:tr w:rsidR="00425035" w:rsidRPr="00D44E97" w:rsidTr="008F0DC1">
               <w:trPr>
                 <w:trHeight w:val="345"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1310" w:type="dxa"/>
                   <w:vMerge w:val="restart"/>
                 </w:tcPr>
                 <w:p w:rsidR="00425035" w:rsidRDefault="00425035" w:rsidP="00425035">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:u w:val="single"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
@@ -38744,51 +38766,51 @@
                 </w:tcPr>
                 <w:p w:rsidR="00425035" w:rsidRPr="000F1FE9" w:rsidRDefault="00425035" w:rsidP="00425035">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:u w:val="single"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00004AAE">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                     <w:t>сауалнама нәтижелері</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00425035" w:rsidRPr="0039771B" w:rsidTr="008F0DC1">
+            <w:tr w:rsidR="00425035" w:rsidRPr="00D44E97" w:rsidTr="008F0DC1">
               <w:trPr>
                 <w:trHeight w:val="480"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1310" w:type="dxa"/>
                   <w:vMerge/>
                 </w:tcPr>
                 <w:p w:rsidR="00425035" w:rsidRDefault="00425035" w:rsidP="00425035">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:u w:val="single"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1311" w:type="dxa"/>
                   <w:vMerge/>
@@ -38902,51 +38924,51 @@
                 </w:tcPr>
                 <w:p w:rsidR="00425035" w:rsidRPr="00425035" w:rsidRDefault="00425035" w:rsidP="00425035">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:u w:val="single"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00004AAE">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                     <w:t>оң жауаптардың үлесі</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00425035" w:rsidRPr="0039771B" w:rsidTr="008F0DC1">
+            <w:tr w:rsidR="00425035" w:rsidRPr="00D44E97" w:rsidTr="008F0DC1">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1310" w:type="dxa"/>
                 </w:tcPr>
                 <w:p w:rsidR="00425035" w:rsidRDefault="00425035" w:rsidP="00425035">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:u w:val="single"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:u w:val="single"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                     <w:t>Педагогтер</w:t>
@@ -39101,51 +39123,51 @@
                   <w:pPr>
                     <w:spacing w:line="360" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:u w:val="single"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:u w:val="single"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                     <w:t>98,8</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00425035" w:rsidRPr="0039771B" w:rsidTr="008F0DC1">
+            <w:tr w:rsidR="00425035" w:rsidRPr="00D44E97" w:rsidTr="008F0DC1">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1310" w:type="dxa"/>
                 </w:tcPr>
                 <w:p w:rsidR="00425035" w:rsidRDefault="00425035" w:rsidP="00425035">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:u w:val="single"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:u w:val="single"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                     <w:t>Мектепалды топтарының ата аналары</w:t>
@@ -39324,94 +39346,103 @@
           </w:tbl>
           <w:p w:rsidR="001C2A8D" w:rsidRPr="00D43E39" w:rsidRDefault="001C2A8D" w:rsidP="00E31626">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="001C2A8D" w:rsidRPr="00D43E39" w:rsidRDefault="001C2A8D" w:rsidP="00E31626">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="001C2A8D" w:rsidRPr="00853394" w:rsidRDefault="00004AAE" w:rsidP="00E31626">
+          <w:p w:rsidR="001C2A8D" w:rsidRPr="000B6A36" w:rsidRDefault="00004AAE" w:rsidP="00E31626">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000B6A36">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Білім беру процесіне қатысушылардың сауалнама нәтижелерінің жинағы  сілтеме</w:t>
             </w:r>
             <w:r w:rsidR="00345DB1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
-              <w:r w:rsidR="00853394" w:rsidRPr="000658F0">
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r w:rsidR="00345DB1" w:rsidRPr="0051070F">
                 <w:rPr>
                   <w:rStyle w:val="a5"/>
+                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:b/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
                   <w:lang w:val="kk-KZ"/>
                 </w:rPr>
-                <w:t>https://drive.google.com/drive/folders/1JddqfPRKDgHeTY-bw12DZnyXTTn9Cisi?usp=drive_link</w:t>
+                <w:t>https://krguo.edu.kz/loader/fromorg/690/6644</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidR="00853394">
-              <w:rPr>
+            <w:r w:rsidR="00345DB1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00004AAE" w:rsidRPr="00004AAE" w:rsidRDefault="00004AAE" w:rsidP="00E31626">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="001C2A8D" w:rsidRPr="00D43E39" w:rsidRDefault="001C2A8D" w:rsidP="00E31626">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
@@ -39486,99 +39517,98 @@
           <w:trHeight w:val="560"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9918" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w:rsidR="001C2A8D" w:rsidRPr="0073338E" w:rsidRDefault="0073338E" w:rsidP="00E31626">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0073338E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>9.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="001C2A8D" w:rsidRPr="00D43E39" w:rsidRDefault="0073338E" w:rsidP="001C2A8D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>К</w:t>
             </w:r>
             <w:r w:rsidR="001C2A8D" w:rsidRPr="00D43E39">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>емшіліктер мен ескертулер</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="001C2A8D" w:rsidRPr="00D43E39" w:rsidRDefault="001C2A8D" w:rsidP="00E31626">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C2A8D" w:rsidRPr="0039771B" w:rsidTr="007226A2">
+      <w:tr w:rsidR="001C2A8D" w:rsidRPr="00D44E97" w:rsidTr="007226A2">
         <w:trPr>
           <w:trHeight w:val="3795"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="568" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="001C2A8D" w:rsidRPr="00D43E39" w:rsidRDefault="001C2A8D" w:rsidP="00E31626">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9350" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="001C2A8D" w:rsidRPr="00D43E39" w:rsidRDefault="001C2A8D" w:rsidP="001C2A8D">
@@ -39912,68 +39942,69 @@
           <w:trHeight w:val="480"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9918" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w:rsidR="0070248F" w:rsidRPr="0073338E" w:rsidRDefault="00DD342A" w:rsidP="00E31626">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0073338E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>10. Шешу жолдары</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="0070248F" w:rsidRPr="00D43E39" w:rsidRDefault="0070248F" w:rsidP="00E31626">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0070248F" w:rsidRPr="0039771B" w:rsidTr="007226A2">
+      <w:tr w:rsidR="0070248F" w:rsidRPr="00D44E97" w:rsidTr="007226A2">
         <w:trPr>
           <w:trHeight w:val="6135"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="568" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="0070248F" w:rsidRPr="00D43E39" w:rsidRDefault="0070248F" w:rsidP="00E31626">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9350" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="0070248F" w:rsidRPr="00D43E39" w:rsidRDefault="0070248F" w:rsidP="0070248F">
@@ -40281,51 +40312,51 @@
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="0070248F" w:rsidRPr="00D43E39" w:rsidRDefault="0070248F" w:rsidP="00E31626">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002460B5" w:rsidRPr="0039771B" w:rsidTr="007226A2">
+      <w:tr w:rsidR="002460B5" w:rsidRPr="00D44E97" w:rsidTr="007226A2">
         <w:trPr>
           <w:trHeight w:val="683"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="568" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="002460B5" w:rsidRPr="007226A2" w:rsidRDefault="002460B5" w:rsidP="007226A2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007226A2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
@@ -40460,51 +40491,50 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> * мектепке дейінгі ұйымда тәрбие жұмысы жолға қойылған (балалар мен ересектердің конкурстарға қатысуы).</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00BE0C00" w:rsidRPr="00D43E39" w:rsidRDefault="00BE0C00" w:rsidP="002460B5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D43E39">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve"> * Мектепке дейінгі ұйымның Веб-сайты, сондай-ақ Интернет желісіне кіру мүмкіндігі бар.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="002460B5" w:rsidRPr="00D43E39" w:rsidRDefault="00BE0C00" w:rsidP="002460B5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D43E39">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> * Мемлекеттік тілдегі ұйымдар желісін кеңейту шеңберінде келесі жылы бөбекжайда қазақ тілінде оқытатын топтарды ұлғайту жоспарлануда.</w:t>
             </w:r>
           </w:p>
@@ -42069,51 +42099,51 @@
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="8">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="9">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="10">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="11">
     <w:abstractNumId w:val="10"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-  <w:zoom w:percent="90"/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="001C4643"/>
     <w:rsid w:val="00004AAE"/>
     <w:rsid w:val="000309D5"/>
     <w:rsid w:val="00044974"/>
     <w:rsid w:val="00054976"/>
     <w:rsid w:val="00057946"/>
     <w:rsid w:val="0006228B"/>
     <w:rsid w:val="000B2018"/>
     <w:rsid w:val="000B6A36"/>
     <w:rsid w:val="000B7971"/>
     <w:rsid w:val="000E02A9"/>
     <w:rsid w:val="000E7EB2"/>
     <w:rsid w:val="000F1FE9"/>
     <w:rsid w:val="0011272D"/>
@@ -42123,181 +42153,169 @@
     <w:rsid w:val="001363E1"/>
     <w:rsid w:val="001708DE"/>
     <w:rsid w:val="00191293"/>
     <w:rsid w:val="001C2A8D"/>
     <w:rsid w:val="001C4643"/>
     <w:rsid w:val="00201190"/>
     <w:rsid w:val="00216500"/>
     <w:rsid w:val="0024360C"/>
     <w:rsid w:val="002460B5"/>
     <w:rsid w:val="002708C3"/>
     <w:rsid w:val="00270D6F"/>
     <w:rsid w:val="00271B55"/>
     <w:rsid w:val="002C4248"/>
     <w:rsid w:val="002C675A"/>
     <w:rsid w:val="002E0508"/>
     <w:rsid w:val="002E3757"/>
     <w:rsid w:val="002E5600"/>
     <w:rsid w:val="002F64EB"/>
     <w:rsid w:val="00307A04"/>
     <w:rsid w:val="003311AA"/>
     <w:rsid w:val="0034007A"/>
     <w:rsid w:val="00345DB1"/>
     <w:rsid w:val="003541AA"/>
     <w:rsid w:val="003554EF"/>
     <w:rsid w:val="00395999"/>
-    <w:rsid w:val="0039771B"/>
     <w:rsid w:val="003A08AC"/>
     <w:rsid w:val="004003DA"/>
     <w:rsid w:val="00425035"/>
     <w:rsid w:val="00436B6E"/>
     <w:rsid w:val="004429E2"/>
     <w:rsid w:val="0048011D"/>
     <w:rsid w:val="004F3775"/>
-    <w:rsid w:val="00505C82"/>
     <w:rsid w:val="00555D98"/>
     <w:rsid w:val="00556C9D"/>
     <w:rsid w:val="005760E7"/>
     <w:rsid w:val="00586DEA"/>
     <w:rsid w:val="00587837"/>
-    <w:rsid w:val="005946C1"/>
     <w:rsid w:val="005C7EB8"/>
     <w:rsid w:val="005F783C"/>
     <w:rsid w:val="00630068"/>
     <w:rsid w:val="00632305"/>
     <w:rsid w:val="00662320"/>
-    <w:rsid w:val="00683902"/>
-    <w:rsid w:val="006B619E"/>
     <w:rsid w:val="006F5640"/>
     <w:rsid w:val="0070248F"/>
     <w:rsid w:val="00721667"/>
     <w:rsid w:val="007226A2"/>
     <w:rsid w:val="0073338E"/>
     <w:rsid w:val="00786D88"/>
     <w:rsid w:val="007C4A23"/>
     <w:rsid w:val="007D4C42"/>
-    <w:rsid w:val="007F0D2F"/>
     <w:rsid w:val="00810A82"/>
     <w:rsid w:val="0081572A"/>
     <w:rsid w:val="0083225D"/>
     <w:rsid w:val="00841DDB"/>
     <w:rsid w:val="00851277"/>
-    <w:rsid w:val="00853394"/>
     <w:rsid w:val="008819D8"/>
     <w:rsid w:val="00884818"/>
     <w:rsid w:val="008C5055"/>
     <w:rsid w:val="008E437C"/>
     <w:rsid w:val="008F0DC1"/>
     <w:rsid w:val="00905080"/>
     <w:rsid w:val="00911B2E"/>
     <w:rsid w:val="0097405E"/>
     <w:rsid w:val="009A10AB"/>
     <w:rsid w:val="009C371A"/>
     <w:rsid w:val="009D3119"/>
     <w:rsid w:val="009E6874"/>
     <w:rsid w:val="009E702E"/>
     <w:rsid w:val="00A005AD"/>
     <w:rsid w:val="00A246AC"/>
     <w:rsid w:val="00A248B7"/>
     <w:rsid w:val="00A46C2C"/>
     <w:rsid w:val="00A4710D"/>
-    <w:rsid w:val="00A50455"/>
     <w:rsid w:val="00A75166"/>
     <w:rsid w:val="00A833DA"/>
     <w:rsid w:val="00A87A99"/>
-    <w:rsid w:val="00A9752F"/>
     <w:rsid w:val="00AC6F2D"/>
     <w:rsid w:val="00AE3D18"/>
     <w:rsid w:val="00B113A3"/>
     <w:rsid w:val="00B742BB"/>
     <w:rsid w:val="00BB6B6B"/>
     <w:rsid w:val="00BE0C00"/>
     <w:rsid w:val="00C100FD"/>
-    <w:rsid w:val="00C2232E"/>
     <w:rsid w:val="00C55E28"/>
     <w:rsid w:val="00C9228F"/>
     <w:rsid w:val="00CA5016"/>
     <w:rsid w:val="00CC5B6A"/>
     <w:rsid w:val="00CF2BB7"/>
     <w:rsid w:val="00D24D0E"/>
     <w:rsid w:val="00D43E39"/>
     <w:rsid w:val="00D44E97"/>
     <w:rsid w:val="00D4536D"/>
     <w:rsid w:val="00D56A32"/>
     <w:rsid w:val="00DB1A42"/>
     <w:rsid w:val="00DC517B"/>
     <w:rsid w:val="00DD342A"/>
     <w:rsid w:val="00DE2CA8"/>
     <w:rsid w:val="00DE3BA0"/>
     <w:rsid w:val="00DF14F5"/>
     <w:rsid w:val="00E01A24"/>
     <w:rsid w:val="00E11E3F"/>
     <w:rsid w:val="00E14CF0"/>
     <w:rsid w:val="00E31626"/>
     <w:rsid w:val="00E44320"/>
     <w:rsid w:val="00E4744A"/>
     <w:rsid w:val="00E65F6D"/>
     <w:rsid w:val="00E70768"/>
     <w:rsid w:val="00E8178A"/>
     <w:rsid w:val="00E94D57"/>
-    <w:rsid w:val="00ED7023"/>
     <w:rsid w:val="00EF28A4"/>
     <w:rsid w:val="00F156D6"/>
     <w:rsid w:val="00F20CF4"/>
     <w:rsid w:val="00F44406"/>
     <w:rsid w:val="00F56730"/>
     <w:rsid w:val="00F76208"/>
     <w:rsid w:val="00F84DA0"/>
     <w:rsid w:val="00F93835"/>
-    <w:rsid w:val="00FC385C"/>
     <w:rsid w:val="00FE0021"/>
     <w:rsid w:val="00FE243A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="4B7A0461"/>
+  <w14:docId w14:val="62EC8669"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{69AF9953-7A1D-4649-BB22-97F096B0A9E9}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
@@ -43525,51 +43543,51 @@
                                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                   </w:divBdr>
                                 </w:div>
                               </w:divsChild>
                             </w:div>
                           </w:divsChild>
                         </w:div>
                       </w:divsChild>
                     </w:div>
                   </w:divsChild>
                 </w:div>
               </w:divsChild>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1K1xBJPS-dEf5d6SrCcSQPYP1T2HDT89P/view?usp=drive_link" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1VUA6eqWQISlFNvgY9QdfQjtGrOhKpGba/view?usp=drive_link" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1vVsBbQc4mJDbJ4Ai6Gn2YMqu96a1Xcov/view?usp=drive_link" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1HAHsDvDklOV9s6mUKRoDOOY09DuSlxpL/view?usp=drive_link" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1U-9CEE0TWnBByEq3WNwNT2dhcE7RfBLw/view?usp=drive_link" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1bJuGcoR8gN6Ve1gu_ndx5r_H5N_6elaN/view?usp=drive_link" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1ZPcc9cbxrjpRO0YPb1jxdJY9CflO81Px/view?usp=drive_link" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1UjU0lYNvb68L8aYFggnYL1wWYeXX4f4d/view?usp=drive_link" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/17wvvuU-Ak_wTW2a7VPdKkOjJRZYAIgdG/view?usp=drive_link" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1hID48kNfYQ4xPNHSpjrh_p9iaPFHtCP9/view?usp=drive_link" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.google.com/document/d/1y4-D-zYR5yjbMKtD65YzrG6yxKzuJ-Dc/edit?usp=drive_link&amp;ouid=113491495222800397002&amp;rtpof=true&amp;sd=true" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1HAHsDvDklOV9s6mUKRoDOOY09DuSlxpL/view?usp=drive_link" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1WWWMwk1rEyktMiD0O0KSD0q6HFhdwuZi/view?usp=drive_link" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1U-9CEE0TWnBByEq3WNwNT2dhcE7RfBLw/view?usp=drive_link" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/17wvvuU-Ak_wTW2a7VPdKkOjJRZYAIgdG/view?usp=drive_link" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://krguo.edu.kz/loader/fromorg/690/6637" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1U8gAErxvYrGmNB29926nEUQAYoCthPam/view?usp=drive_link" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1v3tkKs5rk34zU0H0f1npJzHiBpUksint/view?usp=drive_link" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1HAHsDvDklOV9s6mUKRoDOOY09DuSlxpL/view?usp=drive_link" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1-JQ-KKCm5ek3HUycTyWBM0aOTfrHAnko/view?usp=drive_link" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1BvpnhQEWAhRLGbg4tAS87qO4Cuy35ODE/view?usp=drive_link" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1-JQ-KKCm5ek3HUycTyWBM0aOTfrHAnko/view?usp=drive_link" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1GNDvbUZRYDM4z4s1teox05DUqKXhABMI/view?usp=drive_link" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/10cnOcgs-kMeDnaMVGCZNK5hMiiwYobx4/view?usp=drive_link" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1HAHsDvDklOV9s6mUKRoDOOY09DuSlxpL/view?usp=drive_link" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/drive/folders/1JddqfPRKDgHeTY-bw12DZnyXTTn9Cisi?usp=drive_link" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://krguo.edu.kz/loader/fromorg/690/5815" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://krguo.edu.kz/loader/fromorg/690/6640" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://krguo.edu.kz/loader/fromorg/690/6641" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://krguo.edu.kz/loader/fromorg/690/6643" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://krguo.edu.kz/loader/fromorg/690/6643" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://krguo.edu.kz/loader/fromorg/690/6637" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://krguo.edu.kz/loader/fromorg/690/6639" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://krguo.edu.kz/loader/fromorg/690/6640" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://krguo.edu.kz/loader/fromorg/690/6643" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://krguo.edu.kz/loader/fromorg/690/6640" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://krguo.edu.kz/loader/fromorg/690/6642" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://krguo.edu.kz/loader/fromorg/690/6637" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://krguo.edu.kz/loader/fromorg/690/6638" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://krguo.edu.kz/loader/fromorg/690/6643" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://krguo.edu.kz/loader/fromorg/690/6637" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://krguo.edu.kz/loader/fromorg/690/6640" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://krguo.edu.kz/loader/fromorg/690/6643" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://krguo.edu.kz/loader/fromorg/690/6644" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://krguo.edu.kz/loader/fromorg/690/6638" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://krguo.edu.kz/loader/fromorg/690/6641" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://krguo.edu.kz/loader/fromorg/690/6637" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://krguo.edu.kz/loader/fromorg/690/6640" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://krguo.edu.kz/loader/fromorg/690/6643" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://krguo.edu.kz/loader/fromorg/690/6643" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -43793,70 +43811,70 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>23</Pages>
-[...1 lines deleted...]
-  <Characters>50493</Characters>
+  <Pages>22</Pages>
+  <Words>8516</Words>
+  <Characters>48542</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>420</Lines>
-  <Paragraphs>118</Paragraphs>
+  <Lines>404</Lines>
+  <Paragraphs>113</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>59233</CharactersWithSpaces>
+  <CharactersWithSpaces>56945</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Пользователь</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>