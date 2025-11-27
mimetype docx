--- v0 (2025-10-08)
+++ v1 (2025-11-27)
@@ -1,17715 +1,4652 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w14:paraId="7715CBE9" w14:textId="259990CE" w:rsidR="000D45EE" w:rsidRDefault="008A0911" w:rsidP="00A043A9">
+    <w:p w14:paraId="7715CBE9" w14:textId="77777777" w:rsidR="000D45EE" w:rsidRDefault="008A0911" w:rsidP="00A043A9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="10915"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>«</w:t>
       </w:r>
-      <w:r w:rsidR="009B686C">
+      <w:r w:rsidR="007939EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Бекітемін</w:t>
+        <w:t>Утверждаю</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>»</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42C2CE9E" w14:textId="56B5C4BC" w:rsidR="007939EC" w:rsidRDefault="009B686C" w:rsidP="00A043A9">
+    <w:p w14:paraId="1A3C9DDC" w14:textId="77777777" w:rsidR="007939EC" w:rsidRDefault="0022646C" w:rsidP="00A043A9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="10915"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Қа</w:t>
+        <w:t>Р</w:t>
       </w:r>
-      <w:r w:rsidR="00AD3CC6">
+      <w:r w:rsidR="007939EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>р</w:t>
+        <w:t xml:space="preserve">уководитель </w:t>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="2280D046" w14:textId="77777777" w:rsidR="007939EC" w:rsidRDefault="007939EC" w:rsidP="00A043A9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="10915"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>ағанды облысының білім басқармасының басшысы</w:t>
+        <w:t xml:space="preserve">управления образования </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42C2CE9E" w14:textId="77777777" w:rsidR="007939EC" w:rsidRDefault="007939EC" w:rsidP="00A043A9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="10915"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Карагандинской области</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="467D5E49" w14:textId="7204026E" w:rsidR="007939EC" w:rsidRPr="00A043A9" w:rsidRDefault="00834F14" w:rsidP="00A043A9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="10915"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>Кожахметова Г.Ш.</w:t>
       </w:r>
       <w:r w:rsidR="00A043A9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>_________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5296FD05" w14:textId="2AC5E92B" w:rsidR="00562DCA" w:rsidRDefault="00AD3CC6" w:rsidP="00A043A9">
+    <w:p w14:paraId="5296FD05" w14:textId="527D12BF" w:rsidR="00562DCA" w:rsidRDefault="00562DCA" w:rsidP="00A043A9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="10915"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>2023 жыл</w:t>
+        <w:t xml:space="preserve">«      »  </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="006970A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">ғы </w:t>
-[...19 lines deleted...]
-        <w:t>қаңтар</w:t>
+        <w:t>января</w:t>
       </w:r>
       <w:r w:rsidR="006A444D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D30A83">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>20</w:t>
+      </w:r>
+      <w:r w:rsidR="00834F14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="006970A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> года</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="0575953E" w14:textId="77777777" w:rsidR="00A56C5B" w:rsidRDefault="00A56C5B" w:rsidP="00F476E7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0AEB18A2" w14:textId="77777777" w:rsidR="00D43660" w:rsidRDefault="00D43660" w:rsidP="00F476E7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2ADE0F16" w14:textId="77777777" w:rsidR="009B686C" w:rsidRDefault="009B686C" w:rsidP="00B32946">
+    <w:p w14:paraId="781CBFA9" w14:textId="77777777" w:rsidR="004B31D9" w:rsidRDefault="004B31D9" w:rsidP="00F476E7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009B686C">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">Мемлекеттік білім беру ұйымдарының педагогтерін лауазымдарға тағайындау, лауазымдардан босату </w:t>
+        <w:t>АЛГОРИТМ</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D853559" w14:textId="5A5C8819" w:rsidR="009B686C" w:rsidRDefault="009B686C" w:rsidP="00B32946">
+    <w:p w14:paraId="01F1BB2C" w14:textId="77777777" w:rsidR="00D43660" w:rsidRDefault="004B31D9" w:rsidP="00F476E7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009B686C">
+      <w:r w:rsidRPr="004B31D9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> назначения на должности, освобождения от </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004B31D9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">должностей </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>алгоритмі</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B31D9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>педагогов</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004B31D9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> государственных организаций образования</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21F62E90" w14:textId="77777777" w:rsidR="009B686C" w:rsidRDefault="009B686C" w:rsidP="009B686C">
-[...99 lines deleted...]
-    <w:p w14:paraId="6357ABD9" w14:textId="7D000517" w:rsidR="00C71970" w:rsidRPr="00AD3CC6" w:rsidRDefault="00C71970" w:rsidP="00C71970">
+    <w:p w14:paraId="31A6355E" w14:textId="77777777" w:rsidR="00B32946" w:rsidRPr="00F7426A" w:rsidRDefault="00F7426A" w:rsidP="00B32946">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AD3CC6">
+      <w:r w:rsidRPr="00F7426A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Приказ Министра образования и науки Республики Казахстан от 21 февраля 2012 года № 57</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «</w:t>
+      </w:r>
+      <w:r w:rsidR="00B32946" w:rsidRPr="00F7426A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Об утверждении правил назначения на должности, освобождения от должностей первых руководителей и педагогов государственных организаций образования</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6357ABD9" w14:textId="77777777" w:rsidR="00C71970" w:rsidRPr="00C71970" w:rsidRDefault="00C71970" w:rsidP="00C71970">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C71970">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="009B686C" w:rsidRPr="00AD3CC6">
-[...39 lines deleted...]
-      <w:r w:rsidRPr="00AD3CC6">
+      <w:r w:rsidRPr="00C71970">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Правила - в редакции приказа Министра просвещения РК от 22.12.2022 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId6" w:history="1">
+        <w:r w:rsidRPr="00C71970">
+          <w:rPr>
+            <w:rStyle w:val="ad"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:bCs/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t xml:space="preserve">№ </w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:hyperlink r:id="rId7" w:history="1">
+        <w:r w:rsidRPr="00C71970">
+          <w:rPr>
+            <w:rStyle w:val="ad"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:bCs/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>513</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00C71970">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="505A1B56" w14:textId="77777777" w:rsidR="00F7426A" w:rsidRPr="009B686C" w:rsidRDefault="00F7426A" w:rsidP="00B32946">
+    <w:p w14:paraId="505A1B56" w14:textId="77777777" w:rsidR="00F7426A" w:rsidRPr="00C71970" w:rsidRDefault="00F7426A" w:rsidP="00B32946">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="2"/>
         <w:tblW w:w="15309" w:type="dxa"/>
         <w:tblInd w:w="817" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="596"/>
-        <w:gridCol w:w="8193"/>
+        <w:gridCol w:w="568"/>
+        <w:gridCol w:w="8221"/>
         <w:gridCol w:w="1984"/>
         <w:gridCol w:w="1842"/>
         <w:gridCol w:w="2694"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00EE0DDD" w:rsidRPr="00E709A8" w14:paraId="27247DCE" w14:textId="77777777" w:rsidTr="009B686C">
-[...4 lines deleted...]
-          <w:p w14:paraId="2BD787F6" w14:textId="6412A975" w:rsidR="00EE0DDD" w:rsidRPr="00E709A8" w:rsidRDefault="009B686C" w:rsidP="008A42AA">
+      <w:tr w:rsidR="00EE0DDD" w:rsidRPr="00E709A8" w14:paraId="27247DCE" w14:textId="77777777" w:rsidTr="00C71970">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="568" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BD787F6" w14:textId="77777777" w:rsidR="00EE0DDD" w:rsidRPr="00E709A8" w:rsidRDefault="00EE0DDD" w:rsidP="008A42AA">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="247"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00E709A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>№/п</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8221" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0687BA6B" w14:textId="77777777" w:rsidR="00EE0DDD" w:rsidRPr="00E709A8" w:rsidRDefault="000612B2" w:rsidP="008A42AA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve">р/с </w:t>
+              </w:rPr>
+              <w:t>П</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000612B2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>орядок назначения на должности, освобождения</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>№</w:t>
-[...7 lines deleted...]
-          <w:p w14:paraId="0687BA6B" w14:textId="4A970830" w:rsidR="00EE0DDD" w:rsidRPr="00E709A8" w:rsidRDefault="009B686C" w:rsidP="008A42AA">
+              <w:t xml:space="preserve"> педагогов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="52BD24DB" w14:textId="24D8A166" w:rsidR="00EE0DDD" w:rsidRPr="00E709A8" w:rsidRDefault="00E5673C" w:rsidP="00C71970">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="009B686C">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Педагогтерді</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="009B686C">
+              <w:t>Исполнители</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D3BD98C" w14:textId="77777777" w:rsidR="00EE0DDD" w:rsidRPr="00E709A8" w:rsidRDefault="005B0837" w:rsidP="008A42AA">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="009B686C">
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>лауазымдарға</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="009B686C">
+              <w:t>Форма завершения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2694" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C15B098" w14:textId="77777777" w:rsidR="00EE0DDD" w:rsidRPr="00E709A8" w:rsidRDefault="00992A0D" w:rsidP="008A42AA">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="009B686C">
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>тағайындау</w:t>
-[...141 lines deleted...]
-              <w:t xml:space="preserve">Мерзімі </w:t>
+              <w:t>Сроки</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EE0DDD" w:rsidRPr="009B686C" w14:paraId="75377B03" w14:textId="77777777" w:rsidTr="009B686C">
-[...2 lines deleted...]
-            <w:tcW w:w="596" w:type="dxa"/>
+      <w:tr w:rsidR="00EE0DDD" w:rsidRPr="00E709A8" w14:paraId="75377B03" w14:textId="77777777" w:rsidTr="00C71970">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="568" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3DFAFF5C" w14:textId="77777777" w:rsidR="00EE0DDD" w:rsidRPr="00E709A8" w:rsidRDefault="00EE0DDD" w:rsidP="008A42AA">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="247"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E709A8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8193" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="00C5EE4A" w14:textId="4453454E" w:rsidR="00CD40F7" w:rsidRPr="00F95AA4" w:rsidRDefault="00CD40F7" w:rsidP="00237F32">
+            <w:tcW w:w="8221" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="612336C0" w14:textId="77777777" w:rsidR="00EE0DDD" w:rsidRPr="00572115" w:rsidRDefault="00836637" w:rsidP="00237F32">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00572115">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>На все имеющиеся вакантные и (или) временно вакантные должности педагогов государственная организация образования проводит конкурс, за исключением малокомплектных школ</w:t>
+            </w:r>
+            <w:r w:rsidR="00EE0DDD" w:rsidRPr="00572115">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...256 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1EF844C9" w14:textId="39B966EC" w:rsidR="00866BD4" w:rsidRPr="00F95AA4" w:rsidRDefault="00F95AA4" w:rsidP="00B01856">
+          <w:p w14:paraId="1EF844C9" w14:textId="77777777" w:rsidR="00866BD4" w:rsidRPr="00572115" w:rsidRDefault="00C96495" w:rsidP="00B01856">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="709"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00572115">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Білім беру ұйымдары</w:t>
+              </w:rPr>
+              <w:t>организаций образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="35738F1D" w14:textId="77777777" w:rsidR="00B466B5" w:rsidRPr="00572115" w:rsidRDefault="00992A0D" w:rsidP="00992A0D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="709"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00572115">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Конкурс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2D4618F0" w14:textId="1FBCD21F" w:rsidR="00EE0DDD" w:rsidRPr="00137186" w:rsidRDefault="009B686C" w:rsidP="00137186">
+          <w:p w14:paraId="2D4618F0" w14:textId="15954121" w:rsidR="00EE0DDD" w:rsidRPr="00137186" w:rsidRDefault="00137186" w:rsidP="00137186">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="34"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009B686C">
+            <w:r w:rsidRPr="00137186">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Конкурсқа қатысуға құжаттарды қабылдау конкурс өткізу туралы хабарландыру жарияланған соңғы күннен бастап жеті жұмыс күні ішінде жүргізіледі</w:t>
+              <w:t>Прием документов на участие в конкурсе производится в течение семи рабочих дней со дня последней даты опубликования объявления о проведении конкурса</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F95AA4" w:rsidRPr="00572115" w14:paraId="23FCE49F" w14:textId="77777777" w:rsidTr="009B686C">
-[...4 lines deleted...]
-          <w:p w14:paraId="6C771B65" w14:textId="77777777" w:rsidR="00F95AA4" w:rsidRPr="00E709A8" w:rsidRDefault="00F95AA4" w:rsidP="00F95AA4">
+      <w:tr w:rsidR="00572115" w:rsidRPr="00572115" w14:paraId="23FCE49F" w14:textId="77777777" w:rsidTr="00C71970">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="568" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C771B65" w14:textId="77777777" w:rsidR="00C96495" w:rsidRPr="00E709A8" w:rsidRDefault="00C96495" w:rsidP="00C96495">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="247"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8193" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="3062F4E4" w14:textId="21E41662" w:rsidR="00F95AA4" w:rsidRPr="00F95AA4" w:rsidRDefault="00F95AA4" w:rsidP="00F95AA4">
+            <w:tcW w:w="8221" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3062F4E4" w14:textId="77777777" w:rsidR="00C96495" w:rsidRDefault="00C96495" w:rsidP="00C96495">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F95AA4">
-[...6 lines deleted...]
-              <w:t>Конкурсқа педагогтердің үлгілік біліктілік сипаттамаларына сәйкес келетін және осы көрсетілген тізбеге сәйкес құжаттарды ұсынған педагогтер қатысады.</w:t>
+            <w:r w:rsidRPr="00A9473A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">В конкурсе участвуют педагоги, соответствующие Типовым квалификационным характеристикам педагогов и предоставившие документы согласно перечню, указанному в </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>приложении</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5F59AAC3" w14:textId="6C0014CF" w:rsidR="00F95AA4" w:rsidRDefault="00F95AA4" w:rsidP="00F95AA4">
+          <w:p w14:paraId="5F59AAC3" w14:textId="77777777" w:rsidR="00C96495" w:rsidRDefault="00C96495" w:rsidP="00C96495">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r>
-[...7 lines deleted...]
-              <w:t>Білім беру ұйымдары</w:t>
+            <w:r w:rsidRPr="00A2675E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>организаций образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0DF8F62D" w14:textId="77777777" w:rsidR="00F95AA4" w:rsidRPr="00E2098D" w:rsidRDefault="00F95AA4" w:rsidP="00F95AA4">
+          <w:p w14:paraId="0DF8F62D" w14:textId="77777777" w:rsidR="00C96495" w:rsidRPr="00E2098D" w:rsidRDefault="00992A0D" w:rsidP="00992A0D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="709"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00992A0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Конкурс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2308CF14" w14:textId="77777777" w:rsidR="00F95AA4" w:rsidRDefault="00F95AA4" w:rsidP="00F95AA4">
+          <w:p w14:paraId="2308CF14" w14:textId="77777777" w:rsidR="00C96495" w:rsidRDefault="00C96495" w:rsidP="00C96495">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="34"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F95AA4" w:rsidRPr="00E709A8" w14:paraId="25F4FF60" w14:textId="77777777" w:rsidTr="009B686C">
-[...4 lines deleted...]
-          <w:p w14:paraId="37DB5DA3" w14:textId="77777777" w:rsidR="00F95AA4" w:rsidRDefault="00F95AA4" w:rsidP="00F95AA4">
+      <w:tr w:rsidR="00C96495" w:rsidRPr="00E709A8" w14:paraId="25F4FF60" w14:textId="77777777" w:rsidTr="00C71970">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="568" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="37DB5DA3" w14:textId="77777777" w:rsidR="00C96495" w:rsidRDefault="00C96495" w:rsidP="00C96495">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="247"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8193" w:type="dxa"/>
-[...3 lines deleted...]
-              <w:pStyle w:val="a9"/>
+            <w:tcW w:w="8221" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="75A400B1" w14:textId="7D372912" w:rsidR="00C71970" w:rsidRPr="00C71970" w:rsidRDefault="00976F23" w:rsidP="00C96495">
+            <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...758 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00976F23">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Конкурс проводится на вакантную и (или) временно вакантную должность педагога при наличии часов, исходя из расчета 50% от нормативной учебной нагрузки и более часов, определенной для педагогов в соответствии с Законом Республики Казахстан "О статусе педагога" и педагогов, работающих в режиме более 50% от нормальной продолжительности рабочего времени, в рамках трудового законодательства </w:t>
+            </w:r>
+            <w:r w:rsidR="00C96495">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
-            <w:r w:rsidRPr="00F95AA4">
-[...196 lines deleted...]
-            </w:r>
+            <w:r w:rsidR="00C96495" w:rsidRPr="00F32348">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:r w:rsidR="00C96495" w:rsidRPr="00F32348">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>оличество часов на каждого педагога при вакантных должностях не может быть больше полутора ставок педагога)</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2FBB7545" w14:textId="45CEF2A7" w:rsidR="00F95AA4" w:rsidRDefault="00F95AA4" w:rsidP="00F95AA4">
+          <w:p w14:paraId="2FBB7545" w14:textId="77777777" w:rsidR="00C96495" w:rsidRDefault="00C96495" w:rsidP="00C96495">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r>
-[...8 lines deleted...]
-              <w:t>Білім беру ұйымдары</w:t>
+            <w:r w:rsidRPr="00A2675E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>организаций образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="458EB25B" w14:textId="77777777" w:rsidR="00F95AA4" w:rsidRPr="00401D6A" w:rsidRDefault="00F95AA4" w:rsidP="00F95AA4">
+          <w:p w14:paraId="458EB25B" w14:textId="77777777" w:rsidR="00C96495" w:rsidRPr="00401D6A" w:rsidRDefault="00992A0D" w:rsidP="00992A0D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="709"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00992A0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Конкурс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0E5D222E" w14:textId="77777777" w:rsidR="00F95AA4" w:rsidRPr="00401D6A" w:rsidRDefault="00F95AA4" w:rsidP="00F95AA4">
+          <w:p w14:paraId="0E5D222E" w14:textId="77777777" w:rsidR="00C96495" w:rsidRPr="00401D6A" w:rsidRDefault="00C96495" w:rsidP="00C96495">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="34"/>
               </w:tabs>
               <w:ind w:left="34"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F95AA4" w:rsidRPr="00E709A8" w14:paraId="3F0D23A6" w14:textId="77777777" w:rsidTr="009B686C">
-[...4 lines deleted...]
-          <w:p w14:paraId="42F5D659" w14:textId="77777777" w:rsidR="00F95AA4" w:rsidRDefault="00F95AA4" w:rsidP="00F95AA4">
+      <w:tr w:rsidR="006D382C" w:rsidRPr="00E709A8" w14:paraId="3F0D23A6" w14:textId="77777777" w:rsidTr="00C71970">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="568" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="42F5D659" w14:textId="77777777" w:rsidR="006D382C" w:rsidRDefault="006D382C" w:rsidP="006D382C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="247"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8193" w:type="dxa"/>
-[...131 lines deleted...]
-          <w:p w14:paraId="4EC574E9" w14:textId="77777777" w:rsidR="00B11037" w:rsidRPr="00B11037" w:rsidRDefault="00B11037" w:rsidP="00AD3CC6">
+            <w:tcW w:w="8221" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C2CF151" w14:textId="77777777" w:rsidR="006D382C" w:rsidRPr="00644636" w:rsidRDefault="006D382C" w:rsidP="006D382C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...575 lines deleted...]
-          <w:p w14:paraId="0822F47A" w14:textId="77777777" w:rsidR="00B11037" w:rsidRPr="00B11037" w:rsidRDefault="00B11037" w:rsidP="00AD3CC6">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00644636">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Порядок организации конкурса включает в себя следующие этапы:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="13329A3A" w14:textId="77777777" w:rsidR="006D382C" w:rsidRPr="00644636" w:rsidRDefault="006D382C" w:rsidP="006D382C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...195 lines deleted...]
-          <w:p w14:paraId="40099A07" w14:textId="77777777" w:rsidR="00B11037" w:rsidRPr="00B11037" w:rsidRDefault="00B11037" w:rsidP="00AD3CC6">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00644636">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      1) публикация объявления о проведении конкурса на Интернет-ресурсе и (или) официальных аккаунтах социальных сетей организации образования и (или) органа управления образованием соответствующего уровня;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="175368D5" w14:textId="77777777" w:rsidR="006D382C" w:rsidRPr="00644636" w:rsidRDefault="006D382C" w:rsidP="006D382C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...155 lines deleted...]
-          <w:p w14:paraId="4B66D0BD" w14:textId="77777777" w:rsidR="00B11037" w:rsidRPr="00B11037" w:rsidRDefault="00B11037" w:rsidP="00AD3CC6">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00644636">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      2) определение даты и места проведения конкурса и формирование конкурсной комиссии;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="75E96AF9" w14:textId="77777777" w:rsidR="006D382C" w:rsidRPr="00644636" w:rsidRDefault="006D382C" w:rsidP="006D382C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...331 lines deleted...]
-              <w:t>.</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00644636">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      3) прием документов от кандидатов, желающих принять участие в конкурсе;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="16B9CA1F" w14:textId="77777777" w:rsidR="006D382C" w:rsidRPr="00644636" w:rsidRDefault="006D382C" w:rsidP="006D382C">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00644636">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      4) рассмотрение документов кандидатов на соответствие квалификационным требованиям, утвержденными Типовыми квалификационными характеристиками педагогов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="708BBDE2" w14:textId="77777777" w:rsidR="006D382C" w:rsidRPr="00E709A8" w:rsidRDefault="006D382C" w:rsidP="006D382C">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00644636">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      5) заключительное заседание конкурсной комиссии</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3C0070E7" w14:textId="6BA85E76" w:rsidR="00F95AA4" w:rsidRDefault="00F95AA4" w:rsidP="00F95AA4">
+          <w:p w14:paraId="3C0070E7" w14:textId="77777777" w:rsidR="006D382C" w:rsidRDefault="006D382C" w:rsidP="006D382C">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r>
-[...7 lines deleted...]
-              <w:t>Білім беру ұйымдары</w:t>
+            <w:r w:rsidRPr="00A2675E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>организаций образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="77F813AC" w14:textId="001F062B" w:rsidR="00F95AA4" w:rsidRPr="00E2098D" w:rsidRDefault="00F95AA4" w:rsidP="00F95AA4">
+          <w:p w14:paraId="77F813AC" w14:textId="77777777" w:rsidR="006D382C" w:rsidRPr="00E2098D" w:rsidRDefault="006D382C" w:rsidP="006D382C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="709"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Конкурс кезеңдері</w:t>
+              <w:t>Этапы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0317B1D0" w14:textId="77777777" w:rsidR="00F95AA4" w:rsidRPr="00401D6A" w:rsidRDefault="00F95AA4" w:rsidP="00F95AA4">
+          <w:p w14:paraId="0317B1D0" w14:textId="77777777" w:rsidR="006D382C" w:rsidRPr="00401D6A" w:rsidRDefault="006D382C" w:rsidP="006D382C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="34"/>
               </w:tabs>
               <w:ind w:left="34"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F95AA4" w:rsidRPr="00E709A8" w14:paraId="7A536987" w14:textId="77777777" w:rsidTr="009B686C">
-[...4 lines deleted...]
-          <w:p w14:paraId="761D5BCA" w14:textId="77777777" w:rsidR="00F95AA4" w:rsidRPr="00E709A8" w:rsidRDefault="00F95AA4" w:rsidP="00F95AA4">
+      <w:tr w:rsidR="006D382C" w:rsidRPr="00E709A8" w14:paraId="7A536987" w14:textId="77777777" w:rsidTr="00C71970">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="568" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="761D5BCA" w14:textId="77777777" w:rsidR="006D382C" w:rsidRPr="00E709A8" w:rsidRDefault="006D382C" w:rsidP="006D382C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="247"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8193" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="13C12AE2" w14:textId="77777777" w:rsidR="00BF4F88" w:rsidRPr="00BF4F88" w:rsidRDefault="00BF4F88" w:rsidP="00BF4F88">
+            <w:tcW w:w="8221" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F5745F9" w14:textId="77777777" w:rsidR="006D382C" w:rsidRPr="00894DC5" w:rsidRDefault="006D382C" w:rsidP="006D382C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...135 lines deleted...]
-          <w:p w14:paraId="7496ECC0" w14:textId="77777777" w:rsidR="00BF4F88" w:rsidRPr="00BF4F88" w:rsidRDefault="00BF4F88" w:rsidP="00BF4F88">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00894DC5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Объявление о проведении конкурса включает следующие сведения:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="32244962" w14:textId="77777777" w:rsidR="006D382C" w:rsidRPr="005B0837" w:rsidRDefault="006D382C" w:rsidP="006D382C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...355 lines deleted...]
-          <w:p w14:paraId="5D057AFC" w14:textId="77777777" w:rsidR="00BF4F88" w:rsidRPr="00BF4F88" w:rsidRDefault="00BF4F88" w:rsidP="00BF4F88">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005B0837">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      1) наименование организации образования, имеющей вакантную и (или) временно вакантную должность (часы), с указанием местонахождения, почтового адреса, номеров телефонов, адреса электронной почты;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="35200BF8" w14:textId="77777777" w:rsidR="006D382C" w:rsidRPr="005B0837" w:rsidRDefault="006D382C" w:rsidP="006D382C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...295 lines deleted...]
-          <w:p w14:paraId="364BEB7E" w14:textId="77777777" w:rsidR="00BF4F88" w:rsidRPr="00BF4F88" w:rsidRDefault="00BF4F88" w:rsidP="00BF4F88">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005B0837">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      2) наименование вакантной и (или) временно вакантной должности с обозначением основных функциональных обязанностей, размера и условий оплаты труда;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2977FAFE" w14:textId="77777777" w:rsidR="006D382C" w:rsidRPr="005B0837" w:rsidRDefault="006D382C" w:rsidP="006D382C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...195 lines deleted...]
-          <w:p w14:paraId="1996015D" w14:textId="77777777" w:rsidR="00BF4F88" w:rsidRPr="00BF4F88" w:rsidRDefault="00BF4F88" w:rsidP="00BF4F88">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005B0837">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      3) квалификационные требования, предъявляемые к кандидату, утвержденные Типовыми квалификационными характеристиками педагогов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7AE4AA34" w14:textId="77777777" w:rsidR="006D382C" w:rsidRPr="005B0837" w:rsidRDefault="006D382C" w:rsidP="006D382C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...295 lines deleted...]
-          <w:p w14:paraId="2ABF164B" w14:textId="5E0CEBDD" w:rsidR="00BF4F88" w:rsidRPr="00BF4F88" w:rsidRDefault="00BF4F88" w:rsidP="00BF4F88">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005B0837">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      4) срок приема документов, который исчисляется со следующего рабочего дня после последней публикации объявления о проведении конкурса;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3162751E" w14:textId="77777777" w:rsidR="006D382C" w:rsidRPr="005B0837" w:rsidRDefault="006D382C" w:rsidP="006D382C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...75 lines deleted...]
-          <w:p w14:paraId="2933CCDA" w14:textId="073D7583" w:rsidR="00F95AA4" w:rsidRPr="00BF4F88" w:rsidRDefault="00BF4F88" w:rsidP="00BF4F88">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005B0837">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      5) перечень документов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7483C649" w14:textId="77777777" w:rsidR="00F416C5" w:rsidRDefault="006D382C" w:rsidP="006D382C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...173 lines deleted...]
-            </w:r>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005B0837">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      6) срок временно вакантной должности педагога, при проведении конкурса на временно вакантную должность</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2933CCDA" w14:textId="49E1BFB1" w:rsidR="00C71970" w:rsidRPr="00C71970" w:rsidRDefault="00C71970" w:rsidP="006D382C">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="43468F93" w14:textId="75857639" w:rsidR="00F95AA4" w:rsidRDefault="00F95AA4" w:rsidP="00F95AA4">
+          <w:p w14:paraId="43468F93" w14:textId="77777777" w:rsidR="006D382C" w:rsidRDefault="006D382C" w:rsidP="006D382C">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r>
-[...7 lines deleted...]
-              <w:t>Білім беру ұйымдары</w:t>
+            <w:r w:rsidRPr="00A2675E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>организаций образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="04FEE614" w14:textId="2AD2EFCC" w:rsidR="00F95AA4" w:rsidRPr="00401D6A" w:rsidRDefault="00F95AA4" w:rsidP="00F95AA4">
+          <w:p w14:paraId="04FEE614" w14:textId="77777777" w:rsidR="006D382C" w:rsidRPr="00401D6A" w:rsidRDefault="006D382C" w:rsidP="006D382C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="709"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Мәлімет </w:t>
+              <w:t>Сведения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="41CD416A" w14:textId="77777777" w:rsidR="00F95AA4" w:rsidRDefault="00F95AA4" w:rsidP="00F95AA4">
+          <w:p w14:paraId="41CD416A" w14:textId="77777777" w:rsidR="006D382C" w:rsidRDefault="006D382C" w:rsidP="006D382C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="34"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F95AA4" w:rsidRPr="00E709A8" w14:paraId="17E1F1FC" w14:textId="77777777" w:rsidTr="009B686C">
-[...4 lines deleted...]
-          <w:p w14:paraId="6D046111" w14:textId="77777777" w:rsidR="00F95AA4" w:rsidRPr="00E709A8" w:rsidRDefault="00F95AA4" w:rsidP="00F95AA4">
+      <w:tr w:rsidR="006D382C" w:rsidRPr="00E709A8" w14:paraId="17E1F1FC" w14:textId="77777777" w:rsidTr="00C71970">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="568" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D046111" w14:textId="77777777" w:rsidR="006D382C" w:rsidRPr="00E709A8" w:rsidRDefault="006D382C" w:rsidP="006D382C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="247"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8193" w:type="dxa"/>
-[...226 lines deleted...]
-            </w:r>
+            <w:tcW w:w="8221" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7BC3B78B" w14:textId="77777777" w:rsidR="006D382C" w:rsidRDefault="006D382C" w:rsidP="006D382C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00894DC5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сроки проведения конкурса и состав конкурсной комиссии определяется приказом государственной организации образования</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5C0CC149" w14:textId="7E5AC851" w:rsidR="00C71970" w:rsidRDefault="00C71970" w:rsidP="006D382C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="705FEDF3" w14:textId="3247B68C" w:rsidR="00F95AA4" w:rsidRDefault="00F95AA4" w:rsidP="00F95AA4">
+          <w:p w14:paraId="705FEDF3" w14:textId="77777777" w:rsidR="006D382C" w:rsidRDefault="006D382C" w:rsidP="006D382C">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r>
-[...7 lines deleted...]
-              <w:t>Білім беру ұйымдары</w:t>
+            <w:r w:rsidRPr="00A2675E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>организаций образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2B387AB7" w14:textId="367645C0" w:rsidR="00F95AA4" w:rsidRDefault="00BF4F88" w:rsidP="00F95AA4">
+          <w:p w14:paraId="2B387AB7" w14:textId="77777777" w:rsidR="006D382C" w:rsidRDefault="006D382C" w:rsidP="006D382C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="709"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Директор бұйрығы</w:t>
+              <w:t>Приказ директора</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="30C886A3" w14:textId="77777777" w:rsidR="00F95AA4" w:rsidRDefault="00F95AA4" w:rsidP="00F95AA4">
+          <w:p w14:paraId="30C886A3" w14:textId="77777777" w:rsidR="006D382C" w:rsidRDefault="006D382C" w:rsidP="006D382C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="34"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F95AA4" w:rsidRPr="00E709A8" w14:paraId="79BD83B5" w14:textId="77777777" w:rsidTr="009B686C">
-[...4 lines deleted...]
-          <w:p w14:paraId="520D110F" w14:textId="77777777" w:rsidR="00F95AA4" w:rsidRPr="00E709A8" w:rsidRDefault="00F95AA4" w:rsidP="00F95AA4">
+      <w:tr w:rsidR="006D382C" w:rsidRPr="00E709A8" w14:paraId="79BD83B5" w14:textId="77777777" w:rsidTr="00C71970">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="568" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="520D110F" w14:textId="77777777" w:rsidR="006D382C" w:rsidRPr="00E709A8" w:rsidRDefault="006D382C" w:rsidP="006D382C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="247"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8193" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="2104B828" w14:textId="430C1140" w:rsidR="00337FB9" w:rsidRPr="00337FB9" w:rsidRDefault="00337FB9" w:rsidP="00337FB9">
+            <w:tcW w:w="8221" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A545559" w14:textId="77777777" w:rsidR="006D382C" w:rsidRPr="005410AC" w:rsidRDefault="006D382C" w:rsidP="006D382C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...857 lines deleted...]
-          <w:p w14:paraId="4D199492" w14:textId="0509C79F" w:rsidR="00337FB9" w:rsidRPr="00337FB9" w:rsidRDefault="00337FB9" w:rsidP="00337FB9">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F632D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Конкурсная комиссия является коллегиальным органом, состоящая не менее чем из пяти членов комиссии, в том числе председателя, избираемого из числа членов конкурсной комиссии. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005410AC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>В состав конкурсной комиссии включаются представители администрации организации образования, методисты методических кабинетов (центров) соответствующего уровня или организации образования, гражданского общества сферы образования, специалисты районного (городского) отдела образования, педагоги.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="705B1C8F" w14:textId="77777777" w:rsidR="006D382C" w:rsidRDefault="006D382C" w:rsidP="006D382C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...15 lines deleted...]
-          <w:p w14:paraId="69658E29" w14:textId="2805CC33" w:rsidR="00337FB9" w:rsidRPr="00337FB9" w:rsidRDefault="00337FB9" w:rsidP="00337FB9">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005410AC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Допускается включение в состав конкурсной комиссии представителей других организаций образования по согласованию с ними. Секретарь конкурсной комиссии организует заседания конкурсной комиссии, не является ее членом. Замещение отсутствующих членов конкурсной комиссии не допускается. При возникновении конфликта интересов в деятельности конкурсной комиссии, состав конкурсной комиссии пересматривается. Изменение состава конкурсной комиссии осуществляется по решению руководителя организации образования.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="726382FF" w14:textId="77777777" w:rsidR="006D382C" w:rsidRPr="005410AC" w:rsidRDefault="006D382C" w:rsidP="006D382C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...15 lines deleted...]
-          <w:p w14:paraId="59F85018" w14:textId="3B5338AF" w:rsidR="00F95AA4" w:rsidRPr="00337FB9" w:rsidRDefault="00337FB9" w:rsidP="00337FB9">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F632D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Заседания конкурсной комиссии оформляется протоколом, подписанным председателем, членами комиссии, присутствовавшими на заседании, и секретарем.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6EA563F3" w14:textId="77777777" w:rsidR="006D382C" w:rsidRPr="00F632D3" w:rsidRDefault="006D382C" w:rsidP="006D382C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...354 lines deleted...]
-              <w:t>.</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">        </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F632D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Заседание конкурсной комиссии считается состоявшимся, а его решение правомочным, если на нем присутствовали не менее двух третей членов от общего состава комиссии.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="59F85018" w14:textId="77777777" w:rsidR="006D382C" w:rsidRDefault="006D382C" w:rsidP="006D382C">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">         </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F632D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Заседания конкурсной комиссии сопровождается аудиовидеозаписью. Аудиовидеозаписи хранятся в организациях образования, объявившие конкурс, в течение одного года со дня проведения первого заседания.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="26259B70" w14:textId="2F9E8555" w:rsidR="00F95AA4" w:rsidRDefault="00F95AA4" w:rsidP="00F95AA4">
+          <w:p w14:paraId="26259B70" w14:textId="77777777" w:rsidR="006D382C" w:rsidRDefault="006D382C" w:rsidP="006D382C">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r>
-[...7 lines deleted...]
-              <w:t>Білім беру ұйымдары</w:t>
+            <w:r w:rsidRPr="00A2675E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>организаций образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0BC8CEB0" w14:textId="03753E78" w:rsidR="00F95AA4" w:rsidRDefault="00BF4F88" w:rsidP="00F95AA4">
+          <w:p w14:paraId="0BC8CEB0" w14:textId="77777777" w:rsidR="006D382C" w:rsidRDefault="00B43513" w:rsidP="006D382C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="709"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Конкурстық комиссия  хаттамасы</w:t>
+              <w:t>Протокол конкурсной комиссии</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="31ADF5DA" w14:textId="77777777" w:rsidR="00F95AA4" w:rsidRDefault="00F95AA4" w:rsidP="00F95AA4">
+          <w:p w14:paraId="31ADF5DA" w14:textId="77777777" w:rsidR="006D382C" w:rsidRDefault="006D382C" w:rsidP="006D382C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="34"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F95AA4" w:rsidRPr="00E709A8" w14:paraId="7D5351E8" w14:textId="77777777" w:rsidTr="009B686C">
-[...4 lines deleted...]
-          <w:p w14:paraId="7672BCF3" w14:textId="77777777" w:rsidR="00F95AA4" w:rsidRPr="00067976" w:rsidRDefault="00F95AA4" w:rsidP="00F95AA4">
+      <w:tr w:rsidR="006D382C" w:rsidRPr="00E709A8" w14:paraId="7D5351E8" w14:textId="77777777" w:rsidTr="00C71970">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="568" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7672BCF3" w14:textId="77777777" w:rsidR="006D382C" w:rsidRPr="00067976" w:rsidRDefault="006D382C" w:rsidP="006D382C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="247"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>8.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8193" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="2AC79C68" w14:textId="6B6C75AF" w:rsidR="00F95AA4" w:rsidRPr="008B3640" w:rsidRDefault="008B3640" w:rsidP="00F95AA4">
+            <w:tcW w:w="8221" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2AC79C68" w14:textId="77777777" w:rsidR="006D382C" w:rsidRPr="00CB75E3" w:rsidRDefault="006D382C" w:rsidP="006D382C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...11 lines deleted...]
-              <w:t>Конкурсқа қатысуға құжаттарды қабылдау конкурс өткізу туралы хабарландыру жарияланған соңғы күннен бастап жеті жұмыс күні ішінде жүргізіледі.</w:t>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E7E69">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Прием документов на участие в конкурсе производится в течение семи рабочих дней со дня последней даты опубликования объявления о проведении конкурса.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E709A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="46C80B70" w14:textId="23186DC0" w:rsidR="00F95AA4" w:rsidRDefault="00F95AA4" w:rsidP="00F95AA4">
+          <w:p w14:paraId="46C80B70" w14:textId="77777777" w:rsidR="006D382C" w:rsidRDefault="006D382C" w:rsidP="006D382C">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r>
-[...7 lines deleted...]
-              <w:t>Білім беру ұйымдары</w:t>
+            <w:r w:rsidRPr="00A2675E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>организаций образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="036B905F" w14:textId="6F4A8775" w:rsidR="00F95AA4" w:rsidRPr="00256DCC" w:rsidRDefault="00337FB9" w:rsidP="00F95AA4">
+          <w:p w14:paraId="036B905F" w14:textId="77777777" w:rsidR="006D382C" w:rsidRPr="00256DCC" w:rsidRDefault="00B47E65" w:rsidP="006D382C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="709"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Құжаттарды қабылдау</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00512FEA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Прием документов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="508E4754" w14:textId="54A6C585" w:rsidR="00F95AA4" w:rsidRPr="00256DCC" w:rsidRDefault="00F95AA4" w:rsidP="00337FB9">
+          <w:p w14:paraId="508E4754" w14:textId="77777777" w:rsidR="006D382C" w:rsidRPr="00256DCC" w:rsidRDefault="00B47E65" w:rsidP="006D382C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="34"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">7 </w:t>
-[...9 lines deleted...]
-              <w:t>жұмыс күні</w:t>
+              <w:t>7 рабочих дней</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00337FB9" w:rsidRPr="00E709A8" w14:paraId="7ADC2BC6" w14:textId="77777777" w:rsidTr="009B686C">
-[...4 lines deleted...]
-          <w:p w14:paraId="007A1CCF" w14:textId="77777777" w:rsidR="00337FB9" w:rsidRDefault="00337FB9" w:rsidP="00337FB9">
+      <w:tr w:rsidR="008C318A" w:rsidRPr="00E709A8" w14:paraId="7ADC2BC6" w14:textId="77777777" w:rsidTr="00C71970">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="568" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="007A1CCF" w14:textId="77777777" w:rsidR="008C318A" w:rsidRDefault="008C318A" w:rsidP="008C318A">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="247"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="0" w:name="_GoBack" w:colFirst="1" w:colLast="1"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
+              <w:t>9.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8221" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="67AFD77C" w14:textId="77777777" w:rsidR="008C318A" w:rsidRPr="00FE46D9" w:rsidRDefault="008C318A" w:rsidP="008C318A">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE46D9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Лицо, изъявившее желание принять участие в конкурсе, в сроки приема документов, указанных в объявлении, направляет следующие документы в электронном или бумажном виде:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="65ADC200" w14:textId="77777777" w:rsidR="00E0731F" w:rsidRPr="00E0731F" w:rsidRDefault="00E0731F" w:rsidP="00E0731F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E0731F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      1) заявление об участии в конкурсе с указанием перечня прилагаемых документов по форме согласно приложению 10 к настоящим Правилам;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="32FA2DAD" w14:textId="77777777" w:rsidR="00E0731F" w:rsidRPr="00E0731F" w:rsidRDefault="00E0731F" w:rsidP="00E0731F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E0731F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>9.</w:t>
-[...10 lines deleted...]
-              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:t xml:space="preserve">      2) документ, удостоверяющий личность либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="02E35BAB" w14:textId="77777777" w:rsidR="00E0731F" w:rsidRPr="00E0731F" w:rsidRDefault="00E0731F" w:rsidP="00E0731F">
+            <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="kk-KZ"/>
-[...13 lines deleted...]
-              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E0731F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      3) заполненный личный листок по учету кадров (с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2E8BBCCE" w14:textId="77777777" w:rsidR="00E0731F" w:rsidRPr="00E0731F" w:rsidRDefault="00E0731F" w:rsidP="00E0731F">
+            <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="kk-KZ"/>
-[...27 lines deleted...]
-              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E0731F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      4) копии документов об образовании в соответствии с предъявляемыми к должности квалификационными требованиями, утвержденными Типовыми квалификационными характеристиками педагогов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7099157E" w14:textId="77777777" w:rsidR="00E0731F" w:rsidRPr="00E0731F" w:rsidRDefault="00E0731F" w:rsidP="00E0731F">
+            <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="kk-KZ"/>
-[...13 lines deleted...]
-              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E0731F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      5) копию документа, подтверждающую трудовую деятельность (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="45C34677" w14:textId="77777777" w:rsidR="00E0731F" w:rsidRPr="00E0731F" w:rsidRDefault="00E0731F" w:rsidP="00E0731F">
+            <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="kk-KZ"/>
-[...13 lines deleted...]
-              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E0731F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      6) справку о состоянии здоровья по форме, утвержденной приказом исполняющего обязанности Министра здравоохранения Республики Казахстан от 30 октября 2020 года № ҚР ДСМ-175/2020 "Об утверждении форм учетной документации в области здравоохранения" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21579);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2ECD2619" w14:textId="77777777" w:rsidR="00E0731F" w:rsidRPr="00E0731F" w:rsidRDefault="00E0731F" w:rsidP="00E0731F">
+            <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="kk-KZ"/>
-[...13 lines deleted...]
-              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E0731F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      7) справку с психоневрологической организации;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7560F7F9" w14:textId="77777777" w:rsidR="00E0731F" w:rsidRPr="00E0731F" w:rsidRDefault="00E0731F" w:rsidP="00E0731F">
+            <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="kk-KZ"/>
-[...13 lines deleted...]
-              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E0731F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      8) справку с наркологической организации;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="79C7C6CC" w14:textId="77777777" w:rsidR="00E0731F" w:rsidRPr="00E0731F" w:rsidRDefault="00E0731F" w:rsidP="00E0731F">
+            <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="kk-KZ"/>
-[...53 lines deleted...]
-              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E0731F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      9) сертификат о результатах прохождения сертификации или удостоверение о наличии действующей квалификационной категории не ниже педагога-модератора (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4664F19A" w14:textId="77777777" w:rsidR="00E0731F" w:rsidRPr="00E0731F" w:rsidRDefault="00E0731F" w:rsidP="00E0731F">
+            <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="kk-KZ"/>
-[...13 lines deleted...]
-              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E0731F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      10) для кандидатов на занятие должности педагогов английского языка сертификат о результатах сертификации с пороговым уровнем не менее 90% по предмету или удостоверение о наличии квалификационной категории педагога-модератора или педагога-эксперта, или педагога-исследователя, или педагога-мастера (при наличии) или сертификат CELTA (Certificate in English Language Teaching to Adults. Cambridge) PASS A; DELTA (Diploma in English Language Teaching to Adults) Pass and above, или айелтс (IELTS) – 6,5 баллов; или тойфл (TOEFL) (іnternet Based Test (іBT)) – 60 – 65 баллов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="64528B12" w14:textId="77777777" w:rsidR="00E0731F" w:rsidRPr="00E0731F" w:rsidRDefault="00E0731F" w:rsidP="00E0731F">
+            <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="kk-KZ"/>
-[...13 lines deleted...]
-              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E0731F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      11) педагоги, приступившие к педагогической деятельности в организации технического и профессионального, послесреднего образования на должности педагогов по специальным дисциплинам и мастеров производственного обучения, имеющие стаж работы на производстве по соответствующей специальности или профилю не менее двух лет освобождаются от прохождения сертификации.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2B951BC7" w14:textId="6658D8B4" w:rsidR="00E0731F" w:rsidRPr="00E0731F" w:rsidRDefault="00E0731F" w:rsidP="00E0731F">
+            <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="kk-KZ"/>
-[...13 lines deleted...]
-              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E0731F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      12) заполненный Оценочный лист кандидата на вакантную или временно вакантную должность педагога по форме согласно приложению.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="67C872C7" w14:textId="40DF3BBD" w:rsidR="008C318A" w:rsidRPr="00B266E3" w:rsidRDefault="00E0731F" w:rsidP="00E0731F">
+            <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-              </w:rPr>
-[...1288 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E0731F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      13) видеопрезентация для кандидата без стажа продолжительностью не </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E0731F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t xml:space="preserve">      12)  </w:t>
-[...239 lines deleted...]
-              <w:t xml:space="preserve"> – 720 x 480.</w:t>
+              <w:t>менее 15 минут, с минимальным разрешением – 720 x 480.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0FE83442" w14:textId="0F2FA76E" w:rsidR="00337FB9" w:rsidRDefault="00337FB9" w:rsidP="00337FB9">
+          <w:p w14:paraId="0FE83442" w14:textId="77777777" w:rsidR="008C318A" w:rsidRDefault="008C318A" w:rsidP="008C318A">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r>
-[...5 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:r w:rsidRPr="00A2675E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>Білім беру ұйымдары</w:t>
+              <w:t>организаций образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5A297408" w14:textId="76726BCD" w:rsidR="00337FB9" w:rsidRPr="00256DCC" w:rsidRDefault="00337FB9" w:rsidP="00337FB9">
+          <w:p w14:paraId="5A297408" w14:textId="77777777" w:rsidR="008C318A" w:rsidRPr="00256DCC" w:rsidRDefault="008C318A" w:rsidP="008C318A">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="709"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Құжаттарды қабылдау</w:t>
+              <w:t xml:space="preserve"> Прием документов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="03554F9F" w14:textId="356BA48A" w:rsidR="00337FB9" w:rsidRPr="00256DCC" w:rsidRDefault="00337FB9" w:rsidP="00337FB9">
+          <w:p w14:paraId="03554F9F" w14:textId="77777777" w:rsidR="008C318A" w:rsidRPr="00256DCC" w:rsidRDefault="008C318A" w:rsidP="008C318A">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="34"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>7 жұмыс күні</w:t>
+              <w:t>7 рабочих дней</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkEnd w:id="0"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="6B8840CB" w14:textId="77777777" w:rsidR="00D803F9" w:rsidRPr="00E709A8" w:rsidRDefault="00D803F9" w:rsidP="00D803F9">
+      <w:tr w:rsidR="006F429B" w:rsidRPr="00E709A8" w14:paraId="09EB7CE7" w14:textId="77777777" w:rsidTr="00C71970">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="568" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B8840CB" w14:textId="77777777" w:rsidR="006F429B" w:rsidRPr="00E709A8" w:rsidRDefault="006F429B" w:rsidP="006F429B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="247"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>10</w:t>
             </w:r>
             <w:r w:rsidRPr="00E709A8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8193" w:type="dxa"/>
-[...4 lines deleted...]
-              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+            <w:tcW w:w="8221" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="652A91DF" w14:textId="77777777" w:rsidR="006F429B" w:rsidRDefault="006F429B" w:rsidP="006F429B">
+            <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...23 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A85E24">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Кандидат при наличии представляет дополнительную информацию, касающуюся его образования, опыта работы, профессионального уровня (копии документов о повышении квалификации, присвоении ученых/академических степеней и званий, научных или методических публикациях, квалификационных категорий, рекомендации от руководства предыдущего места работы). </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2D2B0808" w14:textId="3D0410B2" w:rsidR="006F429B" w:rsidRPr="00CB75E3" w:rsidRDefault="006F429B" w:rsidP="006F429B">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">         </w:t>
+            </w:r>
+            <w:r w:rsidR="00D33426" w:rsidRPr="00D33426">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Отсутствие одного из документов, указанных в пункте 118 настоящих Правил, является основанием для возврата документов кандидату</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A85E24">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E709A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...793 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="66DFE396" w14:textId="610841AE" w:rsidR="00D803F9" w:rsidRDefault="00D803F9" w:rsidP="00D803F9">
+          <w:p w14:paraId="66DFE396" w14:textId="77777777" w:rsidR="006F429B" w:rsidRDefault="006F429B" w:rsidP="006F429B">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r>
-[...7 lines deleted...]
-              <w:t>Білім беру ұйымдары</w:t>
+            <w:r w:rsidRPr="00A2675E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>организаций образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="362AD2AD" w14:textId="1B890E57" w:rsidR="00D803F9" w:rsidRPr="00256DCC" w:rsidRDefault="00D803F9" w:rsidP="00D803F9">
+          <w:p w14:paraId="362AD2AD" w14:textId="77777777" w:rsidR="006F429B" w:rsidRPr="00256DCC" w:rsidRDefault="006F429B" w:rsidP="006F429B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="709"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Құжаттарды қабылдау</w:t>
+              <w:t xml:space="preserve"> Прием документов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="23E100E1" w14:textId="07272A42" w:rsidR="00D803F9" w:rsidRPr="00256DCC" w:rsidRDefault="00D803F9" w:rsidP="00D803F9">
+          <w:p w14:paraId="23E100E1" w14:textId="77777777" w:rsidR="006F429B" w:rsidRPr="00256DCC" w:rsidRDefault="006F429B" w:rsidP="006F429B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="34"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>7 жұмыс күні</w:t>
+              <w:t>7 рабочих дней</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F95AA4" w:rsidRPr="00E709A8" w14:paraId="5B8FC5A9" w14:textId="77777777" w:rsidTr="009B686C">
-[...4 lines deleted...]
-          <w:p w14:paraId="2A235022" w14:textId="77777777" w:rsidR="00F95AA4" w:rsidRDefault="00F95AA4" w:rsidP="00F95AA4">
+      <w:tr w:rsidR="006F429B" w:rsidRPr="00E709A8" w14:paraId="5B8FC5A9" w14:textId="77777777" w:rsidTr="00C71970">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="568" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A235022" w14:textId="77777777" w:rsidR="006F429B" w:rsidRDefault="006F429B" w:rsidP="006F429B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="247"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>11.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8193" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="3E55E30D" w14:textId="77777777" w:rsidR="005D5F49" w:rsidRPr="005D5F49" w:rsidRDefault="005D5F49" w:rsidP="005D5F49">
+            <w:tcW w:w="8221" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="27C5F441" w14:textId="77777777" w:rsidR="006F429B" w:rsidRPr="00EF72D6" w:rsidRDefault="006F429B" w:rsidP="006F429B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...21 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EF72D6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Государственной организацией в течение трех рабочих дней после принятия документов кандидата направляется запрос о наличии либо отсутствии сведений о совершении коррупционного преступления и/или уголовного правонарушения в уполномоченный орган по правовой статистике и специальным учетам или его территориальные подразделения, а также о нарушении педагогической этики в Комитет по обеспечению качества в сфере образования и науки Министерства образования и науки Республики Казахстан.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="70383B86" w14:textId="77777777" w:rsidR="006F429B" w:rsidRPr="00CB75E3" w:rsidRDefault="006F429B" w:rsidP="006F429B">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EF72D6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...1269 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...664 lines deleted...]
-              <w:t>.</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">           </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EF72D6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>При выявлении сведений о совершении коррупционного преступления и/или уголовного правонарушения и/или нарушении норм педагогической этики, запрещающие трудоустройство в соответствии с действующим законодательством Республики Казахстан, педагог отстраняется от конкурса на любом этапе.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="385082AF" w14:textId="07E6EEBB" w:rsidR="00F95AA4" w:rsidRDefault="00F95AA4" w:rsidP="00F95AA4">
+          <w:p w14:paraId="385082AF" w14:textId="77777777" w:rsidR="006F429B" w:rsidRDefault="006F429B" w:rsidP="006F429B">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r>
-[...7 lines deleted...]
-              <w:t>Білім беру ұйымдары</w:t>
+            <w:r w:rsidRPr="00A2675E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>организаций образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="03B248EC" w14:textId="2CD180FF" w:rsidR="00F95AA4" w:rsidRPr="00256DCC" w:rsidRDefault="005D5F49" w:rsidP="00F95AA4">
+          <w:p w14:paraId="03B248EC" w14:textId="77777777" w:rsidR="006F429B" w:rsidRPr="00256DCC" w:rsidRDefault="006F429B" w:rsidP="006F429B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="709"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Сұраныс</w:t>
+              <w:t xml:space="preserve"> Запрос</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="69A434F0" w14:textId="492EB3D6" w:rsidR="00F95AA4" w:rsidRPr="00256DCC" w:rsidRDefault="00F95AA4" w:rsidP="00F95AA4">
+          <w:p w14:paraId="69A434F0" w14:textId="77777777" w:rsidR="006F429B" w:rsidRPr="00256DCC" w:rsidRDefault="006F429B" w:rsidP="006F429B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="34"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">3 </w:t>
-[...9 lines deleted...]
-              <w:t>жұмыс күні</w:t>
+              <w:t>3 рабочих дней</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F95AA4" w:rsidRPr="00E709A8" w14:paraId="2D27CCF2" w14:textId="77777777" w:rsidTr="009B686C">
-[...4 lines deleted...]
-          <w:p w14:paraId="359EC281" w14:textId="77777777" w:rsidR="00F95AA4" w:rsidRPr="00E709A8" w:rsidRDefault="00F95AA4" w:rsidP="00F95AA4">
+      <w:tr w:rsidR="007E250F" w:rsidRPr="00E709A8" w14:paraId="2D27CCF2" w14:textId="77777777" w:rsidTr="00C71970">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="568" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="359EC281" w14:textId="77777777" w:rsidR="007E250F" w:rsidRPr="00E709A8" w:rsidRDefault="007E250F" w:rsidP="007E250F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="247"/>
               </w:tabs>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>12.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8193" w:type="dxa"/>
-[...4 lines deleted...]
-              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+            <w:tcW w:w="8221" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2698AE19" w14:textId="77777777" w:rsidR="007E250F" w:rsidRPr="005E449A" w:rsidRDefault="007E250F" w:rsidP="007E250F">
+            <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-              </w:rPr>
-[...373 lines deleted...]
-              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005E449A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Комиссия в течение пяти рабочих дней после даты завершения приема документов проводит рассмотрение документов кандидатов на соответствие квалификационным требованиям, утвержденными Типовыми квалификационными требованиями педагогов.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4A5BC9C0" w14:textId="21DF4D47" w:rsidR="007E250F" w:rsidRDefault="007E250F" w:rsidP="007E250F">
+            <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-              </w:rPr>
-[...5 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">        </w:t>
+            </w:r>
+            <w:r w:rsidR="006B7713" w:rsidRPr="006B7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">По результатам рассмотрения документов кандидатов на </w:t>
+            </w:r>
+            <w:r w:rsidR="006B7713" w:rsidRPr="006B7713">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t xml:space="preserve">       </w:t>
-[...290 lines deleted...]
-          <w:p w14:paraId="3E57AE55" w14:textId="085BF10F" w:rsidR="00F95AA4" w:rsidRPr="009D1537" w:rsidRDefault="00F95AA4" w:rsidP="009D1537">
+              <w:t>соответствие квалификационным требованиям, конкурсная комиссия осуществляет подсчет баллов, указанных кандидатом в Оценочном листе согласно приложению 11 к настоящим Правилам.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3E57AE55" w14:textId="77777777" w:rsidR="007E250F" w:rsidRPr="00CD7219" w:rsidRDefault="007E250F" w:rsidP="007E250F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009D1537">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">        </w:t>
             </w:r>
-            <w:r w:rsidR="009D1537" w:rsidRPr="009D1537">
-[...149 lines deleted...]
-              <w:t>.</w:t>
+            <w:r w:rsidRPr="005E449A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Решение по итогам конкурса принимается конкурсной комиссией на основании набранных баллов.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="44C7B5B7" w14:textId="71062066" w:rsidR="00F95AA4" w:rsidRDefault="00F95AA4" w:rsidP="00F95AA4">
+          <w:p w14:paraId="44C7B5B7" w14:textId="77777777" w:rsidR="007E250F" w:rsidRDefault="007E250F" w:rsidP="007E250F">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r>
-[...5 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:r w:rsidRPr="00A2675E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>Білім беру ұйымдары</w:t>
+              <w:t>организаций образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3C930838" w14:textId="028087A8" w:rsidR="00F95AA4" w:rsidRPr="00256DCC" w:rsidRDefault="005D5F49" w:rsidP="005D5F49">
+          <w:p w14:paraId="3C930838" w14:textId="77777777" w:rsidR="007E250F" w:rsidRPr="00256DCC" w:rsidRDefault="007E250F" w:rsidP="007E250F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="709"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Құжаттарды қарау</w:t>
+              <w:t xml:space="preserve"> Рассмотрение документов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6FAF24E8" w14:textId="2DFE43B1" w:rsidR="00F95AA4" w:rsidRPr="00256DCC" w:rsidRDefault="00F95AA4" w:rsidP="005D5F49">
+          <w:p w14:paraId="6FAF24E8" w14:textId="77777777" w:rsidR="007E250F" w:rsidRPr="00256DCC" w:rsidRDefault="000675E6" w:rsidP="007E250F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="34"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">5 </w:t>
-[...9 lines deleted...]
-              <w:t>жұмыс күні</w:t>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidR="007E250F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> рабочих дней</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F95AA4" w:rsidRPr="00E709A8" w14:paraId="32E0DE03" w14:textId="77777777" w:rsidTr="009B686C">
-[...4 lines deleted...]
-          <w:p w14:paraId="6AEE32B5" w14:textId="77777777" w:rsidR="00F95AA4" w:rsidRPr="00E709A8" w:rsidRDefault="00F95AA4" w:rsidP="00F95AA4">
+      <w:tr w:rsidR="006D382C" w:rsidRPr="00E709A8" w14:paraId="32E0DE03" w14:textId="77777777" w:rsidTr="00C71970">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="568" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6AEE32B5" w14:textId="77777777" w:rsidR="006D382C" w:rsidRPr="00E709A8" w:rsidRDefault="006D382C" w:rsidP="006D382C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="247"/>
               </w:tabs>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>13.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8193" w:type="dxa"/>
-[...4 lines deleted...]
-              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+            <w:tcW w:w="8221" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F1C3EF1" w14:textId="77777777" w:rsidR="006D382C" w:rsidRPr="002B5F81" w:rsidRDefault="006D382C" w:rsidP="006D382C">
+            <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00FE384A">
+            <w:r w:rsidRPr="002B5F81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Кандидат, получивший наибольшее количество баллов, считается прошедшим конкурс и рекомендуется первому руководителю государственной организации образования к назначению.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="09A780B1" w14:textId="77777777" w:rsidR="006D382C" w:rsidRPr="002B5F81" w:rsidRDefault="006D382C" w:rsidP="006D382C">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B5F81">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">      </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...15 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...280 lines deleted...]
-          <w:p w14:paraId="17746BA6" w14:textId="493F00AC" w:rsidR="00FE384A" w:rsidRPr="00FE384A" w:rsidRDefault="00FE384A" w:rsidP="00FE384A">
+            <w:r w:rsidRPr="002B5F81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>При равном количестве баллов у кандидатов, конкурсной комиссией принимается решение о проведении собеседования, по результатам которого определяется кандидат на назначение.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7A00B14E" w14:textId="77777777" w:rsidR="006D382C" w:rsidRPr="002B5F81" w:rsidRDefault="006D382C" w:rsidP="006D382C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...315 lines deleted...]
-          <w:p w14:paraId="68528848" w14:textId="1FBB8DBC" w:rsidR="00FE384A" w:rsidRPr="00FE384A" w:rsidRDefault="00FE384A" w:rsidP="00FE384A">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B5F81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      При несогласии с решением конкурсной комиссии любой член комиссии излагает свое мнение, которое прилагается к протоколу заседания комиссии.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="079F0795" w14:textId="77777777" w:rsidR="006D382C" w:rsidRPr="00E709A8" w:rsidRDefault="006D382C" w:rsidP="006D382C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...672 lines deleted...]
-              <w:t>.</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B5F81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      Решение конкурсной комиссии оформляется протоколом, который подписывается председателем и членами комиссии, а также секретарем, осуществляющим протоколирование.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7AF2978C" w14:textId="47667FF8" w:rsidR="00F95AA4" w:rsidRDefault="00F95AA4" w:rsidP="00F95AA4">
+          <w:p w14:paraId="7AF2978C" w14:textId="77777777" w:rsidR="006D382C" w:rsidRDefault="006D382C" w:rsidP="006D382C">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r>
-[...7 lines deleted...]
-              <w:t>Білім беру ұйымдары</w:t>
+            <w:r w:rsidRPr="00A2675E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>организаций образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="47ACCD72" w14:textId="5C10BE5E" w:rsidR="00F95AA4" w:rsidRPr="00E709A8" w:rsidRDefault="00253BD1" w:rsidP="00253BD1">
+          <w:p w14:paraId="47ACCD72" w14:textId="77777777" w:rsidR="006D382C" w:rsidRPr="00E709A8" w:rsidRDefault="00A302A4" w:rsidP="006D382C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="709"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...6 lines deleted...]
-              <w:t>Конкурстық комиссия шешімі хаттамамен ресімделеді</w:t>
+            <w:r w:rsidRPr="00A302A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Решение конкурсной комиссии оформляется протоколом</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4B52645B" w14:textId="26F474F1" w:rsidR="00F95AA4" w:rsidRPr="00E709A8" w:rsidRDefault="00F95AA4" w:rsidP="00253BD1">
+          <w:p w14:paraId="4B52645B" w14:textId="77777777" w:rsidR="006D382C" w:rsidRPr="00E709A8" w:rsidRDefault="003E3D17" w:rsidP="006D382C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="34"/>
               </w:tabs>
               <w:ind w:left="34"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">5 </w:t>
-[...9 lines deleted...]
-              <w:t>жұмыс күні</w:t>
+              <w:t>5 рабочих дней</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F95AA4" w:rsidRPr="00E709A8" w14:paraId="45CB02EF" w14:textId="77777777" w:rsidTr="009B686C">
-[...4 lines deleted...]
-          <w:p w14:paraId="77B1E297" w14:textId="77777777" w:rsidR="00F95AA4" w:rsidRPr="00E709A8" w:rsidRDefault="00F95AA4" w:rsidP="00F95AA4">
+      <w:tr w:rsidR="006D382C" w:rsidRPr="00E709A8" w14:paraId="45CB02EF" w14:textId="77777777" w:rsidTr="00C71970">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="568" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="77B1E297" w14:textId="77777777" w:rsidR="006D382C" w:rsidRPr="00E709A8" w:rsidRDefault="006D382C" w:rsidP="006D382C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="247"/>
               </w:tabs>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>14.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8193" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="1D43D745" w14:textId="244433BD" w:rsidR="00214D31" w:rsidRPr="00214D31" w:rsidRDefault="00214D31" w:rsidP="00214D31">
+            <w:tcW w:w="8221" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E4EC253" w14:textId="77777777" w:rsidR="006D382C" w:rsidRPr="00FD6D8C" w:rsidRDefault="006D382C" w:rsidP="006D382C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00214D31">
-[...45 lines deleted...]
-          <w:p w14:paraId="4EA6314E" w14:textId="77777777" w:rsidR="00214D31" w:rsidRPr="00214D31" w:rsidRDefault="00214D31" w:rsidP="00214D31">
+            <w:r w:rsidRPr="00FD6D8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Кандидат, участвовавший на собеседовании, но не рекомендованный на назначение, конкурсная комиссия рекомендует к зачислению в кадровый резерв.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2E81D394" w14:textId="77777777" w:rsidR="006D382C" w:rsidRPr="00FD6D8C" w:rsidRDefault="006D382C" w:rsidP="006D382C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00214D31">
-[...9 lines deleted...]
-          <w:p w14:paraId="459E9E1F" w14:textId="067137D1" w:rsidR="00F95AA4" w:rsidRPr="00E709A8" w:rsidRDefault="00214D31" w:rsidP="00F95AA4">
+            <w:r w:rsidRPr="00FD6D8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      Срок нахождения в кадровом резерве составляет один год с момента зачисления в кадровый резерв.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="459E9E1F" w14:textId="77777777" w:rsidR="006D382C" w:rsidRPr="00E709A8" w:rsidRDefault="006D382C" w:rsidP="006D382C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00214D31">
-[...6 lines deleted...]
-              <w:t xml:space="preserve">      Кадр резервіне алынған кандидаттар конкурс жарияланған кезде конкурстық комиссиямен әңгімелесу кезеңінен өтеді.</w:t>
+            <w:r w:rsidRPr="00FD6D8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      Кандидаты, зачисленные в кадровый резерв, при объявлении конкурса проходят этап собеседования с конкурсной комиссией.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7124DE6E" w14:textId="6A29E41F" w:rsidR="00F95AA4" w:rsidRDefault="00F95AA4" w:rsidP="00F95AA4">
+          <w:p w14:paraId="7124DE6E" w14:textId="77777777" w:rsidR="006D382C" w:rsidRDefault="006D382C" w:rsidP="006D382C">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r>
-[...7 lines deleted...]
-              <w:t>Білім беру ұйымдары</w:t>
+            <w:r w:rsidRPr="00A2675E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>организаций образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2E7613A1" w14:textId="20FC3A3C" w:rsidR="00F95AA4" w:rsidRPr="00E709A8" w:rsidRDefault="006839B5" w:rsidP="00F95AA4">
+          <w:p w14:paraId="2E7613A1" w14:textId="77777777" w:rsidR="006D382C" w:rsidRPr="00E709A8" w:rsidRDefault="003A48FC" w:rsidP="006D382C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="709"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00214D31">
-[...16 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> резервіне енгізу</w:t>
+              <w:t>З</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5F81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ачислен</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ие</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5F81">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> кадровый резерв</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="02DBD019" w14:textId="05AF7A9B" w:rsidR="00F95AA4" w:rsidRPr="00E709A8" w:rsidRDefault="00F95AA4" w:rsidP="00FE384A">
+          <w:p w14:paraId="02DBD019" w14:textId="77777777" w:rsidR="006D382C" w:rsidRPr="00E709A8" w:rsidRDefault="00937C1A" w:rsidP="00937C1A">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="34"/>
               </w:tabs>
               <w:ind w:left="34"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">1 </w:t>
-[...9 lines deleted...]
-              <w:t>жыл</w:t>
+              <w:t>1 год</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F95AA4" w:rsidRPr="00E709A8" w14:paraId="0FD2C2EE" w14:textId="77777777" w:rsidTr="009B686C">
-[...4 lines deleted...]
-          <w:p w14:paraId="183C58FB" w14:textId="77777777" w:rsidR="00F95AA4" w:rsidRPr="00E709A8" w:rsidRDefault="00F95AA4" w:rsidP="00F95AA4">
+      <w:tr w:rsidR="006D382C" w:rsidRPr="00E709A8" w14:paraId="0FD2C2EE" w14:textId="77777777" w:rsidTr="00C71970">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="568" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="183C58FB" w14:textId="77777777" w:rsidR="006D382C" w:rsidRPr="00E709A8" w:rsidRDefault="006D382C" w:rsidP="006D382C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="247"/>
               </w:tabs>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>15.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8193" w:type="dxa"/>
-[...4 lines deleted...]
-              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+            <w:tcW w:w="8221" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E2E4A9B" w14:textId="77777777" w:rsidR="006D382C" w:rsidRPr="003B1036" w:rsidRDefault="006D382C" w:rsidP="006D382C">
+            <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-              </w:rPr>
-[...319 lines deleted...]
-              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B1036">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Результаты конкурса объявляются на Интернет-ресурсе государственной организации образования, официальных аккаунтах социальных сетей организации в день проведения заключительного заседания конкурсной комиссии.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="30F109B5" w14:textId="77777777" w:rsidR="006D382C" w:rsidRPr="003B1036" w:rsidRDefault="006D382C" w:rsidP="006D382C">
+            <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-              </w:rPr>
-[...222 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B1036">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      С кандидатом, соответствующим квалификационным требованиям, утвержденными Типовыми квалификационными </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B1036">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>талаптарына</w:t>
-[...281 lines deleted...]
-          <w:p w14:paraId="2A0E1FB9" w14:textId="4D04E134" w:rsidR="00F95AA4" w:rsidRPr="006839B5" w:rsidRDefault="00F95AA4" w:rsidP="006839B5">
+              <w:t>характеристиками педагогов и получившим положительное заключение конкурсной комиссии, руководитель организации образования заключает трудовой договор и издает приказ о приеме на работу.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2A0E1FB9" w14:textId="77777777" w:rsidR="006D382C" w:rsidRDefault="006D382C" w:rsidP="006D382C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006839B5">
+            <w:r w:rsidRPr="003B1036">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">      </w:t>
             </w:r>
-            <w:r w:rsidR="006839B5" w:rsidRPr="006839B5">
-[...6 lines deleted...]
-              <w:t>Конкурстық комиссияның оң қорытындысын алған кандидат еңбек шартын жасасудан бас тартқан кезде білім беру ұйымының басшысы кадр резервіне алу үшін конкурстық комиссия ұсынған кандидатпен еңбек шартын жасасады.</w:t>
+            <w:r w:rsidRPr="00FD6D8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>При отказе кандидата, получившего положительное заключение конкурсной комиссии от заключения трудового договора, руководитель организации образования заключает трудовой договор с кандидатом, рекомендованным конкурсной комиссией для зачисления в кадровый резерв.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7AE3D42B" w14:textId="6EE80DD2" w:rsidR="00F95AA4" w:rsidRPr="006839B5" w:rsidRDefault="00F95AA4" w:rsidP="006839B5">
+          <w:p w14:paraId="7AE3D42B" w14:textId="77777777" w:rsidR="006D382C" w:rsidRDefault="006D382C" w:rsidP="006D382C">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...11 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00A2675E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>Білім беру ұйымдары</w:t>
+              <w:t>организаций образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="31D2211B" w14:textId="7B484338" w:rsidR="00F95AA4" w:rsidRPr="006839B5" w:rsidRDefault="006839B5" w:rsidP="006839B5">
+          <w:p w14:paraId="114F7F44" w14:textId="77777777" w:rsidR="006D382C" w:rsidRDefault="000827DC" w:rsidP="006D382C">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000827DC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Результаты конкурса объявляются на Интернет-ресурсе</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="31D2211B" w14:textId="77777777" w:rsidR="00554B10" w:rsidRDefault="00554B10" w:rsidP="00554B10">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006839B5">
-[...85 lines deleted...]
-                <w:szCs w:val="28"/>
+          </w:p>
+          <w:p w14:paraId="654CD4A2" w14:textId="77777777" w:rsidR="00554B10" w:rsidRPr="003B1036" w:rsidRDefault="00554B10" w:rsidP="00554B10">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>ресурсында</w:t>
-[...69 lines deleted...]
-            </w:r>
+              <w:t>Т</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B1036">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>рудовой договор</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B1036">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> приказ о приеме на работу</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4F864429" w14:textId="77777777" w:rsidR="00554B10" w:rsidRDefault="00554B10" w:rsidP="006D382C">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6CF1B5A7" w14:textId="7833865B" w:rsidR="00F95AA4" w:rsidRDefault="00F95AA4" w:rsidP="006839B5">
+          <w:p w14:paraId="6CF1B5A7" w14:textId="77777777" w:rsidR="006D382C" w:rsidRDefault="006D382C" w:rsidP="006D382C">
+            <w:r w:rsidRPr="00DE2593">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">до </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="00DE2593">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>0.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>05</w:t>
             </w:r>
             <w:r w:rsidRPr="00DE2593">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>.20</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">21 </w:t>
             </w:r>
-            <w:r w:rsidR="006839B5">
-[...8 lines deleted...]
-            </w:r>
             <w:r w:rsidRPr="00DE2593">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>.</w:t>
-[...9 lines deleted...]
-              <w:t xml:space="preserve"> дейін</w:t>
+              <w:t>г.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F95AA4" w:rsidRPr="00E709A8" w14:paraId="7CC49EDF" w14:textId="77777777" w:rsidTr="009B686C">
-[...4 lines deleted...]
-          <w:p w14:paraId="238CD04C" w14:textId="77777777" w:rsidR="00F95AA4" w:rsidRPr="00E709A8" w:rsidRDefault="00F95AA4" w:rsidP="00F95AA4">
+      <w:tr w:rsidR="00484B5C" w:rsidRPr="00E709A8" w14:paraId="7CC49EDF" w14:textId="77777777" w:rsidTr="00C71970">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="568" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="238CD04C" w14:textId="77777777" w:rsidR="00484B5C" w:rsidRPr="00E709A8" w:rsidRDefault="00484B5C" w:rsidP="00484B5C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="247"/>
               </w:tabs>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>16</w:t>
             </w:r>
             <w:r w:rsidRPr="00E709A8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8193" w:type="dxa"/>
-[...786 lines deleted...]
-          <w:p w14:paraId="231F39DF" w14:textId="0972A920" w:rsidR="00F95AA4" w:rsidRPr="00E709A8" w:rsidRDefault="00983AD1" w:rsidP="00F95AA4">
+            <w:tcW w:w="8221" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C1FB10C" w14:textId="77777777" w:rsidR="00484B5C" w:rsidRPr="004D0190" w:rsidRDefault="00484B5C" w:rsidP="00484B5C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="709"/>
               </w:tabs>
-              <w:rPr>
-[...1 lines deleted...]
-                <w:bCs/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D0190">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Если в результате конкурса комиссией не были выявлены кандидаты на занятие вакантной должности, конкурс признается несостоявшимся.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6A7488BB" w14:textId="77777777" w:rsidR="00577CD9" w:rsidRPr="00FD6D8C" w:rsidRDefault="00484B5C" w:rsidP="00484B5C">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D0190">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   </w:t>
+            </w:r>
+            <w:r w:rsidR="00577CD9" w:rsidRPr="00FD6D8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Уведомление о результатах конкурса направляется автоматически либо секретарем конкурсной комиссии кандидату на электронную почту или сообщается по телефону, указанному в заявлении.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="16D81777" w14:textId="605360FB" w:rsidR="00484B5C" w:rsidRPr="006D6716" w:rsidRDefault="00577CD9" w:rsidP="00484B5C">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Конкурстық комиссия шешімі хаттамамен ресімделеді</w:t>
+              <w:t>К</w:t>
+            </w:r>
+            <w:r w:rsidR="00484B5C" w:rsidRPr="004D0190">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>андидаты в части, их касающейся, знакомятся с конкурсными документами и решением комиссии.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B08FEAD" w14:textId="77777777" w:rsidR="00484B5C" w:rsidRDefault="00484B5C" w:rsidP="00484B5C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00A2675E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>организаций образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="231F39DF" w14:textId="77777777" w:rsidR="00484B5C" w:rsidRPr="00E709A8" w:rsidRDefault="00484B5C" w:rsidP="00484B5C">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="709"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A302A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Решение конкурсной комиссии оформляется протоколом</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7FFBDFC6" w14:textId="62545AD2" w:rsidR="00F95AA4" w:rsidRPr="00E709A8" w:rsidRDefault="00F95AA4" w:rsidP="00983AD1">
+          <w:p w14:paraId="7FFBDFC6" w14:textId="77777777" w:rsidR="00484B5C" w:rsidRPr="00E709A8" w:rsidRDefault="00484B5C" w:rsidP="00484B5C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="34"/>
               </w:tabs>
               <w:ind w:left="34"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">5 </w:t>
-[...9 lines deleted...]
-              <w:t>жұмыс күні</w:t>
+              <w:t>5 рабочих дней</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F95AA4" w:rsidRPr="00E709A8" w14:paraId="71341076" w14:textId="77777777" w:rsidTr="009B686C">
-[...4 lines deleted...]
-          <w:p w14:paraId="1E0FB93D" w14:textId="77777777" w:rsidR="00F95AA4" w:rsidRPr="006A6AAB" w:rsidRDefault="00F95AA4" w:rsidP="00F95AA4">
+      <w:tr w:rsidR="006D382C" w:rsidRPr="00E709A8" w14:paraId="71341076" w14:textId="77777777" w:rsidTr="00C71970">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="568" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E0FB93D" w14:textId="77777777" w:rsidR="006D382C" w:rsidRPr="006A6AAB" w:rsidRDefault="006D382C" w:rsidP="006D382C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="247"/>
               </w:tabs>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>17.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8193" w:type="dxa"/>
+            <w:tcW w:w="8221" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3D8352F3" w14:textId="56DA9CA5" w:rsidR="005A44DB" w:rsidRPr="005A44DB" w:rsidRDefault="005A44DB" w:rsidP="00AD3CC6">
-[...2 lines deleted...]
-              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+          <w:p w14:paraId="5C42261C" w14:textId="77777777" w:rsidR="006D382C" w:rsidRPr="004D0190" w:rsidRDefault="006D382C" w:rsidP="006D382C">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1134"/>
+                <w:tab w:val="left" w:pos="1276"/>
+              </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005A44DB">
-[...21 lines deleted...]
-              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+            <w:r w:rsidRPr="004D0190">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Педагоги-совместители на ставку менее 8 часов в неделю по одному предмету принимаются на работу без конкурса.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="70BCEEEA" w14:textId="77777777" w:rsidR="006D382C" w:rsidRPr="004D0190" w:rsidRDefault="006D382C" w:rsidP="006D382C">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1134"/>
+                <w:tab w:val="left" w:pos="1276"/>
+              </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005A44DB">
-[...21 lines deleted...]
-              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+            <w:r w:rsidRPr="004D0190">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      Вакантная ставка педагога-предметника, за исключением малокомплектной школы, не распределяется между педагогами.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1B2672AF" w14:textId="77777777" w:rsidR="006D382C" w:rsidRDefault="006D382C" w:rsidP="006D382C">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1134"/>
+                <w:tab w:val="left" w:pos="1276"/>
+              </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005A44DB">
-[...6 lines deleted...]
-              <w:t>     Бос лауазымға кандидат оқу жылының басында анықталмаған кезде, оқу жылы ішінде бос сағаттар білім беру ұйымының педагогтері арасында бөлінеді және (немесе) педагог және (немесе) қоса атқарушы педагог уақытша қабылданады.</w:t>
+            <w:r w:rsidRPr="004D0190">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      При невыявлении кандидата на вакантную должность к началу учебного года, в течение учебного года вакантные часы распределяются между педагогами организации образования и (или) принимается временно педагог и (или) педагог-совместитель.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2D0A57CD" w14:textId="2FE923A0" w:rsidR="00F95AA4" w:rsidRDefault="00F95AA4" w:rsidP="00F95AA4">
+          <w:p w14:paraId="2D0A57CD" w14:textId="77777777" w:rsidR="006D382C" w:rsidRDefault="006D382C" w:rsidP="006D382C">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r>
-[...7 lines deleted...]
-              <w:t>Білім беру ұйымдары</w:t>
+            <w:r w:rsidRPr="00A2675E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>организаций образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="642BF339" w14:textId="77777777" w:rsidR="00983AD1" w:rsidRPr="006839B5" w:rsidRDefault="00983AD1" w:rsidP="00983AD1">
+          <w:p w14:paraId="00D71E1B" w14:textId="77777777" w:rsidR="006F2B7C" w:rsidRPr="003B1036" w:rsidRDefault="006F2B7C" w:rsidP="006F2B7C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006839B5">
-[...9 lines deleted...]
-          <w:p w14:paraId="57AAA1FD" w14:textId="77777777" w:rsidR="00F95AA4" w:rsidRDefault="00F95AA4" w:rsidP="00F95AA4">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Т</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B1036">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>рудовой договор</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B1036">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> приказ о приеме на работу</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="57AAA1FD" w14:textId="77777777" w:rsidR="006D382C" w:rsidRDefault="006D382C" w:rsidP="006D382C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="709"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="481538E2" w14:textId="77777777" w:rsidR="00F95AA4" w:rsidRDefault="00F95AA4" w:rsidP="00F95AA4">
+          <w:p w14:paraId="481538E2" w14:textId="77777777" w:rsidR="006D382C" w:rsidRDefault="006D382C" w:rsidP="006D382C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F95AA4" w:rsidRPr="00E709A8" w14:paraId="2215AFEA" w14:textId="77777777" w:rsidTr="009B686C">
-[...4 lines deleted...]
-          <w:p w14:paraId="75688150" w14:textId="615DF8DA" w:rsidR="00F95AA4" w:rsidRDefault="00F95AA4" w:rsidP="00F95AA4">
+      <w:tr w:rsidR="006D382C" w:rsidRPr="00E709A8" w14:paraId="2215AFEA" w14:textId="77777777" w:rsidTr="00C71970">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="568" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="75688150" w14:textId="615DF8DA" w:rsidR="006D382C" w:rsidRDefault="006A4480" w:rsidP="006D382C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="247"/>
               </w:tabs>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>18.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8193" w:type="dxa"/>
+            <w:tcW w:w="8221" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="09A6B32C" w14:textId="6E92110F" w:rsidR="00AD3CC6" w:rsidRPr="00AD3CC6" w:rsidRDefault="00AD3CC6" w:rsidP="00AD3CC6">
-[...2 lines deleted...]
-              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+          <w:p w14:paraId="4535E368" w14:textId="77777777" w:rsidR="006D382C" w:rsidRPr="004D0190" w:rsidRDefault="006D382C" w:rsidP="006D382C">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1134"/>
+                <w:tab w:val="left" w:pos="1276"/>
+              </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...39 lines deleted...]
-              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+            <w:r w:rsidRPr="004D0190">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>При несогласии кандидатом с решением конкурсной комиссии, результаты конкурса обжалуются в соответствии с нормами Административного процедурно-процессуального кодекса Республики Казахстан.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3F61E4AC" w14:textId="77777777" w:rsidR="006D382C" w:rsidRPr="004D0190" w:rsidRDefault="006D382C" w:rsidP="006D382C">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1134"/>
+                <w:tab w:val="left" w:pos="1276"/>
+              </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AD3CC6">
+            <w:r w:rsidRPr="004D0190">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>      Конкурстық комиссияның шешіміне конкурсқа қатысушылар жоғары тұрған органның апелляциялық комиссиясында немесе сот тәртібімен шағымданады.</w:t>
+              <w:t xml:space="preserve">      Решение конкурсной комиссии обжалуется участниками конкурса в апелляционной комиссии вышестоящего органа или судебном порядке.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="298E76CC" w14:textId="46D0EE09" w:rsidR="00F95AA4" w:rsidRDefault="00F95AA4" w:rsidP="00F95AA4">
+          <w:p w14:paraId="298E76CC" w14:textId="77777777" w:rsidR="006D382C" w:rsidRDefault="006D382C" w:rsidP="006D382C">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r>
-[...5 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:r w:rsidRPr="00A2675E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>Білім беру ұйымдары</w:t>
+              <w:t>организаций образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5970418E" w14:textId="125098A8" w:rsidR="00F95AA4" w:rsidRDefault="00AD3CC6" w:rsidP="00F95AA4">
+          <w:p w14:paraId="5970418E" w14:textId="77777777" w:rsidR="006D382C" w:rsidRDefault="0013563F" w:rsidP="006D382C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="709"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Шағымдану</w:t>
+              <w:t>Обжалование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="428FCF6F" w14:textId="77777777" w:rsidR="00F95AA4" w:rsidRDefault="00F95AA4" w:rsidP="00F95AA4">
+          <w:p w14:paraId="428FCF6F" w14:textId="77777777" w:rsidR="006D382C" w:rsidRDefault="006D382C" w:rsidP="006D382C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F95AA4" w:rsidRPr="00E709A8" w14:paraId="25F6068E" w14:textId="77777777" w:rsidTr="009B686C">
-[...4 lines deleted...]
-          <w:p w14:paraId="350A6EA3" w14:textId="6D20B17D" w:rsidR="00F95AA4" w:rsidRDefault="00F95AA4" w:rsidP="00F95AA4">
+      <w:tr w:rsidR="006D382C" w:rsidRPr="00E709A8" w14:paraId="25F6068E" w14:textId="77777777" w:rsidTr="00C71970">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="568" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="350A6EA3" w14:textId="6D20B17D" w:rsidR="006D382C" w:rsidRDefault="006A4480" w:rsidP="006D382C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="247"/>
               </w:tabs>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>19.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8193" w:type="dxa"/>
+            <w:tcW w:w="8221" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3E821AFF" w14:textId="77777777" w:rsidR="00AD3CC6" w:rsidRPr="00AD3CC6" w:rsidRDefault="00AD3CC6" w:rsidP="00AD3CC6">
-[...2 lines deleted...]
-              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+          <w:p w14:paraId="6C4339C1" w14:textId="77777777" w:rsidR="006D382C" w:rsidRPr="004D0190" w:rsidRDefault="006D382C" w:rsidP="006D382C">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1134"/>
+                <w:tab w:val="left" w:pos="1276"/>
+              </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AD3CC6">
-[...33 lines deleted...]
-              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+            <w:r w:rsidRPr="004D0190">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Освобождение от должности педагога осуществляется по основаниям, предусмотренных статьей 49 Трудового кодекса Республики Казахстан.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6A0B9972" w14:textId="77777777" w:rsidR="006D382C" w:rsidRPr="004D0190" w:rsidRDefault="006D382C" w:rsidP="006D382C">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1134"/>
+                <w:tab w:val="left" w:pos="1276"/>
+              </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AD3CC6">
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> Мемлекеттік білім беру ұйымдарының педагогтерін босатуды ауданның (облыстық маңызы бар қаланың) білім бөлімімен келісім бойынша білім беру ұйымы жүзеге асырады.</w:t>
+            <w:r w:rsidRPr="004D0190">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      Освобождение педагогов государственных организаций образования осуществляется организацией образования по согласованию с отделом образования района (города областного значения).</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5A0A9FD3" w14:textId="755316F0" w:rsidR="00F95AA4" w:rsidRDefault="00F95AA4" w:rsidP="00F95AA4">
+          <w:p w14:paraId="5A0A9FD3" w14:textId="77777777" w:rsidR="006D382C" w:rsidRDefault="006D382C" w:rsidP="006D382C">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r>
-[...7 lines deleted...]
-              <w:t>Білім беру ұйымдары</w:t>
+            <w:r w:rsidRPr="00A2675E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>организаций образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="274FE885" w14:textId="0C056192" w:rsidR="00AD3CC6" w:rsidRPr="00AD3CC6" w:rsidRDefault="00AD3CC6" w:rsidP="00AD3CC6">
+          <w:p w14:paraId="64A253B1" w14:textId="77777777" w:rsidR="006D382C" w:rsidRDefault="0002769E" w:rsidP="006D382C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="709"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Жұмыстан б</w:t>
-[...11 lines deleted...]
-          <w:p w14:paraId="427198AC" w14:textId="3F97ED3D" w:rsidR="00F95AA4" w:rsidRDefault="00AD3CC6" w:rsidP="00AD3CC6">
+              <w:t>Освобождение,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="427198AC" w14:textId="77777777" w:rsidR="0002769E" w:rsidRDefault="0002769E" w:rsidP="006D382C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="709"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AD3CC6">
-[...6 lines deleted...]
-              <w:t>білім бөлімімен келісу</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>согласование с отделом образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1AFAE37E" w14:textId="77777777" w:rsidR="00F95AA4" w:rsidRDefault="00F95AA4" w:rsidP="00F95AA4">
+          <w:p w14:paraId="1AFAE37E" w14:textId="77777777" w:rsidR="006D382C" w:rsidRDefault="006D382C" w:rsidP="006D382C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="6A664EC0" w14:textId="77777777" w:rsidR="001014D3" w:rsidRDefault="001014D3" w:rsidP="001014D3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -19449,55 +6386,51 @@
   </w:num>
   <w:num w:numId="15">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="16">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="17">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="18">
     <w:abstractNumId w:val="14"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
-[...3 lines deleted...]
-    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="002C3EC6"/>
     <w:rsid w:val="000011A8"/>
     <w:rsid w:val="00002B9A"/>
     <w:rsid w:val="00023D76"/>
     <w:rsid w:val="0002769E"/>
     <w:rsid w:val="00036CB5"/>
     <w:rsid w:val="000612B2"/>
     <w:rsid w:val="000675E6"/>
     <w:rsid w:val="00067976"/>
     <w:rsid w:val="00071F20"/>
     <w:rsid w:val="0007365E"/>
     <w:rsid w:val="00074DEE"/>
     <w:rsid w:val="000771CB"/>
     <w:rsid w:val="000827DC"/>
     <w:rsid w:val="00086C05"/>
     <w:rsid w:val="00095BB9"/>
     <w:rsid w:val="000C361F"/>
     <w:rsid w:val="000D45EE"/>
     <w:rsid w:val="000D4F76"/>
     <w:rsid w:val="000D4FCB"/>
     <w:rsid w:val="000E3791"/>
     <w:rsid w:val="000E38DD"/>
     <w:rsid w:val="000E4B7E"/>
@@ -19514,80 +6447,77 @@
     <w:rsid w:val="00137186"/>
     <w:rsid w:val="001418A2"/>
     <w:rsid w:val="00160A6D"/>
     <w:rsid w:val="0016181E"/>
     <w:rsid w:val="00162A4C"/>
     <w:rsid w:val="00165A12"/>
     <w:rsid w:val="00171CBD"/>
     <w:rsid w:val="00177545"/>
     <w:rsid w:val="001825B3"/>
     <w:rsid w:val="00185982"/>
     <w:rsid w:val="00195C80"/>
     <w:rsid w:val="0019665F"/>
     <w:rsid w:val="00196E83"/>
     <w:rsid w:val="001A440F"/>
     <w:rsid w:val="001A6A4B"/>
     <w:rsid w:val="001A7EA6"/>
     <w:rsid w:val="001B3F5C"/>
     <w:rsid w:val="001D1EE5"/>
     <w:rsid w:val="001D782B"/>
     <w:rsid w:val="001E55FE"/>
     <w:rsid w:val="001E7233"/>
     <w:rsid w:val="001F03F9"/>
     <w:rsid w:val="001F4DA3"/>
     <w:rsid w:val="001F660A"/>
     <w:rsid w:val="00211598"/>
-    <w:rsid w:val="00214D31"/>
     <w:rsid w:val="0022504D"/>
     <w:rsid w:val="0022646C"/>
     <w:rsid w:val="002312C5"/>
     <w:rsid w:val="00237F32"/>
     <w:rsid w:val="00247A7E"/>
-    <w:rsid w:val="00253BD1"/>
     <w:rsid w:val="00256DCC"/>
     <w:rsid w:val="00257668"/>
     <w:rsid w:val="002675CA"/>
     <w:rsid w:val="00273D9A"/>
     <w:rsid w:val="00277F6A"/>
     <w:rsid w:val="002A1685"/>
     <w:rsid w:val="002A199D"/>
     <w:rsid w:val="002A6AA8"/>
     <w:rsid w:val="002A7D25"/>
     <w:rsid w:val="002B5BB3"/>
     <w:rsid w:val="002B5F81"/>
     <w:rsid w:val="002C3EC6"/>
     <w:rsid w:val="002C4B66"/>
     <w:rsid w:val="002D6366"/>
     <w:rsid w:val="002E79DA"/>
     <w:rsid w:val="002F116F"/>
     <w:rsid w:val="0030230A"/>
     <w:rsid w:val="003162F3"/>
     <w:rsid w:val="00320326"/>
     <w:rsid w:val="003214D9"/>
     <w:rsid w:val="003229B1"/>
     <w:rsid w:val="0033258E"/>
-    <w:rsid w:val="00337FB9"/>
     <w:rsid w:val="00340C26"/>
     <w:rsid w:val="003475B5"/>
     <w:rsid w:val="00347FC0"/>
     <w:rsid w:val="00352D6F"/>
     <w:rsid w:val="00362B14"/>
     <w:rsid w:val="003801AB"/>
     <w:rsid w:val="00382070"/>
     <w:rsid w:val="00386B39"/>
     <w:rsid w:val="003872B8"/>
     <w:rsid w:val="003A010E"/>
     <w:rsid w:val="003A167D"/>
     <w:rsid w:val="003A1CE4"/>
     <w:rsid w:val="003A3F41"/>
     <w:rsid w:val="003A48FC"/>
     <w:rsid w:val="003A4B48"/>
     <w:rsid w:val="003B1036"/>
     <w:rsid w:val="003D0301"/>
     <w:rsid w:val="003D3DD6"/>
     <w:rsid w:val="003D58CF"/>
     <w:rsid w:val="003E1992"/>
     <w:rsid w:val="003E1B69"/>
     <w:rsid w:val="003E30A0"/>
     <w:rsid w:val="003E3D17"/>
     <w:rsid w:val="003F1EE0"/>
     <w:rsid w:val="003F2748"/>
@@ -19623,85 +6553,81 @@
     <w:rsid w:val="004D0190"/>
     <w:rsid w:val="004D331A"/>
     <w:rsid w:val="004E19ED"/>
     <w:rsid w:val="004E269D"/>
     <w:rsid w:val="004F7751"/>
     <w:rsid w:val="00511163"/>
     <w:rsid w:val="00512FEA"/>
     <w:rsid w:val="00515EB2"/>
     <w:rsid w:val="0053501E"/>
     <w:rsid w:val="005410AC"/>
     <w:rsid w:val="00544224"/>
     <w:rsid w:val="005511B7"/>
     <w:rsid w:val="00551D98"/>
     <w:rsid w:val="00552DF4"/>
     <w:rsid w:val="0055358D"/>
     <w:rsid w:val="00554B10"/>
     <w:rsid w:val="00555068"/>
     <w:rsid w:val="00555379"/>
     <w:rsid w:val="0056221F"/>
     <w:rsid w:val="00562DCA"/>
     <w:rsid w:val="00563362"/>
     <w:rsid w:val="00565F57"/>
     <w:rsid w:val="00572115"/>
     <w:rsid w:val="00574390"/>
     <w:rsid w:val="00577CD9"/>
-    <w:rsid w:val="00592DF2"/>
     <w:rsid w:val="005A12C0"/>
-    <w:rsid w:val="005A44DB"/>
     <w:rsid w:val="005A6AE3"/>
     <w:rsid w:val="005B0837"/>
     <w:rsid w:val="005B76FF"/>
     <w:rsid w:val="005C10C4"/>
     <w:rsid w:val="005C1343"/>
     <w:rsid w:val="005C48B8"/>
     <w:rsid w:val="005C5BF5"/>
     <w:rsid w:val="005C6E64"/>
     <w:rsid w:val="005C7391"/>
-    <w:rsid w:val="005D5F49"/>
     <w:rsid w:val="005E0CA3"/>
     <w:rsid w:val="005E3FDB"/>
     <w:rsid w:val="005E449A"/>
     <w:rsid w:val="005E65DE"/>
     <w:rsid w:val="005F63A3"/>
     <w:rsid w:val="005F6B6D"/>
     <w:rsid w:val="005F7CC5"/>
     <w:rsid w:val="0060146C"/>
     <w:rsid w:val="00602581"/>
     <w:rsid w:val="006032C9"/>
     <w:rsid w:val="006118B1"/>
     <w:rsid w:val="00616979"/>
     <w:rsid w:val="006171E2"/>
     <w:rsid w:val="00622573"/>
     <w:rsid w:val="00640FE4"/>
     <w:rsid w:val="00644636"/>
     <w:rsid w:val="00650E90"/>
     <w:rsid w:val="00654229"/>
     <w:rsid w:val="00657F41"/>
     <w:rsid w:val="006712BD"/>
     <w:rsid w:val="0068386B"/>
-    <w:rsid w:val="006839B5"/>
     <w:rsid w:val="006907F7"/>
     <w:rsid w:val="006928FF"/>
     <w:rsid w:val="00693626"/>
     <w:rsid w:val="006970A1"/>
     <w:rsid w:val="00697F9B"/>
     <w:rsid w:val="006A444D"/>
     <w:rsid w:val="006A4480"/>
     <w:rsid w:val="006A4BBA"/>
     <w:rsid w:val="006A6AAB"/>
     <w:rsid w:val="006B55B0"/>
     <w:rsid w:val="006B7713"/>
     <w:rsid w:val="006C79C5"/>
     <w:rsid w:val="006D382C"/>
     <w:rsid w:val="006D6716"/>
     <w:rsid w:val="006E2EE5"/>
     <w:rsid w:val="006E306E"/>
     <w:rsid w:val="006E381C"/>
     <w:rsid w:val="006E61A7"/>
     <w:rsid w:val="006F2B7C"/>
     <w:rsid w:val="006F2B87"/>
     <w:rsid w:val="006F429B"/>
     <w:rsid w:val="00702B21"/>
     <w:rsid w:val="00721039"/>
     <w:rsid w:val="00724C8A"/>
     <w:rsid w:val="00726685"/>
@@ -19734,213 +6660,201 @@
     <w:rsid w:val="007F2663"/>
     <w:rsid w:val="008263FD"/>
     <w:rsid w:val="008307A7"/>
     <w:rsid w:val="00834F14"/>
     <w:rsid w:val="00836416"/>
     <w:rsid w:val="00836637"/>
     <w:rsid w:val="00853844"/>
     <w:rsid w:val="00855193"/>
     <w:rsid w:val="00857D89"/>
     <w:rsid w:val="00865846"/>
     <w:rsid w:val="00866BD4"/>
     <w:rsid w:val="00867E00"/>
     <w:rsid w:val="00870911"/>
     <w:rsid w:val="008712B3"/>
     <w:rsid w:val="008766EA"/>
     <w:rsid w:val="00884A96"/>
     <w:rsid w:val="00892883"/>
     <w:rsid w:val="00894DC5"/>
     <w:rsid w:val="0089566C"/>
     <w:rsid w:val="0089623A"/>
     <w:rsid w:val="00897BE1"/>
     <w:rsid w:val="008A01BB"/>
     <w:rsid w:val="008A0911"/>
     <w:rsid w:val="008A42AA"/>
     <w:rsid w:val="008B2C5A"/>
-    <w:rsid w:val="008B3640"/>
     <w:rsid w:val="008C318A"/>
     <w:rsid w:val="008C34C2"/>
     <w:rsid w:val="008D480A"/>
     <w:rsid w:val="008E5099"/>
     <w:rsid w:val="009215ED"/>
     <w:rsid w:val="0092691C"/>
     <w:rsid w:val="00927513"/>
     <w:rsid w:val="00930B2D"/>
     <w:rsid w:val="0093738F"/>
     <w:rsid w:val="00937C1A"/>
     <w:rsid w:val="009406F0"/>
     <w:rsid w:val="009416B0"/>
     <w:rsid w:val="0095143F"/>
     <w:rsid w:val="00955073"/>
     <w:rsid w:val="0095789A"/>
     <w:rsid w:val="00960B7D"/>
     <w:rsid w:val="00963BC5"/>
     <w:rsid w:val="00963F66"/>
     <w:rsid w:val="0097072D"/>
     <w:rsid w:val="00971DA7"/>
     <w:rsid w:val="00976F23"/>
     <w:rsid w:val="009772B5"/>
     <w:rsid w:val="00982E8C"/>
-    <w:rsid w:val="00983AD1"/>
     <w:rsid w:val="009900E9"/>
     <w:rsid w:val="00992A0D"/>
     <w:rsid w:val="00995A0A"/>
     <w:rsid w:val="009A40AC"/>
     <w:rsid w:val="009A4398"/>
     <w:rsid w:val="009A5044"/>
     <w:rsid w:val="009A5EA1"/>
     <w:rsid w:val="009A7BB7"/>
     <w:rsid w:val="009B24F6"/>
     <w:rsid w:val="009B3835"/>
-    <w:rsid w:val="009B686C"/>
     <w:rsid w:val="009D073B"/>
-    <w:rsid w:val="009D1537"/>
     <w:rsid w:val="009D2C55"/>
     <w:rsid w:val="009D72C5"/>
     <w:rsid w:val="009D7A61"/>
     <w:rsid w:val="009E7E69"/>
     <w:rsid w:val="00A005F1"/>
     <w:rsid w:val="00A043A9"/>
     <w:rsid w:val="00A06ABD"/>
     <w:rsid w:val="00A0736B"/>
     <w:rsid w:val="00A07E10"/>
     <w:rsid w:val="00A1076F"/>
     <w:rsid w:val="00A14EB7"/>
     <w:rsid w:val="00A153FD"/>
     <w:rsid w:val="00A15ABB"/>
     <w:rsid w:val="00A2408E"/>
     <w:rsid w:val="00A26277"/>
     <w:rsid w:val="00A302A4"/>
     <w:rsid w:val="00A33582"/>
     <w:rsid w:val="00A338E7"/>
     <w:rsid w:val="00A44620"/>
     <w:rsid w:val="00A46F3D"/>
     <w:rsid w:val="00A56C5B"/>
     <w:rsid w:val="00A6233F"/>
     <w:rsid w:val="00A6574F"/>
     <w:rsid w:val="00A66EBB"/>
     <w:rsid w:val="00A85002"/>
     <w:rsid w:val="00A85E24"/>
     <w:rsid w:val="00A85F6E"/>
     <w:rsid w:val="00A862B6"/>
     <w:rsid w:val="00A9137E"/>
     <w:rsid w:val="00A94555"/>
     <w:rsid w:val="00A9473A"/>
     <w:rsid w:val="00AA05AE"/>
     <w:rsid w:val="00AA1DA8"/>
     <w:rsid w:val="00AB34C5"/>
     <w:rsid w:val="00AC6A75"/>
     <w:rsid w:val="00AC7DB9"/>
     <w:rsid w:val="00AD21DA"/>
-    <w:rsid w:val="00AD3CC6"/>
     <w:rsid w:val="00AD4485"/>
     <w:rsid w:val="00AD6987"/>
     <w:rsid w:val="00AD79A4"/>
     <w:rsid w:val="00AD7DB6"/>
     <w:rsid w:val="00AE50E0"/>
     <w:rsid w:val="00AF2373"/>
     <w:rsid w:val="00AF728F"/>
     <w:rsid w:val="00B01856"/>
     <w:rsid w:val="00B03C4C"/>
     <w:rsid w:val="00B03E35"/>
     <w:rsid w:val="00B040B9"/>
-    <w:rsid w:val="00B11037"/>
-    <w:rsid w:val="00B121F3"/>
     <w:rsid w:val="00B266E3"/>
     <w:rsid w:val="00B273F6"/>
     <w:rsid w:val="00B30FB5"/>
     <w:rsid w:val="00B32946"/>
     <w:rsid w:val="00B33354"/>
     <w:rsid w:val="00B34C1E"/>
     <w:rsid w:val="00B36A8B"/>
     <w:rsid w:val="00B43513"/>
     <w:rsid w:val="00B466B5"/>
     <w:rsid w:val="00B47E65"/>
     <w:rsid w:val="00B5401C"/>
     <w:rsid w:val="00B55BA5"/>
     <w:rsid w:val="00B573B8"/>
     <w:rsid w:val="00B66B87"/>
     <w:rsid w:val="00B71DEF"/>
     <w:rsid w:val="00B7488B"/>
     <w:rsid w:val="00B74FFE"/>
     <w:rsid w:val="00B75D6E"/>
     <w:rsid w:val="00B778BF"/>
     <w:rsid w:val="00B97672"/>
     <w:rsid w:val="00BA25D4"/>
     <w:rsid w:val="00BA5407"/>
     <w:rsid w:val="00BB3FC5"/>
     <w:rsid w:val="00BB60FC"/>
     <w:rsid w:val="00BD3CF3"/>
     <w:rsid w:val="00BE62AD"/>
     <w:rsid w:val="00BF0AEB"/>
-    <w:rsid w:val="00BF4F88"/>
     <w:rsid w:val="00BF691E"/>
     <w:rsid w:val="00BF7D59"/>
     <w:rsid w:val="00C14BEB"/>
     <w:rsid w:val="00C14CB8"/>
     <w:rsid w:val="00C15FF4"/>
     <w:rsid w:val="00C200D6"/>
-    <w:rsid w:val="00C21097"/>
-    <w:rsid w:val="00C25523"/>
     <w:rsid w:val="00C36351"/>
     <w:rsid w:val="00C56103"/>
     <w:rsid w:val="00C66646"/>
     <w:rsid w:val="00C71970"/>
     <w:rsid w:val="00C737FE"/>
     <w:rsid w:val="00C75835"/>
     <w:rsid w:val="00C80316"/>
     <w:rsid w:val="00C82C6B"/>
     <w:rsid w:val="00C8339B"/>
     <w:rsid w:val="00C84007"/>
     <w:rsid w:val="00C8486E"/>
     <w:rsid w:val="00C85C7C"/>
     <w:rsid w:val="00C93FF9"/>
     <w:rsid w:val="00C96495"/>
     <w:rsid w:val="00CB0B25"/>
     <w:rsid w:val="00CB4C3C"/>
     <w:rsid w:val="00CB75E3"/>
     <w:rsid w:val="00CC3D59"/>
-    <w:rsid w:val="00CD40F7"/>
     <w:rsid w:val="00CD529A"/>
     <w:rsid w:val="00CD7219"/>
     <w:rsid w:val="00CE1E37"/>
     <w:rsid w:val="00CF0A2E"/>
     <w:rsid w:val="00CF5290"/>
     <w:rsid w:val="00CF72F5"/>
     <w:rsid w:val="00D04280"/>
     <w:rsid w:val="00D24743"/>
     <w:rsid w:val="00D30A83"/>
     <w:rsid w:val="00D33426"/>
     <w:rsid w:val="00D35B75"/>
     <w:rsid w:val="00D43660"/>
     <w:rsid w:val="00D44074"/>
     <w:rsid w:val="00D45141"/>
     <w:rsid w:val="00D466F8"/>
     <w:rsid w:val="00D678F7"/>
     <w:rsid w:val="00D716A9"/>
     <w:rsid w:val="00D71E7E"/>
-    <w:rsid w:val="00D803F9"/>
     <w:rsid w:val="00D804DB"/>
     <w:rsid w:val="00D8764E"/>
     <w:rsid w:val="00D87EAF"/>
     <w:rsid w:val="00DA55CD"/>
     <w:rsid w:val="00DA720E"/>
     <w:rsid w:val="00DC1153"/>
     <w:rsid w:val="00DC495F"/>
     <w:rsid w:val="00DD7883"/>
     <w:rsid w:val="00DE1A8C"/>
     <w:rsid w:val="00DF3B37"/>
     <w:rsid w:val="00E0209E"/>
     <w:rsid w:val="00E024D9"/>
     <w:rsid w:val="00E0731F"/>
     <w:rsid w:val="00E16914"/>
     <w:rsid w:val="00E172D3"/>
     <w:rsid w:val="00E2098D"/>
     <w:rsid w:val="00E30E7B"/>
     <w:rsid w:val="00E42A6A"/>
     <w:rsid w:val="00E47A28"/>
     <w:rsid w:val="00E5673C"/>
     <w:rsid w:val="00E6511C"/>
     <w:rsid w:val="00E709A8"/>
     <w:rsid w:val="00E72E99"/>
     <w:rsid w:val="00E92D4E"/>
     <w:rsid w:val="00E94FBE"/>
@@ -19971,59 +6885,57 @@
     <w:rsid w:val="00F15112"/>
     <w:rsid w:val="00F16D2B"/>
     <w:rsid w:val="00F22879"/>
     <w:rsid w:val="00F32348"/>
     <w:rsid w:val="00F33211"/>
     <w:rsid w:val="00F363DD"/>
     <w:rsid w:val="00F40BCB"/>
     <w:rsid w:val="00F416C5"/>
     <w:rsid w:val="00F42857"/>
     <w:rsid w:val="00F476E7"/>
     <w:rsid w:val="00F505B3"/>
     <w:rsid w:val="00F53741"/>
     <w:rsid w:val="00F56DB7"/>
     <w:rsid w:val="00F61E7E"/>
     <w:rsid w:val="00F632D3"/>
     <w:rsid w:val="00F736E3"/>
     <w:rsid w:val="00F7426A"/>
     <w:rsid w:val="00F76731"/>
     <w:rsid w:val="00F8330B"/>
     <w:rsid w:val="00F85125"/>
     <w:rsid w:val="00F85A61"/>
     <w:rsid w:val="00F85BC5"/>
     <w:rsid w:val="00F87C1E"/>
     <w:rsid w:val="00F9218B"/>
     <w:rsid w:val="00F9567A"/>
-    <w:rsid w:val="00F95AA4"/>
     <w:rsid w:val="00FA0E36"/>
     <w:rsid w:val="00FA2E59"/>
     <w:rsid w:val="00FB34F5"/>
     <w:rsid w:val="00FB43B8"/>
     <w:rsid w:val="00FC6064"/>
     <w:rsid w:val="00FD3165"/>
     <w:rsid w:val="00FD6D8C"/>
-    <w:rsid w:val="00FE384A"/>
     <w:rsid w:val="00FE46D9"/>
     <w:rsid w:val="00FE650B"/>
     <w:rsid w:val="00FE6852"/>
     <w:rsid w:val="00FF01D3"/>
     <w:rsid w:val="00FF5F81"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
@@ -20409,75 +7321,53 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00E0209E"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="1">
-[...19 lines deleted...]
-  </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="List Paragraph"/>
@@ -20624,315 +7514,91 @@
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:styleId="ad">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00C71970"/>
     <w:rPr>
       <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="10">
-[...14 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:divs>
-    <w:div w:id="269894446">
-[...24 lines deleted...]
-    </w:div>
     <w:div w:id="338579436">
-      <w:bodyDiv w:val="1"/>
-[...50 lines deleted...]
-    <w:div w:id="658734815">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="720060306">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="871259586">
-[...128 lines deleted...]
-    </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/K1500000414" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/K2000000350" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1900000293" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V2200031231" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V2200031231" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -21185,78 +7851,78 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CAFDB646-1893-4410-A192-1A590E72B493}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CADE1AD3-1361-4097-ADCB-AC7D4E5337A8}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>8</Pages>
-[...1 lines deleted...]
-  <Characters>11446</Characters>
+  <Pages>1</Pages>
+  <Words>2089</Words>
+  <Characters>11913</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>95</Lines>
-  <Paragraphs>26</Paragraphs>
+  <Lines>99</Lines>
+  <Paragraphs>27</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Reanimator Extreme Edition</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>13427</CharactersWithSpaces>
+  <CharactersWithSpaces>13975</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>УМЦ</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>