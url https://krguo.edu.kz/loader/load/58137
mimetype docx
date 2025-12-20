--- v0 (2025-10-10)
+++ v1 (2025-12-20)
@@ -6,7970 +6,5059 @@
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6674"/>
-        <w:gridCol w:w="4129"/>
+        <w:gridCol w:w="6657"/>
+        <w:gridCol w:w="4146"/>
       </w:tblGrid>
-      <w:tr w:rsidR="008E4670" w:rsidRPr="00160D11" w:rsidTr="00160D11">
+      <w:tr w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidTr="002B2A42">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6674" w:type="dxa"/>
+            <w:tcW w:w="6657" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008E4670" w:rsidRPr="00A96EE4" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
+          <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A96EE4">
+            <w:r w:rsidRPr="00060073">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4129" w:type="dxa"/>
+            <w:tcW w:w="4146" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008E4670" w:rsidRPr="00283690" w:rsidRDefault="00A96EE4" w:rsidP="00283690">
+          <w:p w:rsidR="00445E5B" w:rsidRPr="008717C7" w:rsidRDefault="00060073" w:rsidP="008717C7">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="ru-RU"/>
-[...15 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008717C7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Қазақстан Республикасы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008717C7">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00283690">
-[...12 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+            <w:r w:rsidRPr="008717C7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Білім және ғылым министрінің</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008717C7">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00283690">
-[...12 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+            <w:r w:rsidRPr="008717C7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2020 жылғы 24 сәуірдегі</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008717C7">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00283690">
-[...6 lines deleted...]
-              <w:t>от 24 апреля 2020 года № 158</w:t>
+            <w:r w:rsidRPr="008717C7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">№ 158 бұйрығына </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008717C7">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="008717C7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
+    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="z680"/>
-      <w:r w:rsidRPr="00AA1129">
+      <w:bookmarkStart w:id="0" w:name="z265"/>
+      <w:r w:rsidRPr="00060073">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve"> Правила оказания государственной услуги "Предоставление бесплатного и льготного питания отдельным категориям обучающихся и воспитанников в общеобразовательных школах"</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> "Жалпы білім беретін мектептердегі білім алушылар мен тәрбиеленушілердің жекелеген санаттарына тегін және жеңілдетілген тамақтандыруды ұсыну" мемлекеттік қызметті көрсету қағидалары</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
+    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="1" w:name="z681"/>
+      <w:bookmarkStart w:id="1" w:name="z266"/>
       <w:bookmarkEnd w:id="0"/>
-      <w:r w:rsidRPr="00AA1129">
+      <w:r w:rsidRPr="00060073">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1-тарау.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
+    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="2" w:name="z682"/>
+      <w:bookmarkStart w:id="2" w:name="z267"/>
       <w:bookmarkEnd w:id="1"/>
-      <w:r w:rsidRPr="00AA1129">
-[...35 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       1. Осы "Жалпы білім беретін мектептердегі білім алушылар мен тәрбиеленушілердің жекелеген санаттарына тегін және жеңілдетілген тамақтандыруды ұсыну" мемлекеттік қызметті көрсету қағидалары (бұдан әрі – Қағидалар) "Мемлекеттік көрсетілетін қызметтер туралы" Қазақстан Республикасы Заңының (бұдан әрі – Заң) 10-бабының 1) тармақшасына сәйкес әзірленді және жалпы білім беретін мектептердегі білім алушылар мен тәрбиеленушілердің жекелеген санаттарына тегін және жеңілдетілген тамақтандыруды ұсыну тәртібін айқындайды.</w:t>
+      </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
-    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
+    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A96EE4">
+      <w:r w:rsidRPr="00060073">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>     </w:t>
-[...10 lines deleted...]
-      <w:r w:rsidRPr="00283690">
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008717C7">
         <w:rPr>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00283690">
+        </w:rPr>
+        <w:t xml:space="preserve">Ескерту. 1-тармақ жаңа редакцияда - ҚР Оқу-ағарту министрінің 12.04.2023 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008717C7">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>№ 95</w:t>
       </w:r>
-      <w:r w:rsidRPr="00283690">
+      <w:r w:rsidRPr="008717C7">
         <w:rPr>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00283690">
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008717C7">
         <w:rPr>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00283690">
+      <w:r w:rsidRPr="008717C7">
         <w:rPr>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>     </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00283690">
+        <w:t xml:space="preserve">      2. Алып тасталды - ҚР Білім және ғылым министрінің 21.02.2022 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008717C7">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>№ 55</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008717C7">
         <w:rPr>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00283690">
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008717C7">
         <w:rPr>
           <w:i/>
-          <w:color w:val="000000"/>
-[...21 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:bookmarkStart w:id="3" w:name="z688"/>
-      <w:r w:rsidRPr="00AA1129">
+      <w:bookmarkStart w:id="3" w:name="z269"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00060073">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve"> Глава 2. Порядок оказания государственной услуги</w:t>
+        </w:rPr>
+        <w:t>2-тарау.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Мемлекеттік қызмет көрсету тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
+    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="4" w:name="z689"/>
+      <w:bookmarkStart w:id="4" w:name="z270"/>
       <w:bookmarkEnd w:id="3"/>
-      <w:r w:rsidRPr="00A96EE4">
-[...14 lines deleted...]
-        <w:t xml:space="preserve"> 3. </w:t>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       3. "Жалпы білім беретін мектептердегі білім алушылар мен тәрбиеленушілердің жекелеген санаттарына тегін және жеңілдетілген тамақтандыруды ұсыну" мемлекеттік көрсетілетін қызметін (бұдан әрі – мемлекеттік көрсетілетін қызмет) алу үшін жеке тұлға (бұдан әрі – көрсетілетін қызметті алушы) облыстардың, Астана, Алматы және Шымкент қалаларының, аудандардың және облыстық маңызы бар қалалардың жергілікті атқарушы органдарына, республикалық маңызы бар қалалардың және астананың білім басқармаларына, аудандардағы, облыстық маңызы бар қалалардағы білім бөлімдеріне, білім беру ұйымдарына (бұдан әрі – көрсетілетін қызметті беруші) немесе "электрондық үкіметтің" веб-порталы (бұдан әрі – портал) арқылы осы Қағидаларға 2-қосымшаға сәйкес "Жалпы білім </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00AA1129">
-[...66 lines deleted...]
-        <w:t>) или через</w:t>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>беретін</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00AA1129">
-[...26 lines deleted...]
-        <w:t xml:space="preserve"> "электронного правительства" (далее – портал) заявление по форме, согласно приложению 1 к настоящим Правилам с приложением документов, предусмотренных перечнем основных требований к оказанию государственной услуги "Предоставление бесплатного и льготного питания отдельным категориям обучающихся и воспитанников в общеобразовательных школах" (далее – Требования к оказанию государственной услуги), согласно приложению 2 к настоящим Правилам.</w:t>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мектептердегі білім алушылар мен тәрбиеленушілердің жекелеген санаттарына тегін және жеңілдікпен тамақтандыруды ұсыну" мемлекеттік қызмет көрсетуге қойылатын негізгі талаптардың тізбесінде (бұдан әрі – мемлекеттік қызмет көрсетуге қойылатын талаптар) көзделген құжаттарды қоса бере отырып, осы Қағидаларға 1-қосымшаға сәйкес нысан бойынша өтініш береді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
-    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
+    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00283690">
+      <w:r w:rsidRPr="008717C7">
         <w:rPr>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>     </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00283690">
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008717C7">
         <w:rPr>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00283690">
+        </w:rPr>
+        <w:t xml:space="preserve">Ескерту. 3-тармақ жаңа редакцияда - ҚР Оқу-ағарту министрінің 12.04.2023 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008717C7">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>№ 95</w:t>
       </w:r>
-      <w:r w:rsidRPr="00283690">
+      <w:r w:rsidRPr="008717C7">
         <w:rPr>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00283690">
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008717C7">
         <w:rPr>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:bookmarkStart w:id="5" w:name="z690"/>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> в "личный кабинет" направляется статус о принятии запроса на государственную услугу, а также уведомление с указанием даты и времени получения результата государственной услуги.</w:t>
+      <w:bookmarkStart w:id="5" w:name="z271"/>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      4. Портал арқылы жүгінген жағдайда көрсетілетін қызметті алушының "жеке кабинетіне" мемлекеттік көрсетілетін қызметке сұрау салудың қабылданғаны туралы мәртебе, сондай-ақ мемлекеттік көрсетілетін қызмет нәтижесін алу күні мен уақыты көрсетілген хабарлама жіберіледі.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
+    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="6" w:name="z691"/>
+      <w:bookmarkStart w:id="6" w:name="z272"/>
       <w:bookmarkEnd w:id="5"/>
-      <w:r w:rsidRPr="00A96EE4">
-[...34 lines deleted...]
-        <w:t xml:space="preserve"> в течение 1 (одного) рабочего дня с момента получения документов, проверяет полноту представленных документов.</w:t>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      5. Көрсетілетін қызметті беруші құжаттарды алған сәттен бастап 1 (бір) жұмыс күні ішінде ұсынылған құжаттардың толықтығын тексереді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
+    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A96EE4">
-[...55 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Көрсетілетін қызметті алушы құжаттардың толық топтамасын ұсынбаған және (немесе) қолданылу мерзімі өтіп кеткен құжаттарды ұсынған жағдайда, көрсетілетін қызметті беруші өтінішті одан әрі қараудан дәлелді бас тартады.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
+    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A96EE4">
+      <w:r w:rsidRPr="00060073">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>     </w:t>
-[...10 lines deleted...]
-      <w:r w:rsidRPr="00283690">
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008717C7">
         <w:rPr>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00283690">
+        </w:rPr>
+        <w:t xml:space="preserve">Ескерту. 5-тармақ жаңа редакцияда - ҚР Білім және ғылым министрінің 21.02.2022 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008717C7">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>№ 55</w:t>
       </w:r>
-      <w:r w:rsidRPr="00283690">
+      <w:r w:rsidRPr="008717C7">
         <w:rPr>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00283690">
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008717C7">
         <w:rPr>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:bookmarkStart w:id="7" w:name="z692"/>
-[...86 lines deleted...]
-        <w:t xml:space="preserve"> получает из соответствующих государственных информационных систем через шлюз "электронного правительства".</w:t>
+      <w:bookmarkStart w:id="7" w:name="z273"/>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      6. Көрсетілетін қызметті алушының жеке басын, баланың туылғанын, некеге тұруды немесе бұзуды куәаландыратын құжаттар туралы ("АХАЖ тіркеу пункті" ақпараттық жүйресінде мәліметтер болмаған жағдайда), жұмыссыз ретінде тіркеу туралы, көрсетілетін қызметті алушының (отбасының) мемлекеттік атаулы әлеуметтік көмек алушыларға тиесілілігі туралы, мемлекеттік әлеуметтік көмек алмайтын, жан басына шаққандағы табысы ең төменгі күнкөріс деңгейінің шамасынан төмен адамдардың табыстары </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>туралы мәліметтерді, қорғаншылық және қамқоршылық туралы анықтаманы көрсетілетін қызметті беруші тиісті мемлекеттік ақпараттық жүйелерден "электронды үкімет" шлюзі арқылы алады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
+    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A96EE4">
-[...56 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Егер Қазақстан Республикасының заңдарында өзгеше көзделмесе, көрсетілетін қызметті беруші мемлекеттік қызметті көрсету кезінде ақпараттық жүйелерде қамтылған, заңмен қорғалатын құпияны құрайтын мәліметтерді пайдалануға көрсетілетін қызметті алушының келісімін алады.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
+    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A96EE4">
-[...35 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Көрсетілетін қызметті берушілер іске асырылған интеграция арқылы цифрлық құжаттарды цифрлық құжаттар сервисінен порталда тіркелген пайдаланушының ұялы байланысының абоненттік нөмірі арқылы ұсынылған құжат иесінің келісімі болған жағдайда, бір реттік парольді беру арқылы немесе портал хабарламасына жауап ретінде қысқа мәтіндік хабарлама жіберу арқылы алады.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
+    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00283690">
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008717C7">
         <w:rPr>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>     </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00283690">
+        <w:t xml:space="preserve">Ескерту. 6-тармақ жаңа редакцияда - ҚР Білім және ғылым министрінің 21.02.2022 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008717C7">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>№ 55</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008717C7">
         <w:rPr>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00283690">
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008717C7">
         <w:rPr>
           <w:i/>
-          <w:color w:val="000000"/>
-[...21 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:bookmarkStart w:id="8" w:name="z1110"/>
-[...44 lines deleted...]
-        <w:t xml:space="preserve"> в течение 3 (трех) рабочих дней готовит справку о предоставлении бесплатного и льготного питания отдельным категориям обучающихся и воспитанников в общеобразовательных школах (далее - справка) по форме, согласно приложению 3 к настоящим Правилам.</w:t>
+      <w:bookmarkStart w:id="8" w:name="z274"/>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       7. Құжаттарды тексеру қорытындысы бойынша көрсетілетін қызметті беруші 3 (үш) жұмыс күні ішінде осы Қағидаларға 3-қосымшаға сәйкес нысан бойынша жалпы білім беретін мектептердегі білім алушылар мен тәрбиеленушілердің жекелеген санаттарына тегін және жеңілдікпен тамақтандыруды ұсыну туралы анықтама (бұдан әрі - анықтама) дайындайды.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
+    <w:bookmarkEnd w:id="8"/>
+    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="9" w:name="z999"/>
-[...105 lines deleted...]
-        <w:t xml:space="preserve"> позицию по предварительному решению.</w:t>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Осы Қағидалардың Мемлекеттік қызмет көрсетуге қойылатын талаптарының 9-тармағында көрсетілген негіздер бойынша мемлекеттік қызметті көрсетуден бас тарту үшін негіз анықталған кезде, көрсетілетін қызметті беруші Қазақстан Республикасы Әкімшілік рәсімдік–процестік кодексінің (бұдан әрі - ҚР ӘПК) 73-бабына сәйкес мемлекеттік қызметті көрсету мерзімі аяқталғанға дейін 3 (үш) жұмыс күнінен кешіктірмей көрсетілетін қызметті алушыға мемлекеттік қызметті көрсетуден бас тарту туралы алдын ала шешімдер туралы, сондай-ақ көрсетілетін қызметті алушыға алдын ала шешім бойынша ұстанымнын білдіруге мүмкіндік беру үшін тыңдауды өткізу уақыты мен орны туралы хабарламаны жолдайды.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
+    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="10" w:name="z1000"/>
-[...26 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Тыңдау рәсімі ҚР АӨК-нің 73-бабына сәйкес жүргізіледі.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
+    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="11" w:name="z1001"/>
-[...57 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Тыңдау нәтижелері бойынша көрсетілетін қызметті беруші 1 (бір) жұмыс күні ішінде анықтаманы немесе мемлекеттік қызметті көрсетуден дәлелді бас тартуды көрсетілетін қызметті алушыға жолдайды.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
+    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00283690">
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008717C7">
         <w:rPr>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>     </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00283690">
+        <w:t xml:space="preserve">Ескерту. 7-тармақ жаңа редакцияда - ҚР Оқу-ағарту министрінің 03.10.2022 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008717C7">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>№ 414</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008717C7">
         <w:rPr>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00283690">
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008717C7">
         <w:rPr>
           <w:i/>
-          <w:color w:val="000000"/>
-[...21 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:bookmarkStart w:id="12" w:name="z1111"/>
-[...190 lines deleted...]
-        <w:t xml:space="preserve"> и включать в себя:</w:t>
+      <w:bookmarkStart w:id="9" w:name="z377"/>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      7-1. Мемлекеттік қызмет көрсетілетін қызметті алушының өтінішінсіз көрсетілетін қызметті берушінің бастамасымен көрсетілетін қызметті берушінің және мемлекеттік органдардың ақпараттық жүйелері арқылы көрсетілетін қызметті алушының ұялы байланысының абоненттік құрылғысының телефон нөмірін www.egov.kz "электрондық үкімет" веб-порталында тіркей отырып, проактивті жолмен көрсетуге болады және оған:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
+    <w:bookmarkEnd w:id="9"/>
+    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A96EE4">
-[...34 lines deleted...]
-        <w:t xml:space="preserve"> с запросом на оказание государственной услуги;</w:t>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>көрсетілетін</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қызметті алушыға кезекке қою жөніндегі мемлекеттік қызметті көрсетуге сұраным жасалған автоматты хабарлама жіберу;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
+    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A96EE4">
-[...94 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>проактивті</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қызметті көрсету үшін көрсетілетін қызметті алушының ұялы байланысының абоненттік құрылғысының көмегімен көрсетілетін қызметті алушының келісімін алу, сондай-ақ көрсетілетін қызметті алушыдан басқа қажетті, оның ішінде шектеулі қолжетімді мәліметтерді алу енеді.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
+    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00283690">
+      <w:r w:rsidRPr="008717C7">
         <w:rPr>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>     </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00283690">
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008717C7">
         <w:rPr>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00283690">
+        </w:rPr>
+        <w:t xml:space="preserve">Ескерту. 2-тарау 7-1-тармақпен толықтырылды - ҚР Оқу-ағарту министрінің 12.04.2023 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008717C7">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>№ 95</w:t>
       </w:r>
-      <w:r w:rsidRPr="00283690">
+      <w:r w:rsidRPr="008717C7">
         <w:rPr>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00283690">
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008717C7">
         <w:rPr>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00283690">
+      <w:r w:rsidRPr="008717C7">
         <w:rPr>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>     </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00283690">
+        <w:t xml:space="preserve">      8. Алып тасталды - ҚР Білім және ғылым министрінің 21.02.2022 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008717C7">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>№ 55</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008717C7">
         <w:rPr>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00283690">
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008717C7">
         <w:rPr>
           <w:i/>
-          <w:color w:val="000000"/>
-[...21 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:bookmarkStart w:id="13" w:name="z696"/>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> 9. Общий срок рассмотрения документов и получение справки либо отказ в оказании государственной услуги составляет 5 (пять) рабочих дней.</w:t>
+      <w:bookmarkStart w:id="10" w:name="z276"/>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      9. Құжаттарды қараудың жалпы мерзімі және анықтаманы алу не мемлекеттік қызмет көрсетуден бас тарту 5 (бес) жұмыс күнін құрайды.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
+    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="14" w:name="z930"/>
-[...27 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+      <w:bookmarkStart w:id="11" w:name="z362"/>
+      <w:bookmarkEnd w:id="10"/>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00AA1129">
-[...16 lines deleted...]
-        <w:t xml:space="preserve"> обеспечивает внесение данных в информационную систему мониторинга оказания государственных услуг о стадии оказания государственной услуги в порядке, установленном уполномоченным органом в сфере информатизации в соответствии с подпунктом 11) пункта 2 статьи 5 Закона.</w:t>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">9-1. Көрсетілетін қызметті беруші Заңның 5-бабы 2-тармағының 11) тармақшасына сәйкес ақпараттандыру саласындағы уәкілетті орган белгілеген тәртіппен мемлекеттік қызмет көрсету сатысы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>туралы мемлекеттік қызметтер көрсету мониторингінің ақпараттық жүйесіне деректерді енгізуді қамтамасыз етеді.</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
+    <w:bookmarkEnd w:id="11"/>
+    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="15" w:name="z1002"/>
-[...58 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ақпараттық жүйе істен шыққан кезде көрсетілетін қызметті беруші анықталған сәттен бастап дереу көрсетілетін қызметті берушінің ақпараттық-коммуникациялық инфрақұрылымға жауапты құрылымдық бөлімшесінің қызметкерін хабардар етеді.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
+    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="16" w:name="z1003"/>
-[...37 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Бұл жағдайда ақпараттық-коммуникациялық инфрақұрылымға жауапты қызметкер Қағидалардың осы тармағының екінші бөлігінде көрсетілген мерзім ішінде техникалық проблема туралы хаттама жасайды және оған көрсетілетін қызметті беруші қол қояды.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
+    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="17" w:name="z1004"/>
-[...37 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасының балалардың құқықтарын қорғау саласындағы уәкілетті органы көрсетілетін қызметті берушілерді, оның ішінде Бірыңғай байланыс орталығын мемлекеттік қызмет көрсетуге қойылатын талаптарға енгізілген өзгерістер мен толықтырулар туралы хабардар етеді.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
+    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00283690">
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008717C7">
         <w:rPr>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>     </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00283690">
+        <w:t xml:space="preserve">Ескерту. 2-тарау 9-1-тармақпен толықтырылды - ҚР Білім және ғылым министрінің 21.02.2022 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008717C7">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>№ 55</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008717C7">
         <w:rPr>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00283690">
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); жаңа редакцияда - ҚР Оқу-ағарту министрінің 03.10.2022 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008717C7">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>№ 414</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008717C7">
         <w:rPr>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00283690">
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008717C7">
         <w:rPr>
           <w:i/>
-          <w:color w:val="000000"/>
-[...34 lines deleted...]
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="12" w:name="z277"/>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3-тарау.</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00283690">
-[...9 lines deleted...]
-      <w:r w:rsidRPr="00AA1129">
+      <w:r w:rsidRPr="00060073">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
-[...23 lines deleted...]
-        <w:t xml:space="preserve"> и (или) его должностных лиц в процессе оказания государственной услуги</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> Мемлекеттік қызмет көрсету процесінде көсетілетін қызметті берушінің және (немесе) оның лауазымды адамдарының шешімдеріне, әрекетіне (әрекетсіздігіне) шағымдану тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
+    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="19" w:name="z698"/>
-[...76 lines deleted...]
-        <w:t xml:space="preserve"> качеством оказания государственных услуг (далее – орган, рассматривающий жалобу), в соответствии с законодательством Республики Казахстан.</w:t>
+      <w:bookmarkStart w:id="13" w:name="z278"/>
+      <w:bookmarkEnd w:id="12"/>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      10. Мемлекеттік қызмет көрсету мәселелері бойынша көрсетілетін қызметті берушінің шешіміне, әрекетіне (әрекетсіздігіне) шағым көрсетілетін қызметті беруші басшысының атына, мемлекеттік қызмет көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органға (бұдан әрі – шағымды қарайтын орган) Қазақстан Республикасының заңнамасына сәйкес беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
+    <w:bookmarkEnd w:id="13"/>
+    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A96EE4">
-[...15 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Мемлекеттік қызметтер көрсету мәселелері бойынша шағымды қарауды жоғары тұрған әкімшілік орган, лауазымды тұлға, шағымды қарайтын орган жүргізеді.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
+    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A96EE4">
-[...35 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Шағымдар көрсетілетін қызметті берушіге және (немесе) шешіміне, әрекетіне (әрекетсіздігіне) шағым жасаған лауазымды тұлғаға беріледі.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
+    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A96EE4">
-[...35 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Көрсетілетін қызметті беруші шешіміне, әрекетіне (әрекетсіздігіне) шағым жасалып отырған лауазымды тұлға шағым келіп түскен күннен бастап 3 (үш) жұмыс күнінен кешіктірмей оны шағымды қарайтын органға жібереді.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
+    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A96EE4">
-[...35 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Бұл ретте көрсетілетін қызметті беруші, лауазымды тұлға, шешімге, әрекетке (әрекетсіздікке) шағым жасайды, егер ол 3 (үш) жұмыс күні ішінде шағымда көрсетілген талаптарды толық қанағаттандыратын шешімді немесе әкімшілік әрекетті қабылдаса, шағымды қарайтын органға шағым жібермейді.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
+    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AA1129">
-[...64 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Көрсетілетін қызметті берушінің атына келіп түскен көрсетілетін қызметті алушының шағымы Мемлекеттік көрсетілетін қызметтер туралы заңның 25-бабы 2-тармағына сәйкес тіркелген күнінен бастап 5 (бес) жұмыс күні ішінде қаралуға жатады.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
+    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A96EE4">
-[...35 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Шағымды қарайтын органның атына келіп түскен көрсетілетін қызметті алушының шағымы тіркелген күнінен бастап 15 (он бес) жұмыс күні ішінде қаралуға жатады.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
+    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A96EE4">
-[...15 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Егер заңда өзгеше көзделмесе, сотқа жүгінуге сотқа дейінгі тәртіппен шағым жасалғаннан кейін жол беріледі.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
+    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A96EE4">
-[...16 lines deleted...]
-      <w:r w:rsidRPr="00283690">
+      <w:r w:rsidRPr="008717C7">
         <w:rPr>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
-[...13 lines deleted...]
-      <w:r w:rsidRPr="00283690">
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008717C7">
         <w:rPr>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00283690">
+        </w:rPr>
+        <w:t xml:space="preserve">Ескерту. 10-тармақ жаңа редакцияда - ҚР Білім және ғылым министрінің 21.02.2022 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008717C7">
         <w:rPr>
           <w:i/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>№ 55</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008717C7">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008717C7">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:bookmarkStart w:id="20" w:name="z701"/>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> обращается в суд в установленном законодательством Республики Казахстан порядке.</w:t>
+      <w:bookmarkStart w:id="14" w:name="z279"/>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      11. Көрсетілген мемлекеттік қызмет нәтижесімен келіспеген жағдайда көрсетілетін қызметті алушы Қазақстан Республикасының заңнамасында белгіленген тәртіппен сотқа жүгінеді.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5827"/>
-        <w:gridCol w:w="4961"/>
+        <w:gridCol w:w="5402"/>
+        <w:gridCol w:w="5386"/>
       </w:tblGrid>
-      <w:tr w:rsidR="008E4670" w:rsidRPr="00160D11" w:rsidTr="00283690">
+      <w:tr w:rsidR="00445E5B" w:rsidRPr="008717C7" w:rsidTr="008717C7">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5827" w:type="dxa"/>
+            <w:tcW w:w="5402" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkEnd w:id="20"/>
-          <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
+          <w:bookmarkEnd w:id="14"/>
+          <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="ru-RU"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00A96EE4">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00060073">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcW w:w="5386" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00283690" w:rsidRPr="00283690" w:rsidRDefault="00283690" w:rsidP="00283690">
+          <w:p w:rsidR="008717C7" w:rsidRPr="008717C7" w:rsidRDefault="008717C7" w:rsidP="008717C7">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="008E4670" w:rsidRPr="00283690" w:rsidRDefault="00A96EE4" w:rsidP="00EB4A08">
+          <w:p w:rsidR="00445E5B" w:rsidRPr="008717C7" w:rsidRDefault="00060073" w:rsidP="008717C7">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00283690">
+            <w:r w:rsidRPr="008717C7">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>Приложение 1</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00283690">
+              <w:t xml:space="preserve">"Жалпы білім беретін мектептердегі білім алушылар </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008717C7">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00283690">
+            <w:r w:rsidRPr="008717C7">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>к Правилам оказания</w:t>
-[...3 lines deleted...]
-                <w:color w:val="000000"/>
+              <w:t xml:space="preserve">мен тәрбиеленушілердің жекелеген санаттарына тегін </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008717C7">
+              <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00283690">
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="008717C7">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>государственной услуги</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00283690">
+              <w:t xml:space="preserve">және жеңілдетілген тамақтандыруды ұсыну" </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008717C7">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00283690">
+            <w:r w:rsidRPr="008717C7">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>"Предоставление бесплатного и</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00EB4A08">
+              <w:t>мемлекеттік қызметті кө</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="008717C7">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00283690">
+              <w:t>рсету</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="008717C7">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>льготного питания отдельным</w:t>
-[...3 lines deleted...]
-                <w:color w:val="000000"/>
+              <w:t xml:space="preserve"> қағидаларына</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008717C7">
+              <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00283690">
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="008717C7">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>категориям обучающихся и</w:t>
-[...34 lines deleted...]
-              <w:t>общеобразовательных школах"</w:t>
+              <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008E4670" w:rsidRPr="00A96EE4" w:rsidTr="00283690">
+      <w:tr w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidTr="008717C7">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5827" w:type="dxa"/>
+            <w:tcW w:w="5402" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
+          <w:p w:rsidR="00445E5B" w:rsidRPr="008717C7" w:rsidRDefault="00060073" w:rsidP="00060073">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A96EE4">
+            <w:r w:rsidRPr="00060073">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcW w:w="5386" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008E4670" w:rsidRPr="00283690" w:rsidRDefault="00A96EE4" w:rsidP="00283690">
+          <w:p w:rsidR="00445E5B" w:rsidRPr="008717C7" w:rsidRDefault="00060073" w:rsidP="008717C7">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...8 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008717C7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008E4670" w:rsidRPr="00160D11" w:rsidTr="00283690">
+      <w:tr w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidTr="008717C7">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5827" w:type="dxa"/>
+            <w:tcW w:w="5402" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008E4670" w:rsidRPr="00A96EE4" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
+          <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A96EE4">
+            <w:r w:rsidRPr="00060073">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcW w:w="5386" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008E4670" w:rsidRPr="00283690" w:rsidRDefault="00A96EE4" w:rsidP="00EB4A08">
+          <w:p w:rsidR="00445E5B" w:rsidRPr="008717C7" w:rsidRDefault="00060073" w:rsidP="008717C7">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="ru-RU"/>
-[...15 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008717C7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>_______________ басшысына</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008717C7">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00283690">
-[...12 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+            <w:r w:rsidRPr="008717C7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>_________________________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008717C7">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00283690">
-[...33 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+            <w:r w:rsidRPr="008717C7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(елді мекен атауы, тұрғылықты</w:t>
+            </w:r>
+            <w:r w:rsidR="008717C7" w:rsidRPr="008717C7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008717C7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>мекенжайы, телефоны)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008717C7">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00283690">
-[...13 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+            <w:r w:rsidRPr="008717C7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>мекенжай бойынша тұратын</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008717C7">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="008717C7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>_________________________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008717C7">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="008717C7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>_________________________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008717C7">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="008717C7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(өтініш берушінің тегі, аты, әкесінің аты</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008717C7">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="008717C7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(бар болғанда) және жеке</w:t>
+            </w:r>
+            <w:r w:rsidR="008717C7" w:rsidRPr="008717C7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00283690">
-[...165 lines deleted...]
-              <w:t>проживания, телефон)</w:t>
+            <w:r w:rsidRPr="008717C7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сәйкестендіру нөмірі)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
+    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="008717C7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="15" w:name="z281"/>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Өтініш</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:p w:rsidR="00445E5B" w:rsidRPr="008717C7" w:rsidRDefault="00060073" w:rsidP="00060073">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="21" w:name="z1113"/>
-[...105 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008717C7">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ескерту. 1-қосымша жаңа редакцияда - ҚР Оқу-ағарту министрінің 12.04.2023 № 95 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:p w:rsidR="008E4670" w:rsidRPr="00EB4A08" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
+    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:i/>
-[...2 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AA1129">
-[...34 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Сізден (мектеп №, № және сынып литерін көрсету) оқитын менің кәмелетке толмаған баламды (тегі, аты, әкесінің аты (бар болған жағдайда) және жеке сәйкестендіру нөмірі, туған күні) (оқу жылын көрсету) тегін және жеңілдікпен тамақтандырумен қамтамасыз етілетін білім алушылар мен тәрбиеленушілердің тізіміне қосуды сұраймын.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
+    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A96EE4">
-[...87 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ақпараттық жүйелердегі "Дербес деректер және оларды қорғау туралы" Қазақстан Республикасының Заңымен қорғалатын құпия мәліметтерді қолдануға келісім беремін.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
+    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AA1129">
-[...380 lines deleted...]
-        <w:t>)</w:t>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      "___" _____________20__ жыл                   азаматтың (азаматшаның) қолы</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6394"/>
-        <w:gridCol w:w="4394"/>
+        <w:gridCol w:w="6252"/>
+        <w:gridCol w:w="4536"/>
       </w:tblGrid>
-      <w:tr w:rsidR="008E4670" w:rsidRPr="00160D11" w:rsidTr="00860084">
+      <w:tr w:rsidR="00445E5B" w:rsidRPr="00E0303C" w:rsidTr="00E0303C">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6394" w:type="dxa"/>
+            <w:tcW w:w="6252" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
+          <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="ru-RU"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00A96EE4">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00060073">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4394" w:type="dxa"/>
+            <w:tcW w:w="4536" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EB4A08" w:rsidRDefault="00EB4A08" w:rsidP="00A96EE4">
+          <w:p w:rsidR="00E0303C" w:rsidRDefault="00E0303C" w:rsidP="00060073">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00EB4A08" w:rsidRDefault="00EB4A08" w:rsidP="00A96EE4">
+          <w:p w:rsidR="00445E5B" w:rsidRPr="00E0303C" w:rsidRDefault="00060073" w:rsidP="00E0303C">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:jc w:val="both"/>
-[...1 lines deleted...]
-                <w:color w:val="000000"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E0303C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">"Жалпы білім беретін мектептердегі білім алушылар мен тәрбиеленушілердің </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E0303C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00E0303C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">жекелеген санаттарына тегін және жеңілдетілген </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E0303C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00E0303C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>тамақтандыруды ұсыну" мемлекеттік қызметті кө</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E0303C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>рсету</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E0303C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> қағидаларына</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E0303C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00E0303C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>2-қосымша</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E0303C" w:rsidRPr="00E0303C" w:rsidRDefault="00E0303C" w:rsidP="00060073">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="008E4670" w:rsidRDefault="00A96EE4" w:rsidP="00860084">
-[...153 lines deleted...]
-          </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
+    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="16" w:name="z283"/>
+      <w:r w:rsidRPr="00E0303C">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-      </w:pPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00AA1129">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060073">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve"> Перечень основных требований к оказанию государственной услуги "Предоставление бесплатного и льготного питания отдельным категориям обучающихся и воспитанников в общеобразовательных школах"</w:t>
+        </w:rPr>
+        <w:t>"Жалпы білім беретін мектептердегі білім алушылар мен тәрбиеленушілердің жекелеген санаттарына тегін және жеңілдетілген тамақтандыруды ұсыну" мемлекеттік қызмет көрсетуге қойылатын негізгі талаптардың тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:p w:rsidR="008E4670" w:rsidRPr="00860084" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
+    <w:bookmarkEnd w:id="16"/>
+    <w:p w:rsidR="00445E5B" w:rsidRPr="00E0303C" w:rsidRDefault="00060073" w:rsidP="00060073">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AA1129">
+      <w:r w:rsidRPr="00060073">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
-[...20 lines deleted...]
-      <w:r w:rsidRPr="00860084">
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E0303C">
         <w:rPr>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
-[...2 lines deleted...]
-      </w:r>
+        </w:rPr>
+        <w:t>Ескерту. 2-қосымша жаңа редакцияда - ҚР Оқу-ағарту министрінің 12.04.2023 № 95 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10044" w:type="dxa"/>
+        <w:tblW w:w="10753" w:type="dxa"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="326"/>
-        <w:gridCol w:w="2693"/>
-        <w:gridCol w:w="278"/>
+        <w:gridCol w:w="3543"/>
+        <w:gridCol w:w="137"/>
         <w:gridCol w:w="6667"/>
         <w:gridCol w:w="80"/>
       </w:tblGrid>
-      <w:tr w:rsidR="008E4670" w:rsidRPr="00860084" w:rsidTr="00A2586A">
+      <w:tr w:rsidR="00445E5B" w:rsidRPr="00E0303C" w:rsidTr="00E0303C">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="80" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="326" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008E4670" w:rsidRPr="00860084" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00860084">
+          <w:p w:rsidR="00445E5B" w:rsidRPr="00E0303C" w:rsidRDefault="00060073" w:rsidP="00060073">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E0303C">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcW w:w="3543" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008E4670" w:rsidRPr="00860084" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
-[...36 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="00445E5B" w:rsidRPr="00E0303C" w:rsidRDefault="00060073" w:rsidP="00060073">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E0303C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Көрсетілетін қызметті берушінің атауы</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6945" w:type="dxa"/>
+            <w:tcW w:w="6804" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008E4670" w:rsidRPr="00860084" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
-[...37 lines deleted...]
-              <w:t xml:space="preserve"> и Шымкент, районов и городов областного значения, управления образования областей, городов республиканского значения и столицы, отделы образования районов и городов областного значения, организации образования</w:t>
+          <w:p w:rsidR="00445E5B" w:rsidRPr="00E0303C" w:rsidRDefault="00060073" w:rsidP="00060073">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E0303C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Облыстардың, Астана, Алматы және Шымкент қалаларының, аудандар мен облыстық маңызы бар қалалардың жергілікті атқарушы органдары, республикалық маңызы бар қалалардың және астананың білім басқармалары, аудандардағы, облыстық маңызы бар қалалардағы білім бөлімдері, білім беру ұйымдары.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008E4670" w:rsidRPr="00860084" w:rsidTr="00A2586A">
+      <w:tr w:rsidR="00445E5B" w:rsidRPr="00E0303C" w:rsidTr="00E0303C">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="80" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="326" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008E4670" w:rsidRPr="00860084" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00860084">
+          <w:p w:rsidR="00445E5B" w:rsidRPr="00E0303C" w:rsidRDefault="00060073" w:rsidP="00060073">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E0303C">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcW w:w="3543" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008E4670" w:rsidRPr="00860084" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
-[...87 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+          <w:p w:rsidR="00445E5B" w:rsidRPr="00E0303C" w:rsidRDefault="00060073" w:rsidP="00060073">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E0303C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Мемлекеттік қызметті ұсыну тәсілдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6945" w:type="dxa"/>
+            <w:tcW w:w="6804" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008E4670" w:rsidRPr="00860084" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
-[...17 lines deleted...]
-              <w:t xml:space="preserve">Прием заявления и выдача результата оказания государственной услуги осуществляются </w:t>
+          <w:p w:rsidR="00445E5B" w:rsidRPr="00E0303C" w:rsidRDefault="00060073" w:rsidP="00060073">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E0303C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Өтініштерді қабылдау және мемлекеттік қызмет көрсетудің нәтижелерін беру:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00445E5B" w:rsidRPr="00E0303C" w:rsidRDefault="00060073" w:rsidP="00060073">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E0303C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1) көрсетілетін қызметті берушінің кеңсесі;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00445E5B" w:rsidRPr="00E0303C" w:rsidRDefault="00060073" w:rsidP="00060073">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E0303C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2) білім беру ұйымдары;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00445E5B" w:rsidRPr="00E0303C" w:rsidRDefault="00060073" w:rsidP="00060073">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E0303C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3) "</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00860084">
-[...6 lines deleted...]
-              <w:t>через</w:t>
+            <w:r w:rsidRPr="00E0303C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>электрондық</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00860084">
-[...143 lines deleted...]
-              <w:t xml:space="preserve"> (далее – портал).</w:t>
+            <w:r w:rsidRPr="00E0303C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> үкіметтің" www.egov.kz веб-порталы (бұдан әрі - портал) арқылы жүзеге асырылады.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008E4670" w:rsidRPr="00860084" w:rsidTr="00A2586A">
+      <w:tr w:rsidR="00445E5B" w:rsidRPr="00E0303C" w:rsidTr="00E0303C">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="80" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="326" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008E4670" w:rsidRPr="00860084" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00860084">
+          <w:p w:rsidR="00445E5B" w:rsidRPr="00E0303C" w:rsidRDefault="00060073" w:rsidP="00060073">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E0303C">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcW w:w="3543" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008E4670" w:rsidRPr="00860084" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
-[...72 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="00445E5B" w:rsidRPr="00E0303C" w:rsidRDefault="00060073" w:rsidP="00060073">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E0303C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Мемлекеттік </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00445E5B" w:rsidRPr="00E0303C" w:rsidRDefault="00060073" w:rsidP="00060073">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E0303C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қызмет көрсету мерзімі</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6945" w:type="dxa"/>
+            <w:tcW w:w="6804" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008E4670" w:rsidRPr="00860084" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
-[...119 lines deleted...]
-              <w:t xml:space="preserve"> – 30 минут.</w:t>
+          <w:p w:rsidR="00445E5B" w:rsidRPr="00E0303C" w:rsidRDefault="00060073" w:rsidP="00060073">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E0303C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1) көрсетілетін қызметті берушіге құжаттарды тапсырған сәттен бастап, сондай-ақ портал арқылы өтініш берген кезде - 5 (бес) жұмыс күні;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00445E5B" w:rsidRPr="00E0303C" w:rsidRDefault="00060073" w:rsidP="00060073">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E0303C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2) көрсетілетін қызметті берушіге құжаттарды тапсыру үшін күтудің рұқсат берілетін ең ұзақ уақыты - 15 минут;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00445E5B" w:rsidRPr="00E0303C" w:rsidRDefault="00060073" w:rsidP="00060073">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E0303C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3) </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E0303C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>көрсетілетін</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E0303C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> қызметті алушыға қызмет көрсетудің рұқсат берілетін ең ұзақ уақыты - 30 минут.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008E4670" w:rsidRPr="00860084" w:rsidTr="00A2586A">
+      <w:tr w:rsidR="00445E5B" w:rsidRPr="00E0303C" w:rsidTr="00E0303C">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="80" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="326" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008E4670" w:rsidRPr="00860084" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00860084">
+          <w:p w:rsidR="00445E5B" w:rsidRPr="00E0303C" w:rsidRDefault="00060073" w:rsidP="00060073">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E0303C">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcW w:w="3543" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008E4670" w:rsidRPr="00860084" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
-[...36 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="00445E5B" w:rsidRPr="00E0303C" w:rsidRDefault="00060073" w:rsidP="00060073">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E0303C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Көрсету нысаны</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6945" w:type="dxa"/>
+            <w:tcW w:w="6804" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008E4670" w:rsidRPr="00860084" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
-[...29 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="00445E5B" w:rsidRPr="00E0303C" w:rsidRDefault="00060073" w:rsidP="00060073">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E0303C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Электрондық (ішінара автоматтандырылған)\қағаз жүзінде\ проактивті</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008E4670" w:rsidRPr="00860084" w:rsidTr="00A2586A">
+      <w:tr w:rsidR="00445E5B" w:rsidRPr="00E0303C" w:rsidTr="00E0303C">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="80" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="326" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008E4670" w:rsidRPr="00860084" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00860084">
+          <w:p w:rsidR="00445E5B" w:rsidRPr="00E0303C" w:rsidRDefault="00060073" w:rsidP="00060073">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E0303C">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcW w:w="3543" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008E4670" w:rsidRPr="00860084" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
-[...72 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="00445E5B" w:rsidRPr="00E0303C" w:rsidRDefault="00060073" w:rsidP="00060073">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E0303C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Мемлекеттік қызметті көрсету нәтижесі</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6945" w:type="dxa"/>
+            <w:tcW w:w="6804" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008E4670" w:rsidRPr="00860084" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
-[...58 lines deleted...]
-              <w:t>.</w:t>
+          <w:p w:rsidR="00445E5B" w:rsidRPr="00E0303C" w:rsidRDefault="00060073" w:rsidP="00060073">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E0303C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Жалпы білім беретін мектепте тегін және жеңілдетілген тамақтандыруды ұсыну туралы анықтама не осы мемлекеттік қызмет көрсетуге қойылатын талаптарының 9-тармағында көрсетілген негіздер бойынша мемлекеттік қызмет көрсетуден бас тарту туралы дәлелді жауап.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00445E5B" w:rsidRPr="00E0303C" w:rsidRDefault="00060073" w:rsidP="00060073">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E0303C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Порталда мемлекеттік қызмет көрсетудің нәтижесі көрсетілетін қызметті алушының "жеке кабинетіне" жіберіледі және сақталады.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008E4670" w:rsidRPr="00860084" w:rsidTr="00A2586A">
+      <w:tr w:rsidR="00445E5B" w:rsidRPr="00E0303C" w:rsidTr="00E0303C">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="80" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="326" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008E4670" w:rsidRPr="00860084" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00860084">
+          <w:p w:rsidR="00445E5B" w:rsidRPr="00E0303C" w:rsidRDefault="00060073" w:rsidP="00060073">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E0303C">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcW w:w="3543" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008E4670" w:rsidRPr="00860084" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
-[...58 lines deleted...]
-              <w:t>при оказании государственной услуги, и способы ее взимания в случаях, предусмотренных законодательством Республики Казахстан</w:t>
+          <w:p w:rsidR="00445E5B" w:rsidRPr="00E0303C" w:rsidRDefault="00060073" w:rsidP="00060073">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E0303C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Көрсетілетін қызметті алушыдан алынатын төлем мөлшері </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00445E5B" w:rsidRPr="00E0303C" w:rsidRDefault="00060073" w:rsidP="00060073">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E0303C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Қазақстан Республикасының заңнамасында көзделген жағдайларда мемлекеттік қызмет көрсету кезінде мемлекеттік қызмет көрсету тәртібі және оны алу тәсілдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6945" w:type="dxa"/>
+            <w:tcW w:w="6804" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008E4670" w:rsidRPr="00860084" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
-[...18 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="00445E5B" w:rsidRPr="00E0303C" w:rsidRDefault="00060073" w:rsidP="00060073">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E0303C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Тегін</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008E4670" w:rsidRPr="00860084" w:rsidTr="00A2586A">
+      <w:tr w:rsidR="00445E5B" w:rsidRPr="00E0303C" w:rsidTr="00E0303C">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="80" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="326" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008E4670" w:rsidRPr="00860084" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00860084">
+          <w:p w:rsidR="00445E5B" w:rsidRPr="00E0303C" w:rsidRDefault="00060073" w:rsidP="00060073">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E0303C">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcW w:w="3543" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008E4670" w:rsidRPr="00860084" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
-[...37 lines deleted...]
-              <w:t>, Государственной корпорации и объектов информации</w:t>
+          <w:p w:rsidR="00445E5B" w:rsidRPr="00E0303C" w:rsidRDefault="00060073" w:rsidP="00060073">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E0303C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Көрсетілетін қызметті берушінің, Мемлекеттік корпорацияның және ақпарат объектілерінің жұмыс графигі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6945" w:type="dxa"/>
+            <w:tcW w:w="6804" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008E4670" w:rsidRPr="00860084" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
+          <w:p w:rsidR="00445E5B" w:rsidRPr="00E0303C" w:rsidRDefault="00060073" w:rsidP="00060073">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E0303C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1) көрсетілетін қызметті берушіде: Қазақстан Республикасының еңбек заңнамасына сәйкес демалыс және мереке күндерін қоспағанда, дүйсенбіден бастап жұманы қоса алғанда сағат 13.00-ден 14.30-ға дейінгі аралықтағы түскі үзіліспен сағат 9.00-ден 18.30-ға дейін;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00445E5B" w:rsidRPr="00E0303C" w:rsidRDefault="00060073" w:rsidP="00060073">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E0303C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E0303C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>порталда</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E0303C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>: жөндеу жұмыстарын жүргізуге байланысты техникалық үзілістерді қоспағанда, тәулік бойы (Қазақстан Республикасының еңбек заңнамасына сәйкес көрсетілетін қызметті алушы жұмыс уақыты аяқталғаннан кейін, демалыс және мереке күндері жүгінген жағдайда өтінішті қабылдау және мемлекеттік қызмет көрсету нәтижесін беру келесі жұмыс күнімен жүзеге асырылады).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00445E5B" w:rsidRPr="00E0303C" w:rsidRDefault="00060073" w:rsidP="00060073">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E0303C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Мемлекеттік қызмет көрсету орындарының мекенжайлары:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00445E5B" w:rsidRPr="00E0303C" w:rsidRDefault="00060073" w:rsidP="00060073">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00860084">
+            <w:r w:rsidRPr="00E0303C">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">1) </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00860084">
+              <w:t>1) Қазақстан Республикасы</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E0303C">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>услугодателя</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00860084">
+              <w:t xml:space="preserve"> О</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E0303C">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>: с понедельника по пятницу включительно, с 9.00 до 18.30 часов, с перерывом на обед с 13.00 часов до 14.30 часов, кроме выходных и праздничных дней, согласно трудовому законодательству Республики Казахстан.</w:t>
-[...7 lines deleted...]
-              <w:rPr>
+              <w:t xml:space="preserve">қу-ағарту министрлігінің: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E0303C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>www</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E0303C">
+              <w:rPr>
+                <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="00860084">
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E0303C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>edu</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E0303C">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">2) портала: круглосуточно, за исключением технических перерывов в связи с проведением ремонтных работ (при обращении </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00860084">
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E0303C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>gov</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E0303C">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>услугополучателя</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00860084">
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E0303C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>kz</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E0303C">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> после окончания рабочего времени, в выходные и праздничные дни согласно трудовому законодательству Республики Казахстан, прием заявления и выдача результата оказания государственной услуги осуществляется следующим рабочим днем).</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="008E4670" w:rsidRPr="00860084" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
+              <w:t xml:space="preserve"> интернет-ресурсында;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00445E5B" w:rsidRPr="00E0303C" w:rsidRDefault="00060073" w:rsidP="00060073">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00860084">
+            <w:r w:rsidRPr="00E0303C">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">Адреса мест оказания государственной услуги размещены </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00860084">
+              <w:t xml:space="preserve">2) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E0303C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>www</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E0303C">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>на</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00860084">
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E0303C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>egov</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E0303C">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>:</w:t>
-[...7 lines deleted...]
-              <w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E0303C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>kz</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E0303C">
+              <w:rPr>
+                <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-            </w:pPr>
-[...140 lines deleted...]
-              <w:t>: www.egov.kz.</w:t>
+              <w:t xml:space="preserve"> порталында орналасқан.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008E4670" w:rsidRPr="00860084" w:rsidTr="00A2586A">
+      <w:tr w:rsidR="00445E5B" w:rsidRPr="00E0303C" w:rsidTr="00E0303C">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="80" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="326" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008E4670" w:rsidRPr="00860084" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00860084">
+          <w:p w:rsidR="00445E5B" w:rsidRPr="00E0303C" w:rsidRDefault="00060073" w:rsidP="00060073">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E0303C">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcW w:w="3543" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008E4670" w:rsidRPr="00860084" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
-[...57 lines deleted...]
-              <w:t xml:space="preserve"> для оказания государственной услуги</w:t>
+          <w:p w:rsidR="00445E5B" w:rsidRPr="00E0303C" w:rsidRDefault="00060073" w:rsidP="00060073">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E0303C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Мемлекеттік қызмет көрсету үшін көрсетілетін қызметті алушыдан талап етілетін құжаттар мен мәліметтердің тізбесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6945" w:type="dxa"/>
+            <w:tcW w:w="6804" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008E4670" w:rsidRPr="00860084" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
-[...194 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+          <w:p w:rsidR="00445E5B" w:rsidRPr="00E0303C" w:rsidRDefault="00060073" w:rsidP="00060073">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E0303C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>көрсетілетін қызметті берушіге:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00445E5B" w:rsidRPr="00E0303C" w:rsidRDefault="00060073" w:rsidP="00060073">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E0303C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1) өтініш;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00445E5B" w:rsidRPr="00E0303C" w:rsidRDefault="00060073" w:rsidP="00060073">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E0303C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2) жеке басын куәландыратын құжат немесе цифрлық құжаттар сервисінен электрондық құжат (жеке басын сәйкестендіру үшін қажет);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00445E5B" w:rsidRPr="00E0303C" w:rsidRDefault="00060073" w:rsidP="00060073">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E0303C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3) "АХАЖ тіркеу пункті" ақпараттық жүйесінде (бұдан әрі – АХАЖ АЖ) мәліметтер болмаған кезде не Қазақстан Республикасынан тыс жерде туған баланың (балалардың) туу туралы куәлігі электрондық нысанда немесе оның қағаз жеткізгіштегі көшірмесі;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00445E5B" w:rsidRPr="00E0303C" w:rsidRDefault="00060073" w:rsidP="00060073">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E0303C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4) неке қию немесе некені бұзу туралы куәліктің көшірмесі (АХАЖ АЖ-да мәліметтер болмаған жағдайда);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00445E5B" w:rsidRPr="00E0303C" w:rsidRDefault="00060073" w:rsidP="00060073">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E0303C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5) мәртебесін растайтын құжаттың көшірмесі:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00445E5B" w:rsidRPr="00E0303C" w:rsidRDefault="00060073" w:rsidP="00060073">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E0303C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>мемлекеттік атаулы әлеуметтік көмекті алуға құқығы бар отбасылардан шыққан балалар үшін - көрсетілетін қызметті алушының (отбасының) жергілікті атқарушы органдар ұсынатын мемлекеттік атаулы әлеуметтік көмекті тұтынушылар қатарына жататынын растайтын анықтама;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00445E5B" w:rsidRPr="00E0303C" w:rsidRDefault="00060073" w:rsidP="00060073">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E0303C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жан басына шаққанда орташа табысы күн көріс деңгейінен төмен, мемлекеттік атаулы әлеуметтік көмек алмайтын отбасылардан шыққан балалар үшін - алған табысы туралы құжаттар (жұмыс істейтін ата-аналардың немесе оларды алмастыратын адамдардың жалақылары туралы, кәсіпкерліктен және басқа да қызмет түрлерлерінен түсетін табыстары туралы, балаларға және басқа да асырауындағыларға төленетін алимент түріндегі табыстары туралы анықтама);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00445E5B" w:rsidRPr="00E0303C" w:rsidRDefault="00060073" w:rsidP="00060073">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E0303C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>отбасыларда тәрбиеленетін жетім балалар, ата-анасының қамқорлығынсыз қалған балалар үшін - отбасыларда тәрбиеленетін жетім балалар мен ата-анасының қамқорлығынсыз қалған балалар үшін қорғаншылықты (қамқоршылықты), патронаттық тәрбиелеуді бекіту туралы уәкілетті органның шешімі;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00445E5B" w:rsidRPr="00E0303C" w:rsidRDefault="00060073" w:rsidP="00060073">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00860084">
-[...6 lines deleted...]
-              <w:t>для детей из семей, не получающих государственную адресную социальную помощь, в которых среднедушевой доход ниже величины прожиточного минимума - документы о полученных доходах (справка о заработной плате работающих родителей или лиц их заменяющих, о доходах от предпринимательской и других видов деятельности, о доходах в виде алиментов на детей и других иждивенцев);</w:t>
+            <w:r w:rsidRPr="00E0303C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>төтенше</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-          </w:p>
-[...169 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+            <w:r w:rsidRPr="00E0303C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> жағдайлардың салдарынан шұғыл көмекті талап ететін отбасылардан шыққан және білім беру ұйымының алқалы басқару органы айқындайтын білім алушылар мен тәрбиеленушілердің өзге де санаттарына жататын балалар үшін - отбасының материалдық-тұрмыстық жағдайын тексеру негізінде алқалы органның шешімі.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00445E5B" w:rsidRPr="00E0303C" w:rsidRDefault="00060073" w:rsidP="00060073">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E0303C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Құжаттар салыстыру үшiн түпнұсқада ұсынылады, содан кейiн түпнұсқалар көрсетілетін қызметті алушыға қайтарылады.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00445E5B" w:rsidRPr="00E0303C" w:rsidRDefault="00060073" w:rsidP="00060073">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E0303C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>порталда:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00445E5B" w:rsidRPr="00E0303C" w:rsidRDefault="00060073" w:rsidP="00060073">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E0303C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) көрсетілетін қызметті алушының ЭЦҚ-сымен немесе көрсетілетін қызметті </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E0303C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>оператором сотовой связи, к учетной записи портала;</w:t>
-[...114 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+              <w:t>алушының ұялы байланыс операторы ұсынған абоненттік нөмірі порталдың есеп жазбасына тіркелген және қосылған кезде, бір рет пайдаланатын құпия сөзбен куәландырылған электрондық құжат нысанындағы өтініш;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00445E5B" w:rsidRPr="00E0303C" w:rsidRDefault="00060073" w:rsidP="00060073">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E0303C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2) АХАЖ АЖ-да мәліметтер болмаған жағдайда не Қазақстан Республикасынан тыс жерде туылған жағдайда баланың туу туралы куәлігінің электрондық көшірмесі;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00445E5B" w:rsidRPr="00E0303C" w:rsidRDefault="00060073" w:rsidP="00060073">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E0303C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3) неке қию немесе некені бұзу туралы куәліктің электрондық көшірмесі (АХАЖ АЖ-да мәліметтер болмаған кезде);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00445E5B" w:rsidRPr="00E0303C" w:rsidRDefault="00060073" w:rsidP="00060073">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E0303C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4) мәртебесін растайтын құжаттың электрондық көшірмесі:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00445E5B" w:rsidRPr="00E0303C" w:rsidRDefault="00060073" w:rsidP="00060073">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E0303C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>мемлекеттік атаулы әлеуметтік көмекті алуға құқығы бар отбасылардан шыққан балалар үшін - көрсетілетін қызметті алушының (отбасының) жергілікті атқарушы органдар ұсынатын мемлекеттік атаулы әлеуметтік көмекті тұтынушылар қатарына жататынын растайтын анықтама;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00445E5B" w:rsidRPr="00E0303C" w:rsidRDefault="00060073" w:rsidP="00060073">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E0303C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жан басына шаққанда орташа табысы күн көріс деңгейінен төмен, мемлекеттік атаулы әлеуметтік көмек алмайтын отбасылардан шыққан балалар үшін - алған табысы туралы құжаттар (жұмыс істейтін ата-аналардың немесе оларды алмастыратын адамдардың жалақылары туралы, кәсіпкерліктен және басқа да қызмет түрлерінен түсетін табыстары туралы, балаларға және басқа да асырауындағыларға төленетін алимент түріндегі табыстары туралы анықтама);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00445E5B" w:rsidRPr="00E0303C" w:rsidRDefault="00060073" w:rsidP="00060073">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E0303C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>отбасыларда тәрбиеленетін жетім балалар, ата-анасының қамқорлығынсыз қалған балалар үшін - отбасыларда тәрбиеленетін жетім балалар мен ата-анасының қамқорлығынсыз қалған балалар үшін қорғаншылықты (қамқоршылықты), патронаттық тәрбиелеуді бекіту туралы уәкілетті органның шешімі;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00445E5B" w:rsidRPr="00E0303C" w:rsidRDefault="00060073" w:rsidP="00060073">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00860084">
-[...6 lines deleted...]
-              <w:t>для детей из семей, не получающих государственную адресную социальную помощь, в которых среднедушевой доход ниже величины прожиточного минимума - документы о полученных доходах (справка о заработной плате работающих родителей или лиц их заменяющих, о доходах от предпринимательской и других видов деятельности, о доходах в виде алиментов на детей и других иждивенцев);</w:t>
+            <w:r w:rsidRPr="00E0303C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>төтенше</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-          </w:p>
-[...39 lines deleted...]
-              <w:t>для детей из семей, требующих экстренной помощи в результате чрезвычайных ситуаций и иных категории обучающихся и воспитанников, определяемых коллегиальным органом управления организации образования - решение коллегиального органа на основании обследования материально-бытового положения семьи.</w:t>
+            <w:r w:rsidRPr="00E0303C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> жағдайлардың салдарынан шұғыл көмекті талап ететін отбасылардан шыққан және білім беру ұйымының алқалы басқару органы айқындайтын білім алушылар мен тәрбиеленушілердің өзге де санаттарына жататын балалар үшін - отбасының материалдық-тұрмыстық жағдайын тексеру негізінде алқалы органның шешімі.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008E4670" w:rsidRPr="00860084" w:rsidTr="00A2586A">
+      <w:tr w:rsidR="00445E5B" w:rsidRPr="00E0303C" w:rsidTr="00E0303C">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="80" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="326" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008E4670" w:rsidRPr="00860084" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00860084">
+          <w:p w:rsidR="00445E5B" w:rsidRPr="00E0303C" w:rsidRDefault="00060073" w:rsidP="00060073">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E0303C">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcW w:w="3543" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008E4670" w:rsidRPr="00860084" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
-[...17 lines deleted...]
-              <w:t>Основания для отказа в оказании государственной услуги, установленные законодательством Республики Казахстан</w:t>
+          <w:p w:rsidR="00445E5B" w:rsidRPr="00E0303C" w:rsidRDefault="00060073" w:rsidP="00060073">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E0303C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Қазақстан Республикасының заңнамасында белгіленген мемлекеттік қызмет көрсетуден бас тарту үшін негіздер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6945" w:type="dxa"/>
+            <w:tcW w:w="6804" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008E4670" w:rsidRPr="00860084" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
-[...58 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+          <w:p w:rsidR="00445E5B" w:rsidRPr="00E0303C" w:rsidRDefault="00060073" w:rsidP="00060073">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E0303C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1) көрсетілетін қызметті алушы мемлекеттік көрсетілетін қызметті алу үшін ұсынған құжаттардың және (немесе) олардағы деректердің (мәліметтердің) анық еместігін анықтау;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00445E5B" w:rsidRPr="00E0303C" w:rsidRDefault="00060073" w:rsidP="00060073">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E0303C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2) "Мемлекеттік білім беру мекемелерінің мемлекеттік атаулы әлеуметтік көмек алуға құқығы бар отбасылардан, сондай-ақ мемлекеттік атаулы әлеуметтік көмек алмайтын, жан басына шаққандағы табысы ең төменгі күнкөріс деңгейінің шамасынан төмен отбасылардан шыққан білім алушылары мен тәрбиеленушілеріне және жетім балаларға, ата-анасының қамқорлығынсыз қалып, отбасыларда тұратын балаларға, төтенше жағдайлардың салдарынан шұғыл жәрдемді талап ететін отбасылардан шыққан балаларға және өзге де санаттағы білім алушылар мен тәрбиеленушілерге қаржылай және материалдық көмек көрсетуге бөлінетін қаражатты қалыптастыру, жұмсау бағыты мен оларды есепке алу қағидаларын бекіту туралы" Қазақстан Республикасы Үкіметінің 2008 жылғы 25 қаңтардағы № 64 қаулысында белгіленген талаптарға көрсетілетін қызметті алушының және (немесе) мемлекеттік қызмет көрсету үшін қажетті ұсынылған материалдардың, объектілердің, деректер мен мәліметтердің сәйкес келмеуі;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00445E5B" w:rsidRPr="00E0303C" w:rsidRDefault="00060073" w:rsidP="00060073">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E0303C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 3) </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00860084">
-[...26 lines deleted...]
-              <w:t xml:space="preserve"> и (или) представленных материалов, объектов, данных и сведений, необходимых для оказания государственной услуги, требованиям, установленным постановлением Правительства Республики Казахстан от 25 января 2008 года № 64 "Об утверждении Правил формирования, направления расходования и учета средств, выделяемых на оказание финансовой и материальной помощи обучающимся и воспитанникам государственных учреждений образования из семей, имеющих право на получение государственной адресной социальной помощи</w:t>
+            <w:r w:rsidRPr="00E0303C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>көрсетілетін</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00860084">
-[...58 lines deleted...]
-              <w:t>, предоставляемого в соответствии со статьей 8 Закона Республики Казахстан "О персональных данных и их защите", на доступ к персональным данным ограниченного доступа, которые требуются для оказания государственной услуги.</w:t>
+            <w:r w:rsidRPr="00E0303C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> қызметті алушының мемлекеттік қызмет көрсету үшін талап етілетін, "Дербес деректер және оларды қорғау туралы" Қазақстан Республикасы Заңының 8-бабына сәйкес берілетін қолжетімділігі шектеулі дербес деректерге қол жеткізуге келісімі болмауы бойынша мемлекеттік қызметтерді көрсетуден бас тартады.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008E4670" w:rsidRPr="00860084" w:rsidTr="00A2586A">
+      <w:tr w:rsidR="00445E5B" w:rsidRPr="00E0303C" w:rsidTr="00E0303C">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="80" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="326" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008E4670" w:rsidRPr="00860084" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00860084">
+          <w:p w:rsidR="00445E5B" w:rsidRPr="00E0303C" w:rsidRDefault="00060073" w:rsidP="00060073">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E0303C">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcW w:w="3543" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008E4670" w:rsidRPr="00860084" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> Иные требования с учетом особенностей оказания государственной услуги, в том числе оказываемой в электронной форме </w:t>
+          <w:p w:rsidR="00445E5B" w:rsidRPr="00E0303C" w:rsidRDefault="00060073" w:rsidP="00060073">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E0303C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Мемлекеттік қызмет көрсетудің, оның ішінде электрондық нысанда көрсетілетін қызметтің ерекшеліктерін ескере отырып қойылатын өзге де </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E0303C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">талаптар </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6945" w:type="dxa"/>
+            <w:tcW w:w="6804" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008E4670" w:rsidRPr="00860084" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
-[...133 lines deleted...]
-              <w:t>Для использования цифрового документа необходимо пройти авторизацию в мобильном приложении с использованием электронно-цифровой подписи или одноразового пароля, далее перейти в раздел "Цифровые документы" и выбрать необходимый документ.</w:t>
+          <w:p w:rsidR="00445E5B" w:rsidRPr="00E0303C" w:rsidRDefault="00060073" w:rsidP="00060073">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E0303C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Көрсетілетін қызметті алушының ЭЦҚ болған жағдайда мемлекеттік көрсетілетін қызметті портал арқылы электрондық нысанда алуға мүмкіндігі бар.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00445E5B" w:rsidRPr="00E0303C" w:rsidRDefault="00060073" w:rsidP="00060073">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E0303C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Көрсетілетін қызметті алушы мемлекеттік қызмет көрсету тәртібі мен </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E0303C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>мәртебесі туралы ақпаратты Бірыңғай байланыс орталығы арқылы алады: 1414, 8 800 080 7777.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00445E5B" w:rsidRPr="00E0303C" w:rsidRDefault="00060073" w:rsidP="00060073">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E0303C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Цифрлық құжаттар сервисі мобильді қосымшада авторландырылған пайдаланушылар үшін қолжетімді.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00445E5B" w:rsidRPr="00E0303C" w:rsidRDefault="00060073" w:rsidP="00060073">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E0303C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Цифрлық құжатты пайдалану үшін электрондық-цифрлық қолтаңбаны немесе бір реттік парольді пайдалана отырып, мобильді қосымшада авторландырудан өту, одан әрі "цифрлық құжаттар" бөліміне өтіп, қажетті құжатты таңдау қажет.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008E4670" w:rsidRPr="00860084" w:rsidTr="00A2586A">
+      <w:tr w:rsidR="00445E5B" w:rsidRPr="00E0303C" w:rsidTr="00E0303C">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3297" w:type="dxa"/>
+            <w:tcW w:w="4006" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008E4670" w:rsidRPr="00860084" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
+          <w:p w:rsidR="00445E5B" w:rsidRPr="00E0303C" w:rsidRDefault="00060073" w:rsidP="00060073">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="ru-RU"/>
-[...7 lines deleted...]
-              </w:rPr>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E0303C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6747" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0071439F" w:rsidRDefault="0071439F" w:rsidP="0071439F">
+          <w:p w:rsidR="00E0303C" w:rsidRDefault="00E0303C" w:rsidP="00E0303C">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="0071439F" w:rsidRDefault="0071439F" w:rsidP="0071439F">
+          <w:p w:rsidR="00445E5B" w:rsidRPr="00E0303C" w:rsidRDefault="00060073" w:rsidP="00E0303C">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...4 lines deleted...]
-              <w:rPr>
+            <w:r w:rsidRPr="00E0303C">
+              <w:rPr>
+                <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-            </w:pPr>
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+              <w:t xml:space="preserve">"Жалпы білім беретін мектептердегі білім алушылар </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E0303C">
+              <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>Приложение 3</w:t>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00E0303C">
+              <w:rPr>
+                <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
+              <w:t xml:space="preserve">мен тәрбиеленушілердің жекелеген санаттарына тегін </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E0303C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00860084">
+            <w:r w:rsidRPr="00E0303C">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>к Правилам оказания</w:t>
-[...3 lines deleted...]
-                <w:color w:val="000000"/>
+              <w:t xml:space="preserve">және жеңілдетілген тамақтандыруды ұсыну" </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E0303C">
+              <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00860084">
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00E0303C">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>государственной услуги</w:t>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:t>мемлекеттік қызметті кө</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E0303C">
+              <w:rPr>
+                <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
+              <w:t>рсету</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E0303C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> қағидаларына</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E0303C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00860084">
+            <w:r w:rsidRPr="00E0303C">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>"Предоставление бесплатного и</w:t>
-[...69 lines deleted...]
-              <w:t>общеобразовательных школах"</w:t>
+              <w:t>3-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008E4670" w:rsidRPr="00860084" w:rsidTr="00A2586A">
+      <w:tr w:rsidR="00445E5B" w:rsidRPr="00E0303C" w:rsidTr="00E0303C">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3297" w:type="dxa"/>
+            <w:tcW w:w="4006" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008E4670" w:rsidRPr="00860084" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
+          <w:p w:rsidR="00445E5B" w:rsidRPr="00E0303C" w:rsidRDefault="00060073" w:rsidP="00060073">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00860084">
-[...5 lines deleted...]
-              <w:lastRenderedPageBreak/>
+            <w:r w:rsidRPr="00E0303C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6747" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008E4670" w:rsidRDefault="00A96EE4" w:rsidP="0071439F">
+          <w:p w:rsidR="00445E5B" w:rsidRPr="00E0303C" w:rsidRDefault="00060073" w:rsidP="00E0303C">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...25 lines deleted...]
-            </w:pPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E0303C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="0071439F">
-[...58 lines deleted...]
-    <w:p w:rsidR="008E4670" w:rsidRPr="0071439F" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
+    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:i/>
-[...2 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AA1129">
-[...33 lines deleted...]
-        <w:t>Сноска. Приложение 3 - в редакции приказа Министра просвещения РК от 12.04.2023 № 95 (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      <w:bookmarkStart w:id="17" w:name="z285"/>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Жалпы білім беретін мектептерде тегін және жеңілдетілген тамақтандыруды ұсыну туралы анықтама</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
+    <w:bookmarkEnd w:id="17"/>
+    <w:p w:rsidR="00445E5B" w:rsidRPr="00E0303C" w:rsidRDefault="00060073" w:rsidP="00060073">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A96EE4">
-[...14 lines deleted...]
-        <w:t xml:space="preserve"> Дана _______________________________ в том, что он/она включе</w:t>
+      <w:r w:rsidRPr="00E0303C">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00AA1129">
-[...6 lines deleted...]
-        <w:t>н(</w:t>
+      <w:r w:rsidRPr="00E0303C">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ескерту. 3-қосымша жаңа редакцияда - ҚР Оқу-ағарту министрінің 12.04.2023 № 95 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00AA1129">
-[...77 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
+    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AA1129">
-[...6 lines deleted...]
-        <w:t>___________________________</w:t>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Осы анықтама ________________________________________________ </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
+    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AA1129">
-[...6 lines deleted...]
-        <w:t>Дата, подпись руководителя</w:t>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тегі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, аты, әкесінің аты (бар болғанда))</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
+    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AA1129">
-[...6 lines deleted...]
-        <w:t>Место печати</w:t>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       20__ - 20__ оқу жылында тегін тамақтандырумен қамтамасыз етілетін білім </w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidSect="00A96EE4">
+    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>алушылар</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен тәрбиеленушілердің тізіміне енгізілгендігі үшін берілді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      Басшының қолы, күні ______________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      Мөрдің орны</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidSect="00060073">
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="567" w:right="567" w:bottom="567" w:left="567" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
-    <w:charset w:val="CC"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
+    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:hideSpellingErrors/>
+  <w:proofState w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
-    <w:rsidRoot w:val="008E4670"/>
-[...13 lines deleted...]
-    <w:rsid w:val="00EB4A08"/>
+    <w:rsidRoot w:val="00445E5B"/>
+    <w:rsid w:val="00060073"/>
+    <w:rsid w:val="000D12CD"/>
+    <w:rsid w:val="001141EC"/>
+    <w:rsid w:val="00136EFA"/>
+    <w:rsid w:val="002B2A42"/>
+    <w:rsid w:val="00424989"/>
+    <w:rsid w:val="00445E5B"/>
+    <w:rsid w:val="005B7644"/>
+    <w:rsid w:val="008717C7"/>
+    <w:rsid w:val="00AB4A5F"/>
+    <w:rsid w:val="00C35ED2"/>
+    <w:rsid w:val="00CE7F19"/>
+    <w:rsid w:val="00E0303C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="5122"/>
+    <o:shapedefaults v:ext="edit" spidmax="6146"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -8203,137 +5292,137 @@
   <w:style w:type="character" w:customStyle="1" w:styleId="a9">
     <w:name w:val="Название Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a8"/>
     <w:uiPriority w:val="10"/>
     <w:rsid w:val="00841CD9"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="aa">
     <w:name w:val="Emphasis"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="20"/>
     <w:qFormat/>
     <w:rsid w:val="00D1197D"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="ab">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="008E4670"/>
+    <w:rsid w:val="00445E5B"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="ac">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="59"/>
-    <w:rsid w:val="008E4670"/>
+    <w:rsid w:val="00445E5B"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
     </w:rPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ad">
     <w:name w:val="caption"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:uiPriority w:val="35"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="007109C0"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="disclaimer">
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="a"/>
-    <w:rsid w:val="008E4670"/>
+    <w:rsid w:val="00445E5B"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
-    <w:rsid w:val="008E4670"/>
+    <w:rsid w:val="00445E5B"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ae">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="af"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00A96EE4"/>
+    <w:rsid w:val="00060073"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="af">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="ae"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00A96EE4"/>
+    <w:rsid w:val="00060073"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
@@ -8595,65 +5684,65 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>7</Pages>
-  <Words>3256</Words>
-  <Characters>18560</Characters>
+  <Words>3410</Words>
+  <Characters>19442</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>154</Lines>
-  <Paragraphs>43</Paragraphs>
+  <Lines>162</Lines>
+  <Paragraphs>45</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>21773</CharactersWithSpaces>
+  <CharactersWithSpaces>22807</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Пользователь</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>