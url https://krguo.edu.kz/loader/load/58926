--- v0 (2025-10-09)
+++ v1 (2025-11-30)
@@ -1,15001 +1,1491 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
-  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.wmf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w14:paraId="512D841E" w14:textId="77777777" w:rsidR="00BD5234" w:rsidRDefault="00BD5234" w:rsidP="00BD5234">
-[...11 lines deleted...]
-        <w:spacing w:after="0" w:line="256" w:lineRule="auto"/>
+    <w:p w:rsidR="005C3A2F" w:rsidRPr="005C3A2F" w:rsidRDefault="005C3A2F" w:rsidP="005C3A2F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="181818"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C3A2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
+          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>КОНСУЛЬТАЦИЯ ДЛЯ РОДИТЕЛЕЙ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C3A2F" w:rsidRPr="005C3A2F" w:rsidRDefault="005C3A2F" w:rsidP="005C3A2F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="181818"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C3A2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="181818"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>«КАК СОХРАНИТЬ И УКРЕПИТЬ ЗДОРОВЬЕ РЕБЕНКА»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C3A2F" w:rsidRPr="005C3A2F" w:rsidRDefault="005C3A2F" w:rsidP="005C3A2F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="261" w:lineRule="atLeast"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="181818"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C3A2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
+          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-      <w:r>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C3A2F" w:rsidRPr="005C3A2F" w:rsidRDefault="005C3A2F" w:rsidP="005C3A2F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="181818"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C3A2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Берегите здоровье смолоду!» — эта пословица имеет глубокий смысл. Формирование здорового образа жизни должно начинаться с рождения ребенка для того чтобы у человека уже выработалось осознанное отношение к своему здоровью.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C3A2F" w:rsidRPr="005C3A2F" w:rsidRDefault="005C3A2F" w:rsidP="005C3A2F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="680"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="181818"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C3A2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Условия, от которых зависит направленность формирования личности ребенка, а также его здоровье, закладываются в семье. То, что прививают ребенку с детства и отрочества в семье в сфере нравственных, этических и других начал, определяет все его дальнейшее поведение в жизни, отношение к себе, своему здоровью и здоровью окружающих.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C3A2F" w:rsidRPr="005C3A2F" w:rsidRDefault="005C3A2F" w:rsidP="005C3A2F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="737"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="181818"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C3A2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Даже в раннем школьном возрасте ребенок еще не способен осознанно и адекватно следовать элементарным нормам гигиены и санитарии, выполнять требования ЗОЖ, заботиться о своем здоровье и здоровье окружающих. Все это выдвигает на первый план задачу перед родителями </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005C3A2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>по</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005C3A2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> возможно более </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005C3A2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ранней</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005C3A2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> выработки у маленького ребенка умений и навыков, способствующих сохранению своего здоровья.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C3A2F" w:rsidRPr="005C3A2F" w:rsidRDefault="005C3A2F" w:rsidP="005C3A2F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="680"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="181818"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C3A2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Конечно, здоровье детей напрямую зависит от условий жизни в семье, санитарной грамотности, гигиенической культуры родителей и уровня их образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C3A2F" w:rsidRPr="005C3A2F" w:rsidRDefault="005C3A2F" w:rsidP="005C3A2F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="680"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="181818"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C3A2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Как правило, у взрослых возникает интерес к проблеме воспитания привычки к здоровому образу жизни лишь тогда, когда ребёнку уже требуется психологическая или медицинская помощь. Готовность к здоровому образу жизни не возникает сама собой, а формируется у человека с ранних лет, прежде всего внутри семьи, в которой родился и воспитывался ребенок.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C3A2F" w:rsidRPr="005C3A2F" w:rsidRDefault="005C3A2F" w:rsidP="005C3A2F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="737"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="181818"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C3A2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ЗОЖ служит укреплению всей семьи. Ребенок должен узнать лучшие семейные российские традиции, понять значение и важность семьи в жизни человека, роль ребенка в семье, освоить нормы и этику отношений с родителями и другими членами семьи. Духовное здоровье — это та вершина, на которую каждый должен подняться сам.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C3A2F" w:rsidRPr="005C3A2F" w:rsidRDefault="005C3A2F" w:rsidP="005C3A2F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="737"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="181818"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C3A2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Основной задачей</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C3A2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> для родителей является: формирование у ребенка нравственного отношения к своему здоровью, которое выражается в желании и потребности быть здоровым, вести ЗОЖ. Он должен осознать, что здоровье для человека важнейшая ценность, главное условие достижения любой жизненной </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005C3A2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>цели</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005C3A2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и каждый сам несет ответственность за сохранение и укрепление своего здоровья. В этом ничто не может заменить авторитет взрослого. Поэтому родители должны сами воспринять философию ЗОЖ и вступить на путь здоровья.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C3A2F" w:rsidRPr="005C3A2F" w:rsidRDefault="005C3A2F" w:rsidP="005C3A2F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="680"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="181818"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C3A2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Существует правило: «Если хочешь воспитать своего ребенка здоровым, сам иди по пути здоровья, иначе его некуда будет вести!».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C3A2F" w:rsidRPr="005C3A2F" w:rsidRDefault="005C3A2F" w:rsidP="005C3A2F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="680"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="181818"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C3A2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Даже в раннем дошкольном возрасте ребенок еще не способен осознанно и адекватно следовать элементарным нормам гигиены и санитарии, выполнять требования ЗОЖ, заботиться о своем здоровье и здоровье окружающих. Все это выдвигает на первый план задачу перед родителями </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005C3A2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>по</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005C3A2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> возможно более </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005C3A2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ранней</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005C3A2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C3A2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>выработки у маленького ребенка умений и навыков, способствующих сохранению своего здоровья.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C3A2F" w:rsidRPr="005C3A2F" w:rsidRDefault="005C3A2F" w:rsidP="005C3A2F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="680"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="181818"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C3A2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Домашний режим дошкольника – одна из важных составляющих семейного воспитания, позволяющих сохранять высокий уровень работоспособности, отодвинуть утомление и исключить переутомление. Семья организует рациональный домашний режим – сон, оптимальный двигательный режим, рациональное питание, закаливание, личную гигиену, нравственное и этическое воспитание, отказ от разрушителей здоровья и т.д. Режим в детском саду должен соответствовать домашнему режиму.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C3A2F" w:rsidRPr="005C3A2F" w:rsidRDefault="005C3A2F" w:rsidP="005C3A2F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="680"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="181818"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C3A2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Еще очень важная проблема, связанная со здоровьем детей – это просмотр телевизора и пользование компьютером. Компьютер и телевизор, несомненно, полезны для развития кругозора, памяти, внимания, мышления, координации ребенка, но при условии разумного подхода к выбору игр и передач, а также непрерывного времени пребывания ребенка перед экраном, которое не должно превышать 30 минут.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C3A2F" w:rsidRPr="005C3A2F" w:rsidRDefault="005C3A2F" w:rsidP="005C3A2F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="737"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="181818"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C3A2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Формируя здоровый образ жизни ребенка, семья должна привить ребенку следующие основные знания, навыки и умения:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C3A2F" w:rsidRPr="005C3A2F" w:rsidRDefault="005C3A2F" w:rsidP="005C3A2F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="737"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="181818"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C3A2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>— знание правил личной гигиены, гигиены жилых и учебных помещений, одежды, обуви и др.;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C3A2F" w:rsidRPr="005C3A2F" w:rsidRDefault="005C3A2F" w:rsidP="005C3A2F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="680"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="181818"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C3A2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>— умение правильно строить режим дня и выполнять его;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C3A2F" w:rsidRPr="005C3A2F" w:rsidRDefault="005C3A2F" w:rsidP="005C3A2F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="680"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="181818"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C3A2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>— умение анализировать опасные ситуации, прогнозировать последствия и находить выход из них;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C3A2F" w:rsidRPr="005C3A2F" w:rsidRDefault="005C3A2F" w:rsidP="005C3A2F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="680"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="181818"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005C3A2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>— умение взаимодействовать с окружающей средой, понимать, при каких условиях среда обитания (дом, класс, улица, дорога, лес) безопасна для жизни;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="005C3A2F" w:rsidRPr="005C3A2F" w:rsidRDefault="005C3A2F" w:rsidP="005C3A2F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="680"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="181818"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C3A2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>— знание основных частей тела и внутренних органов, их расположение и роль в жизнедеятельности организма человека;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C3A2F" w:rsidRPr="005C3A2F" w:rsidRDefault="005C3A2F" w:rsidP="005C3A2F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="680"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="181818"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C3A2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">— умение измерять рост, массу тела, определять частоту своего пульса и дыхания, понимание значения определения этих показателей для </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005C3A2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>контроля за</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005C3A2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> состоянием здоровья и его коррекции;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C3A2F" w:rsidRPr="005C3A2F" w:rsidRDefault="005C3A2F" w:rsidP="005C3A2F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="680"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="181818"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C3A2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>— понимание значения ЗОЖ для личного здоровья, хорошего самочувствия, успехов в учебе;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C3A2F" w:rsidRPr="005C3A2F" w:rsidRDefault="005C3A2F" w:rsidP="005C3A2F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="680"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="181818"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C3A2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>— умение правильно строить режим дня и выполнять его;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C3A2F" w:rsidRPr="005C3A2F" w:rsidRDefault="005C3A2F" w:rsidP="005C3A2F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="680"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="181818"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C3A2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>— знание основных правил рационального питания с учетом возраста;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C3A2F" w:rsidRPr="005C3A2F" w:rsidRDefault="005C3A2F" w:rsidP="005C3A2F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="680"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="181818"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C3A2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>— понимание значения двигательной активности для развития здорового организма;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C3A2F" w:rsidRPr="005C3A2F" w:rsidRDefault="005C3A2F" w:rsidP="005C3A2F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="680"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="181818"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C3A2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>— знание правил профилактики заболеваний позвоночника, стопы, органов зрения, слуха и других;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C3A2F" w:rsidRPr="005C3A2F" w:rsidRDefault="005C3A2F" w:rsidP="005C3A2F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="680"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="181818"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C3A2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>— знание основных природных факторов, укрепляющих здоровье, и правил их использования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C3A2F" w:rsidRPr="005C3A2F" w:rsidRDefault="005C3A2F" w:rsidP="005C3A2F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="680"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="181818"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C3A2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>— знание правил сохранения здоровья от простудных и некоторых других инфекционных заболеваний;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C3A2F" w:rsidRPr="005C3A2F" w:rsidRDefault="005C3A2F" w:rsidP="005C3A2F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="680"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="181818"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C3A2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>— умение анализировать опасные ситуации, прогнозировать последствия и находить выход из них;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C3A2F" w:rsidRPr="005C3A2F" w:rsidRDefault="005C3A2F" w:rsidP="005C3A2F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="680"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="181818"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C3A2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>— умение оказывать простейшую помощь при небольших порезах, ушибах, ожогах, обморожениях;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C3A2F" w:rsidRPr="005C3A2F" w:rsidRDefault="005C3A2F" w:rsidP="005C3A2F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="680"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="181818"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C3A2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>— знание лечебных учреждений, где возможно получить помощь в случае болезни.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C3A2F" w:rsidRPr="005C3A2F" w:rsidRDefault="005C3A2F" w:rsidP="005C3A2F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="737"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="181818"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C3A2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Родителям необходимо знать критерии эффективности воспитания ЗОЖ:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C3A2F" w:rsidRPr="005C3A2F" w:rsidRDefault="005C3A2F" w:rsidP="005C3A2F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="737"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="181818"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C3A2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>— положительная динамика физического состояния вашего ребенка;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C3A2F" w:rsidRPr="005C3A2F" w:rsidRDefault="005C3A2F" w:rsidP="005C3A2F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="737"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="181818"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C3A2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>— уменьшение заболеваемости;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C3A2F" w:rsidRPr="005C3A2F" w:rsidRDefault="005C3A2F" w:rsidP="005C3A2F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="737"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="181818"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C3A2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>— формирование у ребенка умений выстраивать отношения со сверстниками, родителями и другими людьми;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C3A2F" w:rsidRPr="005C3A2F" w:rsidRDefault="005C3A2F" w:rsidP="005C3A2F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="737"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="181818"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C3A2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>— снижение уровня тревожности и агрессивности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C3A2F" w:rsidRPr="005C3A2F" w:rsidRDefault="005C3A2F" w:rsidP="005C3A2F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="680"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="181818"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C3A2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Совершенно очевидно, что решение проблемы оздоровления дошкольников возможно только при условии реализации единой программы гигиенического обучения и воспитания в семье и детском саду.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED131B" w:rsidRPr="005C3A2F" w:rsidRDefault="00ED131B" w:rsidP="005C3A2F">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...13609 lines deleted...]
-    <w:sectPr w:rsidR="00130F73" w:rsidRPr="00130F73">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00ED131B" w:rsidRPr="005C3A2F" w:rsidSect="005C3A2F">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-[...3 lines deleted...]
-    <w:family w:val="roman"/>
+<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-[...34 lines deleted...]
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-[...727 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
+  <w:zoom w:percent="93"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
+  <w:drawingGridHorizontalSpacing w:val="110"/>
+  <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:compat>
-[...6 lines deleted...]
-  </w:compat>
+  <w:savePreviewPicture/>
+  <w:compat/>
   <w:rsids>
-    <w:rsidRoot w:val="00130F73"/>
-[...6 lines deleted...]
-    <w:rsid w:val="00DB043A"/>
+    <w:rsidRoot w:val="005C3A2F"/>
+    <w:rsid w:val="005C3A2F"/>
+    <w:rsid w:val="00ED131B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="0"/>
+    <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="50E5C65F"/>
-  <w15:docId w15:val="{D47BD531-CD81-47AF-B91A-0D23E4AB9682}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
-[...375 lines deleted...]
-    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="00ED131B"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="No Spacing"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="005C3A2F"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a4">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a5"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="005C3A2F"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a5">
+    <w:name w:val="Основной текст Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a4"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="005C3A2F"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a6">
+    <w:name w:val="Emphasis"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="20"/>
+    <w:qFormat/>
+    <w:rsid w:val="005C3A2F"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:divs>
-    <w:div w:id="700477279">
+    <w:div w:id="1357926975">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
-  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -15029,86 +1519,84 @@
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
@@ -15241,69 +1729,54 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>5</Pages>
-[...1 lines deleted...]
-  <Characters>6977</Characters>
+  <Pages>3</Pages>
+  <Words>860</Words>
+  <Characters>4908</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>58</Lines>
-  <Paragraphs>16</Paragraphs>
+  <Lines>40</Lines>
+  <Paragraphs>11</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...14 lines deleted...]
-  <Company>*</Company>
+  <Company>Reanimator Extreme Edition</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8185</CharactersWithSpaces>
+  <CharactersWithSpaces>5757</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Метод_кабинет</dc:creator>
+  <dc:creator>Админ</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>