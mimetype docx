--- v0 (2025-10-10)
+++ v1 (2025-11-29)
@@ -6,5317 +6,8063 @@
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6657"/>
-        <w:gridCol w:w="4146"/>
+        <w:gridCol w:w="6674"/>
+        <w:gridCol w:w="4129"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidTr="004D6C96">
+      <w:tr w:rsidR="008E4670" w:rsidRPr="00F70190" w:rsidTr="00F70190">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6657" w:type="dxa"/>
+            <w:tcW w:w="6674" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
+          <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00060073">
+            <w:r w:rsidRPr="00A96EE4">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4146" w:type="dxa"/>
+            <w:tcW w:w="4129" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00445E5B" w:rsidRPr="000650A6" w:rsidRDefault="00060073" w:rsidP="000650A6">
+          <w:p w:rsidR="008E4670" w:rsidRPr="00AC5C06" w:rsidRDefault="00A96EE4" w:rsidP="00AC5C06">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000650A6">
-[...10 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00AC5C06">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Приложение 11 к Приказу</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AC5C06">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="000650A6">
-[...10 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00AC5C06">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Министра образования и науки</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AC5C06">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="000650A6">
-[...10 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00AC5C06">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AC5C06">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="000650A6">
-[...20 lines deleted...]
-              <w:t>11-қосымша</w:t>
+            <w:r w:rsidRPr="00AC5C06">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от 24 апреля 2020 года № 158</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
+    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="z287"/>
-      <w:r w:rsidRPr="00060073">
+      <w:bookmarkStart w:id="0" w:name="z747"/>
+      <w:r w:rsidRPr="00AA1129">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-        <w:t xml:space="preserve"> "Мемлекеттік білім беру мекемелеріндегі білім алушылар мен тәрбиенушілердің жекелеген санаттарына қала сыртындағы және мектеп жанындағы лагерьлерде демалуы үшін құжаттар қабылдау және жолдама беру" мемлекеттік қызметті көрсету қағидалары</w:t>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правила оказания государственной услуги "Прием документов и выдача направлений на предоставление отдыха в загородных и пришкольных лагерях отдельным категориям обучающихся и воспитанников государственных учреждений образования"</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
+    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="1" w:name="z288"/>
+      <w:bookmarkStart w:id="1" w:name="z748"/>
       <w:bookmarkEnd w:id="0"/>
-      <w:r w:rsidRPr="00060073">
+      <w:r w:rsidRPr="00AA1129">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> Жалпы ережелер</w:t>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
+    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="2" w:name="z289"/>
+      <w:bookmarkStart w:id="2" w:name="z749"/>
       <w:bookmarkEnd w:id="1"/>
-      <w:r w:rsidRPr="00060073">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">       1. Осы "Мемлекеттік білім беру мекемелеріндегі білім алушылар мен тәрбиенушілердің жекелеген санаттарына қала сыртындағы және мектеп жанындағы лагерьлерде демалуы үшін құжаттар қабылдау және жолдама беру" мемлекеттік қызметті көрсету қағидалары (бұдан әрі – Қағидалар) "Мемлекеттік көрсетілетін қызметтер туралы" Қазақстан Республикасы Заңының (бұдан әрі – Заң) 10-бабының 1) тармақшасына сәйкес әзірленді және мемлекеттік білім беру мекемелеріндегі білім алушылар мен тәрбиенушілердің жекелеген санаттарына қала сыртындағы және мектеп жанындағы лагерьлерде демалуы үшін құжаттар қабылдау және жолдама беру тәртібін айқындайды.</w:t>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A96EE4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Настоящие Правила оказания государственной услуги "Прием документов и выдача направлений на предоставление отдыха в загородных и пришкольных лагерях отдельным категориям обучающихся и воспитанников государственных учреждений образования" (далее – Правила) разработаны в соответствии с подпунктом 1) статьи 10 Закона Республики Казахстан "О государственных услугах" (далее - Закон) и определяют порядок приема документов и выдачи направлений на предоставление отдыха в загородных и пришкольных лагерях</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> отдельным категориям обучающихся и воспитанников государственных учреждений образования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
-    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
+    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000650A6">
+      <w:r w:rsidRPr="00A96EE4">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC5C06">
         <w:rPr>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="000650A6">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сноска. Пункт 1 - в редакции приказа Министра просвещения РК от 12.04.2023 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC5C06">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 95</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC5C06">
         <w:rPr>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="000650A6">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC5C06">
         <w:rPr>
           <w:i/>
-          <w:color w:val="000000"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="000650A6">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00AC5C06">
         <w:rPr>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
-[...10 lines deleted...]
-      <w:r w:rsidRPr="000650A6">
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC5C06">
         <w:rPr>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="000650A6">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. Исключен приказом Министра образования и науки РК от 21.02.2022 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC5C06">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>№ 55</w:t>
       </w:r>
-      <w:r w:rsidRPr="000650A6">
+      <w:r w:rsidRPr="00AC5C06">
         <w:rPr>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="000650A6">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC5C06">
         <w:rPr>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:bookmarkStart w:id="3" w:name="z291"/>
-      <w:r w:rsidRPr="00060073">
+      <w:bookmarkStart w:id="3" w:name="z756"/>
+      <w:r w:rsidRPr="00AA1129">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> Мемлекеттік қызмет көрсету тәртібі</w:t>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. Порядок оказания государственной услуги</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
+    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="4" w:name="z292"/>
+      <w:bookmarkStart w:id="4" w:name="z757"/>
       <w:bookmarkEnd w:id="3"/>
-      <w:r w:rsidRPr="00060073">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">       3. "Мемлекеттік білім беру мекемелеріндегі білім алушылар мен тәрбиеленушілердің жекелеген санаттарына қала сыртындағы және мектеп жанындағы лагерьлерде демалуы үшін құжаттар қабылдау және жолдама беру" мемлекеттік көрсетілетін қызметін (бұдан әрі – мемлекеттік көрсетілетін қызмет) алу үшін жеке тұлға (бұдан әрі – көрсетілетін қызметті алушы) облыстардың, республикалық маңызы бар қалалардың, астананың білім басқармаларына, аудандардың, облыстық маңызы бар қалалардың білім бөлімдеріне, білім беру ұйымдарына (бұдан әрі – көрсетілетін қызметті беруші), "Азаматтарға арналған үкімет" мемлекеттік корпорациясына (бұдан әрі – Мемлекеттік корпорация) немесе "электрондық үкімет" веб-порталы (бұдан әрі – портал) арқылы осы Қағидаларға 2-қосымшаға сәйкес </w:t>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A96EE4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3. </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00060073">
-[...5 lines deleted...]
-        <w:t>"Мемлекеттік білім беру мекемелеріндегі білім алушылар мен тәрбиеленушілердің жекелеген санаттарына қала сыртындағы және мектеп жанындағы лагерьлерде демалуы үшін құжаттар қабылдау және жолдама беру" мемлекеттік қызмет көрсетуге қойылатын негізгі талаптардың тізбесінде (бұдан әрі – Мемлекеттік қызмет көрсетуге қойылатын талаптар) көзделген құжаттарды қоса бере отырып, осы Қағидаларға 1-қосымшаға сәйкес нысан бойынша өтініш береді.</w:t>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Для получения государственной услуги "Прием документов и выдача направлений на предоставление отдыха в загородных и пришкольных лагерях отдельным категориям обучающихся и воспитанников государственных учреждений образования" (далее – государственная услуга) физические лица (далее - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) подают в управления образования областей, городов республиканского значения, столицы, отделы образования районов, городов областного значения, организации образования (далее – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>), Государственную корпорацию "Правительство для граждан" (далее – Государственная корпорация) или</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> через </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>веб-портал</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "электронного правительства" (далее – портал) заявление, по форме, согласно приложению 1 к настоящим Правилам с приложением документов, предусмотренных перечнем основных требований к оказанию государственной услуги "Прием документов и выдача направлений на предоставление отдыха в загородных и пришкольных лагерях отдельным категориям обучающихся и воспитанников государственных учреждений образования" (далее – Требования к оказанию государственной услуги) согласно приложению 2 к настоящим Правилам.</w:t>
+      </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
-    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
+    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00060073">
+      <w:r w:rsidRPr="00A96EE4">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00481FE8">
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC5C06">
         <w:rPr>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00481FE8">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сноска. Пункт 3 - в редакции приказа Министра просвещения РК от 03.10.2022 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC5C06">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>№ 414</w:t>
       </w:r>
-      <w:r w:rsidRPr="00481FE8">
+      <w:r w:rsidRPr="00AC5C06">
         <w:rPr>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00481FE8">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC5C06">
         <w:rPr>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:bookmarkStart w:id="5" w:name="z293"/>
-[...6 lines deleted...]
-        <w:t>      4. Құжаттарды Мемлекеттік корпорация арқылы қабылдаған кезде көрсетілетін қызметті алушыға тиісті құжаттардың қабылданғаны туралы қолхат беріледі.</w:t>
+      <w:bookmarkStart w:id="5" w:name="z758"/>
+      <w:r w:rsidRPr="00A96EE4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4. При приеме документов через Государственную корпорацию </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> выдается расписка о приеме соответствующих документов.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
-    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
+    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00481FE8">
+      <w:r w:rsidRPr="00AC5C06">
         <w:rPr>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">      5. Алып тасталды - ҚР Білім және ғылым министрінің 21.02.2022 </w:t>
-[...10 lines deleted...]
-      <w:r w:rsidRPr="00481FE8">
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC5C06">
         <w:rPr>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00481FE8">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5. Исключен приказом Министра образования и науки РК от 21.02.2022 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC5C06">
         <w:rPr>
           <w:i/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 55</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC5C06">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC5C06">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:bookmarkStart w:id="6" w:name="z295"/>
-[...6 lines deleted...]
-        <w:t>      6. Мемлекеттік корпорация құжаттар топтамасын көрсетілетін қызметті берушіге курьер арқылы жеткізуді 1 (бір) жұмыс күні ішінде жүзеге асырады.</w:t>
+      <w:bookmarkStart w:id="6" w:name="z760"/>
+      <w:r w:rsidRPr="00A96EE4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6. Государственная корпорация осуществляет доставку пакета документов через курьера </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в течение 1 (одного) рабочего дня.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
+    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00060073">
-[...16 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+      <w:bookmarkStart w:id="7" w:name="z761"/>
+      <w:bookmarkEnd w:id="6"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A96EE4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> При обращении в Государственную корпорацию день приема не входит в срок оказания государственной услуги. </w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
+    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="7" w:name="z296"/>
-[...6 lines deleted...]
-        <w:t>      7. Портал арқылы жүгінген жағдайда көрсетілетін қызметті алушының "жеке кабинетіне" мемлекеттік көрсетілетін қызметке сұрау салудың қабылданғаны туралы мәртебе, сондай-ақ мемлекеттік көрсетілетін қызмет нәтижесін алу күні мен уақыты көрсетілген хабарлама жіберіледі.</w:t>
+      <w:bookmarkStart w:id="8" w:name="z762"/>
+      <w:bookmarkEnd w:id="7"/>
+      <w:r w:rsidRPr="00A96EE4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7. В случае обращения через портал </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в "личный кабинет" направляется статус о принятии запроса на государственную услугу, а также уведомление с указанием даты и времени получения результата государственной услуги.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
+    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="8" w:name="z297"/>
-[...7 lines deleted...]
-        <w:t>      8. Көрсетілетін қызметті беруші құжаттарды алған сәттен бастап 1 (бір) жұмыс күні ішінде ұсынылған құжаттардың толықтығын тексереді.</w:t>
+      <w:bookmarkStart w:id="9" w:name="z763"/>
+      <w:bookmarkEnd w:id="8"/>
+      <w:r w:rsidRPr="00A96EE4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 8. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в течение 1 (одного) рабочего дня с момента получения документов, проверяет полноту представленных документов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
+    <w:bookmarkEnd w:id="9"/>
+    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00060073">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A96EE4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> В случае предоставления </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> неполного пакета документов и (или) документов с истекшим сроком действия </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> дает мотивированный отказ в дальнейшем рассмотрении </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">       Көрсетілетін қызметті алушы құжаттардың толық топтамасын ұсынбаған және (немесе) қолданылу мерзімі өтіп кеткен құжаттарды ұсынған жағдайда, көрсетілетін қызметті беруші өтінішті одан әрі қараудан дәлелді бас тартады, ал мемлекеттік корпорацияның қызметкері өтінішті қабылдаудан бас тартады және осы Қағидаларға 3-қосымшаға сәйкес нысан бойынша құжаттарды қабылдаудан бас тарту туралы қолхат береді.</w:t>
+        <w:t>заявления, а работник Государственной корпорации отказывает в приеме заявления и выдает расписку об отказе в приеме документов по форме, согласно приложению 3 к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
+    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00060073">
+      <w:r w:rsidRPr="00A96EE4">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00481FE8">
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC5C06">
         <w:rPr>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00481FE8">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сноска. Пункт 8 - в редакции приказа Министра образования и науки РК от 21.02.2022 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC5C06">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>№ 55</w:t>
       </w:r>
-      <w:r w:rsidRPr="00481FE8">
+      <w:r w:rsidRPr="00AC5C06">
         <w:rPr>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00481FE8">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC5C06">
         <w:rPr>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:bookmarkStart w:id="9" w:name="z298"/>
-[...6 lines deleted...]
-        <w:t>      9. Жеке басты куәландыратын құжаттар, баланың туу туралы куәлігі, неке қию туралы куәлік ("АХАЖ тіркеу пункті" ақпараттық жүйесінде мәліметтер болмаған кезде) туралы мәліметтерді Мемлекеттік корпорацияның қызметкері және көрсетілетін қызметті беруші "электрондық үкімет" шлюзі арқылы тиісті мемлекеттік ақпараттық жүйелерден алады.</w:t>
+      <w:bookmarkStart w:id="10" w:name="z764"/>
+      <w:r w:rsidRPr="00A96EE4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 9. Сведения о документах, удостоверяющих личность, свидетельстве о рождении ребенка, свидетельстве о заключении брака (при отсутствии сведений в информационной системе "Регистрационный пункт ЗАГС") работник Государственной корпорации и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> получает из соответствующих государственных информационных систем через шлюз "электронного правительства".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
+    <w:bookmarkEnd w:id="10"/>
+    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00060073">
-[...16 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A96EE4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> или Работник Государственной корпорации получает согласие </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на использование сведений, составляющих охраняемую законом тайну, содержащихся в информационных системах, при оказании государственной услуги, если иное не предусмотрено законами Республики Казахстан.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
+    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00060073">
-[...16 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A96EE4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Услугодатели</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> получают цифровые документы из сервиса цифровых документов через реализованную интеграцию при условии согласия владельца документа, предоставленного посредством зарегистрированного на портале абонентского номера сотовой связи пользователя путем передачи одноразового пароля или путем отправления короткого текстового сообщения в качестве ответа на уведомление портала.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
+    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00060073">
+      <w:r w:rsidRPr="00A96EE4">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00481FE8">
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC5C06">
         <w:rPr>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00481FE8">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сноска. Пункт 9 - в редакции приказа Министра образования и науки РК от 21.02.2022 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC5C06">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>№ 55</w:t>
       </w:r>
-      <w:r w:rsidRPr="00481FE8">
+      <w:r w:rsidRPr="00AC5C06">
         <w:rPr>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00481FE8">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC5C06">
         <w:rPr>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:bookmarkStart w:id="10" w:name="z299"/>
-[...6 lines deleted...]
-        <w:t>      10. Құжаттарды тексеру қорытындысы бойынша көрсетілетін қызметті беруші 3 (үш) жұмыс күні ішінде қала сыртындағы және мектеп жанындағы лагерьлерге жолдама (жолдама) немесе мемлекеттік қызметті көрсетуден бас тарту туралы дәлелді жауап дайындайды.</w:t>
+      <w:r w:rsidRPr="00A96EE4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 10. По итогам проверки документов </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в течение 3 (трех) рабочих дней готовит направление (путевка) в загородные и пришкольные лагеря (далее - направление) либо мотивированный ответ об отказе в оказании государственной услуги.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
+    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00060073">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">       Осы Қағидалардың Мемлекеттік қызмет көрсетуге қойылатын талаптарының 9-тармағында көрсетілген негіздер бойынша мемлекеттік қызметті көрсетуден бас тарту үшін негіз анықталған кезде, көрсетілетін қызметті беруші Қазақстан Республикасы Әкімшілік рәсімдік – процестік кодексінің (бұдан әрі - ҚР ӘПК) 73-бабына сәйкес мемлекеттік қызметті көрсету мерзімі аяқталғанға дейін 3 (үш) жұмыс күнінен кешіктірмей көрсетілетін қызметті алушыға мемлекеттік қызметті көрсетуден бас тарту туралы алдын ала шешімдер туралы, сондай-ақ көрсетілетін қызметті алушыға алдын ала шешім бойынша ұстанымнын білдіруге мүмкіндік беру үшін тыңдауды өткізу уақыты мен орны туралы хабарламаны жолдайды.</w:t>
+      <w:bookmarkStart w:id="11" w:name="z1005"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A96EE4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> При выявлении оснований для отказа в оказании государственной услуги по основаниям, указанным в пункте 9 Требований к оказанию государственной услуги настоящих Правил </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> не </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>позднее</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> чем за 3 (три) рабочих дня до завершения срока оказания государственной услуги согласно статьи 73 Административного процедурно-процессуального кодекса Республики Казахстан (далее – АППК РК) направляет </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> уведомление о предварительном решений об отказе в оказании государственной услуги, а также о времени и месте проведения заслушивания для возможности выразить </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> позицию по предварительному решению.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
+    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00060073">
-[...16 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+      <w:bookmarkStart w:id="12" w:name="z1006"/>
+      <w:bookmarkEnd w:id="11"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A96EE4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Процедура заслушивания проводится в соответствии со статьей 74 АППК РК.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
+    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00060073">
-[...16 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+      <w:bookmarkStart w:id="13" w:name="z1007"/>
+      <w:bookmarkEnd w:id="12"/>
+      <w:r w:rsidRPr="00A96EE4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> По результатам заслушивания </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в течение 1 (одного) рабочего дня направляет направление либо мотивированный отказ в оказании государственной услуги </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> или в Государственную корпорацию.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
+    <w:bookmarkEnd w:id="13"/>
+    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00060073">
+      <w:r w:rsidRPr="00A96EE4">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00481FE8">
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC5C06">
         <w:rPr>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00481FE8">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сноска. Пункт 10 - в редакции приказа Министра просвещения РК от 03.10.2022 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC5C06">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>№ 414</w:t>
       </w:r>
-      <w:r w:rsidRPr="00481FE8">
+      <w:r w:rsidRPr="00AC5C06">
         <w:rPr>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00481FE8">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC5C06">
         <w:rPr>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00481FE8">
+      <w:r w:rsidRPr="00AC5C06">
         <w:rPr>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">      11. Алып тасталды - ҚР Білім және ғылым министрінің 21.02.2022 </w:t>
-[...10 lines deleted...]
-      <w:r w:rsidRPr="00481FE8">
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC5C06">
         <w:rPr>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00481FE8">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 11. Исключен приказом Министра образования и науки РК от 21.02.2022 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC5C06">
         <w:rPr>
           <w:i/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 55</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC5C06">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC5C06">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:bookmarkStart w:id="11" w:name="z301"/>
-[...6 lines deleted...]
-        <w:t>      12. Мемлекеттік корпорацияда дайын құжаттарды беру жеке куәлігін (не нотариалды расталған сенімхат бойынша оның өкілі) ұсыну кезінде жүзеге асырылады.</w:t>
+      <w:bookmarkStart w:id="14" w:name="z769"/>
+      <w:r w:rsidRPr="00A96EE4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 12. В Государственной корпорации выдача готовых документов осуществляется при предъявлении удостоверения личности (либо его представителя по доверенности, удостоверенный нотариально).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
+    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00060073">
-[...34 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+      <w:bookmarkStart w:id="15" w:name="z770"/>
+      <w:bookmarkEnd w:id="14"/>
+      <w:r w:rsidRPr="00A96EE4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Государственная корпорация обеспечивает хранение результата в течение одного месяца, после чего передает его </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> для дальнейшего хранения. При обращении </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по истечении одного месяца по запросу Государственной корпорации </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в течение одного рабочего дня направляет готовые документы в Государственную корпорацию для выдачи </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
+    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="12" w:name="z302"/>
-[...7 lines deleted...]
-        <w:t>      13. Құжаттарды қараудың жалпы мерзімі және жолдама алу не мемлекеттік қызмет көрсетуден бас тарту 5 (бес) жұмыс күнін құрайды.</w:t>
+      <w:bookmarkStart w:id="16" w:name="z771"/>
+      <w:bookmarkEnd w:id="15"/>
+      <w:r w:rsidRPr="00A96EE4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 13. Общий срок рассмотрения документов и получение направления либо отказ в оказании государственной услуги составляет 5 (пять) рабочих дней.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
+    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="13" w:name="z363"/>
-[...8 lines deleted...]
-      </w:r>
+      <w:bookmarkStart w:id="17" w:name="z936"/>
+      <w:bookmarkEnd w:id="16"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A96EE4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 13-1. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00060073">
-[...5 lines deleted...]
-        <w:t>13-1. Көрсетілетін қызметті беруші Заңның 5-бабы 2-тармағының 11) тармақшасына сәйкес ақпараттандыру саласындағы уәкілетті орган белгілеген тәртіппен мемлекеттік қызмет көрсету сатысы туралы мемлекеттік қызметтер көрсету мониторингінің ақпараттық жүйесіне деректерді енгізуді қамтамасыз етеді.</w:t>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обеспечивает внесение данных в информационную систему мониторинга оказания государственных услуг о стадии оказания государственной услуги в порядке, установленном уполномоченным органом в сфере информатизации в соответствии с подпунктом 11) пункта 2 статьи 5 Закона.</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
+    <w:bookmarkEnd w:id="17"/>
+    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00060073">
-[...16 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A96EE4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> При сбое информационной системы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> незамедлительно с момента обнаружения уведомляет сотрудника структурного подразделения </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, ответственного за информационно-коммуникационную инфраструктуру.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
+    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00060073">
-[...16 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A96EE4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> В этом случае ответственный сотрудник за информационно-коммуникационную инфраструктуру в течение срока, указанного в части второй настоящего пункта Правил, составляет протокол о технической проблеме и подписывает его </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
+    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00060073">
-[...16 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A96EE4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Уполномоченный орган в области защиты прав детей Республики Казахстан извещает </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателей</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, в том числе Единый контакт-центр, о внесенных изменениях и дополнениях в Требования к оказанию государственной услуги.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
+    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00481FE8">
+      <w:r w:rsidRPr="00AC5C06">
         <w:rPr>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00481FE8">
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC5C06">
         <w:rPr>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...11 lines deleted...]
-      <w:r w:rsidRPr="00481FE8">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AC5C06">
         <w:rPr>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00481FE8">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Правила дополнены пунктом 13-1 в соответствии с приказом Министра образования и науки РК от 21.02.2022 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC5C06">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00481FE8">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 55</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC5C06">
         <w:rPr>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); в редакции приказа Министра просвещения РК от 03.10.2022 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC5C06">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 414</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC5C06">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00481FE8">
+      <w:r w:rsidRPr="00AC5C06">
         <w:rPr>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:bookmarkStart w:id="14" w:name="z303"/>
-      <w:r w:rsidRPr="00060073">
+      <w:bookmarkStart w:id="18" w:name="z772"/>
+      <w:r w:rsidRPr="00AA1129">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00060073">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 3. Порядок обжалования решений, действий (бездействия) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AA1129">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00060073">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AA1129">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-        <w:t xml:space="preserve"> Мемлекеттік қызмет көрсету процесінде көсетілетін қызметті берушінің және (немесе) оның лауазымды адамдарының шешімдеріне, әрекетіне (әрекетсіздігіне) шағымдану тәртібі</w:t>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и (или) его должностных лиц в процессе оказания государственной услуги</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
+    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="15" w:name="z304"/>
-[...7 lines deleted...]
-        <w:t>      14. Мемлекеттік қызмет көрсету мәселелері бойынша көрсетілетін қызметті берушінің шешіміне, әрекетіне (әрекетсіздігіне) шағым көрсетілетін қызметті беруші басшысының атына, мемлекеттік қызмет көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органға (бұдан әрі – шағымды қарайтын орган) Қазақстан Республикасының заңнамасына сәйкес беріледі.</w:t>
+      <w:bookmarkStart w:id="19" w:name="z773"/>
+      <w:bookmarkEnd w:id="18"/>
+      <w:r w:rsidRPr="00A96EE4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 14. Жалоба на решение, действий (бездействия) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по вопросам оказания государственных услуг подается на имя руководителя </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, в уполномоченный орган по оценке и </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>контролю за</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> качеством оказания государственных услуг (далее – орган, рассматривающий жалобу), в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
+    <w:bookmarkEnd w:id="19"/>
+    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00060073">
-[...16 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A96EE4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Рассмотрение жалобы по вопросам оказания государственных услуг производится вышестоящим административным органом, должностным лицом, органом, рассматривающим жалобу.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
+    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00060073">
-[...16 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A96EE4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Жалоба подается </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и (или) должностному лицу, чье решение, действие (бездействие) обжалуются.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
+    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00060073">
-[...16 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A96EE4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> должностное лицо, чье решение, действие (бездействие) обжалуются, не позднее 3 (трех) рабочих дней со дня поступления жалобы направляют ее в орган, рассматривающий жалобу.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
+    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00060073">
-[...16 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A96EE4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> При этом </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, должностное лицо, решение, действие (бездействие) обжалуются, не направляет жалобу в орган, рассматривающий жалобу, если он в течение 3 (трех) рабочих дней примет решение либо административное действие, полностью удовлетворяющие требования, указанные в жалобе.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
+    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00060073">
-[...16 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A96EE4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Жалоба </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, поступившая в адрес </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, в соответствии с пунктом 2 статьи 25 Закона подлежит рассмотрению в течение 5 (пяти) рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
+    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00060073">
-[...16 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A96EE4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Жалоба </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, поступившая в адрес органа, рассматривающего жалобу, подлежит рассмотрению в течение 15 (пятнадцати) рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
+    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00060073">
-[...16 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A96EE4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Если иное не предусмотрено законом, обращение в суд допускается после обжалования в досудебном порядке.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
+    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00060073">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="00481FE8">
+      <w:r w:rsidRPr="00AC5C06">
         <w:rPr>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Ескерту. 14-тармақ жаңа редакцияда - ҚР Білім және ғылым министрінің 21.02.2022 </w:t>
-[...10 lines deleted...]
-      <w:r w:rsidRPr="00481FE8">
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC5C06">
         <w:rPr>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00481FE8">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Пункт 14 - в редакции приказа Министра образования и науки РК от 21.02.2022 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC5C06">
         <w:rPr>
           <w:i/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 55</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC5C06">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC5C06">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:bookmarkStart w:id="16" w:name="z305"/>
-[...6 lines deleted...]
-        <w:t>      15. Көрсетілген мемлекеттік қызмет нәтижесімен келіспеген жағдайда көрсетілетін қызметті алушы Қазақстан Республикасының заңнамасында белгіленген тәртіппен сотқа жүгінеді.</w:t>
+      <w:bookmarkStart w:id="20" w:name="z776"/>
+      <w:r w:rsidRPr="00A96EE4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 15. В случаях несогласия с результатами оказания государственной услуги </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обращается в суд в установленном законодательством Республики Казахстан порядке.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5969"/>
-        <w:gridCol w:w="4819"/>
+        <w:gridCol w:w="5544"/>
+        <w:gridCol w:w="5244"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00445E5B" w:rsidRPr="00481FE8" w:rsidTr="00481FE8">
+      <w:tr w:rsidR="008E4670" w:rsidRPr="00F70190" w:rsidTr="00AC5C06">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5969" w:type="dxa"/>
+            <w:tcW w:w="5544" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkEnd w:id="16"/>
-          <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
+          <w:bookmarkEnd w:id="20"/>
+          <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00060073">
+            <w:r w:rsidRPr="00A96EE4">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4819" w:type="dxa"/>
+            <w:tcW w:w="5244" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00481FE8" w:rsidRPr="00481FE8" w:rsidRDefault="00481FE8" w:rsidP="00481FE8">
+          <w:p w:rsidR="00AC5C06" w:rsidRPr="00AC5C06" w:rsidRDefault="00AC5C06" w:rsidP="00AC5C06">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00481FE8" w:rsidRPr="00481FE8" w:rsidRDefault="00481FE8" w:rsidP="00481FE8">
+          <w:p w:rsidR="008E4670" w:rsidRPr="00AC5C06" w:rsidRDefault="00A96EE4" w:rsidP="00AC5C06">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00481FE8">
+            <w:r w:rsidRPr="00AC5C06">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Приложение 1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AC5C06">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00AC5C06">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>к Правилам оказания</w:t>
+            </w:r>
+            <w:r w:rsidR="00AC5C06">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AC5C06">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>государственной услуги</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AC5C06">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00AC5C06">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>"Прием документов и выдача</w:t>
+            </w:r>
+            <w:r w:rsidR="00AC5C06">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AC5C06">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>направлений на предоставление</w:t>
+            </w:r>
+            <w:r w:rsidR="00AC5C06">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AC5C06">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>отдыха в загородных и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AC5C06">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00AC5C06">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t xml:space="preserve">"Мемлекеттік білім беру мекемелеріндегі білім алушылар мен тәрбиенушілердің жекелеген санаттарына қала сыртындағы және мектеп </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00481FE8">
+              <w:t>пришкольных лагерях</w:t>
+            </w:r>
+            <w:r w:rsidR="00AC5C06">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AC5C06">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>отдельным категориям</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AC5C06">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00481FE8">
-[...60 lines deleted...]
-              <w:t>1-қосымша</w:t>
+            <w:r w:rsidRPr="00AC5C06">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>обучающихся и воспитанников</w:t>
+            </w:r>
+            <w:r w:rsidR="00AC5C06">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AC5C06">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>государственных учреждений</w:t>
+            </w:r>
+            <w:r w:rsidR="00AC5C06">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AC5C06">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>образования"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidTr="00481FE8">
+      <w:tr w:rsidR="008E4670" w:rsidRPr="00A96EE4" w:rsidTr="00AC5C06">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5969" w:type="dxa"/>
+            <w:tcW w:w="5544" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00445E5B" w:rsidRPr="00481FE8" w:rsidRDefault="00060073" w:rsidP="00060073">
+          <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00060073">
+            <w:r w:rsidRPr="00A96EE4">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4819" w:type="dxa"/>
+            <w:tcW w:w="5244" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00445E5B" w:rsidRPr="00481FE8" w:rsidRDefault="00060073" w:rsidP="00481FE8">
+          <w:p w:rsidR="008E4670" w:rsidRPr="00AC5C06" w:rsidRDefault="00A96EE4" w:rsidP="00AC5C06">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00481FE8">
-[...6 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AC5C06">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidTr="00481FE8">
+      <w:tr w:rsidR="008E4670" w:rsidRPr="00F70190" w:rsidTr="00AC5C06">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5969" w:type="dxa"/>
+            <w:tcW w:w="5544" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
+          <w:p w:rsidR="008E4670" w:rsidRPr="00A96EE4" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00060073">
+            <w:r w:rsidRPr="00A96EE4">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4819" w:type="dxa"/>
+            <w:tcW w:w="5244" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00445E5B" w:rsidRPr="00481FE8" w:rsidRDefault="00060073" w:rsidP="007971E9">
+          <w:p w:rsidR="008E4670" w:rsidRPr="00AC5C06" w:rsidRDefault="00A96EE4" w:rsidP="00AC5C06">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00481FE8">
-[...10 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00AC5C06">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Руководителю _____________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AC5C06">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00481FE8">
-[...10 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00AC5C06">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>(наименование органа)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AC5C06">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00481FE8">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00AC5C06">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от гражданина (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AC5C06">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ки</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AC5C06">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>) _________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AC5C06">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00AC5C06">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>(фамилия, имя, отчество</w:t>
+            </w:r>
+            <w:r w:rsidR="00AC5C06">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AC5C06">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>(при его наличии)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AC5C06">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00AC5C06">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>и индивидуальный</w:t>
+            </w:r>
+            <w:r w:rsidR="00AC5C06">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AC5C06">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>идентификационный номер</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AC5C06">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00AC5C06">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>заявителя) проживающег</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00AC5C06">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>о(</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00AC5C06">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>-ей)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AC5C06">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00AC5C06">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>по адресу:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AC5C06">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00AC5C06">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>__________________________</w:t>
-            </w:r>
-[...105 lines deleted...]
-              <w:t>сәйкестендіру нөмірі)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="007971E9">
-[...20 lines deleted...]
-    <w:p w:rsidR="00445E5B" w:rsidRPr="007971E9" w:rsidRDefault="00060073" w:rsidP="00060073">
+    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:i/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00060073">
-[...17 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+      <w:bookmarkStart w:id="21" w:name="z1118"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A96EE4">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A96EE4">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A96EE4">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A96EE4">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A96EE4">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заявление</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
+    <w:bookmarkEnd w:id="21"/>
+    <w:p w:rsidR="008E4670" w:rsidRPr="00AC5C06" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00060073">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">       Менің кәмелет жасқа толмаған (тегі, аты, әкесінің аты (бар болғанда) туған күні және жеке сәйкестендіру нөмірі) (мектеп № және сынып литерін көрсету) оқитын балам _______________________________________________ </w:t>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A96EE4">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC5C06">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Сноска. Приложение 1 - в редакции приказа Министра просвещения РК от 12.04.2023 № 95 (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
+    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00060073">
-[...23 lines deleted...]
-        <w:t xml:space="preserve"> жылын көрсету)</w:t>
+      <w:r w:rsidRPr="00A96EE4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Прошу Вас включить моего несовершеннолетнего ребенка</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
+    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00060073">
-[...23 lines deleted...]
-        <w:t xml:space="preserve"> сыртындағы және мектеп жанындағы лагерьлерге жолдамамен қамтамасыз етілетін білім алушылар мен тәрбиеленушілердің тізіміне қосуды сұраймын.</w:t>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>___________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
+    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00060073">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">       </w:t>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A96EE4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A96EE4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A96EE4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00060073">
-[...5 lines deleted...]
-        <w:t>Ақпараттық жүйелердегі "Дербес деректер және оларды қорғау туралы" Қазақстан Республикасының Заңымен қорғалатын құпия мәліметтерді қолдануға келісім беремін.</w:t>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(фамилия, имя, отчество (при его наличии)</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC5C06">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>и индивидуальный идентификационный номер, дата рождения), обучающегося в (указать № школы, № и литер класса)</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
+    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00060073">
-[...6 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>в список обучающихся и воспитанников, обеспечивающихся путевкой в загородные пришкольные лагеря.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E4670" w:rsidRPr="00AC4693" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A96EE4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Согласе</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>н(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>а) на использования сведений, составляющих охраняемую Законом</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC4693">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Республики Казахстан "О персональных данных и их защите" тайну, содержащихся в</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC4693">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4693">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>информационных системах.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E4670" w:rsidRPr="00A96EE4" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A96EE4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>"___" __________20__года</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E4670" w:rsidRPr="00A96EE4" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A96EE4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Подпись</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5827"/>
-        <w:gridCol w:w="4961"/>
+        <w:gridCol w:w="6111"/>
+        <w:gridCol w:w="4677"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00445E5B" w:rsidRPr="007971E9" w:rsidTr="007971E9">
+      <w:tr w:rsidR="008E4670" w:rsidRPr="00F70190" w:rsidTr="00AC4693">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5827" w:type="dxa"/>
+            <w:tcW w:w="6111" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
+          <w:p w:rsidR="008E4670" w:rsidRPr="00A96EE4" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00060073">
+            <w:r w:rsidRPr="00A96EE4">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcW w:w="4677" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="007971E9" w:rsidRDefault="007971E9" w:rsidP="00060073">
-[...11 lines deleted...]
-          <w:p w:rsidR="00445E5B" w:rsidRPr="007971E9" w:rsidRDefault="00060073" w:rsidP="00C06AAB">
+          <w:p w:rsidR="008E4670" w:rsidRDefault="00A96EE4" w:rsidP="00AC4693">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007971E9">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="007971E9">
+            <w:r w:rsidRPr="00AC4693">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Приложение 2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AC4693">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="007971E9">
-[...28 lines deleted...]
-            <w:r w:rsidRPr="007971E9">
+            <w:r w:rsidRPr="00AC4693">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>к Правилам оказания</w:t>
+            </w:r>
+            <w:r w:rsidR="00AC4693">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AC4693">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>государственной услуги</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AC4693">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="007971E9">
-[...7 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="00AC4693">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>"Прием документов и выдача</w:t>
+            </w:r>
+            <w:r w:rsidR="00AC4693">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AC4693">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>направлений на предоставление</w:t>
+            </w:r>
+            <w:r w:rsidR="00AC4693">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AC4693">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>отдыха в загородных и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AC4693">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00AC4693">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>пришкольных лагерях</w:t>
+            </w:r>
+            <w:r w:rsidR="00AC4693">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AC4693">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>отдельным категориям</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AC4693">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00AC4693">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>обучающихся и воспитанников</w:t>
+            </w:r>
+            <w:r w:rsidR="00AC4693">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AC4693">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>государственных учреждений</w:t>
+            </w:r>
+            <w:r w:rsidR="00AC4693">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AC4693">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>образования"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00AC4693" w:rsidRPr="00AC4693" w:rsidRDefault="00AC4693" w:rsidP="00AC4693">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
+    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="18" w:name="z309"/>
-      <w:r w:rsidRPr="007971E9">
+      <w:bookmarkStart w:id="22" w:name="z1119"/>
+      <w:r w:rsidRPr="00AA1129">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...8 lines deleted...]
-        <w:t>"Мемлекеттік білім беру мекемелеріндегі білім алушылар мен тәрбиенушілердің жекелеген санаттарына қала сыртындағы және мектеп жанындағы лагерьлерде демалуы үшін құжаттар қабылдау және жолдама беру" мемлекеттік қызмет көрсетуге қойылатын негізгі талаптардың тізбесі</w:t>
+        <w:t xml:space="preserve"> Перечень основных требований к оказанию государственной услуги "Прием документов и выдача направлений на предоставление отдыха в загородных и пришкольных лагерях отдельным категориям обучающихся и воспитанников государственных учреждений образования"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-    <w:p w:rsidR="00445E5B" w:rsidRDefault="00060073" w:rsidP="00060073">
+    <w:bookmarkEnd w:id="22"/>
+    <w:p w:rsidR="008E4670" w:rsidRPr="00AC4693" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00060073">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A96EE4">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">       </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00C06AAB">
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC4693">
         <w:rPr>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...14 lines deleted...]
-      </w:pPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Сноска. Приложение 2 - в редакции приказа Министра просвещения РК от 12.04.2023 № 95 (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10895" w:type="dxa"/>
+        <w:tblW w:w="10753" w:type="dxa"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="326"/>
-        <w:gridCol w:w="2976"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="7376"/>
+        <w:gridCol w:w="3402"/>
+        <w:gridCol w:w="278"/>
+        <w:gridCol w:w="6667"/>
         <w:gridCol w:w="80"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00445E5B" w:rsidRPr="00C06AAB" w:rsidTr="005E4511">
+      <w:tr w:rsidR="008E4670" w:rsidRPr="00AC4693" w:rsidTr="00AC4693">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="80" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="326" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00445E5B" w:rsidRPr="00C06AAB" w:rsidRDefault="00060073" w:rsidP="00060073">
+          <w:p w:rsidR="008E4670" w:rsidRPr="00AC4693" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C06AAB">
+            <w:r w:rsidRPr="00AC4693">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2976" w:type="dxa"/>
+            <w:tcW w:w="3402" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00445E5B" w:rsidRPr="00C06AAB" w:rsidRDefault="00060073" w:rsidP="00060073">
+          <w:p w:rsidR="008E4670" w:rsidRPr="00AC4693" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C06AAB">
-[...6 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AC4693">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Наименование</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AC4693">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AC4693">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>услугодателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7513" w:type="dxa"/>
+            <w:tcW w:w="6945" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00445E5B" w:rsidRPr="00C06AAB" w:rsidRDefault="00060073" w:rsidP="00060073">
+          <w:p w:rsidR="008E4670" w:rsidRPr="00AC4693" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C06AAB">
-[...5 lines deleted...]
-              <w:t>Республикалық маңызы бар қалалардың және астананың білім басқармалары, аудандардағы, облыстық маңызы бар қалалардағы білім бөлімдері, білім беру ұйымдары</w:t>
+            <w:r w:rsidRPr="00AC4693">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Управления образования областей, городов республиканского значения, столицы, отделы образования районов, городов областного значения, организации образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00445E5B" w:rsidRPr="00C06AAB" w:rsidTr="005E4511">
+      <w:tr w:rsidR="008E4670" w:rsidRPr="00AC4693" w:rsidTr="00AC4693">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="80" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="326" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00445E5B" w:rsidRPr="00C06AAB" w:rsidRDefault="00060073" w:rsidP="00060073">
+          <w:p w:rsidR="008E4670" w:rsidRPr="00AC4693" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C06AAB">
+            <w:r w:rsidRPr="00AC4693">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2976" w:type="dxa"/>
+            <w:tcW w:w="3402" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00445E5B" w:rsidRPr="00C06AAB" w:rsidRDefault="00060073" w:rsidP="00060073">
+          <w:p w:rsidR="008E4670" w:rsidRPr="00AC4693" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C06AAB">
-[...5 lines deleted...]
-              <w:t>Мемлекеттік қызметті ұсыну тәсілдері</w:t>
+            <w:r w:rsidRPr="00AC4693">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Способы предоставления государственной услуги (каналы доступа)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7513" w:type="dxa"/>
+            <w:tcW w:w="6945" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00445E5B" w:rsidRPr="00C06AAB" w:rsidRDefault="00060073" w:rsidP="00060073">
+          <w:p w:rsidR="008E4670" w:rsidRPr="00AC4693" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C06AAB">
-[...5 lines deleted...]
-              <w:t>Өтінішті қабылдау және мемлекеттік қызмет көрсетудің нәтижесін беру:</w:t>
+            <w:r w:rsidRPr="00AC4693">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Прием заявления и выдача результата оказания государственной услуги осуществляются </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00AC4693">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>через</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00AC4693">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00445E5B" w:rsidRPr="00C06AAB" w:rsidRDefault="00060073" w:rsidP="00060073">
+          <w:p w:rsidR="008E4670" w:rsidRPr="00AC4693" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C06AAB">
-[...5 lines deleted...]
-              <w:t>1) көрсетілетін қызметті берушінің кеңсесі;</w:t>
+            <w:r w:rsidRPr="00AC4693">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1)канцелярию </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AC4693">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугодателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AC4693">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00445E5B" w:rsidRPr="00C06AAB" w:rsidRDefault="00060073" w:rsidP="00060073">
+          <w:p w:rsidR="008E4670" w:rsidRPr="00AC4693" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C06AAB">
-[...5 lines deleted...]
-              <w:t>2) "Азаматтарға арналған үкімет" мемлекеттік корпорациясы" коммерциялық емес қоғамы (бұдан әрі - Мемлекеттік корпорация);</w:t>
+            <w:r w:rsidRPr="00AC4693">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>2) некоммерческое акционерное общество "Государственная корпорация "Правительство для граждан" (далее – Государственная корпорация);</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00445E5B" w:rsidRPr="00C06AAB" w:rsidRDefault="00060073" w:rsidP="00060073">
+          <w:p w:rsidR="008E4670" w:rsidRPr="00AC4693" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C06AAB">
-[...42 lines deleted...]
-              <w:t xml:space="preserve"> үкіметтің" www.egov.kz веб-порталы (бұдан әрі - портал) арқылы жүзеге асырылады.</w:t>
+            <w:r w:rsidRPr="00AC4693">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AC4693">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>веб-портал</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AC4693">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> "электронного правительства" </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AC4693">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>www</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AC4693">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AC4693">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>egov</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AC4693">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AC4693">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>kz</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AC4693">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (далее – портал).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00445E5B" w:rsidRPr="00C06AAB" w:rsidTr="005E4511">
+      <w:tr w:rsidR="008E4670" w:rsidRPr="00AC4693" w:rsidTr="00AC4693">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="80" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="326" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00445E5B" w:rsidRPr="00C06AAB" w:rsidRDefault="00060073" w:rsidP="00060073">
+          <w:p w:rsidR="008E4670" w:rsidRPr="00AC4693" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C06AAB">
+            <w:r w:rsidRPr="00AC4693">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2976" w:type="dxa"/>
+            <w:tcW w:w="3402" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00445E5B" w:rsidRPr="00C06AAB" w:rsidRDefault="00060073" w:rsidP="00060073">
+          <w:p w:rsidR="008E4670" w:rsidRPr="00AC4693" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C06AAB">
-[...26 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AC4693">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Срок</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AC4693">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AC4693">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>оказания</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AC4693">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AC4693">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>государственной</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AC4693">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AC4693">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>услуги</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7513" w:type="dxa"/>
+            <w:tcW w:w="6945" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00445E5B" w:rsidRPr="00C06AAB" w:rsidRDefault="00060073" w:rsidP="00060073">
+          <w:p w:rsidR="008E4670" w:rsidRPr="00AC4693" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C06AAB">
-[...33 lines deleted...]
-              <w:t>сәттен бастап, сондай-ақ портал арқылы өтініш берген кезде – 5 (бес) жұмыс күні.</w:t>
+            <w:r w:rsidRPr="00AC4693">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) с момента сдачи документов </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AC4693">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугодателю</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AC4693">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>, в Государственную корпорацию, а также при обращении на портал – 5 (пять) рабочих дней.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00445E5B" w:rsidRPr="00C06AAB" w:rsidRDefault="00060073" w:rsidP="00060073">
+          <w:p w:rsidR="008E4670" w:rsidRPr="00AC4693" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C06AAB">
-[...5 lines deleted...]
-              <w:t>2) көрсетілетін қызметті берушіде немесе Мемлекеттік корпорацияда құжаттарды тапсыру үшін күтудің рұқсат берілетін ең ұзақ уақыты – 15 минут;</w:t>
+            <w:r w:rsidRPr="00AC4693">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">2) максимально допустимое время ожидания для сдачи документов у </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AC4693">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугодателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AC4693">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> или Государственной корпорации – 15 минут;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00445E5B" w:rsidRPr="00C06AAB" w:rsidRDefault="00060073" w:rsidP="00060073">
+          <w:p w:rsidR="008E4670" w:rsidRPr="00AC4693" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C06AAB">
-[...23 lines deleted...]
-              <w:t xml:space="preserve"> қызметті берушіде қызмет көрсетудің рұқсат берілетін ең ұзақ уақыты – 30 минут, Мемлекеттік корпорацияда – 15 минут.</w:t>
+            <w:r w:rsidRPr="00AC4693">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3) максимально допустимое время обслуживания у </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AC4693">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугодателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AC4693">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – 30 минут, в Государственной корпорации – 15 минут.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00445E5B" w:rsidRPr="00C06AAB" w:rsidTr="005E4511">
+      <w:tr w:rsidR="008E4670" w:rsidRPr="00AC4693" w:rsidTr="00AC4693">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="80" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="326" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00445E5B" w:rsidRPr="00C06AAB" w:rsidRDefault="00060073" w:rsidP="00060073">
+          <w:p w:rsidR="008E4670" w:rsidRPr="00AC4693" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C06AAB">
+            <w:r w:rsidRPr="00AC4693">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2976" w:type="dxa"/>
+            <w:tcW w:w="3402" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00445E5B" w:rsidRPr="00C06AAB" w:rsidRDefault="00060073" w:rsidP="00060073">
+          <w:p w:rsidR="008E4670" w:rsidRPr="00AC4693" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C06AAB">
-[...6 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AC4693">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AC4693">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AC4693">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>оказания</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7513" w:type="dxa"/>
+            <w:tcW w:w="6945" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00445E5B" w:rsidRPr="00C06AAB" w:rsidRDefault="00060073" w:rsidP="00060073">
+          <w:p w:rsidR="008E4670" w:rsidRPr="00AC4693" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C06AAB">
-[...6 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AC4693">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Электронная</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AC4693">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AC4693">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>частично</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AC4693">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AC4693">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>автоматизированная</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AC4693">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">)\ </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AC4693">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бумажная</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00445E5B" w:rsidRPr="00C06AAB" w:rsidTr="005E4511">
+      <w:tr w:rsidR="008E4670" w:rsidRPr="00AC4693" w:rsidTr="00AC4693">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="80" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="326" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00445E5B" w:rsidRPr="00C06AAB" w:rsidRDefault="00060073" w:rsidP="00060073">
+          <w:p w:rsidR="008E4670" w:rsidRPr="00AC4693" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C06AAB">
+            <w:r w:rsidRPr="00AC4693">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2976" w:type="dxa"/>
+            <w:tcW w:w="3402" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00445E5B" w:rsidRPr="00C06AAB" w:rsidRDefault="00060073" w:rsidP="00060073">
+          <w:p w:rsidR="008E4670" w:rsidRPr="00AC4693" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C06AAB">
-[...6 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AC4693">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Результат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AC4693">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AC4693">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>оказания</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AC4693">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AC4693">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>государственной</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AC4693">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AC4693">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>услуги</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7513" w:type="dxa"/>
+            <w:tcW w:w="6945" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00445E5B" w:rsidRPr="00C06AAB" w:rsidRDefault="00060073" w:rsidP="00060073">
+          <w:p w:rsidR="008E4670" w:rsidRPr="00AC4693" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C06AAB">
-[...5 lines deleted...]
-              <w:t>Қала сыртындағы және мектеп жанындағы лагерьлерге жолдама не осы мемлекеттік қызмет көрсетуге қойылатын талаптарының 9-тармағында көрсетілген негіздер бойынша мемлекеттік қызмет көрсетуден бас тарту туралы дәлелді жауап.</w:t>
+            <w:r w:rsidRPr="00AC4693">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Направление (путевка) в загородные и пришкольные лагеря либо мотивированный ответ об отказе в оказании государственной услуги в случаях и по основаниям, предусмотренным пунктом 9 требований к оказанию государственной услуги.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00445E5B" w:rsidRPr="00C06AAB" w:rsidRDefault="00060073" w:rsidP="00060073">
+          <w:p w:rsidR="008E4670" w:rsidRPr="00AC4693" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C06AAB">
-[...5 lines deleted...]
-              <w:t>Порталда мемлекеттік қызмет көрсетудің нәтижесі көрсетілетін қызметті алушының "жеке кабинетіне" жіберіледі және сақталады.</w:t>
+            <w:r w:rsidRPr="00AC4693">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">На портале результат оказания государственной услуги направляется и хранится в "личном кабинете" </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AC4693">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AC4693">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00445E5B" w:rsidRPr="00C06AAB" w:rsidTr="005E4511">
+      <w:tr w:rsidR="008E4670" w:rsidRPr="00AC4693" w:rsidTr="00AC4693">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="80" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="326" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00445E5B" w:rsidRPr="00C06AAB" w:rsidRDefault="00060073" w:rsidP="00060073">
+          <w:p w:rsidR="008E4670" w:rsidRPr="00AC4693" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C06AAB">
+            <w:r w:rsidRPr="00AC4693">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2976" w:type="dxa"/>
+            <w:tcW w:w="3402" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00445E5B" w:rsidRPr="00C06AAB" w:rsidRDefault="00060073" w:rsidP="00060073">
+          <w:p w:rsidR="008E4670" w:rsidRPr="00AC4693" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C06AAB">
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> Көрсетілетін қызметті алушыдан алынатын төлем мөлшері </w:t>
+            <w:r w:rsidRPr="00AC4693">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Размер оплаты, взимаемой с </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AC4693">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AC4693">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00445E5B" w:rsidRPr="00C06AAB" w:rsidRDefault="00060073" w:rsidP="00060073">
+          <w:p w:rsidR="008E4670" w:rsidRPr="00AC4693" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C06AAB">
-[...5 lines deleted...]
-              <w:t>Қазақстан Республикасының заңнамасында көзделген жағдайларда мемлекеттік қызмет көрсету кезінде мемлекеттік қызмет көрсету тәртібі және оны алу тәсілдері</w:t>
+            <w:r w:rsidRPr="00AC4693">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>при оказании государственной услуги, и способы ее взимания в случаях, предусмотренных законодательством Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7513" w:type="dxa"/>
+            <w:tcW w:w="6945" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00445E5B" w:rsidRPr="00C06AAB" w:rsidRDefault="00060073" w:rsidP="00060073">
+          <w:p w:rsidR="008E4670" w:rsidRPr="00AC4693" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C06AAB">
-[...6 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AC4693">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Бесплатно</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00445E5B" w:rsidRPr="00C06AAB" w:rsidTr="005E4511">
+      <w:tr w:rsidR="008E4670" w:rsidRPr="00AC4693" w:rsidTr="00AC4693">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="80" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="326" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00445E5B" w:rsidRPr="00C06AAB" w:rsidRDefault="00060073" w:rsidP="00060073">
+          <w:p w:rsidR="008E4670" w:rsidRPr="00AC4693" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C06AAB">
+            <w:r w:rsidRPr="00AC4693">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2976" w:type="dxa"/>
+            <w:tcW w:w="3402" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00445E5B" w:rsidRPr="00C06AAB" w:rsidRDefault="00060073" w:rsidP="00060073">
+          <w:p w:rsidR="008E4670" w:rsidRPr="00AC4693" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C06AAB">
-[...5 lines deleted...]
-              <w:t>Көрсетілетін қызметті берушінің, Мемлекеттік корпорацияның және ақпарат объектілерінің жұмыс графигі</w:t>
+            <w:r w:rsidRPr="00AC4693">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">График работы </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AC4693">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугодателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AC4693">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>, Государственной корпорации и объектов информации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7513" w:type="dxa"/>
+            <w:tcW w:w="6945" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00445E5B" w:rsidRPr="00C06AAB" w:rsidRDefault="00060073" w:rsidP="00060073">
+          <w:p w:rsidR="008E4670" w:rsidRPr="00AC4693" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C06AAB">
-[...5 lines deleted...]
-              <w:t>1) көрсетілетін қызметті берушіде: Қазақстан Республикасының еңбек заңнамасына сәйкес демалыс және мереке күндерін қоспағанда, дүйсенбіден бастап жұманы қоса алғанда сағат 13.00-ден 14.30-ға дейінгі аралықтағы түскі үзіліспен сағат 9.00-ден 18.30-ға дейін;</w:t>
+            <w:r w:rsidRPr="00AC4693">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AC4693">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугодателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AC4693">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>: с понедельника по пятницу включительно, с 9.00 до 18.30 часов, с перерывом на обед с 13.00 часов до 14.30 часов, кроме выходных и праздничных дней, согласно трудовому законодательству Республики Казахстан.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00445E5B" w:rsidRPr="00C06AAB" w:rsidRDefault="00060073" w:rsidP="00060073">
+          <w:p w:rsidR="008E4670" w:rsidRPr="00AC4693" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C06AAB">
-[...5 lines deleted...]
-              <w:t>2) Мемлекеттік корпорацияда: еңбек заңнамасына сәйкес демалыс және мерекелік күндерден басқа, дүйсенбіден бастап жұманы қоса алғанда үзіліссіз сағат 9.00-ден 18.00-ге дейін, Мемлекеттік корпорацияның халыққа қызмет көрсететін кезекші бөлімдері дүйсенбіден бастап жұманы қоса алғанда сағат 9.00-ден 20.00-ге дейін және сенбі күні сағат 9.00-ден 13.00-ге дейін жүзеге асырылады.</w:t>
+            <w:r w:rsidRPr="00AC4693">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>2) Государственной корпорации: с понедельника по пятницу включительно с 9.00 до 18.00 часов без перерыва, дежурные отделы обслуживания населения Государственной корпорации с понедельника по пятницу включительно с 9.00 до 20.00 часов и в субботу с 9.00 до 13.00 часов, кроме праздничных и выходных дней согласно трудовому законодательству.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00445E5B" w:rsidRPr="00C06AAB" w:rsidRDefault="00060073" w:rsidP="00060073">
+          <w:p w:rsidR="008E4670" w:rsidRPr="00AC4693" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C06AAB">
-[...5 lines deleted...]
-              <w:t>Қабылдау "электрондық" кезек тәртібімен, көрсетілетін қызметті алушының тіркелген жері бойынша жеделдетілген қызмет көрсетусіз жүзеге асырылады, портал арқылы электрондық кезекті "брондауға" болады;</w:t>
+            <w:r w:rsidRPr="00AC4693">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Прием осуществляется в порядке "электронной" очереди, по месту регистрации </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AC4693">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AC4693">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>, без ускоренного обслуживания, возможно "бронирование" электронной очереди посредством портала.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00445E5B" w:rsidRPr="00C06AAB" w:rsidRDefault="00060073" w:rsidP="00060073">
+          <w:p w:rsidR="008E4670" w:rsidRPr="00AC4693" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C06AAB">
-[...23 lines deleted...]
-              <w:t>: жөндеу жұмыстарын жүргізуге байланысты техникалық үзілістерді қоспағанда тәулік бойы (Қазақстан Республикасының еңбек заңнамасына сәйкес көрсетілетін қызметті алушы жұмыс уақыты аяқталғаннан кейін, демалыс және мереке күндері жүгінген жағдайда өтінішті қабылдау және мемлекеттік қызмет көрсету нәтижесін беру келесі жұмыс күнімен жүзеге асырылады).</w:t>
+            <w:r w:rsidRPr="00AC4693">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3) портала: круглосуточно, за исключением технических перерывов в связи с проведением ремонтных работ (при обращении </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AC4693">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AC4693">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> после окончания рабочего времени, в выходные и праздничные дни согласно трудовому законодательству Республики Казахстан, прием заявления и выдача результата оказания государственной услуги осуществляется следующим рабочим днем).</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00445E5B" w:rsidRPr="00C06AAB" w:rsidRDefault="00060073" w:rsidP="00060073">
+          <w:p w:rsidR="008E4670" w:rsidRPr="00AC4693" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C06AAB">
-[...5 lines deleted...]
-              <w:t>Мемлекеттік қызмет көрсету орындарының мекенжайлары:</w:t>
+            <w:r w:rsidRPr="00AC4693">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Адреса мест оказания государственной услуги размещены </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00AC4693">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00AC4693">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00445E5B" w:rsidRPr="00C06AAB" w:rsidRDefault="00060073" w:rsidP="00060073">
+          <w:p w:rsidR="008E4670" w:rsidRPr="00AC4693" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C06AAB">
-[...28 lines deleted...]
-            <w:r w:rsidRPr="00C06AAB">
+            <w:r w:rsidRPr="00AC4693">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AC4693">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>интернет-ресурсе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AC4693">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Министерства просвещения Республики Казахстан: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AC4693">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>www</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C06AAB">
+            <w:r w:rsidRPr="00AC4693">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C06AAB">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AC4693">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>edu</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C06AAB">
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AC4693">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C06AAB">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AC4693">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>gov</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C06AAB">
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AC4693">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C06AAB">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AC4693">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>kz</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C06AAB">
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> интернет-ресурсында;</w:t>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AC4693">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00445E5B" w:rsidRPr="00C06AAB" w:rsidRDefault="00060073" w:rsidP="00060073">
+          <w:p w:rsidR="008E4670" w:rsidRPr="00AC4693" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C06AAB">
-[...4 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+            <w:r w:rsidRPr="00AC4693">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">2) </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C06AAB">
-[...48 lines deleted...]
-              <w:t xml:space="preserve"> порталында орналасқан.</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00AC4693">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>портале</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00AC4693">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>: www.egov.kz.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00445E5B" w:rsidRPr="00C06AAB" w:rsidTr="005E4511">
+      <w:tr w:rsidR="008E4670" w:rsidRPr="00AC4693" w:rsidTr="00AC4693">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="80" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="326" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00445E5B" w:rsidRPr="00C06AAB" w:rsidRDefault="00060073" w:rsidP="00060073">
+          <w:p w:rsidR="008E4670" w:rsidRPr="00AC4693" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C06AAB">
+            <w:r w:rsidRPr="00AC4693">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2976" w:type="dxa"/>
+            <w:tcW w:w="3402" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00445E5B" w:rsidRPr="00C06AAB" w:rsidRDefault="00060073" w:rsidP="00060073">
+          <w:p w:rsidR="008E4670" w:rsidRPr="00AC4693" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C06AAB">
-[...5 lines deleted...]
-              <w:t>Мемлекеттік қызмет көрсету үшін көрсетілетін қызметті алушыдан талап етілетін құжаттар мен мәліметтердің тізбесі</w:t>
+            <w:r w:rsidRPr="00AC4693">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Перечень документов и сведений, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AC4693">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>истребуемых</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AC4693">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> у </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AC4693">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AC4693">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> для оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7513" w:type="dxa"/>
+            <w:tcW w:w="6945" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00445E5B" w:rsidRPr="00C06AAB" w:rsidRDefault="00060073" w:rsidP="00060073">
+          <w:p w:rsidR="008E4670" w:rsidRPr="00AC4693" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C06AAB">
-[...5 lines deleted...]
-              <w:t>Көрсетілетін қызметті берушіге және Мемлекеттік корпорацияға жүгінген кезде:</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AC4693">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугодателю</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AC4693">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и в Государственную корпорацию:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00445E5B" w:rsidRPr="00C06AAB" w:rsidRDefault="00060073" w:rsidP="00060073">
+          <w:p w:rsidR="008E4670" w:rsidRPr="00AC4693" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C06AAB">
-[...5 lines deleted...]
-              <w:t>1) өтініш;</w:t>
+            <w:r w:rsidRPr="00AC4693">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>1) заявление;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00445E5B" w:rsidRPr="00C06AAB" w:rsidRDefault="00060073" w:rsidP="00060073">
+          <w:p w:rsidR="008E4670" w:rsidRPr="00AC4693" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C06AAB">
-[...5 lines deleted...]
-              <w:t>2) жеке басын куәландыратын құжат немесе цифрлық құжаттар сервисінен электрондық құжат (жеке басын сәйкестендіру үшін қажет);</w:t>
+            <w:r w:rsidRPr="00AC4693">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>2) документ, удостоверяющий личность либо электронный документ из сервиса цифровых документов (требуется для идентификации личности);</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00445E5B" w:rsidRPr="00C06AAB" w:rsidRDefault="00060073" w:rsidP="00060073">
+          <w:p w:rsidR="008E4670" w:rsidRPr="00AC4693" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C06AAB">
-[...6 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00AC4693">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>3) свидетельство о рождении ребенка (детей) в электронной форме или его копия на бумажном носителе, при отсутствии сведений в информационной системе "Регистрационный пункт ЗАГС" (далее – ИС ЗАГС)) либо родившегося за пределами Республики Казахстан;</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
-          <w:p w:rsidR="00445E5B" w:rsidRPr="00C06AAB" w:rsidRDefault="00060073" w:rsidP="00060073">
+          <w:p w:rsidR="008E4670" w:rsidRPr="00AC4693" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C06AAB">
-[...5 lines deleted...]
-              <w:t>4) неке қию немесе некені бұзу туралы куәліктің көшірмесі (АХАЖ АЖ-да мәліметтер болмаған кезде);</w:t>
+            <w:r w:rsidRPr="00AC4693">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>4) копия свидетельства о заключении или расторжении брака (при отсутствии сведений в ИС ЗАГС);</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00445E5B" w:rsidRPr="00C06AAB" w:rsidRDefault="00060073" w:rsidP="00060073">
+          <w:p w:rsidR="008E4670" w:rsidRPr="00AC4693" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C06AAB">
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> 5) "Денсаулық сақтау саласындағы есепке алу құжаттамасының нысандарын бекіту туралы" Қазақстан Республикасы Денсаулық сақтау министрінің міндетін атқарушының. 2020 жылғы 30 қазандағы № ҚР ДСМ-175/2020 бұйрығымен (бұдан әрі - №ҚР ДСМ-175/2020 бұйрық) (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 21579 болып тіркелген) бекітілген 071/у нысанына сәйкес сауықтыру лагеріне баратын оқушыға берілетін медициналық анықтама;</w:t>
+            <w:r w:rsidRPr="00AC4693">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 5) медицинская справка на школьника, отъезжающего в оздоровительный лагерь в соответствии с формой № 071/у, утвержденной приказом исполняющего обязанности Министра здравоохранения Республики Казахстан "Об утверждении форм учетной документации в области здравоохранения" от 30 октября 2020 года № Қ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00AC4693">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00AC4693">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ДСМ-175/2020 (далее – приказ №ҚР ДСМ-175/2020) (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21579);</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00445E5B" w:rsidRPr="00C06AAB" w:rsidRDefault="00060073" w:rsidP="00060073">
+          <w:p w:rsidR="008E4670" w:rsidRPr="00AC4693" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C06AAB">
-[...5 lines deleted...]
-              <w:t>6) мәртебесін растайтын құжаттың көшірмесі:</w:t>
+            <w:r w:rsidRPr="00AC4693">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>6) копия документа, подтверждающего статус:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00445E5B" w:rsidRPr="00C06AAB" w:rsidRDefault="00060073" w:rsidP="00060073">
+          <w:p w:rsidR="008E4670" w:rsidRPr="00AC4693" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C06AAB">
-[...6 lines deleted...]
-              <w:t>мемлекеттік атаулы әлеуметтік көмекті алуға құқығы бар отбасылардан шыққан балалар үшін - көрсетілетін қызметті алушының (отбасының) жергілікті атқарушы органдар ұсынатын мемлекеттік атаулы әлеуметтік көмекті тұтынушылар қатарына жататынын растайтын анықтама;</w:t>
+            <w:r w:rsidRPr="00AC4693">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">для детей из семей, имеющих право на получение государственной адресной социальной помощи - справка, подтверждающая принадлежность </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AC4693">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AC4693">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (семьи) к получателям государственной адресной социальной помощи, предоставляемая местными исполнительными органами;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00445E5B" w:rsidRPr="00C06AAB" w:rsidRDefault="00060073" w:rsidP="00060073">
+          <w:p w:rsidR="008E4670" w:rsidRPr="00AC4693" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C06AAB">
-[...6 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00AC4693">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>для детей из семей, не получающих государственную адресную социальную помощь, в которых среднедушевой доход ниже величины прожиточного минимума - документы о полученных доходах (справка о заработной плате работающих родителей или лиц их заменяющих, о доходах от предпринимательской и других видов деятельности, о доходах в виде алиментов на детей и других иждивенцев);</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
-          <w:p w:rsidR="00445E5B" w:rsidRPr="00C06AAB" w:rsidRDefault="00060073" w:rsidP="00060073">
+          <w:p w:rsidR="008E4670" w:rsidRPr="00AC4693" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C06AAB">
-[...5 lines deleted...]
-              <w:t>отбасыларда тәрбиеленетін жетім балалар, ата-анасының қамқорлығынсыз қалған балалар үшін - отбасыларда тәрбиеленетін жетім балалар мен ата-анасының қамқорлығынсыз қалған балалар үшін қорғаншылықты (қамқоршылықты), патронаттық тәрбиелеуді бекіту туралы уәкілетті органның шешімі;</w:t>
+            <w:r w:rsidRPr="00AC4693">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>для детей - сирот и детей, оставшиеся без попечения родителей, проживающих в семьях - решение уполномоченного органа об утверждении опеки (попечительства), патронатного воспитания для детей-сирот и детей, оставшихся без попечения родителей, воспитывающихся в семьях;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00445E5B" w:rsidRPr="00C06AAB" w:rsidRDefault="00060073" w:rsidP="00060073">
+          <w:p w:rsidR="008E4670" w:rsidRPr="00AC4693" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> жағдайлардың салдарынан шұғыл көмекті талап ететін отбасылардан шыққан және білім беру ұйымының алқалы басқару органы айқындайтын білім алушылар мен тәрбиеленушілердің өзге де санаттарына жататын балалар үшін - отбасының материалдық-тұрмыстық жағдайын тексеру негізінде алқалы органның шешімі.</w:t>
+            <w:r w:rsidRPr="00AC4693">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>для детей из семей, требующих экстренной помощи в результате чрезвычайных ситуаций и иных категории обучающихся и воспитанников, определяемых коллегиальным органом управления организации образования - решение коллегиального органа на основании обследования материально-бытового положения семьи.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00445E5B" w:rsidRPr="00C06AAB" w:rsidRDefault="00060073" w:rsidP="00060073">
+          <w:p w:rsidR="008E4670" w:rsidRPr="00AC4693" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C06AAB">
-[...5 lines deleted...]
-              <w:t>порталда:</w:t>
+            <w:r w:rsidRPr="00AC4693">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>на портал:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00445E5B" w:rsidRPr="00C06AAB" w:rsidRDefault="00060073" w:rsidP="00060073">
+          <w:p w:rsidR="008E4670" w:rsidRPr="00AC4693" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C06AAB">
-[...5 lines deleted...]
-              <w:t>1) көрсетілетін қызметті алушының ЭЦҚ-сымен немесе көрсетілетін қызметті алушының ұялы байланыс операторы ұсынған абоненттік нөмірі порталдың есеп жазбасына тіркелген және қосылған кезде, бір рет пайдаланатын құпия сөзбен куәландырылған электрондық құжат нысанындағы өтініш;</w:t>
+            <w:r w:rsidRPr="00AC4693">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) заявление в форме электронного документа, подписанное ЭЦП </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AC4693">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AC4693">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> или удостоверенное одноразовым паролем, при регистрации и подключения абонентского номера </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AC4693">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AC4693">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>, предоставленного оператором сотовой связи, к учетной записи портала;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00445E5B" w:rsidRPr="00C06AAB" w:rsidRDefault="00060073" w:rsidP="00060073">
+          <w:p w:rsidR="008E4670" w:rsidRPr="00AC4693" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C06AAB">
-[...5 lines deleted...]
-              <w:t>2) "АХАЖ тіркеу пункті" ақпараттық жүйесінде мәліметтер болмаған жағдайда (бұдан әрі - АХАЖ АЖ) не Қазақстан Республикасынан тыс жерде туылған жағдайда баланың туу туралы куәлігінің электрондық көшірмесі;</w:t>
+            <w:r w:rsidRPr="00AC4693">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>2) электронная копия свидетельства о рождении ребенка (при отсутствии сведений в ИС ЗАГС) либо родившегося за пределами Республики Казахстан;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00445E5B" w:rsidRPr="00C06AAB" w:rsidRDefault="00060073" w:rsidP="00060073">
+          <w:p w:rsidR="008E4670" w:rsidRPr="00AC4693" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C06AAB">
-[...5 lines deleted...]
-              <w:t>3) неке қию немесе некені бұзу туралы куәліктің электрондық көшірмесі (АХАЖ АЖ-да мәліметтер болмаған кезде);</w:t>
+            <w:r w:rsidRPr="00AC4693">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>3) электронная копия свидетельства о заключении или расторжении брака (при отсутствии сведений в ИС ЗАГС);</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00445E5B" w:rsidRPr="00C06AAB" w:rsidRDefault="00060073" w:rsidP="00060073">
+          <w:p w:rsidR="008E4670" w:rsidRPr="00AC4693" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C06AAB">
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> 4) № ҚР ДСМ-175/2020 бұйрықпен бекітілген нысанға сәйкес сауықтыру лагерiне баратын мектеп оқушысына берілетін медициналық анықтаманың электрондық көшірмесі;</w:t>
+            <w:r w:rsidRPr="00AC4693">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 4) электронная копия медицинской справки на школьника, отъезжающего в оздоровительный лагерь в соответствии с формой, утвержденной приказом №Қ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00AC4693">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00AC4693">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ДСМ-175/2020;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00445E5B" w:rsidRPr="00C06AAB" w:rsidRDefault="00060073" w:rsidP="00060073">
+          <w:p w:rsidR="008E4670" w:rsidRPr="00AC4693" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C06AAB">
-[...5 lines deleted...]
-              <w:t>5) мәртебесін растайтын құжаттың электрондық көшірмесі:</w:t>
+            <w:r w:rsidRPr="00AC4693">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>5) электронная копия документа, подтверждающего статус:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00445E5B" w:rsidRPr="00C06AAB" w:rsidRDefault="00060073" w:rsidP="00060073">
+          <w:p w:rsidR="008E4670" w:rsidRPr="00AC4693" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C06AAB">
-[...5 lines deleted...]
-              <w:t>мемлекеттік атаулы әлеуметтік көмекті алуға құқығы бар отбасылардан шыққан балалар үшін - көрсетілетін қызметті алушының (отбасының) жергілікті атқарушы органдар ұсынатын мемлекеттік атаулы әлеуметтік көмекті тұтынушылар қатарына жататынын растайтын анықтама;</w:t>
+            <w:r w:rsidRPr="00AC4693">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">для детей из семей, имеющих право на получение государственной адресной социальной помощи - справка, подтверждающая принадлежность </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AC4693">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AC4693">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (семьи) к получателям государственной адресной социальной помощи, предоставляемая местными исполнительными органами;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00445E5B" w:rsidRPr="00C06AAB" w:rsidRDefault="00060073" w:rsidP="00060073">
+          <w:p w:rsidR="008E4670" w:rsidRPr="00AC4693" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C06AAB">
-[...6 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00AC4693">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>для детей из семей, не получающих государственную адресную социальную помощь, в которых среднедушевой доход ниже величины прожиточного минимума - документы о полученных доходах (справка о заработной плате работающих родителей или лиц их заменяющих, о доходах от предпринимательской и других видов деятельности, о доходах в виде алиментов на детей и других иждивенцев);</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
-          <w:p w:rsidR="00445E5B" w:rsidRPr="00C06AAB" w:rsidRDefault="00060073" w:rsidP="00060073">
+          <w:p w:rsidR="008E4670" w:rsidRPr="00AC4693" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C06AAB">
-[...5 lines deleted...]
-              <w:t>отбасыларда тәрбиеленетін жетім балалар, ата-анасының қамқорлығынсыз қалған балалар үшін - отбасыларда тәрбиеленетін жетім балалар мен ата-анасының қамқорлығынсыз қалған балалар үшін қорғаншылықты (қамқоршылықты), патронаттық тәрбиелеуді бекіту туралы уәкілетті органның шешімі;</w:t>
+            <w:r w:rsidRPr="00AC4693">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>для детей - сирот и детей, оставшиеся без попечения родителей, проживающих в семьях - решение уполномоченного органа об утверждении опеки (попечительства), патронатного воспитания для детей-сирот и детей, оставшихся без попечения родителей, воспитывающихся в семьях;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00445E5B" w:rsidRPr="00C06AAB" w:rsidRDefault="00060073" w:rsidP="00060073">
+          <w:p w:rsidR="008E4670" w:rsidRPr="00AC4693" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> жағдайлардың салдарынан шұғыл көмекті талап ететін отбасылардан шыққан және білім беру ұйымының алқалы басқару органы айқындайтын білім алушылар мен тәрбиеленушілердің өзге де санаттарына жататын балалар үшін - отбасының материалдық-тұрмыстық жағдайын тексеру негізінде алқалы органның шешімі.</w:t>
+            <w:r w:rsidRPr="00AC4693">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>для детей из семей, требующих экстренной помощи в результате чрезвычайных ситуаций и иных категории обучающихся и воспитанников, определяемых коллегиальным органом управления организации образования - решение коллегиального органа на основании обследования материально-бытового положения семьи.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00445E5B" w:rsidRPr="00C06AAB" w:rsidTr="005E4511">
+      <w:tr w:rsidR="008E4670" w:rsidRPr="00AC4693" w:rsidTr="00AC4693">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="80" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="326" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00445E5B" w:rsidRPr="00C06AAB" w:rsidRDefault="00060073" w:rsidP="00060073">
+          <w:p w:rsidR="008E4670" w:rsidRPr="00AC4693" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C06AAB">
+            <w:r w:rsidRPr="00AC4693">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2976" w:type="dxa"/>
+            <w:tcW w:w="3402" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00445E5B" w:rsidRPr="00C06AAB" w:rsidRDefault="00060073" w:rsidP="00060073">
+          <w:p w:rsidR="008E4670" w:rsidRPr="00AC4693" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C06AAB">
-[...5 lines deleted...]
-              <w:t>Қазақстан Республикасының заңнамасында белгіленген мемлекеттік қызмет көрсетуден бас тарту үшін негіздер</w:t>
+            <w:r w:rsidRPr="00AC4693">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Основания для отказа в оказании государственной услуги, установленные законодательством Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7513" w:type="dxa"/>
+            <w:tcW w:w="6945" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00445E5B" w:rsidRPr="00C06AAB" w:rsidRDefault="00060073" w:rsidP="00060073">
+          <w:p w:rsidR="008E4670" w:rsidRPr="00AC4693" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C06AAB">
-[...5 lines deleted...]
-              <w:t>1) көрсетілетін қызметті алушы мемлекеттік көрсетілетін қызметті алу үшін ұсынған құжаттардың және (немесе) олардағы деректердің (мәліметтердің) анық еместігін анықтау;</w:t>
+            <w:r w:rsidRPr="00AC4693">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) установление недостоверности документов, представленных </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AC4693">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателем</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AC4693">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> для получения государственной услуги, и (или) данных (сведений), содержащихся в них;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00445E5B" w:rsidRPr="00C06AAB" w:rsidRDefault="00060073" w:rsidP="00060073">
+          <w:p w:rsidR="008E4670" w:rsidRPr="00AC4693" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C06AAB">
-[...11 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00AC4693">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00AC4693">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) несоответствие </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AC4693">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AC4693">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> требованиям, установленным постановлением Правительства Республики Казахстан от 25 января 2008 года </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AC4693">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>балаларға, ата-анасының қамқорлығынсыз қалып, отбасыларда тұратын балаларға, төтенше жағдайлардың салдарынан шұғыл жәрдемді талап ететін отбасылардан шыққан балаларға және өзге де санаттағы білім алушылар мен тәрбиеленушілерге қаржылай және материалдық көмек көрсетуге бөлінетін қаражатты қалыптастыру, жұмсау бағыты мен оларды есепке алу қағидаларын бекіту туралы" Қазақстан Республикасы Үкіметінің 2008 жылғы 25 қаңтардағы № 64 қаулысында белгіленген талаптарға көрсетілетін қызметті алушының сәйкес келмеуі;</w:t>
+              <w:t>№ 64 "Об утверждении Правил формирования, направления расходования и учета средств, выделяемых на оказание финансовой и материальной помощи обучающимся и воспитанникам государственных учреждений образования из семей, имеющих право на получение государственной адресной социальной помощи, а также из семей, не получающих государственную адресную социальную помощь, в которых среднедушевой</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00AC4693">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> доход ниже величины прожиточного минимума, и детям - сиротам, детям, оставшимся без попечения родителей, проживающим в семьях, детям из семей, требующих экстренной помощи в результате чрезвычайных ситуаций, и иным категориям обучающихся и воспитанников";</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00445E5B" w:rsidRPr="00C06AAB" w:rsidRDefault="00060073" w:rsidP="00060073">
+          <w:p w:rsidR="008E4670" w:rsidRPr="00AC4693" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C06AAB">
-[...23 lines deleted...]
-              <w:t xml:space="preserve"> қызметті алушының мемлекеттік қызмет көрсету үшін талап етілетін, "Дербес деректер және оларды қорғау туралы" Қазақстан Республикасы Заңының 8-бабына сәйкес берілетін қолжетімділігі шектеулі дербес деректерге қол жеткізуге келісімі болмауы бойынша мемлекеттік қызметтерді көрсетуден бас тартады.</w:t>
+            <w:r w:rsidRPr="00AC4693">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 3) отсутствие согласия </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AC4693">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AC4693">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>, предоставляемого в соответствии со статьей 8 Закона Республики Казахстан "О персональных данных и их защите", на доступ к персональным данным ограниченного доступа, которые требуются для оказания государственной услуги.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00445E5B" w:rsidRPr="00C06AAB" w:rsidTr="005E4511">
+      <w:tr w:rsidR="008E4670" w:rsidRPr="00AC4693" w:rsidTr="00AC4693">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="80" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="326" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00445E5B" w:rsidRPr="00C06AAB" w:rsidRDefault="00060073" w:rsidP="00060073">
+          <w:p w:rsidR="008E4670" w:rsidRPr="00AC4693" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C06AAB">
+            <w:r w:rsidRPr="00AC4693">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2976" w:type="dxa"/>
+            <w:tcW w:w="3402" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00445E5B" w:rsidRPr="00C06AAB" w:rsidRDefault="00060073" w:rsidP="00060073">
+          <w:p w:rsidR="008E4670" w:rsidRPr="00AC4693" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C06AAB">
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> Мемлекеттік қызмет көрсетудің, оның ішінде электрондық нысанда көрсетілетін қызметтің ерекшеліктерін ескере отырып қойылатын өзге де талаптар </w:t>
+            <w:r w:rsidRPr="00AC4693">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Иные требования с учетом особенностей оказания государственной услуги, в том числе оказываемой в электронной форме </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7513" w:type="dxa"/>
+            <w:tcW w:w="6945" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00445E5B" w:rsidRPr="00C06AAB" w:rsidRDefault="00060073" w:rsidP="00060073">
+          <w:p w:rsidR="008E4670" w:rsidRPr="00AC4693" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C06AAB">
-[...5 lines deleted...]
-              <w:t>Көрсетілетін қызметті алушының ЭЦҚ болған жағдайда мемлекеттік көрсетілетін қызметті портал арқылы электрондық нысанда алуға мүмкіндігі бар.</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AC4693">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Услугополучатель</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AC4693">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> имеет возможность получения государственной услуги в электронной форме через портал при условии наличия ЭЦП.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00445E5B" w:rsidRPr="00C06AAB" w:rsidRDefault="00060073" w:rsidP="00060073">
+          <w:p w:rsidR="008E4670" w:rsidRPr="00AC4693" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C06AAB">
-[...5 lines deleted...]
-              <w:t>Көрсетілетін қызметті алушы мемлекеттік қызмет көрсету тәртібі мен мәртебесі туралы ақпаратты Бірыңғай байланыс орталығы арқылы алады: 1414, 8 800 080 7777.</w:t>
+            <w:r w:rsidRPr="00AC4693">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Информацию о порядке и статусе оказания государственной услуги </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AC4693">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучатель</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AC4693">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> получает посредством Единого </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00AC4693">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>контакт-центра</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00AC4693">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>: 1414, 8 800 080 7777.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00445E5B" w:rsidRPr="00C06AAB" w:rsidRDefault="00060073" w:rsidP="00060073">
+          <w:p w:rsidR="008E4670" w:rsidRPr="00AC4693" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C06AAB">
-[...5 lines deleted...]
-              <w:t>Цифрлық құжаттар сервисі мобильді қосымшада авторландырылған пайдаланушылар үшін қолжетімді.</w:t>
+            <w:r w:rsidRPr="00AC4693">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Сервис цифровых документов доступен для пользователей, авторизованных в мобильном приложении.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00445E5B" w:rsidRPr="00C06AAB" w:rsidRDefault="00060073" w:rsidP="00060073">
+          <w:p w:rsidR="008E4670" w:rsidRPr="00AC4693" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C06AAB">
-[...5 lines deleted...]
-              <w:t>Цифрлық құжатты пайдалану үшін электрондық-цифрлық қолтаңбаны немесе бір реттік парольді пайдалана отырып, мобильді қосымшада авторландырудан өту, одан әрі "цифрлық құжаттар" бөліміне өтіп, қажетті құжатты таңдау қажет.</w:t>
+            <w:r w:rsidRPr="00AC4693">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Для использования цифрового документа необходимо пройти авторизацию в мобильном приложении с использованием электронно-цифровой подписи или одноразового пароля, далее перейти в раздел "Цифровые документы" и выбрать необходимый документ.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00445E5B" w:rsidRPr="00C06AAB" w:rsidTr="005E4511">
+      <w:tr w:rsidR="008E4670" w:rsidRPr="00AC4693" w:rsidTr="00AC4693">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3439" w:type="dxa"/>
+            <w:tcW w:w="4006" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00445E5B" w:rsidRPr="00C06AAB" w:rsidRDefault="00060073" w:rsidP="00060073">
+          <w:p w:rsidR="008E4670" w:rsidRPr="00AC4693" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C06AAB">
+            <w:r w:rsidRPr="00AC4693">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7456" w:type="dxa"/>
+            <w:tcW w:w="6747" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C06AAB" w:rsidRDefault="00C06AAB" w:rsidP="00C06AAB">
+          <w:p w:rsidR="00293A2B" w:rsidRDefault="00293A2B" w:rsidP="00A96EE4">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008E4670" w:rsidRPr="00AC4693" w:rsidRDefault="00A96EE4" w:rsidP="00293A2B">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="00C06AAB">
+            <w:r w:rsidRPr="00AC4693">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Приложение 3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AC4693">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00C06AAB">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00C06AAB">
+            <w:r w:rsidRPr="00AC4693">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>к Правилам оказания</w:t>
+            </w:r>
+            <w:r w:rsidR="00293A2B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AC4693">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>государственной услуги</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AC4693">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00C06AAB">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00C06AAB">
+            <w:r w:rsidRPr="00AC4693">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">"Прием документов и выдача </w:t>
+            </w:r>
+            <w:r w:rsidR="00293A2B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AC4693">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>направлений на предоставление</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AC4693">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00C06AAB">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00C06AAB">
+            <w:r w:rsidRPr="00AC4693">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> отдыха в загородных и</w:t>
+            </w:r>
+            <w:r w:rsidR="00293A2B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AC4693">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> пришкольных лагерях</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AC4693">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00C06AAB">
-[...28 lines deleted...]
-            <w:r w:rsidRPr="00C06AAB">
+            <w:r w:rsidRPr="00AC4693">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> отдельным категориям</w:t>
+            </w:r>
+            <w:r w:rsidR="00293A2B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AC4693">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> обучающихся и воспитанников</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AC4693">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00C06AAB">
-[...97 lines deleted...]
-            </w:pPr>
+            <w:r w:rsidRPr="00AC4693">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> государственных учреждений</w:t>
+            </w:r>
+            <w:r w:rsidR="00293A2B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AC4693">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>образования"</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
+    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="19" w:name="z311"/>
-      <w:r w:rsidRPr="00060073">
+      <w:bookmarkStart w:id="23" w:name="z1120"/>
+      <w:r w:rsidRPr="00AA1129">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-        <w:t xml:space="preserve"> Құжаттарды қабылдаудан бас тарту туралы қолхат</w:t>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Расписка об отказе в приеме документов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
+    <w:bookmarkEnd w:id="23"/>
+    <w:p w:rsidR="008E4670" w:rsidRPr="00293A2B" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00060073">
+      <w:r w:rsidRPr="00AA1129">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00060073">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A96EE4">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Ескерту. 3-қосымша жаңа редакцияда - ҚР Оқу-ағарту министрінің 12.04.2023 № 95 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00293A2B">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Сноска. Приложение 3 - в редакции приказа Министра просвещения РК от 12.04.2023 № 95 (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
+    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00060073">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">       "Мемлекеттік көрсетілетін қызметтер туралы" Қазақстан Республикасы Заңының 20-бабының 2-тармағын басшылыққа алып, "Азаматтарға арналған үкімет" Мемлекеттік корпорацияның коммерциялық емес қоғамы филиалының № __ бөлімі ____________________________________ (мекенжайды көрсету) мемлекеттік көрсетілетін қызмет мемлекеттік қызмет көрсетуге қойылатын талаптарында көзделген тізбеге сәйкес Сіз ұсынған құжаттар топтамасының толық болмауына байланысты ___________________________________ (мемлекеттік көрсетілетін қызметтің атауы) мемлекеттік қызмет көрсетуге құжаттарды қабылдаудан бас тартады, атап айтқанда:</w:t>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A96EE4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Руководствуясь пунктом 2 статьи 20 Закона Республики Казахстан "О государственных услугах", отдел №__ филиала Некоммерческого акционерного общества Государственная корпорация "Правительство для граждан" (указать адрес) отказывает в приеме документов на оказание государственной услуги ___________________ ввиду представления Вами неполного пакета документов согласно перечню, предусмотренному требованиями к оказанию государственной услуги, а именно:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
+    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00060073">
-[...5 lines deleted...]
-        <w:t>      Жоқ құжаттардың атауы:</w:t>
+      <w:r w:rsidRPr="00A96EE4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Наименование отсутствующих документов:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
+    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00060073">
-[...5 lines deleted...]
-        <w:t>      1) ____________________________________________________;</w:t>
+      <w:r w:rsidRPr="00A96EE4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) _________________________________________________________________;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
+    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00060073">
-[...5 lines deleted...]
-        <w:t>      2) ____________________________________________________;</w:t>
+      <w:r w:rsidRPr="00A96EE4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) _________________________________________________________________;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
+    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00060073">
-[...5 lines deleted...]
-        <w:t>      3) ____________________________________________________.</w:t>
+      <w:r w:rsidRPr="00A96EE4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) ….</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
+    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00060073">
-[...23 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="00A96EE4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Настоящая расписка составлена в двух экземплярах, по одному для каждой стороны</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
+    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00060073">
-[...5 lines deleted...]
-        <w:t>      Тегі, аты, әкесінің аты (бар болғанда)</w:t>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ___________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
+    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00060073">
-[...5 lines deleted...]
-        <w:t>      (Мемлекеттік корпорацияның қызметкері) _________________ (қолы)</w:t>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A96EE4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00817245">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>фамилия, имя, отчество (при его наличии) (подпись)</w:t>
+      </w:r>
+      <w:r w:rsidR="00817245">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>работника Государственной корпорации</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
+    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00060073">
-[...5 lines deleted...]
-        <w:t>      Орындаушының тегі, аты, әкесінің аты (бар болғанда) ___________________</w:t>
+      <w:r w:rsidRPr="00A96EE4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Исполнитель: ________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
+    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00060073">
-[...5 lines deleted...]
-        <w:t>      Қабылдаушының тегі, аты, әкесінің аты (бар болғанда) __________________</w:t>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A96EE4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A96EE4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A96EE4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A96EE4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> фамилия, имя, отчество (при его наличии)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
+    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00060073">
-[...23 lines deleted...]
-        <w:t xml:space="preserve"> қызметті алушының қолы) "___"____________ 20__ жыл</w:t>
+      <w:r w:rsidRPr="00A96EE4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Телефон: ___________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00445E5B" w:rsidRPr="00060073" w:rsidSect="00060073">
+    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A96EE4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Получил:___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E4670" w:rsidRPr="00AA1129" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A96EE4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A96EE4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A96EE4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> фамилия, имя, отчество (при его наличии) подпись </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="008E4670" w:rsidRPr="00A96EE4" w:rsidRDefault="00A96EE4" w:rsidP="00A96EE4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A96EE4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA1129">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A96EE4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">"___" _________ 20__ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A96EE4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>года</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:sectPr w:rsidR="008E4670" w:rsidRPr="00A96EE4" w:rsidSect="00A96EE4">
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="567" w:right="567" w:bottom="567" w:left="567" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
-  <w:hideSpellingErrors/>
-  <w:proofState w:grammar="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
-    <w:rsidRoot w:val="00445E5B"/>
-[...17 lines deleted...]
-    <w:rsid w:val="00E80871"/>
+    <w:rsidRoot w:val="008E4670"/>
+    <w:rsid w:val="00072EB1"/>
+    <w:rsid w:val="000B715A"/>
+    <w:rsid w:val="00160D11"/>
+    <w:rsid w:val="00293A2B"/>
+    <w:rsid w:val="007E2F28"/>
+    <w:rsid w:val="00817245"/>
+    <w:rsid w:val="008E4670"/>
+    <w:rsid w:val="00A96EE4"/>
+    <w:rsid w:val="00AA1129"/>
+    <w:rsid w:val="00AC4693"/>
+    <w:rsid w:val="00AC5C06"/>
+    <w:rsid w:val="00C55783"/>
+    <w:rsid w:val="00C563D9"/>
+    <w:rsid w:val="00DE05B3"/>
+    <w:rsid w:val="00F70190"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="7170"/>
+    <o:shapedefaults v:ext="edit" spidmax="6146"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -5550,137 +8296,137 @@
   <w:style w:type="character" w:customStyle="1" w:styleId="a9">
     <w:name w:val="Название Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a8"/>
     <w:uiPriority w:val="10"/>
     <w:rsid w:val="00841CD9"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="aa">
     <w:name w:val="Emphasis"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="20"/>
     <w:qFormat/>
     <w:rsid w:val="00D1197D"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="ab">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00445E5B"/>
+    <w:rsid w:val="008E4670"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="ac">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="59"/>
-    <w:rsid w:val="00445E5B"/>
+    <w:rsid w:val="008E4670"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
     </w:rPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ad">
     <w:name w:val="caption"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:uiPriority w:val="35"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="007109C0"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="disclaimer">
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="a"/>
-    <w:rsid w:val="00445E5B"/>
+    <w:rsid w:val="008E4670"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
-    <w:rsid w:val="00445E5B"/>
+    <w:rsid w:val="008E4670"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ae">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="af"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00060073"/>
+    <w:rsid w:val="00A96EE4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="af">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="ae"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00060073"/>
+    <w:rsid w:val="00A96EE4"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
@@ -5942,65 +8688,65 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>7</Pages>
-  <Words>3766</Words>
-  <Characters>21469</Characters>
+  <Words>3648</Words>
+  <Characters>20794</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>178</Lines>
-  <Paragraphs>50</Paragraphs>
+  <Lines>173</Lines>
+  <Paragraphs>48</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>25185</CharactersWithSpaces>
+  <CharactersWithSpaces>24394</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Пользователь</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>