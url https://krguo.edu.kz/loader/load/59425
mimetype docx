--- v0 (2025-10-08)
+++ v1 (2025-11-27)
@@ -2,69 +2,69 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="006305B3" w:rsidRDefault="006305B3" w:rsidP="006305B3">
+    <w:p w:rsidR="00090075" w:rsidRDefault="00090075" w:rsidP="00090075">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E875A3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="73F84EC1" wp14:editId="17F233B5">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6D4CAA13" wp14:editId="31257D82">
             <wp:extent cx="1722324" cy="1581150"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="1" name="Picture 2" descr="C:\Users\Пользователь\Desktop\Диск D\doc\ДОКУМЕНТЫ   МЕТОДИСТА\Оксана\БЕРЕЗКА\berezka3_1.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1026" name="Picture 2" descr="C:\Users\Пользователь\Desktop\Диск D\doc\ДОКУМЕНТЫ   МЕТОДИСТА\Оксана\БЕРЕЗКА\berezka3_1.png"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId6" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
@@ -76,5424 +76,4977 @@
                       <a:off x="0" y="0"/>
                       <a:ext cx="1724609" cy="1583248"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:extLst/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="00936346">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006305B3" w:rsidRPr="00621DE0" w:rsidRDefault="006305B3" w:rsidP="006305B3">
-[...2 lines deleted...]
-        <w:ind w:left="720"/>
+    <w:p w:rsidR="00090075" w:rsidRDefault="00090075" w:rsidP="00090075">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00090075" w:rsidRDefault="00090075" w:rsidP="00090075">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...22 lines deleted...]
-        <w:sectPr w:rsidR="006305B3" w:rsidSect="00936346">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ОБЪЯВЛЕНИЕ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00090075" w:rsidRPr="00936346" w:rsidRDefault="00090075" w:rsidP="00090075">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">о  конкурсе на </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00251C82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>занятие вакантных должностей</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> гражданских служащих                                </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00090075" w:rsidRDefault="00090075" w:rsidP="00090075">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00090075" w:rsidSect="00936346">
           <w:pgSz w:w="11906" w:h="16838"/>
           <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
           <w:cols w:num="2" w:space="708"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00090075" w:rsidRDefault="00090075" w:rsidP="00090075">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C4E4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Наименование органи</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">зации </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C4E4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>проводящего конкурс, с указанием его местонахождения, почтового адреса, номеров телефонов и факса, адреса электронной почты:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C4E4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00090075" w:rsidRPr="004C4E4A" w:rsidRDefault="00090075" w:rsidP="00090075">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C4E4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">КГКП </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C4E4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Ясли-сад «Берёзка» отдела </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004C4E4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>образования города Шахтинска управления образования Карагандинской области</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004C4E4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00090075" w:rsidRPr="004C4E4A" w:rsidRDefault="00090075" w:rsidP="00090075">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C4E4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Пос. Шахан  квартал 11/17 здание 25</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00090075" w:rsidRPr="004C4E4A" w:rsidRDefault="00090075" w:rsidP="00090075">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C4E4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">тел.8(72156)33303,  8(72156)34041, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00090075" w:rsidRDefault="00090075" w:rsidP="00090075">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00621DE0">
-[...6 lines deleted...]
-        <w:t>азаматтық</w:t>
+      <w:r w:rsidRPr="004C4E4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>эл</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004C4E4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.а</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004C4E4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>дрес</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00621DE0">
+      <w:r w:rsidRPr="004C4E4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004C4E4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>shahtinsk</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004C4E4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004C4E4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>berezka</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004C4E4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>@</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004C4E4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>krg</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004C4E4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004C4E4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>gov</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004C4E4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004C4E4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>kz</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00090075" w:rsidRDefault="00090075" w:rsidP="00090075">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00090075" w:rsidRPr="00251C82" w:rsidRDefault="00090075" w:rsidP="00090075">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00251C82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Наименование вакантных должностей с обозначением основных функциональных обязанностей, размера и условий оплаты труда:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00090075" w:rsidRDefault="00090075" w:rsidP="00090075">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00090075" w:rsidRPr="00936346" w:rsidRDefault="007C1483" w:rsidP="00090075">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Воспитатель: 5</w:t>
+      </w:r>
+      <w:r w:rsidR="00090075" w:rsidRPr="00936346">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> вакансий</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00090075" w:rsidRPr="00936346" w:rsidRDefault="007C1483" w:rsidP="00090075">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Музыкальный руководитель: 1 вакансия</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00090075" w:rsidRPr="00936346" w:rsidRDefault="00090075" w:rsidP="00090075">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00936346">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Преподаватель (учитель) робототехники: 1 вакансия</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00090075" w:rsidRPr="00251C82" w:rsidRDefault="00090075" w:rsidP="00090075">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00090075" w:rsidRDefault="00090075" w:rsidP="00090075">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Функциональные обязанности:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C4E4A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...435 lines deleted...]
-        <w:pStyle w:val="a3"/>
+    </w:p>
+    <w:p w:rsidR="00090075" w:rsidRPr="00251C82" w:rsidRDefault="00090075" w:rsidP="00090075">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2.1.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00251C82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Воспитатель дошкольной организации образования:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00090075" w:rsidRDefault="00090075" w:rsidP="00090075">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...178 lines deleted...]
-      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00565A09">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Воспитатель воспитывает и обучает детей в соответствии с их </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">возрастными потребностями, проведение развивающих и обучающих занятий в соответствии с образовательными методиками, программами и планами </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>кент</w:t>
+        <w:t>ТИПо</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C4E4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>і</w:t>
-[...8 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00090075" w:rsidRPr="004C4E4A" w:rsidRDefault="00090075" w:rsidP="00090075">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>құрылыс</w:t>
-[...36 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve">- Обеспечивает охрану жизни и здоровья детей, применяя здоровьесберегающие </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00251C82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>технологии, следит</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00251C82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> за состоянием и укреплением здоровья каждого ребенка в группе, совместно с медперсоналом </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00251C82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">организации, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00251C82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>регулярно проводить комплексные мероприятия, способствующие укреплению здоровья, психофизическому развитию детей.</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>.</w:t>
-      </w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00090075" w:rsidRDefault="00090075" w:rsidP="00090075">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>м</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t xml:space="preserve">Обладает </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00251C82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> соответствующими профессиональными компетенциями работы с детьми дошкольного возраста. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00090075" w:rsidRDefault="00090075" w:rsidP="00090075">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>екен жай</w:t>
-[...107 lines deleted...]
-    <w:p w:rsidR="006305B3" w:rsidRDefault="006305B3" w:rsidP="006305B3">
+        <w:t xml:space="preserve">- Создает </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00251C82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> предметно-развивающую среду, руководит детской деятельностью (игровая, познавательная, двигательная, изобразительная, трудовая и т.д.). </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Г</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00251C82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">отовиться к проведению занятий. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00090075" w:rsidRDefault="00090075" w:rsidP="00090075">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...34 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00251C82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>С уважением и заботой относиться к каждому ребенку в своей группе, проявлять выдержку и педагогический такт в общении с детьми и их родителями,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...180 lines deleted...]
-    <w:p w:rsidR="006305B3" w:rsidRPr="000D7770" w:rsidRDefault="006305B3" w:rsidP="006305B3">
+      <w:r w:rsidRPr="00251C82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">уважать честь и достоинство обучающихся, воспитанников и их родителей или иных законных представителей. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00090075" w:rsidRPr="00251C82" w:rsidRDefault="00090075" w:rsidP="00090075">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00251C82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Владеть компьютерной грамотностью, информационно-коммуникационной компетентностью. Консультировать родителей или иных законных представителей по вопросам обучения и воспитания обучающихся и воспитанников.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00090075" w:rsidRDefault="00090075" w:rsidP="00090075">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00090075" w:rsidRDefault="00090075" w:rsidP="00090075">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...389 lines deleted...]
-        <w:t>Жалақы мөлшері:</w:t>
+        <w:t>Размер заработной платы:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a5"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3190"/>
         <w:gridCol w:w="3190"/>
         <w:gridCol w:w="3191"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006305B3" w:rsidTr="00B077EB">
+      <w:tr w:rsidR="00090075" w:rsidTr="00B077EB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3190" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="006305B3" w:rsidRDefault="006305B3" w:rsidP="00B077EB">
-[...19 lines deleted...]
-              <w:t>Сілтеме, кезең</w:t>
+          <w:p w:rsidR="00090075" w:rsidRDefault="00090075" w:rsidP="00B077EB">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Звено, ступень</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6381" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="006305B3" w:rsidRDefault="006305B3" w:rsidP="00B077EB">
-[...19 lines deleted...]
-              <w:t>Еңбек сіңірген жылдарына байланысты</w:t>
+          <w:p w:rsidR="00090075" w:rsidRDefault="00090075" w:rsidP="00B077EB">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>В завистмости от выслуги лет</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006305B3" w:rsidTr="00B077EB">
+      <w:tr w:rsidR="00090075" w:rsidTr="00B077EB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3190" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="006305B3" w:rsidRDefault="006305B3" w:rsidP="00B077EB">
+          <w:p w:rsidR="00090075" w:rsidRDefault="00090075" w:rsidP="00B077EB">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3190" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006305B3" w:rsidRPr="00B01B77" w:rsidRDefault="006305B3" w:rsidP="00B077EB">
+          <w:p w:rsidR="00090075" w:rsidRPr="00B01B77" w:rsidRDefault="00090075" w:rsidP="00B077EB">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>min</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3191" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006305B3" w:rsidRPr="00B01B77" w:rsidRDefault="006305B3" w:rsidP="00B077EB">
+          <w:p w:rsidR="00090075" w:rsidRPr="00B01B77" w:rsidRDefault="00090075" w:rsidP="00B077EB">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>max</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006305B3" w:rsidTr="00B077EB">
+      <w:tr w:rsidR="00090075" w:rsidTr="00B077EB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3190" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006305B3" w:rsidRPr="00B01B77" w:rsidRDefault="006305B3" w:rsidP="00B077EB">
+          <w:p w:rsidR="00090075" w:rsidRPr="00B01B77" w:rsidRDefault="00090075" w:rsidP="00B077EB">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>В3-1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3190" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006305B3" w:rsidRDefault="006305B3" w:rsidP="00B077EB">
+          <w:p w:rsidR="00090075" w:rsidRDefault="00090075" w:rsidP="00B077EB">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>158282</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3191" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006305B3" w:rsidRDefault="006305B3" w:rsidP="00B077EB">
+          <w:p w:rsidR="00090075" w:rsidRDefault="00090075" w:rsidP="00B077EB">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>182044</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006305B3" w:rsidTr="00B077EB">
+      <w:tr w:rsidR="00090075" w:rsidTr="00B077EB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3190" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006305B3" w:rsidRDefault="006305B3" w:rsidP="00B077EB">
+          <w:p w:rsidR="00090075" w:rsidRDefault="00090075" w:rsidP="00B077EB">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>В3-2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3190" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006305B3" w:rsidRDefault="006305B3" w:rsidP="00B077EB">
+          <w:p w:rsidR="00090075" w:rsidRDefault="00090075" w:rsidP="00B077EB">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>147550</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3191" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006305B3" w:rsidRDefault="006305B3" w:rsidP="00B077EB">
+          <w:p w:rsidR="00090075" w:rsidRDefault="00090075" w:rsidP="00B077EB">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>172845</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006305B3" w:rsidTr="00B077EB">
+      <w:tr w:rsidR="00090075" w:rsidTr="00B077EB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3190" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006305B3" w:rsidRDefault="006305B3" w:rsidP="00B077EB">
-[...18 lines deleted...]
-              </w:rPr>
+          <w:p w:rsidR="00090075" w:rsidRDefault="00090075" w:rsidP="00B077EB">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>В3-3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3190" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006305B3" w:rsidRDefault="006305B3" w:rsidP="00B077EB">
+          <w:p w:rsidR="00090075" w:rsidRDefault="00090075" w:rsidP="00B077EB">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>146401</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3191" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006305B3" w:rsidRDefault="006305B3" w:rsidP="00B077EB">
+          <w:p w:rsidR="00090075" w:rsidRDefault="00090075" w:rsidP="00B077EB">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>172460</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006305B3" w:rsidTr="00B077EB">
+      <w:tr w:rsidR="00090075" w:rsidTr="00B077EB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3190" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006305B3" w:rsidRDefault="006305B3" w:rsidP="00B077EB">
+          <w:p w:rsidR="00090075" w:rsidRDefault="00090075" w:rsidP="00B077EB">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>В3-4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3190" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006305B3" w:rsidRDefault="006305B3" w:rsidP="00B077EB">
+          <w:p w:rsidR="00090075" w:rsidRDefault="00090075" w:rsidP="00B077EB">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>134905</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3191" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006305B3" w:rsidRDefault="006305B3" w:rsidP="00B077EB">
+          <w:p w:rsidR="00090075" w:rsidRDefault="00090075" w:rsidP="00B077EB">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>160582</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006305B3" w:rsidTr="00B077EB">
+      <w:tr w:rsidR="00090075" w:rsidTr="00B077EB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3190" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006305B3" w:rsidRDefault="006305B3" w:rsidP="00B077EB">
-[...19 lines deleted...]
-              <w:lastRenderedPageBreak/>
+          <w:p w:rsidR="00090075" w:rsidRDefault="00090075" w:rsidP="00B077EB">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
               <w:t>В4-1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3190" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006305B3" w:rsidRDefault="006305B3" w:rsidP="00B077EB">
+          <w:p w:rsidR="00090075" w:rsidRDefault="00090075" w:rsidP="00B077EB">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>151384</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3191" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006305B3" w:rsidRDefault="006305B3" w:rsidP="00B077EB">
+          <w:p w:rsidR="00090075" w:rsidRDefault="00090075" w:rsidP="00B077EB">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>173230</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006305B3" w:rsidTr="00B077EB">
+      <w:tr w:rsidR="00090075" w:rsidTr="00B077EB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3190" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006305B3" w:rsidRDefault="006305B3" w:rsidP="00B077EB">
+          <w:p w:rsidR="00090075" w:rsidRDefault="00090075" w:rsidP="00B077EB">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>В4-2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3190" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006305B3" w:rsidRDefault="006305B3" w:rsidP="00B077EB">
+          <w:p w:rsidR="00090075" w:rsidRDefault="00090075" w:rsidP="00B077EB">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>142850</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3191" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006305B3" w:rsidRDefault="006305B3" w:rsidP="00B077EB">
+          <w:p w:rsidR="00090075" w:rsidRDefault="00090075" w:rsidP="00B077EB">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>168250</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006305B3" w:rsidTr="00B077EB">
+      <w:tr w:rsidR="00090075" w:rsidTr="00B077EB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3190" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006305B3" w:rsidRDefault="006305B3" w:rsidP="00B077EB">
+          <w:p w:rsidR="00090075" w:rsidRDefault="00090075" w:rsidP="00B077EB">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>В4-3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3190" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006305B3" w:rsidRDefault="006305B3" w:rsidP="00B077EB">
+          <w:p w:rsidR="00090075" w:rsidRDefault="00090075" w:rsidP="00B077EB">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>140652</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3191" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006305B3" w:rsidRDefault="006305B3" w:rsidP="00B077EB">
+          <w:p w:rsidR="00090075" w:rsidRDefault="00090075" w:rsidP="00B077EB">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>164415</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006305B3" w:rsidTr="00B077EB">
+      <w:tr w:rsidR="00090075" w:rsidTr="00B077EB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3190" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006305B3" w:rsidRDefault="006305B3" w:rsidP="00B077EB">
+          <w:p w:rsidR="00090075" w:rsidRDefault="00090075" w:rsidP="00B077EB">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>В4-4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3190" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006305B3" w:rsidRDefault="006305B3" w:rsidP="00B077EB">
+          <w:p w:rsidR="00090075" w:rsidRDefault="00090075" w:rsidP="00B077EB">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>127240</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3191" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006305B3" w:rsidRDefault="006305B3" w:rsidP="00B077EB">
+          <w:p w:rsidR="00090075" w:rsidRDefault="00090075" w:rsidP="00B077EB">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>142955</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="006305B3" w:rsidRDefault="006305B3" w:rsidP="006305B3">
+    <w:p w:rsidR="00090075" w:rsidRDefault="00090075" w:rsidP="00090075">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006305B3" w:rsidRDefault="006305B3" w:rsidP="006305B3">
+    <w:p w:rsidR="00090075" w:rsidRDefault="00090075" w:rsidP="00090075">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000D7770">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Біліктілік талаптарына сәйкес конкурсқа қатысушыларға қойылатын негізгі талаптар:</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="006305B3" w:rsidRDefault="006305B3" w:rsidP="006305B3">
+        <w:t xml:space="preserve">Основные требования к участникам конкурса, в соотвтствии с квалификационными требованияи: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00090075" w:rsidRPr="00AB7CD8" w:rsidRDefault="00090075" w:rsidP="00090075">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000D7770">
+      <w:r w:rsidRPr="00251C82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Педагог (санатсыз): тиісті бейін бойынша педагогикалық кәсіптік білімі немесе тиісті бейін бойынша педагогикалық қайта даярлауды немесе техникалық және кәсіптік білімді растайтын, жұмыс өтіліне қойылатын талаптарды көздемей-ақ өзге де құжаты бар</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="006305B3" w:rsidRDefault="006305B3" w:rsidP="006305B3">
+        <w:t>Педагог (без категории): имеет педагогическое профессиональное образование по соответствующему профилю или иной документ, подтверждающий педагогическую переподготовку</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> или техническое и профессиональное образование по соответствующему профилю</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00251C82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, без предьясления требований к стажу работы </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00090075" w:rsidRDefault="00090075" w:rsidP="00090075">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00090075" w:rsidRDefault="00090075" w:rsidP="00090075">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>2.2.</w:t>
       </w:r>
-      <w:r w:rsidRPr="000D7770">
-        <w:rPr>
+      <w:r w:rsidRPr="00251C82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
+        <w:t>Музыкальный руководитель дошкольной организации образования:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00090075" w:rsidRPr="007B05BA" w:rsidRDefault="00090075" w:rsidP="00090075">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB7CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>О</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A85B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="202124"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>рганизует</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A85B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="202124"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и проводит музыкальные и другие культурно-массовые мероприятия,  ведет индивидуальную работу с детьми, выяв</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="202124"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>ляет музыкально одаренных детей.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A85B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="202124"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00090075" w:rsidRPr="007B05BA" w:rsidRDefault="00090075" w:rsidP="00090075">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="202124"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A85B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="202124"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>ладеет техникой исполнения на </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A85B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="202124"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>музыкальном</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A85B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="202124"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t> инструменте.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B05BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000D7770">
+    </w:p>
+    <w:p w:rsidR="00090075" w:rsidRPr="007B05BA" w:rsidRDefault="00090075" w:rsidP="00090075">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="708"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Мектепке дейінгі білім беру ұйымының музыкалық жетекшісі:</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="006305B3" w:rsidRPr="000D7770" w:rsidRDefault="006305B3" w:rsidP="006305B3">
+      </w:pPr>
+      <w:r w:rsidRPr="00251C82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>С</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>овершенствует</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00251C82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> свое профессиональное мастерство, исследовательский, интеллектуальный и творческ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ий уровень, в том числе повышает (подтверждает</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00251C82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) уровень квалификационной категории не реже одного раза в пять лет. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00090075" w:rsidRPr="007B05BA" w:rsidRDefault="00090075" w:rsidP="00090075">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00251C82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Внедряет в практику работы с детьми педагогический опыт.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00090075" w:rsidRPr="00C10A80" w:rsidRDefault="00090075" w:rsidP="00090075">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00251C82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Проводит уровневую оценку музыкального развития каждого ребенка, используя диагностическую методику. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00090075" w:rsidRDefault="00090075" w:rsidP="00090075">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00251C82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Владеть компьютерной грамотностью, информационно-коммуникационной компетентностью.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B05BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00090075" w:rsidRDefault="00090075" w:rsidP="00090075">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000D7770">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:p>
+    <w:p w:rsidR="00090075" w:rsidRDefault="00090075" w:rsidP="00090075">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">-Музыкалық және басқа да мәдени-бұқаралық іс-шараларды ұйымдастырады және өткізеді, балалармен жеке жұмыс жүргізеді, музыкалық дарынды балаларды анықтайды.  </w:t>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...120 lines deleted...]
-        <w:t>Жалақы мөлшері:</w:t>
+        <w:t>Размер заработной платы:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a5"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3190"/>
         <w:gridCol w:w="3190"/>
         <w:gridCol w:w="3191"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006305B3" w:rsidTr="00B077EB">
+      <w:tr w:rsidR="00090075" w:rsidTr="00B077EB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3190" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="006305B3" w:rsidRDefault="006305B3" w:rsidP="00B077EB">
-[...19 lines deleted...]
-              <w:t>Сілтеме, кезең</w:t>
+          <w:p w:rsidR="00090075" w:rsidRDefault="00090075" w:rsidP="00B077EB">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Звено, ступень</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6381" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="006305B3" w:rsidRDefault="006305B3" w:rsidP="00B077EB">
-[...19 lines deleted...]
-              <w:t>Еңбек сіңірген жылдарына байланысты</w:t>
+          <w:p w:rsidR="00090075" w:rsidRDefault="00090075" w:rsidP="00B077EB">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>В завистмости от выслуги лет</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006305B3" w:rsidTr="00B077EB">
+      <w:tr w:rsidR="00090075" w:rsidTr="00B077EB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3190" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="006305B3" w:rsidRDefault="006305B3" w:rsidP="00B077EB">
+          <w:p w:rsidR="00090075" w:rsidRDefault="00090075" w:rsidP="00B077EB">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3190" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006305B3" w:rsidRPr="00B01B77" w:rsidRDefault="006305B3" w:rsidP="00B077EB">
+          <w:p w:rsidR="00090075" w:rsidRPr="00B01B77" w:rsidRDefault="00090075" w:rsidP="00B077EB">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>min</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3191" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006305B3" w:rsidRPr="00B01B77" w:rsidRDefault="006305B3" w:rsidP="00B077EB">
+          <w:p w:rsidR="00090075" w:rsidRPr="00B01B77" w:rsidRDefault="00090075" w:rsidP="00B077EB">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>max</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006305B3" w:rsidTr="00B077EB">
+      <w:tr w:rsidR="00090075" w:rsidTr="00B077EB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3190" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006305B3" w:rsidRPr="00B01B77" w:rsidRDefault="006305B3" w:rsidP="00B077EB">
+          <w:p w:rsidR="00090075" w:rsidRPr="00B01B77" w:rsidRDefault="00090075" w:rsidP="00B077EB">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>В3-1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3190" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006305B3" w:rsidRDefault="006305B3" w:rsidP="00B077EB">
+          <w:p w:rsidR="00090075" w:rsidRDefault="00090075" w:rsidP="00B077EB">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>158282</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3191" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006305B3" w:rsidRDefault="006305B3" w:rsidP="00B077EB">
+          <w:p w:rsidR="00090075" w:rsidRDefault="00090075" w:rsidP="00B077EB">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>182044</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006305B3" w:rsidTr="00B077EB">
+      <w:tr w:rsidR="00090075" w:rsidTr="00B077EB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3190" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006305B3" w:rsidRDefault="006305B3" w:rsidP="00B077EB">
+          <w:p w:rsidR="00090075" w:rsidRDefault="00090075" w:rsidP="00B077EB">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>В3-2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3190" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006305B3" w:rsidRDefault="006305B3" w:rsidP="00B077EB">
+          <w:p w:rsidR="00090075" w:rsidRDefault="00090075" w:rsidP="00B077EB">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>147550</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3191" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006305B3" w:rsidRDefault="006305B3" w:rsidP="00B077EB">
+          <w:p w:rsidR="00090075" w:rsidRDefault="00090075" w:rsidP="00B077EB">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>172845</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006305B3" w:rsidTr="00B077EB">
+      <w:tr w:rsidR="00090075" w:rsidTr="00B077EB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3190" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006305B3" w:rsidRDefault="006305B3" w:rsidP="00B077EB">
+          <w:p w:rsidR="00090075" w:rsidRDefault="00090075" w:rsidP="00B077EB">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>В3-3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3190" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006305B3" w:rsidRDefault="006305B3" w:rsidP="00B077EB">
+          <w:p w:rsidR="00090075" w:rsidRDefault="00090075" w:rsidP="00B077EB">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>146401</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3191" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006305B3" w:rsidRDefault="006305B3" w:rsidP="00B077EB">
+          <w:p w:rsidR="00090075" w:rsidRDefault="00090075" w:rsidP="00B077EB">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>172460</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006305B3" w:rsidTr="00B077EB">
+      <w:tr w:rsidR="00090075" w:rsidTr="00B077EB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3190" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006305B3" w:rsidRDefault="006305B3" w:rsidP="00B077EB">
+          <w:p w:rsidR="00090075" w:rsidRDefault="00090075" w:rsidP="00B077EB">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>В3-4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3190" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006305B3" w:rsidRDefault="006305B3" w:rsidP="00B077EB">
+          <w:p w:rsidR="00090075" w:rsidRDefault="00090075" w:rsidP="00B077EB">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>134905</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3191" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006305B3" w:rsidRDefault="006305B3" w:rsidP="00B077EB">
+          <w:p w:rsidR="00090075" w:rsidRDefault="00090075" w:rsidP="00B077EB">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>160582</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006305B3" w:rsidTr="00B077EB">
+      <w:tr w:rsidR="00090075" w:rsidTr="00B077EB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3190" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006305B3" w:rsidRDefault="006305B3" w:rsidP="00B077EB">
+          <w:p w:rsidR="00090075" w:rsidRDefault="00090075" w:rsidP="00B077EB">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>В4-1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3190" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006305B3" w:rsidRDefault="006305B3" w:rsidP="00B077EB">
+          <w:p w:rsidR="00090075" w:rsidRDefault="00090075" w:rsidP="00B077EB">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>151384</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3191" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006305B3" w:rsidRDefault="006305B3" w:rsidP="00B077EB">
+          <w:p w:rsidR="00090075" w:rsidRDefault="00090075" w:rsidP="00B077EB">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>173230</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006305B3" w:rsidTr="00B077EB">
+      <w:tr w:rsidR="00090075" w:rsidTr="00B077EB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3190" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006305B3" w:rsidRDefault="006305B3" w:rsidP="00B077EB">
+          <w:p w:rsidR="00090075" w:rsidRDefault="00090075" w:rsidP="00B077EB">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>В4-2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3190" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006305B3" w:rsidRDefault="006305B3" w:rsidP="00B077EB">
+          <w:p w:rsidR="00090075" w:rsidRDefault="00090075" w:rsidP="00B077EB">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>142850</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3191" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006305B3" w:rsidRDefault="006305B3" w:rsidP="00B077EB">
+          <w:p w:rsidR="00090075" w:rsidRDefault="00090075" w:rsidP="00B077EB">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>168250</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006305B3" w:rsidTr="00B077EB">
+      <w:tr w:rsidR="00090075" w:rsidTr="00B077EB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3190" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006305B3" w:rsidRDefault="006305B3" w:rsidP="00B077EB">
+          <w:p w:rsidR="00090075" w:rsidRDefault="00090075" w:rsidP="00B077EB">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>В4-3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3190" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006305B3" w:rsidRDefault="006305B3" w:rsidP="00B077EB">
+          <w:p w:rsidR="00090075" w:rsidRDefault="00090075" w:rsidP="00B077EB">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>140652</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3191" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006305B3" w:rsidRDefault="006305B3" w:rsidP="00B077EB">
+          <w:p w:rsidR="00090075" w:rsidRDefault="00090075" w:rsidP="00B077EB">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>164415</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006305B3" w:rsidTr="00B077EB">
+      <w:tr w:rsidR="00090075" w:rsidTr="00B077EB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3190" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006305B3" w:rsidRDefault="006305B3" w:rsidP="00B077EB">
+          <w:p w:rsidR="00090075" w:rsidRDefault="00090075" w:rsidP="00B077EB">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>В4-4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3190" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006305B3" w:rsidRDefault="006305B3" w:rsidP="00B077EB">
+          <w:p w:rsidR="00090075" w:rsidRDefault="00090075" w:rsidP="00B077EB">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>127240</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3191" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006305B3" w:rsidRDefault="006305B3" w:rsidP="00B077EB">
+          <w:p w:rsidR="00090075" w:rsidRDefault="00090075" w:rsidP="00B077EB">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>142955</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="006305B3" w:rsidRDefault="006305B3" w:rsidP="006305B3">
+    <w:p w:rsidR="00090075" w:rsidRDefault="00090075" w:rsidP="00090075">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006305B3" w:rsidRDefault="006305B3" w:rsidP="006305B3">
+    <w:p w:rsidR="00090075" w:rsidRDefault="00090075" w:rsidP="00090075">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000D7770">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Біліктілік талаптарына сәйкес конкурсқа қатысушыларға қойылатын негізгі талаптар</w:t>
-      </w:r>
+        <w:t xml:space="preserve">Основные требования к участникам конкурса, в соотвтствии с квалификационными требованияи: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00090075" w:rsidRPr="00C10A80" w:rsidRDefault="00090075" w:rsidP="00090075">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C10A80">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Педагог (без категории): имеет педагогическое профессиональное (музыкальное, педагогическое) образование по соответствующему профилю или иной документ, подтверждающий педагогическую переподготовку или техническое и профессиональное(музыкальное, педагогическое)  образование по соответствующему профилю, без предьясления требований к стажу работы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00090075" w:rsidRDefault="00090075" w:rsidP="00090075">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00090075" w:rsidRPr="00477194" w:rsidRDefault="00090075" w:rsidP="00090075">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...44 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>2.3.</w:t>
       </w:r>
-      <w:r w:rsidRPr="000D7770">
-[...24 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:r w:rsidRPr="00477194">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Преподаватель робототехники</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00090075" w:rsidRPr="00477194" w:rsidRDefault="00090075" w:rsidP="00090075">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00477194">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="2D4359"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...4 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Организует и обеспечивает разнообразную творческую деятельность воспитанников в области дополнительного образования робототехники, комплектует состав воспитанников в группы (подгруппы), кружки, принимает меры по сохранению их </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00477194">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="2D4359"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...12 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>безопасной жизнедеятельности в течени</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00477194">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="2D4359"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...4 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00477194">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="2D4359"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="006305B3" w:rsidRDefault="006305B3" w:rsidP="006305B3">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обучения, Участвует в разработке и реализации образовательных учебных программ, составляет планы и программы занятий, обеспечивает их выполнения. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00090075" w:rsidRPr="00477194" w:rsidRDefault="00090075" w:rsidP="00090075">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00477194">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="2D4359"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Вести установленную документацию (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00477194">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="2D4359"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>согласно</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00477194">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="2D4359"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> утвержденной номенклатуры дел дошкольной организации образования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00090075" w:rsidRPr="00477194" w:rsidRDefault="00090075" w:rsidP="00090075">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00477194">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="2D4359"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Выявлять творческие способности детей, способст</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="2D4359"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>во</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00477194">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="2D4359"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>вать развитию нравственно-духовной личности, формированию устойчивых интересов в области робототехники воспитанников.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00090075" w:rsidRPr="00477194" w:rsidRDefault="00090075" w:rsidP="00090075">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:color w:val="2D4359"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...4 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00477194">
+        <w:rPr>
           <w:color w:val="2D4359"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...5 lines deleted...]
-    <w:p w:rsidR="006305B3" w:rsidRPr="000D7770" w:rsidRDefault="006305B3" w:rsidP="006305B3">
+        </w:rPr>
+        <w:t xml:space="preserve"> - Организовывать самостоятельную деятельность воспитанников, в том числе исследовательскую, включает в образовательный процесс инновационные технологии, осуществляет связь обучения с практикой. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00477194">
+        <w:rPr>
+          <w:color w:val="2D4359"/>
+        </w:rPr>
+        <w:t>Обеспечивать</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00477194">
+        <w:rPr>
+          <w:color w:val="2D4359"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и анализирует достижения воспитанников. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00090075" w:rsidRPr="00477194" w:rsidRDefault="00090075" w:rsidP="00090075">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="2D4359"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00477194">
+        <w:rPr>
+          <w:color w:val="2D4359"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- Оценивать эффективность обучения, учитывая овладение умениями, развитие опыта творческой деятельности, познавательного интереса, используя компьютерные технологии. Способствовать формированию устойчивых профессиональных интересов и склонностей, поддерживает одаренных и талантливых воспитанников, в том числе детей с ограниченными возможностями в развитии. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00090075" w:rsidRPr="00251C82" w:rsidRDefault="00090075" w:rsidP="00090075">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="2D4359"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00477194">
+        <w:rPr>
+          <w:color w:val="2D4359"/>
+        </w:rPr>
+        <w:t>-Оказывать консультативную помощь родителям и лицам, их заменяющим, а также педагогическим работникам.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="2D4359"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00090075" w:rsidRDefault="00090075" w:rsidP="00090075">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...86 lines deleted...]
-        <w:t>Жалақы мөлшері:</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Размер заработной платы:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a5"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3190"/>
         <w:gridCol w:w="3190"/>
         <w:gridCol w:w="3191"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006305B3" w:rsidTr="00B077EB">
+      <w:tr w:rsidR="00090075" w:rsidTr="00B077EB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3190" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="006305B3" w:rsidRDefault="006305B3" w:rsidP="00B077EB">
-[...40 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="00090075" w:rsidRDefault="00090075" w:rsidP="00B077EB">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Звено, ступень</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6381" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="006305B3" w:rsidRDefault="006305B3" w:rsidP="00B077EB">
-[...80 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="00090075" w:rsidRDefault="00090075" w:rsidP="00B077EB">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>В зависимости от выслуги лет</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006305B3" w:rsidTr="00B077EB">
+      <w:tr w:rsidR="00090075" w:rsidTr="00B077EB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3190" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="006305B3" w:rsidRDefault="006305B3" w:rsidP="00B077EB">
+          <w:p w:rsidR="00090075" w:rsidRDefault="00090075" w:rsidP="00B077EB">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3190" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006305B3" w:rsidRPr="00382CD0" w:rsidRDefault="006305B3" w:rsidP="00B077EB">
+          <w:p w:rsidR="00090075" w:rsidRPr="00382CD0" w:rsidRDefault="00090075" w:rsidP="00B077EB">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>min</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3191" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006305B3" w:rsidRPr="00382CD0" w:rsidRDefault="006305B3" w:rsidP="00B077EB">
+          <w:p w:rsidR="00090075" w:rsidRPr="00382CD0" w:rsidRDefault="00090075" w:rsidP="00B077EB">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>max</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006305B3" w:rsidTr="00B077EB">
+      <w:tr w:rsidR="00090075" w:rsidTr="00B077EB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3190" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006305B3" w:rsidRDefault="006305B3" w:rsidP="00B077EB">
+          <w:p w:rsidR="00090075" w:rsidRDefault="00090075" w:rsidP="00B077EB">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>В2-4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3190" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006305B3" w:rsidRPr="00382CD0" w:rsidRDefault="006305B3" w:rsidP="00B077EB">
+          <w:p w:rsidR="00090075" w:rsidRPr="00382CD0" w:rsidRDefault="00090075" w:rsidP="00B077EB">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>139674</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3191" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006305B3" w:rsidRDefault="006305B3" w:rsidP="00B077EB">
+          <w:p w:rsidR="00090075" w:rsidRDefault="00090075" w:rsidP="00B077EB">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>159092</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006305B3" w:rsidTr="00B077EB">
+      <w:tr w:rsidR="00090075" w:rsidTr="00B077EB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3190" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006305B3" w:rsidRDefault="006305B3" w:rsidP="00B077EB">
+          <w:p w:rsidR="00090075" w:rsidRDefault="00090075" w:rsidP="00B077EB">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>В4-4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3190" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006305B3" w:rsidRDefault="006305B3" w:rsidP="00B077EB">
+          <w:p w:rsidR="00090075" w:rsidRDefault="00090075" w:rsidP="00B077EB">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>113101</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3191" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006305B3" w:rsidRDefault="006305B3" w:rsidP="00B077EB">
+          <w:p w:rsidR="00090075" w:rsidRDefault="00090075" w:rsidP="00B077EB">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>127068</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="006305B3" w:rsidRDefault="006305B3" w:rsidP="006305B3">
+    <w:p w:rsidR="00090075" w:rsidRDefault="00090075" w:rsidP="00090075">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006305B3" w:rsidRDefault="006305B3" w:rsidP="006305B3">
+    <w:p w:rsidR="00090075" w:rsidRPr="007B05BA" w:rsidRDefault="00090075" w:rsidP="00090075">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...16 lines deleted...]
-          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B05BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Основные требования к участникам конкурса, в соответствии с квалификационными требования</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ми</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B05BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00090075" w:rsidRPr="007B05BA" w:rsidRDefault="00090075" w:rsidP="00090075">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B05BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Педагог (без категории)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: должен отвечать общим требованиям, предъявленным к педагогу дополнительного образования высшего уровня квалификации, высшее и (или) послевузовское педагогическое образование или иное профессиональное образование по соответствующему профилю или техническое или профессиональное образование педагогического профиля  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B05BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>по соответствующему профилю или иной документ, подтверждающий педагогическую переподготовку, без предъявления требований к стажу работы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00090075" w:rsidRDefault="00090075" w:rsidP="00090075">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2064">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Должен знать:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00090075" w:rsidRDefault="00090075" w:rsidP="00090075">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>- Конституцию РК, Трудовой Кодекс РК, законы РК «Об образовании», «О статусе педагога», «О противодействии коррупции» и другие нормативно-правовые акты РК, определяющие направления и перспективы развития образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00090075" w:rsidRDefault="00090075" w:rsidP="00090075">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>- психологию и педагогику, правила оказания первой доврачебной медицинской помощи, правила по безопасности и охране труда, санитарные правила;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00090075" w:rsidRDefault="00090075" w:rsidP="00090075">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>- нормативно-правовые документы по организации дошкольного воспитания и обучения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00090075" w:rsidRPr="007B2064" w:rsidRDefault="00090075" w:rsidP="00090075">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00090075" w:rsidRDefault="00090075" w:rsidP="00090075">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00090075" w:rsidRPr="002B015F" w:rsidRDefault="00090075" w:rsidP="00090075">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B015F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сроки приема документов, который исчисляется со следующего дня после последней публикации объявления о проведении конкурса: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00090075" w:rsidRDefault="00090075" w:rsidP="00090075">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00090075" w:rsidRPr="0019016B" w:rsidRDefault="00090075" w:rsidP="00090075">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Дата начала приема документов: </w:t>
+      </w:r>
+      <w:r w:rsidR="00E5468E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>23</w:t>
+      </w:r>
+      <w:r w:rsidR="008104AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.10</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0019016B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.2023г.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00090075" w:rsidRPr="0019016B" w:rsidRDefault="00090075" w:rsidP="00090075">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Дата окончания приема документов: </w:t>
+      </w:r>
+      <w:r w:rsidR="00E5468E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>01</w:t>
+      </w:r>
+      <w:r w:rsidR="008104AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.11</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0019016B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.2023г.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00090075" w:rsidRDefault="00090075" w:rsidP="00090075">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...448 lines deleted...]
-        <w:t>01</w:t>
+    </w:p>
+    <w:p w:rsidR="00090075" w:rsidRDefault="00090075" w:rsidP="00090075">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B015F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Перечень необходимых документов:</w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
-      <w:r w:rsidR="002B67BB">
-[...2 lines deleted...]
-          <w:b/>
+    </w:p>
+    <w:p w:rsidR="00090075" w:rsidRPr="002B015F" w:rsidRDefault="00090075" w:rsidP="00090075">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B015F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Заявление об участии в конкурсе с указанием перечня прилагаемых документов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00090075" w:rsidRDefault="00090075" w:rsidP="00090075">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Документ, удостоверяющий личность либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00090075" w:rsidRDefault="00090075" w:rsidP="00090075">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Заполненный оценочный листок по учету кадров (с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00090075" w:rsidRDefault="00090075" w:rsidP="00090075">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Копии документов об образовании соответствии с предъявленными к должности квалификационными требованиями, утвержденными Типовыми квалификационными характеристиками педагогов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00090075" w:rsidRDefault="00090075" w:rsidP="00090075">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Копия документа, подтверждающую трудовую деятельность (при наличии);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00090075" w:rsidRPr="004F1814" w:rsidRDefault="00090075" w:rsidP="00090075">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="202124"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F1814">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Справку о состоянии здоровья по форме, утвержденной приказом исполняющего обязанности Министра здравоохранения РК от 30 октября 2020 г.№ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F1814">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>.11</w:t>
-[...315 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:t>ҚР</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F1814">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ДСМ-175/2020 «Об утверждении форм учетной документации в области здравоохранения»</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00090075" w:rsidRDefault="00090075" w:rsidP="00090075">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="202124"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="202124"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Справка с психоневрологической организации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00090075" w:rsidRDefault="00090075" w:rsidP="00090075">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="202124"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="202124"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Справку с наркологической организации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00090075" w:rsidRDefault="00090075" w:rsidP="00090075">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="202124"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="202124"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Сертификат о результатах прохождения сертификации или удостоверения о наличии действующей квалификационной категории не ниже педагога – модератора;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00090075" w:rsidRDefault="00090075" w:rsidP="00090075">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="202124"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="202124"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Заполненный оценочный лист  кандидата  на вакантную или временно вакантную должность педагога;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00090075" w:rsidRPr="00170A46" w:rsidRDefault="00090075" w:rsidP="00090075">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="202124"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="202124"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Видео презентация для кандидата без стажа продолжительностью не менее 15 минут, с минимальным разрешением 720</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="202124"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>x</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="202124"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w:rsidR="006305B3" w:rsidRDefault="006305B3" w:rsidP="006305B3">
+        <w:t>480:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00090075" w:rsidRPr="00170A46" w:rsidRDefault="00090075" w:rsidP="00090075">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1080"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="202124"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00090075" w:rsidRDefault="00090075" w:rsidP="00090075">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="4"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:lang w:val="kk-KZ"/>
-[...11 lines deleted...]
-    <w:p w:rsidR="006305B3" w:rsidRDefault="006305B3" w:rsidP="006305B3">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00170A46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">Место предоставления документов, контактный телефон и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>ответственное лицо за организацию проведения конкурса:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00090075" w:rsidRPr="00170A46" w:rsidRDefault="00090075" w:rsidP="00090075">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="kk-KZ"/>
-[...10 lines deleted...]
-    <w:p w:rsidR="006305B3" w:rsidRPr="006052EC" w:rsidRDefault="006305B3" w:rsidP="006305B3">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00170A46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">КГКП  «Ясли-сад «Берёзка» отдела </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00170A46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>образования города Шахтинска управления образования Карагандинской области</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00170A46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00090075" w:rsidRPr="00170A46" w:rsidRDefault="00090075" w:rsidP="00090075">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="kk-KZ"/>
-[...24 lines deleted...]
-    <w:p w:rsidR="006305B3" w:rsidRPr="00170A46" w:rsidRDefault="006305B3" w:rsidP="006305B3">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00170A46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Пос. Шахан  квартал 11/17 здание 25</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00090075" w:rsidRPr="00170A46" w:rsidRDefault="00090075" w:rsidP="00090075">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00170A46">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">тел.8(72156)33303,  8(72156)34041, </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006305B3" w:rsidRDefault="006305B3" w:rsidP="006305B3">
+    <w:p w:rsidR="00090075" w:rsidRDefault="00090075" w:rsidP="00090075">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00170A46">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>эл</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r>
-[...10 lines deleted...]
-        <w:t>м</w:t>
+      <w:r w:rsidRPr="00170A46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>.а</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r>
-[...5 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="00170A46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>дрес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00170A46">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:hyperlink r:id="rId7" w:history="1">
         <w:r w:rsidRPr="00BE5ADA">
           <w:rPr>
             <w:rStyle w:val="a7"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           </w:rPr>
           <w:t>shahtinsk_berezka@krg.gov.kz</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="006305B3" w:rsidRPr="00251C82" w:rsidRDefault="006305B3" w:rsidP="006305B3">
-[...10 lines deleted...]
-    <w:p w:rsidR="006305B3" w:rsidRPr="00170A46" w:rsidRDefault="006305B3" w:rsidP="006305B3">
+    <w:p w:rsidR="00090075" w:rsidRPr="00251C82" w:rsidRDefault="00090075" w:rsidP="00090075">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00090075" w:rsidRPr="00251C82" w:rsidRDefault="00090075" w:rsidP="00090075">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00936346">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ответственная за прием документов</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00936346">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>секретарь конкурсной комиссии</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00251C82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007C1483">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Алимжанова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007C1483">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007C1483">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Асель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007C1483">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007C1483">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Сайдагалиевна</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00090075" w:rsidRPr="00170A46" w:rsidRDefault="00090075" w:rsidP="00090075">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...174 lines deleted...]
-    <w:p w:rsidR="006305B3" w:rsidRPr="00170A46" w:rsidRDefault="006305B3" w:rsidP="006305B3">
+    </w:p>
+    <w:p w:rsidR="00090075" w:rsidRPr="00170A46" w:rsidRDefault="00090075" w:rsidP="00090075">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00C27C29" w:rsidRDefault="00C27C29"/>
     <w:sectPr w:rsidR="00C27C29" w:rsidSect="00936346">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
-    <w:nsid w:val="200B74D1"/>
+    <w:nsid w:val="3FCD649E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="AEFC648E"/>
-    <w:lvl w:ilvl="0" w:tplc="D4C62722">
+    <w:tmpl w:val="88DCD8B2"/>
+    <w:lvl w:ilvl="0" w:tplc="5DAE6058">
+      <w:start w:val="2"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1068" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1788" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2508" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3228" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3948" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4668" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5388" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6108" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6828" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1">
+    <w:nsid w:val="57243CE0"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="5BFC2FBC"/>
+    <w:lvl w:ilvl="0" w:tplc="49581948">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1410" w:hanging="690"/>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2">
+    <w:nsid w:val="762417FD"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="888E3F4A"/>
+    <w:lvl w:ilvl="0" w:tplc="1E68C8F2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
@@ -5528,76 +5081,177 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3">
+    <w:nsid w:val="77E90706"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="5BFC2FBC"/>
+    <w:lvl w:ilvl="0" w:tplc="49581948">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
   <w:num w:numId="1">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="2">
     <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="120"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="006305B3"/>
-[...2 lines deleted...]
-    <w:rsid w:val="006305B3"/>
+    <w:rsidRoot w:val="00090075"/>
+    <w:rsid w:val="00090075"/>
+    <w:rsid w:val="002B13AC"/>
+    <w:rsid w:val="007C1483"/>
+    <w:rsid w:val="008104AA"/>
+    <w:rsid w:val="00AE6BEE"/>
     <w:rsid w:val="00C27C29"/>
-    <w:rsid w:val="00E6634A"/>
-    <w:rsid w:val="00FB2D00"/>
+    <w:rsid w:val="00C91506"/>
+    <w:rsid w:val="00E5468E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -5740,177 +5394,177 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="006305B3"/>
+    <w:rsid w:val="00090075"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="006305B3"/>
+    <w:rsid w:val="00090075"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a4">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="006305B3"/>
+    <w:rsid w:val="00090075"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="a5">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="59"/>
-    <w:rsid w:val="006305B3"/>
+    <w:rsid w:val="00090075"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a6">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="006305B3"/>
+    <w:rsid w:val="00090075"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="a7">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="006305B3"/>
+    <w:rsid w:val="00090075"/>
     <w:rPr>
       <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a8">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a9"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="006305B3"/>
+    <w:rsid w:val="00090075"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a9">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a8"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="006305B3"/>
+    <w:rsid w:val="00090075"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -6035,189 +5689,190 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="006305B3"/>
+    <w:rsid w:val="00090075"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="006305B3"/>
+    <w:rsid w:val="00090075"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a4">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="006305B3"/>
+    <w:rsid w:val="00090075"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="a5">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="59"/>
-    <w:rsid w:val="006305B3"/>
+    <w:rsid w:val="00090075"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a6">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="006305B3"/>
+    <w:rsid w:val="00090075"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="a7">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="006305B3"/>
+    <w:rsid w:val="00090075"/>
     <w:rPr>
       <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a8">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a9"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="006305B3"/>
+    <w:rsid w:val="00090075"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a9">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a8"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="006305B3"/>
+    <w:rsid w:val="00090075"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:shahtinsk_berezka@krg.gov.kz" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
@@ -6471,51 +6126,66 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>4</Pages>
-[...1 lines deleted...]
-  <Characters>7222</Characters>
+  <Pages>1</Pages>
+  <Words>1288</Words>
+  <Characters>7347</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>60</Lines>
-  <Paragraphs>16</Paragraphs>
+  <Lines>61</Lines>
+  <Paragraphs>17</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Название</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Company>Reanimator Extreme Edition</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8472</CharactersWithSpaces>
+  <CharactersWithSpaces>8618</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>березка</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>