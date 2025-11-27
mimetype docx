--- v0 (2025-10-10)
+++ v1 (2025-11-27)
@@ -1,3122 +1,16618 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00624541" w:rsidRPr="00180846" w:rsidRDefault="00DA42E5">
+    <w:p w:rsidR="000635C4" w:rsidRPr="00E00D20" w:rsidRDefault="007321FC">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00180846">
+      <w:r w:rsidRPr="00E00D20">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="71F90303" wp14:editId="78F56D97">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6F5A54F4" wp14:editId="777A1178">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="1" name="Рисунок 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId5"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2057400" cy="571500"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00624541" w:rsidRPr="00180846" w:rsidRDefault="00DA42E5">
+    <w:p w:rsidR="000635C4" w:rsidRPr="00E00D20" w:rsidRDefault="007321FC">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00180846">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
-[...2 lines deleted...]
-      </w:r>
+        </w:rPr>
+        <w:t>Сыбайлас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жемқорлық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тәуекелдеріне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ішкі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>талдау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жүргізудің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>үлгілік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қағидаларын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бекіту</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="00624541" w:rsidRPr="00180846" w:rsidRDefault="00DA42E5">
+    <w:p w:rsidR="000635C4" w:rsidRPr="00E00D20" w:rsidRDefault="007321FC">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00180846">
-[...16 lines deleted...]
-      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Республикасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қызмет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>істері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сыбайлас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жемқорлыққа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қарсы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>іс-қимыл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>агенттігі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Төрағасының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2016 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жылғы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 19 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қазандағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 12 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бұйрығы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Республикасының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Әділет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>министрлігінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2016 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жылғы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 21 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қарашада</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 14441 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>болып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тіркелді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="00624541" w:rsidRPr="00180846" w:rsidRDefault="00DA42E5">
+    <w:p w:rsidR="000635C4" w:rsidRPr="00E00D20" w:rsidRDefault="007321FC">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="z2"/>
-[...26 lines deleted...]
-      <w:r w:rsidRPr="00180846">
+      <w:bookmarkStart w:id="0" w:name="z1"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Республикасының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2015 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жылғы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 18 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қарашадағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Сыбайлас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жемқорлыққа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қарсы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>іс-қимыл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Заңының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 8-бабының 5-тармағына </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сәйкес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E00D20">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
-[...1 lines deleted...]
-        <w:t>ПРИКАЗЫВАЮ:</w:t>
+        </w:rPr>
+        <w:t>БҰЙЫРАМЫН:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Осы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бұйрыққа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қосымшаға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сәйкес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қоса</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>беріліп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>отырған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Сыбайлас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жемқорлық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тәуекелдеріне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ішкі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>талдау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жүргізіудің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>үлгілік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қағидалары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бекітілсін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Республикасының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қызмет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>істер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>министрінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2015 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жылғы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 29 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>желтоқсандағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 18 «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Сыбайлас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жемқорлық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тәуе</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>келдеріне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ішкі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>талдау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жүргізудің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>үлгілік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қағидаларын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бекіту</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>» (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Нормативтік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>құқықтық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>актілердің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>реестрінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 12651 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>болып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тіркелген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Әділет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ақпараттық-құқықтық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жүйесінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2016 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жылдың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 15 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қаңтарында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жарияланған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бұйрығының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>күші</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жойылды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>деп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>танылсын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     3. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Республикасының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қызмет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>істері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сыбайлас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жемқорлыққа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қарсы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>іс-қимыл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>агенттігінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Сыбайлас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жемқорлыққа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қарсы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>саясат</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>департаменті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>заңнамада</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>белгіленген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тәртіппен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       1) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>осы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бұйрықтың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Республикасының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Әділет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мини</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>стрлігінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тіркелуін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       2) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>осы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бұйрықтың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Республикасының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Әділет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>министрлігінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тіркелгеннен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>кейін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>күнтізбелік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>он</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>күн</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ішінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Әділет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ақпараттық-құқықтық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жүйесінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ресми</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жариялауға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жіберілуін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       3) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>осы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бұйрық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ме</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>млекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тіркеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>күнінен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бастап</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>күнтізбелік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>он</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>күн</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ішінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Республикасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>нормативтік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>құқықтық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>актілерінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Эталондық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бақылау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>банкінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="1" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>рналастыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Республикасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Әділет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>министрлігінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Республикалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>құқықтық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ақпарат</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>орталығының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>шаруашыл</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жүргізу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>құқығындағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Республикалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>кәсіпорнына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жіберілуін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       4) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>осы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бұйрықтың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Республикасының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қызмет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>істері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сыбайлас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жемқорлыққа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қарсы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>іс-қимыл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>агенттігінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>интернет-ресурсында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>орналастырылуын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қамтамасыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>етсін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       4. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Осы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бұйрықтың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>орындалуын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бақылау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Республикасының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қызмет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>істері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сыбайлас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жемқорлыққа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қарсы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>іс-қимыл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>агенттігінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сыбайлас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жемқорлыққа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қарсы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>іс-қимыл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мәселелеріне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жетекшілік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ететін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>орынбасарына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жүктелсін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      5. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Осы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бұйрық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>алғашқы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ресми</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жарияланған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>күннен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бастап</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00624541" w:rsidRPr="00180846" w:rsidRDefault="00DA42E5">
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w:rsidR="000635C4" w:rsidRPr="00E00D20" w:rsidRDefault="007321FC">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="1" w:name="z3"/>
-[...35 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Республикасының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қызмет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>істері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сыбайлас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жемқорлыққа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қарсы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>іс-қимыл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>агенттігінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Төрағасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Қ. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Қожамжаров</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="00624541" w:rsidRPr="00180846" w:rsidRDefault="00DA42E5">
+    <w:p w:rsidR="000635C4" w:rsidRPr="00E00D20" w:rsidRDefault="007321FC">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="2" w:name="z4"/>
-[...25 lines deleted...]
-        <w:t xml:space="preserve"> 2. </w:t>
+      <w:bookmarkStart w:id="2" w:name="z11"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Республикасының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Мемл</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>екеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қызмет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>істері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сыбайлас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жемқорлыққа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қарсы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>іс-қимыл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>агенттігі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Төрағасының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2016 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жылғы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 19 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қазандағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">         </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 12 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бұйрығымен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бекітілген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000635C4" w:rsidRPr="00E00D20" w:rsidRDefault="007321FC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="z12"/>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Сыбайлас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жемқорлық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тәуекелдеріне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ішкі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>талдау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жүргізудің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>үлгілік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қағидалары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="000635C4" w:rsidRPr="00E00D20" w:rsidRDefault="007321FC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="z13"/>
+      <w:bookmarkEnd w:id="3"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00180846">
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> (зарегистрированный в Реестре государственной регистрации нормативных правовых актов за № 12651, опубликованный</w:t>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1-тарау.</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Жал</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>пы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ережелер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:p w:rsidR="00624541" w:rsidRPr="00180846" w:rsidRDefault="00DA42E5">
+    <w:p w:rsidR="000635C4" w:rsidRPr="00E00D20" w:rsidRDefault="007321FC">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00180846">
-[...14 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:bookmarkStart w:id="5" w:name="z14"/>
+      <w:bookmarkEnd w:id="4"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Осы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Сыбайлас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жемқорлық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тәуекелдеріне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ішкі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>талдау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жүргізудің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>үлгілік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қағидалары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бұдан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>әрі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Үлгілік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қағидалар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>) «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Сыбайлас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жемқорлыққа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қарсы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>іс-қимыл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Республикасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Заңының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 8-бабы 5-тармағына </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сәйкес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>әзірленген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мемлек</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>еттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>органдардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ұйымдардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>квазимемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сектор</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>субъектілерінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бұдан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>әрі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сыбайлас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жемқорлық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тәуекелдеріне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ішкі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>талдаудың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>субъектісі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сыбайлас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жемқорлық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тәуекелдеріне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ішкі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>талдау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жүргізу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тәртібін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>айқындайды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000635C4" w:rsidRPr="00E00D20" w:rsidRDefault="007321FC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="6" w:name="z15"/>
+      <w:bookmarkEnd w:id="5"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00180846">
-[...26 lines deleted...]
-        <w:t>").</w:t>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2-тарау.</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Сыбайлас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жемқорлық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тә</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>уекелдеріне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ішкі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>талдау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жүргізудің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тәртібі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="00624541" w:rsidRPr="00180846" w:rsidRDefault="00DA42E5">
+    <w:p w:rsidR="000635C4" w:rsidRPr="00E00D20" w:rsidRDefault="007321FC">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="z5"/>
-[...24 lines deleted...]
-        <w:t>ахстан по делам государственной службы и противодействию коррупции в установленном законодательством порядке обеспечить:</w:t>
+      <w:bookmarkStart w:id="7" w:name="z16"/>
+      <w:bookmarkEnd w:id="6"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      2. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Сыбайлас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жемқорлық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тәуекелдеріне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ішкі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>талдау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>субъектісінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>басшысының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ол</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>болмаған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жағдайда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>оның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>міндеттерін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>атқарушының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>оның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>лауазымын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>алмастырушының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>шешімі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сыбайлас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жемқорлық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тәуекелдеріне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ішкі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>алдау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жүргізу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>негіздемесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>болып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>табылады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Сыбайлас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жемқорлық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тәуекелдеріне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ішкі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>талдау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жүргізу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>шешім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>соның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ішінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сыбайлас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жемқорлыққа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қарсы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мониторинг</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>нәтижелерінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>негізінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қабылданады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Осы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Үлгілік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қағидаларда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сыбайлас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жемқорлық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тәуекелдеріне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ішкі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>талдау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>субъектілерінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>басшылары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>органның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>оның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ведомстволарының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ұйымдардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>басшылары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сондай-ақ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>квазимемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сектор</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>субъектілерінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қызметінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ағымдағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>басшылықты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жүзеге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>асыратын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>басшылары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>болып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>анықталады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Сыбайлас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жемқорлық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тәуекелдеріне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ішкі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>талдау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>субъектісінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бірінші</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>басшысы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>айқындайтын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>құрылымдық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бөлімше</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сыбайлас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жемқорлық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тәуекелдеріне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ішкі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>талдауды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жүргізуге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>уәкілетті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>адам</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>оның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>шешімімен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>құрылатын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тобы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сыбайлас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жемқорлық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тәуекелдеріне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ішкі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>талдауды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жүргізеді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Бірінші</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>басшының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>шешімі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тобының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>құрамына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сыбайлас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жемқорлыққа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қарсы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>іс-қимылдың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>өзге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>де</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>субъектілерінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мамандарын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сарапшыларын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тартуға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>құқылы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       5. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Сыбайлас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жемқорлық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тәуекелдеріне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ішкі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>алдау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>субъектісінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>құрылымдық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бөлімшесінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ведомствосының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ведомстволық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бағынысты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ұйымының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>аумақтық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>оған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>теңестірілген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бөлімшелерінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бұдан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>әрі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бөлімше</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қызметі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сыбайлас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жемқорлық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тәуекелдеріне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ішкі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>талдаудың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>объектісі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>болып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>табылады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       6.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Сыбайлас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жемқорлық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тәуекелдеріне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ішкі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>талдауды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жүргізу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>шешімде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мынадай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ақпарат</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>болады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       1) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қызметі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сыбайлас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жемқорлық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тәуекелдеріне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ішкі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>талдауға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жататын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бөлімшенің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>атауы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       2) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>осы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Үлгілік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қағидалардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 8-тармағына </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сәйкес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сыбайлас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жемқо</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>рлық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тәуекелдеріне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ішкі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>талдаудың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бағыты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       3) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сыбайлас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жемқорлық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тәуекелдеріне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ішкі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>талдауды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жүргізетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>құрылымдық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бөлімше</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>лауазымды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тұлға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>лауазымды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тұлғалар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тобының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>персоналдық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>құрамы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сыбайлас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жемқорлық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тәуекелдеріне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ішкі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>талдауды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жүргізу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>кезеңі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       5) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сыбайлас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жемқорлық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тәуекелдеріне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ішкі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>талдауды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жүргізуге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жұмыстың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>нәтижесіне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>басшылық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>үйлестіру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жауаптылық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жүктелетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сыбайлас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жемқорлық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тәуекелдеріне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ішкі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>талдау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>субъектісінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>лауазымды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тұлғасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      7. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Сыбайлас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жемқорлық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тәуекелдеріне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ішкі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>талдауды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жүргізудің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мерзімділігін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сыбайлас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жемқорлық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тәуекелдеріне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ішкі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>талдаудың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>субъектілері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>айқындайды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       8. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Сыбайлас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жемқорлық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тәуекелдерін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ішкі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>талдау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мынадай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бағыт</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жүзеге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>асырылады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       1) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бөлімшенің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қызметін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қозғайтын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>нормативтік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>құқықтық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>актілерде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сыбайлас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жемқорлық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тәуекелдерін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>анықтау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       2) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бөлімшенің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ұйымдастырушылық-басқарушылық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қызметіндегі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сыбайлас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жемқорлық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тәуекелдерін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>анықтау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 9. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Бөлімшенің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қызметін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қозғайтын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>нормативтік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>құқықтық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>актірлерде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сыбайлас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жемқорлық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>құқық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бұзушылық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жасауға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ықпал</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ететін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>дискрециялық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>өкілеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>пен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>нормалар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>анықталады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       10. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Бөлімшенің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ұйымдастырушылық-басқарушылық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қызметі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>деп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мынадай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мәселелер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>түс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>індіріледі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       1) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>персоналды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>басқару</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>соның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ішінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>кадрлардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ауысуы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       2) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мүдделер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қақтығысын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>реттеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       3) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қызмет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>көрсету</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       4) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>рұқсат</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>беру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>функцияларын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>іске</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>асыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       5) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бақылау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>функцияларын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>іске</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>асыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       6) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бөлімшенің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ұйымдастырушылық-басқарушылық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қызметінен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>туындайтын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>өзге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>де</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мәселелер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       11. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Мыналар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">       1) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бөлімшенің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қызметін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қозғайтын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>нормативтік-құқықтық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>актілер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       2) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бөлімшеге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қатысты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>органдардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бұрын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жүргізген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тексеру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>нәтиж</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>елері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       3) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бұқаралық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ақпарат</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>құралдарындағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жарияланымдар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       4) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бөлімшеге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>келіп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>түскен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жеке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>заңды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тұлғалардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>өтініштері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       5) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>прокурорлық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қадағалау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>актiлерi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       6) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сот</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>актілері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       7) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ұсынылуына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Республикасының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>заңнамасымен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жол</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>берілген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>өзге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>де</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мәліметтер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сыбайлас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жемқорлық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тәуекелдеріне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ішкі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>талдау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жүргізудің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ақпарат</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>көздері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>болып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>табылады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       12. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Сыбайлас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жемқорлық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тәуекелдерін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ішкі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>талдау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>нәтижелері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мыналарды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       1) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>анықталған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сыбайлас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жемқор</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>лық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тауекелдері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ақпаратты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       2) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>оларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жою</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ұсынымдарды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       3) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>анықталған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сыбайлас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жемқорлық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тәуекелдерін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жою</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ұсынымдарды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>іске</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>асыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мерзімдерін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қамтитын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>талдамалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>анықтама</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>әзірленеді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       13. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Талдамалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>анықтама</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сыбай</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>лас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жемқорлық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тәуекелдеріне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ішкі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>талдау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жүргізген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>адамдармен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қызметінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сыбайлас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жемқорлыққа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>талдау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жүргізілген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бөлімше</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>басшысымен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>келісіледі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>оған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>осы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Үлгілік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қағидалардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6-тармағының 5) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тармақшасында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>көрсетілген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>лауазымды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тұлғамен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қол</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қойылады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     14. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Анықталған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сыбайлас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жемқорлық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тәуекелдерін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жою</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ұсынымдар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>талдамалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>анықтама</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сыбайлас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жемқорлық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тәуекелдеріне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ішкі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>талдау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>субъектісінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бірінші</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>басшысына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қарау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>шаралар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қолдану</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ұсынылады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       15. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Сыбайлас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жемқорлық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тәуекелд</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ерін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ішкі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>талдау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>нәтижелері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сыбайлас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жемқорлық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тәуекелдерін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жою</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қабылданған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қабылданып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жатқан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>шаралар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ақпарат</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сыбайлас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жемқорлық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тәуекелдерін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ішкі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>талдау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>субъектісінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>интернет-ресурсында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>орналастырылады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      16. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Сыбайлас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жемқорлық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тәуекелдерін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ішкі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>талдау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>нәтижелерін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сыбайлас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жемқорлық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тәуекелдерін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ішкі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>талдау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>субъектісінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сыбайлас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жемқорлыққа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қарсы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>іс-қимыл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>соның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ішінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>алқа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>консультативтік-кеңесші</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>органдарының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>отырыстарында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жария</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>талқылауға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жол</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>беріледі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:p w:rsidR="00624541" w:rsidRPr="00180846" w:rsidRDefault="00DA42E5">
+    <w:bookmarkEnd w:id="7"/>
+    <w:p w:rsidR="000635C4" w:rsidRPr="00E00D20" w:rsidRDefault="007321FC">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:jc w:val="both"/>
-[...3 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00180846">
-[...14 lines deleted...]
-        <w:t xml:space="preserve"> 1) государственную регистрацию настоящего приказа в Министерстве юстиции Республики Казахстан;</w:t>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00624541" w:rsidRPr="00180846" w:rsidRDefault="00DA42E5">
-[...2613 lines deleted...]
-    <w:p w:rsidR="00624541" w:rsidRPr="00180846" w:rsidRDefault="00DA42E5">
+    <w:p w:rsidR="000635C4" w:rsidRPr="00E00D20" w:rsidRDefault="007321FC">
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00180846">
-[...6 lines deleted...]
-        <w:t>© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан</w:t>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>© 2012.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Қаз</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ақстан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Республикасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Әділет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>министрлігінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Республикасының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Заңнама</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>құқықтық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ақпарат</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>институты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E00D20">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>» ШЖҚ РМК</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00624541" w:rsidRPr="00180846" w:rsidSect="00180846">
+    <w:sectPr w:rsidR="000635C4" w:rsidRPr="00E00D20" w:rsidSect="00E00D20">
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
-      <w:pgMar w:top="426" w:right="567" w:bottom="709" w:left="426" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:pgMar w:top="426" w:right="708" w:bottom="851" w:left="567" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00624541"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00DA42E5"/>
+    <w:rsidRoot w:val="000635C4"/>
+    <w:rsid w:val="000635C4"/>
+    <w:rsid w:val="007321FC"/>
+    <w:rsid w:val="00E00D20"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -3433,67 +16929,67 @@
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="disclaimer">
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="a"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ae">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="af"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00180846"/>
+    <w:rsid w:val="00E00D20"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="af">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="ae"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00180846"/>
+    <w:rsid w:val="00E00D20"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -3947,65 +17443,65 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>1271</Words>
-  <Characters>7245</Characters>
+  <Words>1310</Words>
+  <Characters>7470</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>60</Lines>
-  <Paragraphs>16</Paragraphs>
+  <Lines>62</Lines>
+  <Paragraphs>17</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Reanimator Extreme Edition</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8500</CharactersWithSpaces>
+  <CharactersWithSpaces>8763</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>