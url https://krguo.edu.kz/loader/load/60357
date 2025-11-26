--- v0 (2025-10-09)
+++ v1 (2025-11-26)
@@ -1,1721 +1,1514 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
-  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
-  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
-    <w:p w:rsidR="0002189C" w:rsidRDefault="0002189C" w:rsidP="0002189C">
-[...1 lines deleted...]
-        <w:jc w:val="center"/>
+    <w:p w:rsidR="00F764BB" w:rsidRDefault="00F764BB" w:rsidP="00F764BB">
+      <w:pPr>
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003E75EC">
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>КГУ «Общеобразовательная школа имени Мукагали Макатаева»</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="0002189C" w:rsidRDefault="0002189C" w:rsidP="0002189C">
+        <w:t xml:space="preserve">                  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F764BB" w:rsidRDefault="00F764BB" w:rsidP="00F764BB">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...2 lines deleted...]
-        <w:jc w:val="center"/>
+      <w:r w:rsidRPr="003E75EC">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-      </w:pPr>
-[...3 lines deleted...]
-        <w:jc w:val="center"/>
+        <w:t xml:space="preserve">КГУ «Общеобразовательная школа имени </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003E75EC">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w:rsidR="0002189C" w:rsidRDefault="0002189C" w:rsidP="0002189C">
+        <w:t>Мукагали</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003E75EC">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003E75EC">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Макатаева</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003E75EC">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F764BB" w:rsidRDefault="00F764BB" w:rsidP="00F764BB">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F764BB" w:rsidRPr="00B74495" w:rsidRDefault="00F764BB" w:rsidP="00F764BB">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
-          <w:noProof/>
+          <w:i/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="11759ECE">
-[...1 lines deleted...]
-            <wp:effectExtent l="0" t="0" r="9525" b="635"/>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="40ECA3E0" wp14:editId="51579E18">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="margin">
+              <wp:posOffset>99060</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="margin">
+              <wp:posOffset>856615</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="2695575" cy="4133850"/>
+            <wp:effectExtent l="0" t="0" r="9525" b="0"/>
+            <wp:wrapSquare wrapText="bothSides"/>
+            <wp:docPr id="3" name="Рисунок 3" descr="C:\Users\user\Desktop\c49b49d5-62eb-43d1-b785-ec884832d0b4.jpg"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 3" descr="C:\Users\user\Desktop\c49b49d5-62eb-43d1-b785-ec884832d0b4.jpg"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill rotWithShape="1">
+                    <a:blip r:embed="rId4" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect l="19217" t="6470" r="15685" b="16471"/>
+                    <a:stretch/>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="2695575" cy="4133850"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                    <a:effectLst>
+                      <a:softEdge rad="112500"/>
+                    </a:effectLst>
+                    <a:extLst>
+                      <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
+                        <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+                      </a:ext>
+                    </a:extLst>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+            <wp14:sizeRelH relativeFrom="margin">
+              <wp14:pctWidth>0</wp14:pctWidth>
+            </wp14:sizeRelH>
+            <wp14:sizeRelV relativeFrom="margin">
+              <wp14:pctHeight>0</wp14:pctHeight>
+            </wp14:sizeRelV>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A32BBE" w:rsidRDefault="00F764BB" w:rsidP="00A32BBE">
+      <w:pPr>
+        <w:ind w:left="-567"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7EEBD705" wp14:editId="38A4DADF">
+            <wp:extent cx="5922974" cy="4057650"/>
+            <wp:effectExtent l="0" t="0" r="1905" b="0"/>
             <wp:docPr id="1" name="Рисунок 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 2"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6">
+                    <a:blip r:embed="rId5">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="1914525" cy="3371215"/>
+                      <a:ext cx="5974301" cy="4092812"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
+    </w:p>
+    <w:p w:rsidR="00A32BBE" w:rsidRPr="00A32BBE" w:rsidRDefault="00A32BBE" w:rsidP="00A32BBE">
+      <w:pPr>
+        <w:ind w:left="-567"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A32BBE" w:rsidRPr="00A32BBE" w:rsidRDefault="00A32BBE" w:rsidP="00A32BBE"/>
+    <w:p w:rsidR="00A32BBE" w:rsidRDefault="00AB336F" w:rsidP="00A32BBE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="6870"/>
+        </w:tabs>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
-        </w:rPr>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="17922D8C">
-[...2 lines deleted...]
-            <wp:docPr id="2" name="Рисунок 2"/>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="column">
+              <wp:posOffset>3442335</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>0</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="2295525" cy="3009900"/>
+            <wp:effectExtent l="0" t="0" r="9525" b="0"/>
+            <wp:wrapTight wrapText="bothSides">
+              <wp:wrapPolygon edited="0">
+                <wp:start x="0" y="0"/>
+                <wp:lineTo x="0" y="21463"/>
+                <wp:lineTo x="21510" y="21463"/>
+                <wp:lineTo x="21510" y="0"/>
+                <wp:lineTo x="0" y="0"/>
+              </wp:wrapPolygon>
+            </wp:wrapTight>
+            <wp:docPr id="8" name="Рисунок 8"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 3"/>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId6" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="2295525" cy="3009900"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidRPr="00AB336F">
+        <w:rPr>
+          <w:noProof/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="column">
+              <wp:posOffset>194310</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>0</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="2114550" cy="3039002"/>
+            <wp:effectExtent l="0" t="0" r="0" b="9525"/>
+            <wp:wrapTight wrapText="bothSides">
+              <wp:wrapPolygon edited="0">
+                <wp:start x="0" y="0"/>
+                <wp:lineTo x="0" y="21532"/>
+                <wp:lineTo x="21405" y="21532"/>
+                <wp:lineTo x="21405" y="0"/>
+                <wp:lineTo x="0" y="0"/>
+              </wp:wrapPolygon>
+            </wp:wrapTight>
+            <wp:docPr id="2" name="Рисунок 2" descr="D:\8888\Важно\Сайт\Фото\Фото\Учителя\Аксана_cr.jpg"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 2" descr="D:\8888\Важно\Сайт\Фото\Фото\Учителя\Аксана_cr.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId7">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="4429125" cy="3479165"/>
-[...200 lines deleted...]
-                      <a:ext cx="2114550" cy="3038475"/>
+                      <a:ext cx="2114550" cy="3039002"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:r>
         <w:rPr>
           <w:noProof/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
-              <wp:posOffset>2402840</wp:posOffset>
+              <wp:posOffset>6709410</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>175260</wp:posOffset>
+              <wp:posOffset>0</wp:posOffset>
             </wp:positionV>
-            <wp:extent cx="1933575" cy="2944495"/>
-[...2 lines deleted...]
-            <wp:docPr id="5" name="Рисунок 5"/>
+            <wp:extent cx="2286000" cy="3000375"/>
+            <wp:effectExtent l="0" t="0" r="0" b="9525"/>
+            <wp:wrapTight wrapText="bothSides">
+              <wp:wrapPolygon edited="0">
+                <wp:start x="0" y="0"/>
+                <wp:lineTo x="0" y="21531"/>
+                <wp:lineTo x="21420" y="21531"/>
+                <wp:lineTo x="21420" y="0"/>
+                <wp:lineTo x="0" y="0"/>
+              </wp:wrapPolygon>
+            </wp:wrapTight>
+            <wp:docPr id="10" name="Рисунок 10"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 6"/>
+                    <pic:cNvPr id="0" name="Picture 4"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9">
+                    <a:blip r:embed="rId8" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="1933575" cy="2944495"/>
+                      <a:ext cx="2286000" cy="3000375"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
-    </w:p>
-[...6 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidR="00A32BBE">
+        <w:rPr>
+          <w:noProof/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">         </w:t>
+      </w:r>
+      <w:r w:rsidR="009E05FE">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidR="00A32BBE">
+        <w:rPr>
+          <w:noProof/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="00A32BBE">
+        <w:rPr>
+          <w:noProof/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="009E05FE">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00A32BBE">
+        <w:rPr>
+          <w:noProof/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="00A32BBE" w:rsidRPr="00A32BBE">
+        <w:rPr>
+          <w:noProof/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="190E65E3" wp14:editId="58676BC9">
+                <wp:extent cx="304800" cy="304800"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:docPr id="9" name="Прямоугольник 9" descr="blob:https://web.whatsapp.com/3cf3554b-646e-484b-a779-bd1ba2f57bae"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="304800" cy="304800"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:noFill/>
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:extLst>
+                          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                              <a:solidFill>
+                                <a:srgbClr val="FFFFFF"/>
+                              </a:solidFill>
+                            </a14:hiddenFill>
+                          </a:ext>
+                          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                              <a:solidFill>
+                                <a:srgbClr val="000000"/>
+                              </a:solidFill>
+                              <a:miter lim="800000"/>
+                              <a:headEnd/>
+                              <a:tailEnd/>
+                            </a14:hiddenLine>
+                          </a:ext>
+                        </a:extLst>
+                      </wps:spPr>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:inline>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
+            <w:pict>
+              <v:rect w14:anchorId="4CDE61A1" id="Прямоугольник 9" o:spid="_x0000_s1026" alt="blob:https://web.whatsapp.com/3cf3554b-646e-484b-a779-bd1ba2f57bae" style="width:24pt;height:24pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAwT66VDQMAABMGAAAOAAAAZHJzL2Uyb0RvYy54bWysVM1u1DAQviPxDpbvaZKt9ydR06rd7SKk&#10;ApUKD+AkzsYisYPtNi0ICYkrEo/AQ3BB/PQZsm/E2Nnd7rYXBOQQjT32N/PNfJ6Do+u6QldMaS5F&#10;gsO9ACMmMplzsUjwq5dzb4KRNlTktJKCJfiGaXx0+PjRQdvEbCBLWeVMIQAROm6bBJfGNLHv66xk&#10;NdV7smECnIVUNTWwVAs/V7QF9LryB0Ew8lup8kbJjGkNu7PeiQ8dflGwzLwoCs0MqhIMuRn3V+6f&#10;2r9/eEDjhaJNybNVGvQvsqgpFxB0AzWjhqJLxR9A1TxTUsvC7GWy9mVR8Iw5DsAmDO6xuShpwxwX&#10;KI5uNmXS/w82e351rhDPExxhJGgNLeq+LD8sP3c/u9vlx+5rd9v9WH7qfnXfuu8IzuRMZ1C/tJJp&#10;bJuloVstS/faEhpEm8bx2s+K/eGQpN6IjJhHJmDR8Tjy0jxM6aAYjlPKbOlbuA4ZXDTnyhZPN2cy&#10;e62RkNOSigU71g00EGQFqa23lJJtyWgONQgthL+DYRca0FDaPpM5kKGXRrrGXBeqtjGg5Oja9f9m&#10;0392bVAGm/sBmQSgkgxcK9tGoPH6cqO0ecJkjayRYAXZOXB6daZNf3R9xMYScs6rCvZpXImdDcDs&#10;dyA0XLU+m4RTzLsoiE4npxPikcHo1CPBbOYdz6fEG83D8XC2P5tOZ+F7GzckccnznAkbZq3ekPyZ&#10;OlbvqNfdRr9aVjy3cDYlrRbptFLoisLrmbvPlRw8d8f83TRcvYDLPUrhgAQng8ibjyZjj8zJ0IvG&#10;wcQLwugkGgUkIrP5LqUzLti/U0ItCHs4GLoubSV9j1vgvofcaFxzA/Op4nWCQRrw2UM0tgo8Fbmz&#10;DeVVb2+VwqZ/Vwpo97rRTq9Wor36U5nfgFyVBDmB8mCSglFK9RajFqZSgvWbS6oYRtVTAZKPQkLs&#10;GHMLMhwPYKG2Pem2h4oMoBJsMOrNqelH32Wj+KKESKErjJDH8EwK7iRsn1Cf1epxweRxTFZT0o62&#10;7bU7dTfLD38DAAD//wMAUEsDBBQABgAIAAAAIQBMoOks2AAAAAMBAAAPAAAAZHJzL2Rvd25yZXYu&#10;eG1sTI9BS8NAEIXvgv9hGcGL2I0iUmI2RQpiEaGYas/T7JgEs7NpdpvEf9+pHvQyw+MNb76XLSbX&#10;qoH60Hg2cDNLQBGX3jZcGXjfPF3PQYWIbLH1TAa+KcAiPz/LMLV+5DcailgpCeGQooE6xi7VOpQ1&#10;OQwz3xGL9+l7h1FkX2nb4yjhrtW3SXKvHTYsH2rsaFlT+VUcnIGxXA/bzeuzXl9tV573q/2y+Hgx&#10;5vJienwAFWmKf8dwwhd0yIVp5w9sg2oNSJH4M8W7m4va/W6dZ/o/e34EAAD//wMAUEsBAi0AFAAG&#10;AAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQ&#10;SwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQ&#10;SwECLQAUAAYACAAAACEAME+ulQ0DAAATBgAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54&#10;bWxQSwECLQAUAAYACAAAACEATKDpLNgAAAADAQAADwAAAAAAAAAAAAAAAABnBQAAZHJzL2Rvd25y&#10;ZXYueG1sUEsFBgAAAAAEAAQA8wAAAGwGAAAAAA==&#10;" filled="f" stroked="f">
+                <o:lock v:ext="edit" aspectratio="t"/>
+                <w10:anchorlock/>
+              </v:rect>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidR="00A32BBE">
+        <w:rPr>
+          <w:noProof/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">            </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A32BBE" w:rsidRDefault="00A32BBE" w:rsidP="00A32BBE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="6870"/>
+        </w:tabs>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AB336F" w:rsidRDefault="00AB336F" w:rsidP="00A32BBE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="6870"/>
+        </w:tabs>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AB336F" w:rsidRDefault="00AB336F" w:rsidP="00A32BBE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="6870"/>
+        </w:tabs>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AB336F" w:rsidRDefault="00AB336F" w:rsidP="00A32BBE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="6870"/>
+        </w:tabs>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AB336F" w:rsidRDefault="00AB336F" w:rsidP="00A32BBE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="6870"/>
+        </w:tabs>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AB336F" w:rsidRDefault="00AB336F" w:rsidP="00A32BBE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="6870"/>
+        </w:tabs>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AB336F" w:rsidRDefault="00AB336F" w:rsidP="00A32BBE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="6870"/>
+        </w:tabs>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AB336F" w:rsidRDefault="00AB336F" w:rsidP="00A32BBE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="6870"/>
+        </w:tabs>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AB336F" w:rsidRDefault="00AB336F" w:rsidP="00A32BBE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="6870"/>
+        </w:tabs>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AB336F" w:rsidRDefault="00AB336F" w:rsidP="00A32BBE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="6870"/>
+        </w:tabs>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AB336F" w:rsidRDefault="00AB336F" w:rsidP="00A32BBE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="6870"/>
+        </w:tabs>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AB336F" w:rsidRDefault="00AB336F" w:rsidP="00A32BBE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="6870"/>
+        </w:tabs>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009E05FE" w:rsidRDefault="00A32BBE" w:rsidP="00A32BBE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="6870"/>
+          <w:tab w:val="left" w:pos="10920"/>
+        </w:tabs>
+        <w:rPr>
+          <w:noProof/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E05FE" w:rsidRDefault="009E05FE" w:rsidP="00A32BBE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="6870"/>
+          <w:tab w:val="left" w:pos="10920"/>
+        </w:tabs>
+        <w:rPr>
+          <w:noProof/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009E05FE" w:rsidRDefault="009E05FE" w:rsidP="00A32BBE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="6870"/>
+          <w:tab w:val="left" w:pos="10920"/>
+        </w:tabs>
+        <w:rPr>
+          <w:noProof/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009E05FE" w:rsidRPr="009E05FE" w:rsidRDefault="009E05FE" w:rsidP="00A32BBE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="6870"/>
+          <w:tab w:val="left" w:pos="10920"/>
+        </w:tabs>
+        <w:rPr>
+          <w:noProof/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A32BBE" w:rsidRPr="009E05FE" w:rsidRDefault="00A32BBE" w:rsidP="00A32BBE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="6870"/>
+          <w:tab w:val="left" w:pos="10920"/>
+        </w:tabs>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E05FE">
+        <w:rPr>
+          <w:noProof/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Директор  КГУ «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E05FE">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>ОШ им.М.Макатаева»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E05FE">
+        <w:rPr>
+          <w:noProof/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">            </w:t>
+      </w:r>
+      <w:r w:rsidR="009E05FE">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">              </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E05FE">
+        <w:rPr>
+          <w:noProof/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E05FE">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Заместитель директора по ВР</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E05FE">
+        <w:rPr>
+          <w:noProof/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E05FE">
+        <w:rPr>
+          <w:noProof/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="009E05FE">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="009E05FE">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E05FE">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="kk-KZ"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Социальный педагог</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A32BBE" w:rsidRPr="009E05FE" w:rsidRDefault="00A32BBE" w:rsidP="00A32BBE"/>
+    <w:p w:rsidR="00A32BBE" w:rsidRPr="009E05FE" w:rsidRDefault="00A32BBE" w:rsidP="00A32BBE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="6300"/>
+        </w:tabs>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E05FE">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Веккер Аксана Парфеновна                         </w:t>
+      </w:r>
+      <w:r w:rsidR="009E05FE">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">           </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E05FE">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   Садыкова Салтанат Дауылбаевна         </w:t>
+      </w:r>
+      <w:r w:rsidR="009E05FE">
+        <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">                    </w:t>
       </w:r>
+      <w:r w:rsidRPr="009E05FE">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Каирбекова Лариса Станиславовна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A32BBE" w:rsidRPr="009E05FE" w:rsidRDefault="00A32BBE" w:rsidP="00A32BBE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="6300"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r w:rsidRPr="009E05FE">
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A32BBE" w:rsidRPr="009E05FE" w:rsidRDefault="00A32BBE" w:rsidP="00A32BBE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4560"/>
+          <w:tab w:val="left" w:pos="11085"/>
+        </w:tabs>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E05FE">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">              сот: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E05FE">
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E05FE">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E05FE">
+        <w:t>777 048 7990</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E05FE">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="009E05FE">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E05FE">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  сот: 8 702 193 3821</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E05FE">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="009E05FE">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E05FE">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сот: 8 707 744 7554</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A32BBE" w:rsidRPr="009E05FE" w:rsidRDefault="00A32BBE" w:rsidP="00F764BB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4860"/>
+        </w:tabs>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A32BBE" w:rsidRPr="009E05FE" w:rsidRDefault="00A32BBE" w:rsidP="00F764BB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4860"/>
+        </w:tabs>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F764BB" w:rsidRPr="009E05FE" w:rsidRDefault="00A32BBE" w:rsidP="00A32BBE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2730"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r w:rsidRPr="009E05FE">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="009E05FE">
+        <w:br w:type="textWrapping" w:clear="all"/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A32BBE" w:rsidRDefault="00A32BBE" w:rsidP="00A32BBE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2730"/>
+        </w:tabs>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A32BBE" w:rsidRDefault="00A32BBE" w:rsidP="00A32BBE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2730"/>
+        </w:tabs>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A32BBE" w:rsidRDefault="00A32BBE" w:rsidP="00A32BBE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2730"/>
+        </w:tabs>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A32BBE" w:rsidRDefault="00A32BBE" w:rsidP="00A32BBE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2730"/>
+        </w:tabs>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A32BBE" w:rsidRPr="00A32BBE" w:rsidRDefault="00B51104" w:rsidP="00A32BBE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2040"/>
+        </w:tabs>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">                 </w:t>
+      </w:r>
+      <w:r w:rsidR="00A32BBE">
+        <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
-[...18 lines deleted...]
-            <wp:docPr id="6" name="Рисунок 6"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="304972B4">
+            <wp:extent cx="2590800" cy="3228975"/>
+            <wp:effectExtent l="0" t="0" r="0" b="9525"/>
+            <wp:docPr id="11" name="Рисунок 11"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 7"/>
+                    <pic:cNvPr id="0" name="Picture 5"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId10">
+                    <a:blip r:embed="rId9" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="1793240" cy="2945130"/>
+                      <a:ext cx="2612151" cy="3255585"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
-          </wp:anchor>
+          </wp:inline>
         </w:drawing>
       </w:r>
-    </w:p>
-[...188 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="00A32BBE">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">                            </w:t>
       </w:r>
-      <w:r w:rsidRPr="006267FD">
-[...357 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="00A32BBE">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1DAE023F" wp14:editId="1ABAD680">
+                <wp:extent cx="304800" cy="304800"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:docPr id="6" name="AutoShape 6" descr="blob:https://web.whatsapp.com/90607f8c-96cd-4e2c-9a73-74b49f6e2bfc"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="304800" cy="304800"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:noFill/>
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:extLst>
+                          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                              <a:solidFill>
+                                <a:srgbClr val="FFFFFF"/>
+                              </a:solidFill>
+                            </a14:hiddenFill>
+                          </a:ext>
+                          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                              <a:solidFill>
+                                <a:srgbClr val="000000"/>
+                              </a:solidFill>
+                              <a:miter lim="800000"/>
+                              <a:headEnd/>
+                              <a:tailEnd/>
+                            </a14:hiddenLine>
+                          </a:ext>
+                        </a:extLst>
+                      </wps:spPr>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:inline>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
+            <w:pict>
+              <v:rect w14:anchorId="6E6EE7B5" id="AutoShape 6" o:spid="_x0000_s1026" alt="blob:https://web.whatsapp.com/90607f8c-96cd-4e2c-9a73-74b49f6e2bfc" style="width:24pt;height:24pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAh9lwp4wIAAAIGAAAOAAAAZHJzL2Uyb0RvYy54bWysVFtv2yAUfp+0/4B4d3wpcWKrTtXlMk3q&#10;tkrdfgDGOEazwQMSt5v233fASZq0L9M2HtDhHPjO7eNc3zx2LdpzbYSSBY4nEUZcMlUJuS3w1y+b&#10;YI6RsVRWtFWSF/iJG3yzePvmeuhznqhGtRXXCECkyYe+wI21fR6GhjW8o2aiei7BWCvdUQtHvQ0r&#10;TQdA79owiaI0HJSueq0YNwa0q9GIFx6/rjmzn+vacIvaAkNs1u/a76Xbw8U1zbea9o1ghzDoX0TR&#10;USHB6QlqRS1FOy1eQXWCaWVUbSdMdaGqa8G4zwGyiaMX2Tw0tOc+FyiO6U9lMv8Pln3a32skqgKn&#10;GEnaQYtud1Z5zwhUFTcMylW2qsxdbww0Z+DlZGigH7TvfRpZlEazes6CLGVVQHgCEp1dBTNSkqxO&#10;eVLWzFV6gOfg8KG/165Wpr9T7JtBUi0bKrf81vTQL2ARRHJUaa2GhtMKUo4dRHiB4Q4G0FA5fFQV&#10;xE4hdt+Hx1p3zgdUGD36dj+d2s0fLWKgvIrIPAJSMDAdZOeB5sfHvTb2PVcdckKBNUTnwen+ztjx&#10;6vGK8yXVRrQt6GneygsFYI4acA1Pnc0F4QnyM4uy9Xw9JwFJ0nVAotUquN0sSZBu4tl0dbVaLlfx&#10;L+c3JnkjqopL5+ZI1pj8GRkO32ak2YmuRrWicnAuJKO35bLVaE/hs2z88iUHy/O18DIMXy/I5UVK&#10;cUKid0kWbNL5LCAbMg2yWTQPojh7l6URychqc5nSnZD831NCQ4GzaTL1XToL+kVukV+vc6N5JyyM&#10;o1Z0BQZqwHKXaO4YuJaVly0V7SiflcKF/1wKaPex0Z6vjqIj+0tVPQFdtQI6AfNgcILQKP0DowGG&#10;UIHN9x3VHKP2gwTKZzEhbmr5A5nOEjjoc0t5bqGSAVSBLUajuLTjpNv1Wmwb8BT7wkjlvngtPIXd&#10;FxqjOnwuGDQ+k8NQdJPs/OxvPY/uxW8AAAD//wMAUEsDBBQABgAIAAAAIQBMoOks2AAAAAMBAAAP&#10;AAAAZHJzL2Rvd25yZXYueG1sTI9BS8NAEIXvgv9hGcGL2I0iUmI2RQpiEaGYas/T7JgEs7NpdpvE&#10;f9+pHvQyw+MNb76XLSbXqoH60Hg2cDNLQBGX3jZcGXjfPF3PQYWIbLH1TAa+KcAiPz/LMLV+5Dca&#10;ilgpCeGQooE6xi7VOpQ1OQwz3xGL9+l7h1FkX2nb4yjhrtW3SXKvHTYsH2rsaFlT+VUcnIGxXA/b&#10;zeuzXl9tV573q/2y+Hgx5vJienwAFWmKf8dwwhd0yIVp5w9sg2oNSJH4M8W7m4va/W6dZ/o/e34E&#10;AAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250&#10;ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAv&#10;AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAIfZcKeMCAAACBgAADgAAAAAAAAAAAAAAAAAu&#10;AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEATKDpLNgAAAADAQAADwAAAAAAAAAAAAAA&#10;AAA9BQAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAEIGAAAAAA==&#10;" filled="f" stroked="f">
+                <o:lock v:ext="edit" aspectratio="t"/>
+                <w10:anchorlock/>
+              </v:rect>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidR="00A32BBE">
+        <w:rPr>
+          <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="00BDCEAC">
-[...2 lines deleted...]
-            <wp:docPr id="7" name="Рисунок 7"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="77C594DC">
+            <wp:extent cx="2495550" cy="3234690"/>
+            <wp:effectExtent l="0" t="0" r="0" b="3810"/>
+            <wp:docPr id="12" name="Рисунок 12"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 8"/>
+                    <pic:cNvPr id="0" name="Picture 6"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId11">
+                    <a:blip r:embed="rId10" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="2197323" cy="2571540"/>
+                      <a:ext cx="2526477" cy="3274777"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
+    </w:p>
+    <w:p w:rsidR="00A32BBE" w:rsidRDefault="00A32BBE" w:rsidP="00A32BBE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2730"/>
+        </w:tabs>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B51104" w:rsidRDefault="00B51104" w:rsidP="00A32BBE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8460"/>
+        </w:tabs>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B51104" w:rsidRPr="009E05FE" w:rsidRDefault="00B51104" w:rsidP="00A32BBE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8460"/>
+        </w:tabs>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...95 lines deleted...]
-          <w:szCs w:val="22"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
-      <w:r>
-[...92 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="009E05FE">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">УИП ОМПС Топарского ОП ст. лейтенант полиции                      </w:t>
+      </w:r>
+      <w:r w:rsidR="009E05FE">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">            </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E05FE">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    УИП ГЮП ОМПС Топарского ОП капитан полиции</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B51104" w:rsidRPr="009E05FE" w:rsidRDefault="00B51104" w:rsidP="00B51104">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8460"/>
+        </w:tabs>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E05FE">
+        <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">                     </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006267FD" w:rsidRPr="006267FD" w:rsidRDefault="006267FD" w:rsidP="006267FD">
-[...43 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w:rsidR="00B51104" w:rsidRPr="009E05FE" w:rsidRDefault="00B51104" w:rsidP="00B51104">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8460"/>
+        </w:tabs>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E05FE">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                     Ахметов Нұрсұлтан Қанатұлы                                                         </w:t>
+      </w:r>
+      <w:r w:rsidR="009E05FE">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">               </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E05FE">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   Ахмедия Асет Рахимжанулы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B51104" w:rsidRPr="009E05FE" w:rsidRDefault="00B51104" w:rsidP="00B51104">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8460"/>
+        </w:tabs>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E05FE">
+        <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                                                                                             </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006267FD" w:rsidRPr="006267FD" w:rsidRDefault="006267FD" w:rsidP="006267FD">
-[...68 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w:rsidR="00B51104" w:rsidRPr="009E05FE" w:rsidRDefault="00B51104" w:rsidP="00B51104">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8460"/>
+        </w:tabs>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E05FE">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         сот: 8 775 781 4204                                                                                     </w:t>
+      </w:r>
+      <w:r w:rsidR="009E05FE">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">           </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E05FE">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">сот:  8 702 606 7039                                                                                                                                                                                                                        </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B51104" w:rsidRPr="009E05FE" w:rsidRDefault="00B51104" w:rsidP="00A32BBE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8460"/>
+        </w:tabs>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B51104" w:rsidRPr="00B51104" w:rsidRDefault="00B51104" w:rsidP="00B51104">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9345"/>
+        </w:tabs>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B51104">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">                         </w:t>
       </w:r>
-      <w:r w:rsidRPr="006267FD">
-[...2 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="00B51104">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006267FD" w:rsidRDefault="006267FD" w:rsidP="006267FD">
-[...90 lines deleted...]
-      <w:pgMar w:top="1135" w:right="707" w:bottom="1134" w:left="851" w:header="708" w:footer="708" w:gutter="0"/>
+    <w:p w:rsidR="00B51104" w:rsidRPr="00B51104" w:rsidRDefault="00B51104" w:rsidP="00B51104">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9345"/>
+        </w:tabs>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00B51104" w:rsidRPr="00B51104" w:rsidSect="00A32BBE">
+      <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
+      <w:pgMar w:top="1134" w:right="426" w:bottom="850" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
-</file>
-[...17 lines deleted...]
-</w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...17 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:footnotePr>
-[...6 lines deleted...]
-  </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="002937DF"/>
-[...4 lines deleted...]
-    <w:rsid w:val="006267FD"/>
+    <w:rsidRoot w:val="00F764BB"/>
     <w:rsid w:val="0096496E"/>
-    <w:rsid w:val="009725E3"/>
+    <w:rsid w:val="009E05FE"/>
+    <w:rsid w:val="00A32BBE"/>
+    <w:rsid w:val="00AB336F"/>
+    <w:rsid w:val="00B51104"/>
+    <w:rsid w:val="00F764BB"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{9B922047-0276-4700-8638-9CE6CFA7C4D0}"/>
+  <w15:docId w15:val="{231691B3-F93B-4243-B95B-423E5BBF2A0E}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -2068,157 +1861,101 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="0002189C"/>
+    <w:rsid w:val="00F764BB"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a3">
-[...54 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -2443,69 +2180,69 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>232</Words>
-  <Characters>1326</Characters>
+  <Words>217</Words>
+  <Characters>1242</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>11</Lines>
-  <Paragraphs>3</Paragraphs>
+  <Lines>10</Lines>
+  <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1555</CharactersWithSpaces>
+  <CharactersWithSpaces>1457</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>hp</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>