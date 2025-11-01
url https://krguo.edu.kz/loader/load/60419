--- v0 (2025-10-10)
+++ v1 (2025-11-01)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="52aadb5" w14:textId="52aadb5">
+    <w:p w14:paraId="85098c6" w14:textId="85098c6">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -76,388 +76,404 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Об утверждении Правил оценки особых образовательных потребностей</w:t>
-[...25 lines deleted...]
-      <w:bookmarkStart w:name="z4" w:id="0"/>
+        <w:t>Ерекше білім беру қажеттіліктерін бағалау қағидаларын бекіту туралы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасы Білім және ғылым министрінің 2022 жылғы 12 қаңтардағы № 4 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2022 жылғы 24 қаңтарда № 26618 болып тіркелді</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z1" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      В соответствии с </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> статьи 5 Закона Республики Казахстан "Об образовании" ПРИКАЗЫВАЮ:</w:t>
+      "Білім туралы" Қазақстан Республикасының Заңының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5-бабы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 11-4) тармақшасына сәйкес БҰЙЫРАМЫН:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z5" w:id="1"/>
+    <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Утвердить </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> оценки особых образовательных потребностей согласно приложению к настоящему приказу.</w:t>
+      1. Осы бұйрыққа қоса берілген </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес Ерекше білім беру қажеттіліктерін бағалау қағидалары бекітілсін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z6" w:id="2"/>
-[...15 lines deleted...]
-      2. Комитету дошкольного и среднего образования Министерства образования и науки Республики Казахстан в установленном законодательством Республики Казахстан порядке обеспечить:</w:t>
+    <w:bookmarkStart w:name="z3" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Қазақстан Республикасы Білім және ғылым министрлігінің Мектепке дейінгі және орта білім беру комитеті Қазақстан Республикасының заңнамасында белгіленген тәртіппен:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z7" w:id="3"/>
-[...15 lines deleted...]
-      1) государственную регистрацию настоящего приказа в Министерстве юстиции Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z4" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) осы бұйрықтың Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркелуін;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z8" w:id="4"/>
-[...15 lines deleted...]
-      2) размещение настоящего приказа на интернет-ресурсе Министерства образования и науки Республики Казахстан после его официального опубликования;</w:t>
+    <w:bookmarkStart w:name="z5" w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) осы бұйрық ресми жарияланғаннан кейін оны Қазақстан Республикасы Білім және ғылым министрлігінің интернет-ресурсында орналастыруды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z9" w:id="5"/>
-[...15 lines deleted...]
-      3) в течение десяти рабочих дней после государственной регистрации настоящего приказа представление в Юридический департамент Министерства образования и науки Республики Казахстан сведений об исполнении мероприятий, предусмотренных подпунктами 1) и 2) настоящего пункта.</w:t>
+    <w:bookmarkStart w:name="z6" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) осы бұйрық мемлекеттік тіркеуден өткеннен кейін он жұмыс күні ішінде Қазақстан Республикасы Білім және ғылым министрлігінің Заң департаментіне осы тармақтың 1) және 2) тармақшаларында көзделген іс-шаралардың орындалуы туралы мәліметтерді ұсынуды қамтамасыз етсін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z10" w:id="6"/>
-[...15 lines deleted...]
-      3. Контроль за исполнением настоящего приказа возложить на курирующего вице-министра образования и науки Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z7" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Осы бұйрықтың орындалуын бақылау жетекшілік ететін Қазақстан Республикасының Білім және ғылым вице-министріне жүктелсін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z11" w:id="7"/>
-[...15 lines deleted...]
-      4. Настоящий приказ вводится в действие после дня его первого официального опубликования.</w:t>
+    <w:bookmarkStart w:name="z8" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Осы бұйрық алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
-        <w:gridCol w:w="4340"/>
+        <w:gridCol w:w="3960"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">      </w:t>
+              <w:t>      Қазақстан Республикасының</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8040" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Министр образования и</w:t>
-[...30 lines deleted...]
-              <w:t xml:space="preserve">науки Республики Казахстан </w:t>
+              <w:t xml:space="preserve">      Білім және ғылым министрі </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4340" w:type="dxa"/>
+            <w:tcW w:w="3960" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -542,1223 +558,1341 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение к приказу</w:t>
+              <w:t>Қазақстан Республикасының</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Министра образования и науки</w:t>
+              <w:t> </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Республики Казахстан</w:t>
+              <w:t>Білім және ғылым министрі</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>от 12 января 2022 года № 4</w:t>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2022 жылғы 12 қаңтардағы № 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бұйрығына қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z14" w:id="8"/>
+    <w:bookmarkStart w:name="z10" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Правила оценки особых образовательных потребностей</w:t>
+        <w:t xml:space="preserve"> Ерекше білім беру қажеттіліктерін бағалау қағидалары 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z15" w:id="9"/>
+    <w:bookmarkStart w:name="z11" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Ерекше білім беру қажеттіліктерді бағалаудың осы қағидалары (бұдан әрі – Қағидалар) "Білім туралы" Қазақстан Республикасының Заңы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 11-4) тармақшасына сәйкес әзірленді және ерекше білім беру қажеттіліктерді бағалаудың тәртібін анықтайыды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z12" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Осы Қағидаларда мынадай ұғымдар пайдаланылады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z13" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) білім алу үшін арнаулы жағдайлар – ерекше білім беруді қажет ететін адамдардың (балалардың), сондай-ақ мүмкіндігі шектеулі балалардың оларсыз білім беру бағдарламаларын меңгеруі мүмкін болмайтын, оқу, сондай-ақ арнаулы, жеке дамыту мен түзеу-дамыту бағдарламаларын және оқыту әдістерін, техникалық, оқу және өзге де құралдарды, тыныс-тіршілік ортасын, психологиялық-педагогикалық қолдап отыруды, медициналық, әлеуметтік және өзге де көрсетілетін қызметтерді қамтитын жағдайлар;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z14" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) ерекше білім беруді қажет ететін адамдар (балалар) – тиісті деңгейде білім алу және қосымша білім алу үшін арнаулы жағдайларға тұрақты немесе уақытша қажеттілік көріп жүрген адамдар (балалар);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z15" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) ерекше білім беру қажеттіліктерін бағалау – білім алу үшін қажетті арнаулы жағдайларды айқындау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z16" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) мүмкіндігі шектеулі бала (балалар) – белгiленген тәртiппен расталған, туа бiткен, тұқым қуалаған, жүре пайда болған аурулардан немесе жарақаттардың салдарынан тiршiлiк етуi шектелген, дене және (немесе) психикалық кемiстiгi бар он сегiз жасқа дейiнгi бала (балалар).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z17" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Глава 1. Общее положение</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z16" w:id="10"/>
+        <w:t xml:space="preserve"> 2-тарау. Ерекше білім беру қажеттіліктерді бағалаудың тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z18" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Адамдардың (балалардың) ерекше білім берілуіне қажеттіліктерін бағалау мектепке дейінгі ұйымдарда және орта білім беру ұйымдарында және психологиялық-медициналық-педагогикалық консультацияларда (бұдан әрі – ПМПК) жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z19" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Білім беру ұйымдарындағы ерекше білім беру қажеттіліктерін бағалау тәртібі келесіні қамтиды:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z20" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) мұғалімнің (тәрбиешінің) әрбір білім алушының (тәрбиеленушінің) әлеуметтік-эмоционалдық әл-ауқатын және оқу-танымдық іс-әрекетінің ерекшеліктерін бақылауды, сондай-ақ білім алушылардың жетістіктерін критериалды бағалауды пайдалана отырып, оқу-тәрбие процесі барысында ерекше білім беруді қажет ететін балалардың анықтауын;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z21" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) психологиялық-педагогикалық қолдау мамандардың ата-аналарының (заңды өкілдерінің) келісімімен оқыту қиындықтары бар балалардың ерекше білім берілуіне қажеттіліктерін тереңдете зерделеуін және бағалауын;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z22" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) білім беру ұйымының психологиялық-педагогикалық қолдау мамандардың тереңдетілген тексеру нәтижелері бойынша оқыту қиындықтары бар балаларға ПМПК-ға ерекше білім беру қажеттіліктерін одан әрі бағалауын;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z23" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) психологиялық-педагогикалық түзеу кабинеттерінде және оңалту орталықтарында балалардың ерекше білім беру қажеттіліктерін пәнаралық ұжымдық бағалауды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z24" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. ПМПК-да ерекше білім беру қажеттіліктерін бағалау тәртібі келесіні қамтиды:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z25" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) ПМПК ата-аналардың (заңды өкілдердің) бастамасы бойынша, білім беру ұйымдарының ұсынымы бойынша балалардың ерекше білім берілуіне қажеттіліктерін бағалауды. ПМПК терең зерттеу және арнайы білім беру қажеттіліктерін бағалау негізінде қызметтердің көлемін, түрлерін анықтайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z26" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) ата-аналардың (заңды өкілдердің) бастамасы бойынша немесе ерекше білім беру қажеттіліктерін қайта бағалау қажеттілігі туралы психологиялық-педагогикалық қолдау қызметінің шешімі негізінде білім беру ұйымдарының сұранысы бойынша ПМПК-дағы ерекше білім беру қажеттіліктерін қайта бағалауды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z27" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Ерекше білім беруге қажеттіліктерді бағалау тәртібі ерекше білім беруге қажеттіліктері бар балалардың екі тобын айқындайтын оқу қиындықтарының себептеріне байланысты жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z28" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Оқу қиындықтарының себептеріне байланысты бірінші топты әртүрлі психикалық функциялардың (ақы-ой әрекеті, қабылдау, зейін, есте сақтау) жеткіліксіздігінен мектептегі белгілі бір дағдыларды меңгеруде қиындықтары бар балалар, сондай-ақ даму мүмкіндігі шектеулі:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z29" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) 1-3 деңгейдегі жалпы сөйлеу қабілеті дамымаған есту қабілеті зақымдалған (есту аймағында есту қабілеті орташа 40-тан 80 децибелге дейін естімейтін және нашар еститін, оның ішінде кохлеарлық имплантациядан кейінгі балалар);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z30" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) көру қабілеті зақымдалған (көзі көрмейтіндер – көру сезімінің толық болмауымен, жақсы көретін көзге көзілдірік киюмен 0,04-ке дейін жарық сезуімен немесе қалдық көрумен және нашар көретін балалар – жақсы көретін көзге көзілдірік киюмен 0,05-тен 0,4-ке дейін көру өткірлігімен);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z31" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) зердесі зақымдалған (ақыл-ой кемістігі бар);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z32" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) психикалық дамуы тежелген;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z33" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) сөйлеу қабілеті зақымдалған (1-3 деңгейдегі жалпы сөйлеу дамымаған, фонетикалық-фонематикалық сөйлеу дамымаған, ринолалия, дизартрия, ауыр тұтығу, жазбаша сөйлеу бұзылыстары бар (дислексия, дисграфия);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z34" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) тірек-қимыл аппараты бұзылған;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z35" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) эмоциялық-ерік бұзылыстары бар (қарым-қатынас және әлеуметтік өзара әрекеттесу бұзылыстарымен (аутизммен), мінез-құлық бұзылыстарымен және қиындықтарымен);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z36" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) күрделі (біріктірілген) бұзылыстармен балалар кұрайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z37" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Екінші топқа ақыл-ой және физикалық дамуы бұзылмаған балалар кіреді, олардың ерекше білім беру қажеттіліктері олардың білім беру процесіне енуіне кедергі келтіретін әлеуметтік-психологиялық және басқа факторлармен анықталады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z38" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) әлеуметтік осал топтағы отбасыларда тәрбиеленетін, микроәлеуметтік және педагогикалық қараусыз қалған балалар;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z39" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) жергілікті қоғамға бейімделуде қиындықтарға тап болған балалар (босқындар, мигранттар, қандастар);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z40" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) мүгедектігі бар балалар.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z41" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Даму мүмкіндіктерінің шектелуіне байланысты оқу қиындықтары бар бірінші топ балалардың ерекше білім беру қажеттіліктерін бағалау келесі қажеттіліктерді анықтау үшін жүргізіледі:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z42" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) оқу жоспары мен оқу бағдарламаларын өзгерту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z43" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) оқыту нәтижелерін бағалау тәсілдері мен критерийлерін өзгерту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z44" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) оқытудың вариативтік, арнайы және баламалы, оның ішінде мінез-құлықты қолданбалы талдау қағидаттарына негізделген әдістерін пайдалану;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z45" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) оқулықтар мен оқу-әдістемелік кешендер (бұдан әрі – ОӘК) іріктеу, жеке оқу материалдарын дайындау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z46" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) педагог-психологты, арнайы педагогті (оның ішінде олигофренопедагог, сурдопедагог, тифлопедагог, логопед (логопед-мұғалім), педагог-ассистентті арнайы психологиялық-педагогикалық қолдау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z47" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) оқыту бағдарламасын таңдау (жалпы білім беретін, арнайы);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z48" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) кедергісіз орта құру және оқу орнын бейімдеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z49" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) компенсаторлық және техникалық құралдармен қамтамасыз ету;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z50" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) әлеуметтік педагогті сүйемелдеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z51" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) "Медициналық-әлеуметтік сараптама жүргізу қағидаларын бекіту туралы" Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрінің 2015 жылғы 30 қаңтардағы № 44 бұйрығына (нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 10589 болып тіркелген) сәйкес жүріп-тұруы қиын мүгедектігі бар балаларға арналған жеке көмекшінің қызметі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z52" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Настоящие Правила оценки особых образовательных потребностей (далее – Правила) разработаны в соответствии </w:t>
-[...123 lines deleted...]
-    <w:bookmarkStart w:name="z22" w:id="16"/>
+      10. Бірінші топтағы балалардың ерекше білім берілуіне қажеттіліктерін қанағаттандыру үшін психологиялық-педагогикалық қолдау қызметінің, (немесе) білім беру ұйымының педагогикалық кеңесінің шешімі және "Тиісті үлгідегі білім беру ұйымдары қызметінің үлгілік қағидаларын бекіту туралы" Қазақстан Республикасы Білім және ғылым министрінің 2018 жылғы 30 қазандағы № 595 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 17657 болып тіркелген) сәйкес ПМПК қорытындысы мен ұсыныстары және негіз болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z53" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Екінші топтағы балалардың ерекше білім беру қажеттіліктерін бағалау:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z54" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) оқу жоспары мен оқу бағдарламаларын өзгертпей оқытуда жеке тәсілді қамтамасыз етуге;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z55" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) үлгілік оқу жоспарының вариативтік компоненті есебінен қосымша сабақтарды ұйымдастыруға;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z56" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) оқу орнын бейімдеуге;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z57" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) мектеп психологтің қолдау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z58" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) әлеуметтік педагогтің қолдау қажеттіліктерін анықтау үшін жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z59" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Екінші топтағы балалардың ерекше білім берілуіне қажеттіліктерін қанағаттандыру үшін психологиялық-педагогикалық қолдау қызметінің және (немесе) білім беру ұйымының педагогикалық кеңесінің шешімі негіз болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...895 lines deleted...]
-      <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
-					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
+					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -2084,31 +2218,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>