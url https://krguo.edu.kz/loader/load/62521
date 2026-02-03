--- v0 (2025-11-07)
+++ v1 (2026-02-03)
@@ -1,4887 +1,6070 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
-    <w:p w:rsidR="00AC75EE" w:rsidRDefault="00B07DAD">
+    <w:p w:rsidR="006714DA" w:rsidRDefault="00B83A56">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="1" name="Рисунок 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId4"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2057400" cy="571500"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AC75EE" w:rsidRDefault="00B07DAD">
-[...3 lines deleted...]
-      <w:r>
+    <w:p w:rsidR="006714DA" w:rsidRPr="00B83A56" w:rsidRDefault="00B83A56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B83A56">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
-        </w:rPr>
-[...55 lines deleted...]
-      <w:r>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Об утверждении Правил использования (установления, размещения) Государственного Флага, Государственного Герба Республики Казахстан и их изображений, а также текста Государственного Гимна Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006714DA" w:rsidRPr="00B83A56" w:rsidRDefault="00B83A56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Постановление Правительства Республики </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Казахстан от 2 октября 2007 года </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>N</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 873.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006714DA" w:rsidRPr="00B83A56" w:rsidRDefault="00B83A56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="z1"/>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Заголовок постановления в редакции постановления Правительства РК от 31.12.2015 № 1187 (вводится в действие по истечении десяти календарных дней со дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w:rsidR="006714DA" w:rsidRPr="00B83A56" w:rsidRDefault="00B83A56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> соответствии с подпунктом 3) статьи 10 Конституционного Закона Республики Казахстан "О государственных символах Республики Казахстан" Правительство Республики Казахстан </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
-        </w:rPr>
-[...17 lines deleted...]
-          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ПОСТАНОВЛЯЕТ:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006714DA" w:rsidRPr="00B83A56" w:rsidRDefault="00B83A56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Преамбула - в редакции постановления Правительства РК от 1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7.03.2023 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>№ 236</w:t>
       </w:r>
-      <w:r>
-[...13 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AC75EE" w:rsidRDefault="00B07DAD">
-[...35 lines deleted...]
-          <w:sz w:val="28"/>
+    <w:p w:rsidR="006714DA" w:rsidRPr="00B83A56" w:rsidRDefault="00B83A56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="z2"/>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. Утвердить прилагаемые Правила использования (установления, размещения) Государственного Флага, Государственного Герба Ре</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>спублики Казахстан и их изображений, а также текста Государственного Гимна Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:p w:rsidR="006714DA" w:rsidRPr="00B83A56" w:rsidRDefault="00B83A56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Пункт 1 в редакции постановления Правительства РК от 31.12.2015 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>№ 1187</w:t>
       </w:r>
-      <w:r>
-[...6 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней со дня его перво</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>го официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AC75EE" w:rsidRDefault="00B07DAD">
-[...17 lines deleted...]
-        <w:t xml:space="preserve">Осы қаулы алғаш рет ресми жарияланған күнінен бастап он күнтізбелік күн өткеннен кейін қолданысқа енгізіледі. </w:t>
+    <w:p w:rsidR="006714DA" w:rsidRPr="00B83A56" w:rsidRDefault="00B83A56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="z3"/>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. Настоящее постановление вводится в действие по истечении десяти календарных дней со дня первого официального опубликования. </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00AC75EE">
+      <w:tr w:rsidR="006714DA">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkEnd w:id="1"/>
-          <w:p w:rsidR="00AC75EE" w:rsidRDefault="00B07DAD">
+          <w:bookmarkEnd w:id="2"/>
+          <w:p w:rsidR="006714DA" w:rsidRDefault="00B83A56">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Қазақстан Республикасының</w:t>
+              <w:t>Премьер-Министр</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w:rsidR="00AC75EE" w:rsidRDefault="00B07DAD">
+          <w:p w:rsidR="006714DA" w:rsidRDefault="00B83A56">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Премьер-Министрі</w:t>
+              <w:t>Республики</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Казахстан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00AC75EE" w:rsidRDefault="00AC75EE">
+          <w:p w:rsidR="006714DA" w:rsidRDefault="006714DA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00AC75EE" w:rsidRDefault="00AC75EE">
+          <w:p w:rsidR="006714DA" w:rsidRDefault="006714DA">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00AC75EE" w:rsidRDefault="00B07DAD">
+    <w:p w:rsidR="006714DA" w:rsidRDefault="00B83A56">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5967"/>
-        <w:gridCol w:w="3810"/>
+        <w:gridCol w:w="5937"/>
+        <w:gridCol w:w="3840"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00AC75EE">
+      <w:tr w:rsidR="006714DA" w:rsidRPr="00B83A56">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00AC75EE" w:rsidRDefault="00B07DAD">
+          <w:p w:rsidR="006714DA" w:rsidRDefault="00B83A56">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00AC75EE" w:rsidRDefault="00B07DAD">
+          <w:p w:rsidR="006714DA" w:rsidRPr="00B83A56" w:rsidRDefault="00B83A56">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00B83A56">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>Қазақстан Республикасы</w:t>
+              <w:t>Утверждены</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00B83A56">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00B83A56">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>постановлением Правительства</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B83A56">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00B83A56">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Респ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B83A56">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ублики Казахстан</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B83A56">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00B83A56">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 2 октября 2007 года </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Үкіметінің</w:t>
+              <w:t>N</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00B83A56">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>2007 жылғы 2 қазандағы</w:t>
-[...19 lines deleted...]
-              <w:t>бекітілген</w:t>
+              <w:t xml:space="preserve"> 873 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00AC75EE" w:rsidRDefault="00B07DAD">
-[...4 lines deleted...]
-      <w:r>
+    <w:p w:rsidR="006714DA" w:rsidRPr="00B83A56" w:rsidRDefault="00B83A56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="z4"/>
+      <w:r w:rsidRPr="00B83A56">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правила использования (установления, размещения) Государственного Флага, Государственного Герба Республики Казахстан и их изображений, а также текста Государственного Гимна Республики Казахстан</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:p w:rsidR="00AC75EE" w:rsidRDefault="00B07DAD">
-[...2221 lines deleted...]
-          <w:sz w:val="28"/>
+    <w:p w:rsidR="006714DA" w:rsidRPr="00B83A56" w:rsidRDefault="00B83A56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...10 lines deleted...]
-      <w:bookmarkStart w:id="53" w:name="z66"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Заголовок в редакции постановления Правительства РК от 31.12.2015 № 1187 (вводится в действие по истечении десяти календарных дней со дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006714DA" w:rsidRPr="00B83A56" w:rsidRDefault="00B83A56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="z5"/>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="4"/>
+    <w:p w:rsidR="006714DA" w:rsidRPr="00B83A56" w:rsidRDefault="00B83A56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Заголовок главы 1 в ре</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>дакции постановления Правительства РК от 28.06.2019 № 454 (вводится в действие по истечении десяти календарных дней со дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006714DA" w:rsidRPr="00B83A56" w:rsidRDefault="00B83A56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="5" w:name="z6"/>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. Настоящие Правила разработаны в соответствии с Конституционным законом Республики </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Казахстан от 4 июня 2007 года "О государственных символах Республики Казахстан" (далее - Конституционный закон) и определяют порядок использования (установления, размещения) Государственного Флага, Государственного Герба Республики Казахстан и их изображен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ий, а также текста Государственного Гимна Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:p w:rsidR="006714DA" w:rsidRPr="00B83A56" w:rsidRDefault="00B83A56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Пункт 1 в редакции постановления Правительства РК от 31.12.2015 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 1187</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней со дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006714DA" w:rsidRPr="00B83A56" w:rsidRDefault="00B83A56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="6" w:name="z7"/>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. Порядок использования (установления, размещения) Государственного Флага Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="6"/>
+    <w:p w:rsidR="006714DA" w:rsidRPr="00B83A56" w:rsidRDefault="00B83A56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Заголовок главы 2 в редакции постановления Правительства РК от 28.06.2019 № 454 (вводится в действие по истечении десяти календарных дней </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>со дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006714DA" w:rsidRPr="00B83A56" w:rsidRDefault="00B83A56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="7" w:name="z8"/>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. Государственный Флаг Республики Казахстан в обязательном порядке поднимается (устанавливается, размещается): </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006714DA" w:rsidRPr="00B83A56" w:rsidRDefault="00B83A56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="8" w:name="z86"/>
+      <w:bookmarkEnd w:id="7"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) на зданиях Резиденции Президента Республики Казахстан, Парламента, Сената и Маж</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>илиса, Правительства, министерств и государственных органов, непосредственно подчиненных и подотчетных Президенту Республики Казахстан, их ведомств и территориальных подразделений, Конституционного Суда Республики Казахстан, Верховного Суда и местных судов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан, местных представительных и исполнительных органов, органов местного самоуправления, государственных организаций, а также на зданиях посольств, постоянных представительств при международных организациях, торговых представительств, дру</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>гих официальных загранучреждений, резиденциях глав загранучреждений Республики Казахстан и на их транспортных средствах в соответствии с протокольной практикой государств пребывания – постоянно;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006714DA" w:rsidRPr="00B83A56" w:rsidRDefault="00B83A56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="9" w:name="z87"/>
+      <w:bookmarkEnd w:id="8"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) в кабинетах Президента Республики Казахстан, председ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ателей палат Парламента Республики Казахстан, Премьер-Министра, Государственного советника, Председателя Конституционного Суда, Председателя Верховного Суда и председателей местных судов Республики Казахстан, Председателя </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Центральной избирательной комиссии</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, Уполномоченного по правам человека Республики Казахстан, руководителей министерств и государственных органов, непосредственно подчиненных и подотчетных Президенту Республики Казахстан, их ведомств и территориальных подразделений, руководителей местных пр</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>едставительных и исполнительных органов, руководителей загранучреждений Республики Казахстан – постоянно;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006714DA" w:rsidRPr="00B83A56" w:rsidRDefault="00B83A56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="10" w:name="z11"/>
+      <w:bookmarkEnd w:id="9"/>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) в залах, где проводятся совместные и раздельные заседания Сената и Мажилиса Парламента Республики Казахстан, заседания координационных и раб</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>очих органов палат Парламента Республики Казахстан, Правительства, в залах заседаний Конституционного Суда Республики Казахстан, в залах судебных заседаний Верховного Суда и местных судов Республики Казахстан, в залах заседаний коллегий центральных, местны</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>х представительных и исполнительных органов, государственных органов, непосредственно подчиненных и подотчетных Президенту Республики Казахстан, в залах вручения государственных и правительственных наград Республики Казахстан, в залах приемов загранучрежде</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ний Республики Казахстан, а также в помещениях регистрации рождений и браков – постоянно; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006714DA" w:rsidRPr="00B83A56" w:rsidRDefault="00B83A56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="11" w:name="z12"/>
+      <w:bookmarkEnd w:id="10"/>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4) на зданиях государственных органов при открытии в торжественной обстановке; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006714DA" w:rsidRPr="00B83A56" w:rsidRDefault="00B83A56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="12" w:name="z13"/>
+      <w:bookmarkEnd w:id="11"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5) на зданиях или в помещениях, где проходят международные форумы с учас</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тием Президента Республики Казахстан, председателей палат Парламента Республики Казахстан, Премьер-Министра Республики Казахстан и их полномочных представителей, если это предусмотрено нормами международного права и международными договорами Республики Каз</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006714DA" w:rsidRPr="00B83A56" w:rsidRDefault="00B83A56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="13" w:name="z81"/>
+      <w:bookmarkEnd w:id="12"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5-1) в помещениях (части помещений), отведенных для экспозиции, посвященной государственной символике, государственных юридических лиц, национальных управляющих холдингов, национальных холдингов, национальных компаний, а также иных </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>акционерных обществ и товариществ с ограниченной ответственностью, в отношении которых Республика Казахстан выступает единственным акционером (участником);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006714DA" w:rsidRPr="00B83A56" w:rsidRDefault="00B83A56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="14" w:name="z14"/>
+      <w:bookmarkEnd w:id="13"/>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6) на морских судах, судах внутреннего плавания и других средствах передвижения, на которых в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> качестве официальных лиц находятся Президент Республики Казахстан, председатели палат Парламента Республики Казахстан, Премьер-Министр Республики Казахстан; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006714DA" w:rsidRPr="00B83A56" w:rsidRDefault="00B83A56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="15" w:name="z15"/>
+      <w:bookmarkEnd w:id="14"/>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7) в качестве кормового флага на судах, зарегистрированных в Республике Казахстан, в устан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">овленном порядке; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006714DA" w:rsidRPr="00B83A56" w:rsidRDefault="00B83A56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="16" w:name="z16"/>
+      <w:bookmarkEnd w:id="15"/>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 8) на военных кораблях и судах Республики Казахстан, согласно воинским уставам; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006714DA" w:rsidRPr="00B83A56" w:rsidRDefault="00B83A56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="17" w:name="z17"/>
+      <w:bookmarkEnd w:id="16"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 9) в воинских соединениях, частях, подразделениях и учреждениях Вооруженных Сил, других войск и воинских формированиях Республики Казахстан в д</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ни национальных и государственных праздников Республики Казахстан, при принятии присяги;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006714DA" w:rsidRPr="00B83A56" w:rsidRDefault="00B83A56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="18" w:name="z18"/>
+      <w:bookmarkEnd w:id="17"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 10) во время празднования Дня государственных символов Республики Казахстан, официальных и торжественных церемоний, спортивных мероприятий в порядке, определяемо</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>м Правительством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006714DA" w:rsidRPr="00B83A56" w:rsidRDefault="00B83A56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="19" w:name="z77"/>
+      <w:bookmarkEnd w:id="18"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 10-1) во время церемоний, торжественных и спортивных мероприятий, проводимых международными организациями;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006714DA" w:rsidRPr="00B83A56" w:rsidRDefault="00B83A56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="20" w:name="z19"/>
+      <w:bookmarkEnd w:id="19"/>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 11) в организациях образования, реализующих образовательные программы среднего общего, начального профессионального, среднего профессионального, высшего профессионального и послевузовского профессионального образования, при церемониях открытия нового</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> учебного года и окончания учебного года; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006714DA" w:rsidRPr="00B83A56" w:rsidRDefault="00B83A56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="21" w:name="z20"/>
+      <w:bookmarkEnd w:id="20"/>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 12) при встрече глав государств, парламентов и правительств иностранных государств, посещающих Республику Казахстан с государственным и официальным визитами. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:p w:rsidR="006714DA" w:rsidRPr="00B83A56" w:rsidRDefault="00B83A56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Пункт 2 с изменениями, внесенными</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> постановлениями Правительства РК от 30.11.2012 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 1528</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней со дня первого официального опубликования); от 31.12.2015 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 1187</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней со дня его первого о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">фициального опубликования); от 08.06.2017 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 350</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 28.06.2019 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 454</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней со дня его первого оф</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ициального опубликования); от 28.12.2022 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 1082</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 09.02.2023 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 103</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006714DA" w:rsidRPr="00B83A56" w:rsidRDefault="00B83A56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="22" w:name="z21"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3. Порядок использования (установления, размещения) Государственного Флага и его изображения в соединениях, воинских частях, подразделениях, учреждениях Вооруженных Сил и других войск и воинских формированиях определяет</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ся общевоинскими уставами.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:p w:rsidR="006714DA" w:rsidRPr="00B83A56" w:rsidRDefault="00B83A56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Пункт 3 в редакции постановления Правительства РК от 31.12.2015 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 1187</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней со дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006714DA" w:rsidRPr="00B83A56" w:rsidRDefault="00B83A56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="23" w:name="z22"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4. Государственный Флаг Республ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ики Казахстан может использоваться (устанавливаться, размещаться) физическими и юридическими лицами на зданиях (жилищах и нежилых помещениях), в том числе на балконах и в местах проведения торжественных мероприятий, в целях выражения патриотических чувств,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> казахстанской идентичности, поддержки достижений страны, ее граждан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:p w:rsidR="006714DA" w:rsidRPr="00B83A56" w:rsidRDefault="00B83A56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Государственный Флаг Республики Казахстан, независимо от его размеров, должен соответствовать национальному стандарту. Не допускается физическими и юридическими лицами использовани</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>е Государственного Флага Республики Казахстан с нарушением требований национального стандарта. Государственный Флаг Республики Казахстан не может быть использован физическими и юридическими лицами в качестве предмета для надругательства.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006714DA" w:rsidRPr="00B83A56" w:rsidRDefault="00B83A56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Пунк</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">т 4 в редакции постановления Правительства РК от 28.06.2019 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 454</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней со дня его первого официального опубликования); с изменением, внесенным постановлением Правительства РК от 27.11.2020 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 801</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006714DA" w:rsidRPr="00B83A56" w:rsidRDefault="00B83A56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="24" w:name="z23"/>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5. Государственный Флаг Республики Казахстан, постоянно устанавливаемый на зданиях, указанных в подпункте 1), 4) пункта 2, в пункте 14 настоящих Правил, должен освещаться в темное время суток.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:p w:rsidR="006714DA" w:rsidRPr="00B83A56" w:rsidRDefault="00B83A56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Пункт 5 в редакции постановления Правительства Р</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">К от 28.06.2019 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 454</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней со дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006714DA" w:rsidRPr="00B83A56" w:rsidRDefault="00B83A56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="25" w:name="z24"/>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6. По случаю национального траура Государственный Флаг Республики Казахстан приспускается на половину высоты флагштока в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> течение срока траура. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006714DA" w:rsidRPr="00B83A56" w:rsidRDefault="00B83A56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="26" w:name="z25"/>
+      <w:bookmarkEnd w:id="25"/>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7. Государственный Флаг Республики Казахстан (размером 1 х 2 метра) в кабинетах должностных лиц, залах, указанных в подпунктах 2) и 3) пункта 2 настоящих Правил устанавливается (размещается) с левой стороны от Государственног</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">о Герба Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:p w:rsidR="006714DA" w:rsidRPr="00B83A56" w:rsidRDefault="00B83A56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 8. Исключен постановлением Правительства РК от 28.06.2019 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 454</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней со дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006714DA" w:rsidRPr="00B83A56" w:rsidRDefault="00B83A56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="27" w:name="z27"/>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 9. При проведении международных форумов, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>а также встреч глав государств, парламентов и правительств иностранных государств, посещающих Республику Казахстан с государственным и официальным визитами, предусмотренных в подпунктах 5) и 12) пункта 2 настоящих Правил, Государственный Флаг Республики Ка</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">захстан поднимается (устанавливается, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">размещается) в порядке, предусмотренном Государственным протоколом Республики Казахстан, утвержденным Указом Президента Республики Казахстан от 12 октября 2006 года </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>N</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 201 и настоящими Правилами. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006714DA" w:rsidRPr="00B83A56" w:rsidRDefault="00B83A56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="28" w:name="z28"/>
+      <w:bookmarkEnd w:id="27"/>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 10. Во время це</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ремоний, торжественных мероприятий, предусмотренных в подпунктах 10) и 11) пункта 2 настоящих Правил, Государственный Флаг Республики Казахстан поднимается на флагштоке, а при его отсутствии используется ритуал вноса и выноса Государственного Флага Республ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ики Казахстан знаменной группой в количестве трех человек: знаменосца и двух сопровождающих. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006714DA" w:rsidRPr="00B83A56" w:rsidRDefault="00B83A56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="29" w:name="z78"/>
+      <w:bookmarkEnd w:id="28"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 10-1. При проведении церемоний, торжественных и спортивных мероприятий, предусмотренных в подпункте 10-1) пункта 2 настоящих Правил, Государственный Флаг Ре</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>спублики Казахстан размещается в соответствии с Конституционным законом, а также протокольной практикой государства пребывания и местными обычаями.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:p w:rsidR="006714DA" w:rsidRPr="00B83A56" w:rsidRDefault="00B83A56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Правила дополнены пунктом 10-1 в соответствии с постановлением Правительства РК от 30.11.2012 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 1528</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней со дня первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006714DA" w:rsidRPr="00B83A56" w:rsidRDefault="00B83A56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="30" w:name="z79"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 10-2. Общественные объединения по видам спорта, главные тренеры обеспечивают соблюдение организаторами спортивных мероприятий порядка исполь</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>зования (установления, размещения) Государственного Флага Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:p w:rsidR="006714DA" w:rsidRPr="00B83A56" w:rsidRDefault="00B83A56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Правила дополнены пунктом 10-2 в соответствии с постановлением Правительства РК от 30.11.2012 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 1528</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней со </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">дня первого официального опубликования); в редакции постановления Правительства РК от 28.06.2019 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 454</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней со дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006714DA" w:rsidRPr="00B83A56" w:rsidRDefault="00B83A56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="31" w:name="z80"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  10-3. Церемония награждения призеров сп</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ортивных соревнований с участием иностранных спортсменов (команд) сопровождается торжественным подъемом государственных флагов стран-участников, представители которых являются призерами спортивных соревнований.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:p w:rsidR="006714DA" w:rsidRPr="00B83A56" w:rsidRDefault="00B83A56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Правила дополнены пунктом 10-3 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в соответствии с постановлением Правительства РК от 30.11.2012 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 1528</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней со дня первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006714DA" w:rsidRPr="00B83A56" w:rsidRDefault="00B83A56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="32" w:name="z29"/>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 11. На средствах передвижения, где в качестве официальных лиц находятся Президент Республики Казахстан, председатели палат Парламента Республики Казахстан, Премьер-Министр Республики Казахстан, указанные в подпункте 6) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>пункта 2 настоящих Правил, Госу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">дарственный Флаг Республики Казахстан поднимается на флагштоке (мачте). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006714DA" w:rsidRPr="00B83A56" w:rsidRDefault="00B83A56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="33" w:name="z30"/>
+      <w:bookmarkEnd w:id="32"/>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 12. При одновременном подъеме (установлении, размещении) Государственного Флага Республики Казахстан, флагов иностранных государств, общественных объединений и других организац</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ий, размеры Государственного Флага Республики Казахстан не должны быть меньше размеров других флагов. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:p w:rsidR="006714DA" w:rsidRPr="00B83A56" w:rsidRDefault="00B83A56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> При этом Государственный Флаг Республики Казахстан размещается не ниже других флагов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006714DA" w:rsidRPr="00B83A56" w:rsidRDefault="00B83A56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="34" w:name="z31"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 13. При одновременном подъеме (установлении, размещении</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>) нечетного числа флагов, Государственный Флаг Республики Казахстан располагается в центре, а при подъеме (установлении, размещении) четного числа флагов, но более двух - левее от центра.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006714DA" w:rsidRPr="00B83A56" w:rsidRDefault="00B83A56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="35" w:name="z82"/>
+      <w:bookmarkEnd w:id="34"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 13-1. Флаги иностранных государств, используемые иностранными </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">организациями и представительствами, осуществляющими деятельность на территории Республики Казахстан, за исключением дипломатических представительств, консульских учреждений, международных организаций и (или) представительств, аккредитованных в Республике </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Казахстан, размещаются одновременно с Государственным Флагом Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:p w:rsidR="006714DA" w:rsidRPr="00B83A56" w:rsidRDefault="00B83A56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Правила дополнены пунктом 13-1 в соответствии с постановлением Правительства РК от 31.12.2015 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 1187</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>со дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006714DA" w:rsidRPr="00B83A56" w:rsidRDefault="00B83A56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="36" w:name="z92"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 13-2. Государственный Флаг Республики Казахстан, размещаемый в зданиях, помещениях (частях помещений), принадлежащих физическим и юридическим лицам, должен быть эстетично оформлен в соответствии с наци</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ональным стандартом и должен размещаться вдали от хозяйственно-бытовых комнат, прохода и гардероба.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:p w:rsidR="006714DA" w:rsidRPr="00B83A56" w:rsidRDefault="00B83A56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Правила дополнены пунктом 13-2 в соответствии с постановлением Правительства РК от 28.06.2019 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 454</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней со дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006714DA" w:rsidRPr="00B83A56" w:rsidRDefault="00B83A56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="37" w:name="z32"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 14. При размещении Государственного Флага Республики Казахстан в соответствии с настоящими Правилами юридическими лицами в экстерьерном вариан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>те на одноэтажном и (или) многоэтажных зданиях учитываются архитектурные особенности здания и используются следующие параметры:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006714DA" w:rsidRPr="00B83A56" w:rsidRDefault="00B83A56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="38" w:name="z33"/>
+      <w:bookmarkEnd w:id="37"/>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) исключен - постановлением Правительства РК от 27.01.2009 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>N</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 63 (порядок введения в действие см. п. 2 ). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006714DA" w:rsidRPr="00B83A56" w:rsidRDefault="00B83A56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="39" w:name="z34"/>
+      <w:bookmarkEnd w:id="38"/>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) на</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> зданиях 1, 2, 3, 4, 5 этажей (до 20 метров) - Государственный Флаг Республики Казахстан (размером 1 х 2 метра) размещается на крыше здания или на фронтоне или на козырьке входа в здание; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006714DA" w:rsidRPr="00B83A56" w:rsidRDefault="00B83A56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="40" w:name="z35"/>
+      <w:bookmarkEnd w:id="39"/>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) на зданиях 6, 7, 8, 9 этажей (до 30 метров) - Государстве</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нный Флаг Республики Казахстан размещается на крыше здания или на фронтоне (размером от 1,5 х 3 метров до 2 х 4 метров) или на козырьке входа в здание (размером 1 х 2 метра); </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006714DA" w:rsidRPr="00B83A56" w:rsidRDefault="00B83A56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="41" w:name="z36"/>
+      <w:bookmarkEnd w:id="40"/>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4) на зданиях более 9 этажей (свыше 30 метров) - Государственный Флаг Рес</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">публики Казахстан размещается на крыше здания или на фронтоне (размером от 2 х 4 метров и более) или на козырьке входа в здание (размером 1 х 2 метра). </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:p w:rsidR="006714DA" w:rsidRPr="00B83A56" w:rsidRDefault="00B83A56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Пункт 14 с изменениями, внесенными постановлениями Правительства РК от 27.01.2009 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>N</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 63 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(п</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">орядок введения в действие см. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">п. 2 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); от 30.11.2012 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 1528</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней со дня первого официального опубликования); от 28.06.2019 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 454</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней со дня его перво</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">го официального опубликования); от 27.11.2020 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 801</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006714DA" w:rsidRPr="00B83A56" w:rsidRDefault="00B83A56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="42" w:name="z37"/>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 3. Порядок использования (установления, размещения) Государственного Герба Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:p w:rsidR="006714DA" w:rsidRPr="00B83A56" w:rsidRDefault="00B83A56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Заголовок главы 3 в редакции постановления Правительства РК от 28.06.2019 № 454 (вво</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>дится в действие по истечении десяти календарных дней со дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006714DA" w:rsidRPr="00B83A56" w:rsidRDefault="00B83A56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="43" w:name="z38"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  15. Государственный Герб Республики Казахстан в обязательном порядке размещается:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006714DA" w:rsidRPr="00B83A56" w:rsidRDefault="00B83A56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="44" w:name="z88"/>
+      <w:bookmarkEnd w:id="43"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) на зданиях Резиденции Президента Республики Казахстан, П</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>арламента, Сената и Мажилиса, Правительства, министерств и государственных органов, непосредственно подчиненных и подотчетных Президенту Республики Казахстан, их ведомств и территориальных подразделений, Конституционного Суда Республики Казахстан, Верховно</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>го Суда и местных судов Республики Казахстан, соединений, воинских частей, подразделений и учреждений Вооруженных Сил, других войск и воинских формирований, местных представительных и исполнительных органов, а также на зданиях посольств, постоянных предста</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>вительств при международных организациях, торговых представительств, других официальных загранучреждений, резиденций глав загранучреждений Республики Казахстан – постоянно;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006714DA" w:rsidRPr="00B83A56" w:rsidRDefault="00B83A56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="45" w:name="z89"/>
+      <w:bookmarkEnd w:id="44"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) в кабинетах Президента Республики Казахстан, председателей палат Парламент</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>а Республики Казахстан, Премьер-Министра, Государственного советника, Председателя Конституционного Суда, Председателя Верховного Суда и председателей местных судов Республики Казахстан, Председателя Центральной избирательной комиссии, Уполномоченного по п</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">равам человека </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Республики Казахстан, руководителей министерств и государственных органов, непосредственно подчиненных и подотчетных Президенту Республики Казахстан, их ведомств и территориальных подразделений, руководителей местных представительных и испол</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>нительных органов, руководителей загранучреждений Республики Казахстан – постоянно;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006714DA" w:rsidRPr="00B83A56" w:rsidRDefault="00B83A56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="46" w:name="z41"/>
+      <w:bookmarkEnd w:id="45"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) в залах, где проводятся совместные и раздельные заседания Сената и Мажилиса Парламента Республики Казахстан, заседания координационных и рабочих органов палат Парл</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>амента Республики Казахстан, Правительства, в залах заседаний Конституционного Суда Республики Казахстан, в залах судебных заседаний Верховного Суда и местных судов Республики Казахстан, в залах заседаний коллегий центральных, местных представительных и ис</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>полнительных органов, государственных органов, непосредственно подчиненных и подотчетных Президенту Республики Казахстан, в залах вручения государственных и правительственных наград Республики Казахстан, в залах приемов загранучреждений Республики Казахста</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>н, а также в помещениях регистрации рождений и браков – постоянно;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006714DA" w:rsidRPr="00B83A56" w:rsidRDefault="00B83A56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="47" w:name="z83"/>
+      <w:bookmarkEnd w:id="46"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4) в помещениях (части помещений), отведенных для экспозиции, посвященной государственной символике, государственных юридических лиц, национальных управляющих холдингов, национальных </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>холдингов, национальных компаний, а также иных акционерных обществ и товариществ с ограниченной ответственностью, в отношении которых Республика Казахстан выступает единственным акционером (участником).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:p w:rsidR="006714DA" w:rsidRPr="00B83A56" w:rsidRDefault="00B83A56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Помещения (части помещений), отведенные для экс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>позиции, посвященной государственной символике Республики Казахстан, где размещается Государственный Герб Республики Казахстан, должны быть эстетично оформлены и размещены вдали от хозяйственно-бытовых комнат, прохода и гардероба.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006714DA" w:rsidRPr="00B83A56" w:rsidRDefault="00B83A56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Пункт 15 с </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">изменениями, внесенными постановлениями Правительства РК от 31.12.2015 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 1187</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней со дня его первого официального опубликования); от 08.06.2017 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 350</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> дней после дня его первого официального опубликования); от 28.12.2022 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 1082</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 09.02.2023 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 103</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006714DA" w:rsidRPr="00B83A56" w:rsidRDefault="00B83A56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="48" w:name="z42"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  16. Порядок использования (установления, размещения) Государственного Герба и его изображения в соединениях, воинских частях, подразделениях, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>учреждениях Вооруженных Сил и других войск и в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>оинских формированиях определяется общевоинскими уставами.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:p w:rsidR="006714DA" w:rsidRPr="00B83A56" w:rsidRDefault="00B83A56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Пункт 16 в редакции постановления Правительства РК от 31.12.2015 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 1187</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней со дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006714DA" w:rsidRPr="00B83A56" w:rsidRDefault="00B83A56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="49" w:name="z43"/>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  17. Государственный Герб Республики Казахстан, постоянно устанавливаемый на зданиях, должен освещаться в темное время суток. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006714DA" w:rsidRPr="00B83A56" w:rsidRDefault="00B83A56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="50" w:name="z44"/>
+      <w:bookmarkEnd w:id="49"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 18. Государственный Герб Республики Казахстан, независимо от его размеров, должен соответствовать национальному станд</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>арту.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:p w:rsidR="006714DA" w:rsidRPr="00B83A56" w:rsidRDefault="00B83A56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Пункт 18 в редакции постановления Правительства РК от 30.11.2012 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 1528</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней со дня первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006714DA" w:rsidRPr="00B83A56" w:rsidRDefault="00B83A56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="51" w:name="z45"/>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  19. Государственный Герб Республики Казахстан не може</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">т быть использован в качестве геральдической основы гербов общественных объединений и других организаций. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006714DA" w:rsidRPr="00B83A56" w:rsidRDefault="00B83A56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="52" w:name="z46"/>
+      <w:bookmarkEnd w:id="51"/>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 20. Государственный Герб Республики Казахстан (диаметром 500 миллиметров) размещается на стене за рабочим местом должностных лиц в кабинетах, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в залах за рабочим местом председательствующих, указанных в подпунктах 2), 3) пункта 15 настоящих Правил. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006714DA" w:rsidRPr="00B83A56" w:rsidRDefault="00B83A56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="53" w:name="z47"/>
       <w:bookmarkEnd w:id="52"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">       2) 2, 3, 4, 5 қабатты (20 метрге дейін) ғимараттарда Қазақстан Республи</w:t>
-[...14 lines deleted...]
-      <w:bookmarkStart w:id="54" w:name="z67"/>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 21. При размещении Государственного Герба Республики Казахстан в экстерьерном варианте на одноэтажном и (или) многоэтажных зданиях учитываются </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>архитектурные особенности здания и используются следующие параметры:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006714DA" w:rsidRPr="00B83A56" w:rsidRDefault="00B83A56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="54" w:name="z48"/>
       <w:bookmarkEnd w:id="53"/>
-      <w:r>
-[...19 lines deleted...]
-      <w:bookmarkStart w:id="55" w:name="z68"/>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) на одноэтажном здании - Государственный Герб Республики Казахстан (диаметром 500 миллиметров) размещается на уровне перекрытия или на фронтоне или на козырьке входа в здание; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006714DA" w:rsidRPr="00B83A56" w:rsidRDefault="00B83A56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="55" w:name="z49"/>
       <w:bookmarkEnd w:id="54"/>
-      <w:r>
-[...50 lines deleted...]
-          <w:sz w:val="28"/>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) на зданиях 2, 3, 4, 5 этажей (до 20 метров) - Государственный Герб Республики Казахстан размещается на уровне перекрытия последнего этажа или на фронтоне (диаметром от 1 до 1,5 метров) или на козырьке входа в здание (диаметром 500 миллиметров); </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006714DA" w:rsidRPr="00B83A56" w:rsidRDefault="00B83A56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="56" w:name="z50"/>
+      <w:bookmarkEnd w:id="55"/>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) на зданиях 6, 7, 8, 9 этажей (до 30 метров) - Государственный Герб Республики Казахстан размещается на уровне перекрытия последнего этажа или на фронтоне (диаметром 2 метра) или на козырьке входа в здание (диаметром 500 миллиметров); </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006714DA" w:rsidRPr="00B83A56" w:rsidRDefault="00B83A56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="57" w:name="z51"/>
+      <w:bookmarkEnd w:id="56"/>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4) на</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> зданиях более 9 этажей (выше 30 метров) - Государственный Герб Республики Казахстан размещается на уровне перекрытия последнего этажа или </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">на фронтоне (диаметром 3 метра и более) или на козырьке входа в здание (диаметром 500 миллиметров). </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:p w:rsidR="006714DA" w:rsidRPr="00B83A56" w:rsidRDefault="00B83A56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Пункт 21 с изменениями, внесенными постановлениями Правительства РК от 27.01.2009 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>N</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 63 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">п. 2 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); от 30.11.2012 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>№ 1528</w:t>
       </w:r>
-      <w:r>
-[...6 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней со дня первого официального опублик</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ования). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AC75EE" w:rsidRDefault="00B07DAD">
-[...4 lines deleted...]
-      <w:r>
+    <w:p w:rsidR="006714DA" w:rsidRPr="00B83A56" w:rsidRDefault="00B83A56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="58" w:name="z52"/>
+      <w:r w:rsidRPr="00B83A56">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...104 lines deleted...]
-          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 4. Порядок использования (установления, размещения) изображений Государственного Флага, Государственного Герба Республики Казахстан, а также текста Государственного Гимна Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:p w:rsidR="006714DA" w:rsidRPr="00B83A56" w:rsidRDefault="00B83A56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Заголовок главы 4 в редакции по</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>становления Правительства РК от 28.06.2019 № 454 (вводится в действие по истечении десяти календарных дней со дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006714DA" w:rsidRPr="00B83A56" w:rsidRDefault="00B83A56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="59" w:name="z53"/>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  22. Изображение Государственного Флага Республики Казахстан в обязательном порядке размещаетс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">я: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006714DA" w:rsidRPr="00B83A56" w:rsidRDefault="00B83A56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="60" w:name="z90"/>
+      <w:bookmarkEnd w:id="59"/>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) на веб-сайтах Президента Республики Казахстан, Парламента, Правительства, министерств и государственных органов, непосредственно подчиненных и подотчетных Президенту Республики Казахстан, их ведомств и территориальных подразделений, Конституц</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ионного Суда Республики Казахстан, Верховного Суда и местных судов Республики Казахстан, местных представительных и исполнительных органов, а также загранучреждений Республики Казахстан; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006714DA" w:rsidRPr="00B83A56" w:rsidRDefault="00B83A56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="61" w:name="z55"/>
+      <w:bookmarkEnd w:id="60"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) на воздушных судах, а также на космических аппаратах Респуб</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>лики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:p w:rsidR="006714DA" w:rsidRPr="00B83A56" w:rsidRDefault="00B83A56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Пункт 22 с изменением, внесенным постановлением Правительства РК от 08.06.2017 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>№ 350</w:t>
       </w:r>
-      <w:r>
-[...16 lines deleted...]
-          <w:sz w:val="28"/>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 09.02.2023 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>№ 103</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-          <w:sz w:val="28"/>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006714DA" w:rsidRPr="00B83A56" w:rsidRDefault="00B83A56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="62" w:name="z56"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 23-1. Изображение Государственного Флага Республики Казахстан может размещаться и на иных материальных объектах.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:p w:rsidR="006714DA" w:rsidRPr="00B83A56" w:rsidRDefault="00B83A56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> В целях применения части первой н</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>астоящего пункта Правил к иным материальным объектам не относятся предметы одноразового использования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006714DA" w:rsidRPr="00B83A56" w:rsidRDefault="00B83A56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Правила дополнены пунктом 23-1 в соответствии с постановлением Правительства РК от 31.12.2015 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 1187</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении деся</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ти календарных дней со дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006714DA" w:rsidRPr="00B83A56" w:rsidRDefault="00B83A56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="63" w:name="z57"/>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулыларымен.</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  24. Изображение Государственного Флага Республики Казахстан не может использоваться в качестве геральдической основы флагов общественных объединений и других организаций. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006714DA" w:rsidRPr="00B83A56" w:rsidRDefault="00B83A56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="64" w:name="z58"/>
+      <w:bookmarkEnd w:id="63"/>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">25. Изображение Государственного Флага Республики Казахстан может быть использовано в качестве элемента или геральдической основы государственных наград, банкнот и монет Национального Банка Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006714DA" w:rsidRPr="00B83A56" w:rsidRDefault="00B83A56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="65" w:name="z59"/>
+      <w:bookmarkEnd w:id="64"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 26. Изображение Государственного Герб</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>а Республики Казахстан в обязательном порядке размещается:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006714DA" w:rsidRPr="00B83A56" w:rsidRDefault="00B83A56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="66" w:name="z60"/>
+      <w:bookmarkEnd w:id="65"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) на печатях и бланках документов Президента Республики Казахстан и его Администрации, Парламента, его палат и их аппаратов, Бюро палат Парламента Республики Казахстан, Правительства и Аппар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ата Правительства, министерств и государственных органов, непосредственно подчиненных и подотчетных Президенту Республики Казахстан, их ведомств и территориальных подразделений, Конституционного Суда Республики Казахстан, Верховного Суда и местных судов Ре</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>спублики Казахстан, соединений, воинских частей, подразделений и учреждений Вооруженных Сил, других войск и воинских формирований, местных представительных, исполнительных органов и иных государственных организаций;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006714DA" w:rsidRPr="00B83A56" w:rsidRDefault="00B83A56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="67" w:name="z61"/>
+      <w:bookmarkEnd w:id="66"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) на официальных изданиях Президе</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>нта Республики Казахстан, Парламента, Правительства, Конституционного Суда и Верховного Суда Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006714DA" w:rsidRPr="00B83A56" w:rsidRDefault="00B83A56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="68" w:name="z62"/>
+      <w:bookmarkEnd w:id="67"/>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) на банкнотах и монетах Национального Банка Республики Казахстан, государственных ценных бумагах Республики Казахстан; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006714DA" w:rsidRPr="00B83A56" w:rsidRDefault="00B83A56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="69" w:name="z63"/>
+      <w:bookmarkEnd w:id="68"/>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4) на</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> удостоверении личности, свидетельстве о рождении, паспорте и иных паспортах, выдаваемых гражданам Республики Казахстан, служебных удостоверениях сотрудников государственных органов и организаций; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006714DA" w:rsidRPr="00B83A56" w:rsidRDefault="00B83A56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="70" w:name="z64"/>
+      <w:bookmarkEnd w:id="69"/>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5) на пограничных столбах, устанавливаемых на Госуд</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">арственной границе Республики Казахстан; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006714DA" w:rsidRPr="00B83A56" w:rsidRDefault="00B83A56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="71" w:name="z91"/>
+      <w:bookmarkEnd w:id="70"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6) на веб-сайтах Президента Республики Казахстан, Парламента, Правительства, министерств и государственных органов, непосредственно подчиненных и подотчетных Президенту Республики Казахстан, их ведомств и тер</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>риториальных подразделений, Конституционного Суда Республики Казахстан, Верховного Суда и местных судов Республики Казахстан, местных представительных и исполнительных органов, а также загранучреждений Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:p w:rsidR="006714DA" w:rsidRPr="00B83A56" w:rsidRDefault="00B83A56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Пункт 26 с изменен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">иями, внесенными постановлениями Правительства РК от 31.12.2015 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 1187</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней со дня его первого официального опубликования); от </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">08.06.2017 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 350</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней п</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">осле дня его первого официального опубликования); от 09.02.2023 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 103</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 17.03.2023 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 236</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AC75EE" w:rsidRDefault="00B07DAD">
-[...35 lines deleted...]
-          <w:sz w:val="28"/>
+    <w:p w:rsidR="006714DA" w:rsidRPr="00B83A56" w:rsidRDefault="00B83A56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="72" w:name="z66"/>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  27. При размещении изображения Государственного Флага, Государственного Герба Республики Казахстан на веб-сайтах, указанных в подпункте 1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) пункта 22 и подпункте 6) пункта 26 настоящих Правил, должно соблюдаться одноуровневое расположение изображений государственных символов, а также их очередность: Флаг, Герб, Гимн. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006714DA" w:rsidRPr="00B83A56" w:rsidRDefault="00B83A56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="73" w:name="z67"/>
+      <w:bookmarkEnd w:id="72"/>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 28. Изображения Государственного Герба Республики Казахстан, размещ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>енные на печатях и бланках документов, официальных изданиях, указанных в подпунктах 1) и 2) пункта 26 настоящих Правил, должны соответствовать национальным стандартам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:p w:rsidR="006714DA" w:rsidRPr="00B83A56" w:rsidRDefault="00B83A56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Пункт 28 в редакции постановления Правительства РК от 30.11.2012 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 1528</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>водится в действие по истечении десяти календарных дней со дня первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006714DA" w:rsidRPr="00B83A56" w:rsidRDefault="00B83A56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="74" w:name="z68"/>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  29. На банкнотах и монетах Национального Банка Республики Казахстан, государственных ценных бумагах Республики Казахстан, указанных в подпункте 3) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>пункта 26 настоящих Правил, изображение Государственного Герба Республики Казахстан размещается в порядке, установленном Концепцией дизайна банкнот и монет национальной валюты - казахстанского тенге, утвержденной Указом Президента Республики Казахстан от 1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>2 декабря 2018 года № 804.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:p w:rsidR="006714DA" w:rsidRPr="00B83A56" w:rsidRDefault="00B83A56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Пункт 29 - в редакции постановления Правительства РК от 17.03.2023 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 236</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006714DA" w:rsidRPr="00B83A56" w:rsidRDefault="00B83A56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="75" w:name="z69"/>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 30. Изображения Государст</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>венного Герба Республики Казахстан, размещенные на документах, указанных в подпункте 4) пункта 26 настоящих Правил, должны соответствовать нормативным правовым актам Республики Казахстан, а также национальным стандартам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:p w:rsidR="006714DA" w:rsidRPr="00B83A56" w:rsidRDefault="00B83A56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Пункт 30 в редакции п</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">остановления Правительства РК от 30.11.2012 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 1528</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней со дня первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006714DA" w:rsidRPr="00B83A56" w:rsidRDefault="00B83A56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="76" w:name="z70"/>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  31. На пограничных столбах, указанных в подпункте 5) пункта 26 настоящих Правил, изображение Г</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>осударственного Герба Республики Казахстан размещается в соответствии с постановлением Правительства Республики Казахстан от 8 ноября 2013 года № 1181 "Об утверждении форм, размеров, описания, конструкций и Правил установки пограничных знаков".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:p w:rsidR="006714DA" w:rsidRPr="00B83A56" w:rsidRDefault="00B83A56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Пункт 31 - в редакции постановления Правительства РК от 17.03.2023 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 236</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006714DA" w:rsidRPr="00B83A56" w:rsidRDefault="00B83A56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="77" w:name="z71"/>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 32. Запрещается использование изображения Государств</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">енного Герба Республики Казахстан на бланках, печатях и других реквизитах негосударственных организаций и их должностных лиц, кроме случаев, установленных Конституционным законом. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006714DA" w:rsidRPr="00B83A56" w:rsidRDefault="00B83A56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="78" w:name="z72"/>
+      <w:bookmarkEnd w:id="77"/>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 33. Изображение Государственного Герба Республики Казахстан может бы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ть использовано на знаках различия и форменной одежде, установленных для лиц, состоящих на воинской или иной государственной службе, в качестве элемента или геральдической основы государственных наград Республики Казахстан, а также на спортивных костюмах с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">портсменов и других спортивных принадлежностях. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006714DA" w:rsidRPr="00B83A56" w:rsidRDefault="00B83A56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="79" w:name="z73"/>
+      <w:bookmarkEnd w:id="78"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 34. Изображение Государственного Герба Республики Казахстан может размещаться и на иных материальных объектах.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:p w:rsidR="006714DA" w:rsidRPr="00B83A56" w:rsidRDefault="00B83A56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> В целях применения части первой настоящего пункта Правил к иным материальным объекта</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>м не относятся предметы одноразового использования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006714DA" w:rsidRPr="00B83A56" w:rsidRDefault="00B83A56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Пункт 34 в редакции постановления Правительства РК от 31.12.2015 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>№ 1187</w:t>
       </w:r>
-      <w:r>
-[...13 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней со дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AC75EE" w:rsidRDefault="00B07DAD">
-[...46 lines deleted...]
-          <w:sz w:val="28"/>
+    <w:p w:rsidR="006714DA" w:rsidRPr="00B83A56" w:rsidRDefault="00B83A56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="80" w:name="z84"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  34-1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>. Текст Государственного Гимна Республики Казахстан в обязательном порядке размещается в помещениях (части помещений), отведенных для экспозиции, посвященной государственной символике, государственных юридических лиц, национальных управляющих холдингов, на</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>циональных холдингов, национальных компаний, а также иных акционерных обществ и товариществ с ограниченной ответственностью, в отношении которых Республика Казахстан выступает единственным акционером (участником).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:p w:rsidR="006714DA" w:rsidRPr="00B83A56" w:rsidRDefault="00B83A56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Помещения (части помещений), отведен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ные для экспозиции, посвященной государственной символике Республики Казахстан, где размещается текст Государственного Гимна Республики Казахстан, должны быть эстетично оформлены и размещены вдали от хозяйственно-бытовых комнат, прохода и гардероба.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006714DA" w:rsidRPr="00B83A56" w:rsidRDefault="00B83A56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сноска. Правила дополнены пунктом 34-1 в соответствии с постановлением Правительства РК от 31.12.2015 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>№ 1187</w:t>
       </w:r>
-      <w:r>
-[...13 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней со дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AC75EE" w:rsidRDefault="00B07DAD">
-[...608 lines deleted...]
-      <w:r w:rsidRPr="00B07DAD">
+    <w:p w:rsidR="006714DA" w:rsidRPr="00B83A56" w:rsidRDefault="00B83A56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="81" w:name="z85"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  34-2. Порядок исполнения Государс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>твенного Гимна Республики Казахстан и использования его текста в соединениях, воинских частях, подразделениях, учреждениях Вооруженных Сил и других войск и воинских формированиях определяется общевоинскими уставами.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:p w:rsidR="006714DA" w:rsidRPr="00B83A56" w:rsidRDefault="00B83A56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Правила дополнены пунктом </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">34-2 в соответствии с постановлением Правительства РК от 31.12.2015 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>№ 1187</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B07DAD">
-[...71 lines deleted...]
-      <w:r w:rsidRPr="00B07DAD">
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней со дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
         <w:rPr>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AC75EE" w:rsidRPr="00B07DAD" w:rsidRDefault="00B07DAD">
-[...71 lines deleted...]
-      <w:r w:rsidRPr="00B07DAD">
+    <w:p w:rsidR="006714DA" w:rsidRPr="00B83A56" w:rsidRDefault="00B83A56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="82" w:name="z74"/>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  35. Стенды (плакаты) с изображениями государственных символов долж</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ны размещаться в местах проведения торжественных мероприятий, доступных для всеобщего обозрения. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006714DA" w:rsidRPr="00B83A56" w:rsidRDefault="00B83A56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="83" w:name="z75"/>
+      <w:bookmarkEnd w:id="82"/>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 36. При размещении изображений Государственного Флага, Государственного Герба Республики Казахстан и текста Государственного </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="84" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="84"/>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Гимна Республики Казахстан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на стендах (плакатах) должно соблюдаться одноуровневое расположение изображений государственных символов, а также их очередность: Флаг, Герб, Гимн. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006714DA" w:rsidRPr="00B83A56" w:rsidRDefault="00B83A56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="85" w:name="z76"/>
+      <w:bookmarkEnd w:id="83"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 37. Стенды (плакаты) с изображением Государственного Флага, Государственного Герба и текста Государс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>твенного Гимна Республики Казахстан должны быть эстетично оформлены и размещаться вдали от хозяйственно-бытовых комнат, прохода и гардероба.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="85"/>
+    <w:p w:rsidR="006714DA" w:rsidRPr="00B83A56" w:rsidRDefault="00B83A56">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B83A56">
         <w:rPr>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
-    </w:p>
-[...113 lines deleted...]
-      <w:r w:rsidRPr="00B07DAD">
+      <w:r w:rsidRPr="00B83A56">
         <w:rPr>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AC75EE" w:rsidRPr="00B07DAD" w:rsidRDefault="00B07DAD">
-[...744 lines deleted...]
-    <w:p w:rsidR="00AC75EE" w:rsidRDefault="00B07DAD">
+    <w:p w:rsidR="006714DA" w:rsidRPr="00B83A56" w:rsidRDefault="00B83A56">
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
-      </w:pPr>
-[...7 lines deleted...]
-    <w:sectPr w:rsidR="00AC75EE" w:rsidSect="00B07DAD">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Р</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B83A56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>еспублики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="006714DA" w:rsidRPr="00B83A56" w:rsidSect="00B83A56">
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="851" w:left="1080" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Segoe UI">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100"/>
-  <w:proofState w:grammar="clean"/>
+  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00AC75EE"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00B07DAD"/>
+    <w:rsidRoot w:val="006714DA"/>
+    <w:rsid w:val="006714DA"/>
+    <w:rsid w:val="00B83A56"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w15:docId w15:val="{4F053179-5BED-4AB6-827B-D5C92F011B95}"/>
+  <w15:docId w15:val="{6C113E8E-8C2F-4CCD-B328-69E2E0584499}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -5518,50 +6701,80 @@
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:uiPriority w:val="35"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="007109C0"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="disclaimer">
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="a"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="ae">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="af"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00B83A56"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="af">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="ae"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00B83A56"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
@@ -5832,49 +7045,65 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>5378</Words>
-  <Characters>30655</Characters>
+  <Words>5109</Words>
+  <Characters>29126</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>255</Lines>
-  <Paragraphs>71</Paragraphs>
+  <Lines>242</Lines>
+  <Paragraphs>68</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Название</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Company>Snegurochka</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>35962</CharactersWithSpaces>
+  <CharactersWithSpaces>34167</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>