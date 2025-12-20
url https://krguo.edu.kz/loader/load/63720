--- v0 (2025-10-10)
+++ v1 (2025-12-20)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="a95bbd4" w14:textId="a95bbd4">
+    <w:p w14:paraId="b0f232c" w14:textId="b0f232c">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -76,366 +76,454 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>О внесении дополнений в приказ Министра образования и науки Республики Казахстан от 24 апреля 2020 года № 158 "Об утверждении Правил оказания государственных услуг в сфере семьи и детей"</w:t>
-[...35 lines deleted...]
-      ПРИКАЗЫВАЮ:</w:t>
+        <w:t>"Отбасы және балалар саласында мемлекеттік қызметтерді көрсету қағидаларын бекіту туралы" Қазақстан Республикасы Білім және ғылым министрінің 2020 жылғы 24 сәуірдегі № 158 бұйрығына толықтырулар енгізу туралы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасы Оқу-ағарту министрінің 2024 жылғы 21 ақпандағы № 41 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2024 жылғы 27 ақпанда № 34060 болып тіркелді</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z1" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      БҰЙЫРАМЫН:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z5" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Внести в </w:t>
-[...22 lines deleted...]
-    <w:bookmarkEnd w:id="1"/>
+      1. "Отбасы және балалар саласында мемлекеттік қызметтер көрсету қағидаларын бекіту туралы" Қазақстан Республикасы Білім және ғылым министрінің 2020 жылғы 24 сәуірдегі № 158 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 20478 болып тіркелген) мынадай толықтырулар енгізілсін:</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>пункт 1</w:t>
-[...28 lines deleted...]
-      "13) Правила оказания государственных услуг "Оказание финансовой и материальной помощи обучающимся и воспитанникам государственных организаций образования" согласно приложению 13 к настоящему приказу.";</w:t>
+        <w:t>1-тармақ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мынадай мазмұндағы 13) тармақшамен толықтырылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z4" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "13) осы бұйрыққа 13-қосымшаға сәйкес "Мемлекеттік білім беру ұйымдарының білім алушылары мен тәрбиеленушілеріне қаржылық және материалдық көмек көрсету" мемлекеттік қызметтер көрсету қағидалары;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      осы бұйрыққа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес 13-қосымшамен толықтырылсын.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z6" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Қазақстан Республикасы Оқу-ағарту министрлігінің Балалардың құқықтарын қорғау комитеті Қазақстан Республикасының заңнамасында белгіленген тәртіппен:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z8" w:id="3"/>
+    <w:bookmarkStart w:name="z7" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) осы бұйрықтың Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркелуін;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z8" w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) осы бұйрықтың Қазақстан Республикасы Оқу-ағарту министрлігінің интернет-ресурсында орналастырылуын;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      дополнить приложением 13 согласно </w:t>
-[...42 lines deleted...]
-    <w:bookmarkEnd w:id="4"/>
+      3) осы бұйрық Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркеуден өткеннен кейін он жұмыс күні ішінде Қазақстан Республикасы Оқу-ағарту министрлігінің Заң департаментіне осы тармақтың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) тармақшаларында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көзделген іс-шаралардың орындалуы туралы мәліметтерді ұсынуды қамтамасыз етсін.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z10" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) государственную регистрацию настоящего приказа в Министерстве юстиции Республики Казахстан;</w:t>
+      3. Осы бұйрықтың орындалуын бақылау жетекшілік ететін Қазақстан Республикасының Оқу-ағарту вице-министріне жүктелсін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:bookmarkStart w:name="z11" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) размещение настоящего приказа на интернет-ресурсе Министерства просвещения Республики Казахстан после его официального опубликования;</w:t>
+      4. Осы бұйрық алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z12" w:id="7"/>
-[...58 lines deleted...]
-    <w:bookmarkEnd w:id="9"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -451,229 +539,213 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">      </w:t>
-            </w:r>
+              <w:t xml:space="preserve">      Қазақстан Республикасы </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Министр просвещения</w:t>
-[...8 lines deleted...]
-          </w:p>
+              <w:t>Оқу-ағарту министрі</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4340" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
-          </w:p>
-[...15 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
-          </w:p>
-[...18 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Г. Бейсембаев</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
-            <w:r>
-[...19 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z16" w:id="10"/>
-[...61 lines deleted...]
-        <w:t>Республики Казахстан</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       "КЕЛІСІЛДІ"</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Қазақстан Республикасы </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Цифрлық даму, инновациялар және </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      аэроғарыш өнеркәсібі министрлігі</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -709,90 +781,103 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение к приказу</w:t>
+              <w:t>Қазақстан Республикасы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Министр просвещения</w:t>
+              <w:t>Оқу-ағарту министрі</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Республики Казахстан</w:t>
+              <w:t>2024 жылғы 21 ақпандағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>от 21 февраля 2024 года № 41</w:t>
+              <w:t>№ 41 Бұйрыққа</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -813,1047 +898,1368 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 13 к приказу</w:t>
+              <w:t>Қазақстан Республикасы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Министра образования и науки</w:t>
+              <w:t>Білім және ғылым министрінің</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Республики Казахстан</w:t>
+              <w:t>2020 жылғы 24 сәуірдегі</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>от 24 апреля 2020 года № 158</w:t>
+              <w:t>№ 158 бұйрығына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>13-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z14" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "Мемлекеттік білім беру ұйымдарының білім алушылары мен тәрбиеленушілеріне қаржылық және материалдық көмек көрсету" мемлекеттік қызметін көрсету қағидалары</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z15" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Осы "Мемлекеттік білім беру ұйымдарының білім алушылары мен тәрбиеленушілеріне қаржылық және материалдық көмек көрсету" мемлекеттік қызметін көрсету </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қағидалары</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (бұдан әрі – Қағидалар) "Мемлекеттік көрсетілетін қызметтер туралы" Қазақстан Республикасы Заңының (бұдан әрі – Заң) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>10-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) тармақшасына сәйкес әзірленді және мемлекеттік білім беру ұйымдарының білім алушылары мен тәрбиеленушілерінің мынадай санаттарына:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z17" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) мемлекеттік атаулы әлеуметтік көмек алуға құқығы бар отбасылардан шыққан балаларға;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z18" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) мемлекеттік атаулы әлеуметтік көмек алмайтын, жан басына шаққандағы табысы ең төменгі күнкөріс деңгейінің шамасынан төмен отбасылардан шыққан балаларға;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
     <w:bookmarkStart w:name="z19" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> Правила оказания государственной услуги "Оказание финансовой и материальной помощи обучающимся и воспитанникам государственных организаций образования"</w:t>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) жетім балаларға, ата-анасының қамқорлығынсыз қалып, отбасыларда тұратын балаларға;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
     <w:bookmarkStart w:name="z20" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) төтенше жағдайлардың салдарынан шұғыл жәрдемді талап ететін отбасылардан шыққан балаларға;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
     <w:bookmarkStart w:name="z21" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>
+      5) білім беру ұйымының алқалы басқару органы айқындайтын білім алушылар мен тәрбиеленушілердің өзге де санаттарына қаржылық және материалдық көмек көрсету тәртібін айқындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қамқоршылық кеңес білім беру ұйымының алқалы басқару органы болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z22" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-тарау. Мемлекеттік қызмет көрсету тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">
-      1. Настоящие Правила оказания государственной услуги "Оказание финансовой и материальной помощи обучающимся и воспитанникам государственных организаций образования" (далее – Правила) разработаны в соответствии </w:t>
-[...59 lines deleted...]
-      2) детям из семей, не получающих государственную адресную социальную помощь, в которых среднедушевой доход ниже величины прожиточного минимума;</w:t>
+      2. "Мемлекеттік білім беру ұйымдарының білім алушылары мен тәрбиеленушілеріне қаржылық және материалдық көмек көрсету" мемлекеттік көрсетілетін қызметін (бұдан әрі – мемлекеттік көрсетілетін қызмет) алу үшін көрсетілетін қызметті алушы білім беру ұйымдарына (бұдан әрі – көрсетілетін қызметті беруші) осы Қағидалардың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-қосымшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес "Мемлекеттік білім беру ұйымдарының білім алушылары мен тәрбиеленушілеріне қаржылық және материалдық көмек көрсету" мемлекеттік қызметін көрсетуге қойылатын негізгі талаптардың тізбесінде (бұдан әрі – мемлекеттік қызмет көрсетуге қойылатын талаптар) көзделген құжаттарды қоса бере отырып, осы Қағидалардың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-қосымшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша өтініш береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Білім беру ұйымында өтініштерді қарау үшін бірінші басшының шешімімен жауапты тұлға бекітіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z24" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Көрсетілетін қызметті беруші құжаттарды алған сәттен бастап 1 (бір) жұмыс күні ішінде ұсынылған құжаттардың толықтығын тексереді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z24" w:id="16"/>
-[...15 lines deleted...]
-      3) детям-сиротам и детям, оставшимся без попечения родителей, проживающим в семьях;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Көрсетілетін қызметті алушы құжаттардың толық емес топтамасын және (немесе) қолданылу мерзімі өткен құжаттарды ұсынған жағдайда көрсетілетін қызметті беруші құжаттарды алған сәттен бастап 1 (бір) жұмыс күні ішінде өтінішті қабылдаудан бас тартады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z25" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Көрсетілетін қызметті алушының жеке басын, баланың туылғанын, некеге тұруды немесе бұзуды куәаландыратын құжаттар туралы, жұмыссыз ретінде тіркеу туралы, көрсетілетін қызметті алушының (отбасының) мемлекеттік атаулы әлеуметтік көмек алушыларға тиесілілігі туралы, жан басына шаққандағы табысы ең төменгі күнкөріс деңгейінің шамасынан төмен, мемлекеттік әлеуметтік көмек алмайтын адамдардың табыстары туралы, жетім балалар мен ата-анасының қамқорлығынсыз қалған, қорғаншылыққа немесе қамқоршылыққа, патронаттық тәрбиеге және қабылдаушы отбасына берілген балалар туралы мәліметті көрсетілетін қызметті беруші тиісті мемлекеттік ақпараттық жүйелерден алады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z25" w:id="17"/>
-[...15 lines deleted...]
-      4) детям из семей, требующих экстренной помощи в результате чрезвычайных ситуаций;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Егер Қазақстан Республикасының заңдарында өзгеше көзделмесе, көрсетілетін қызметті беруші мемлекеттік қызметті көрсету кезінде ақпараттық жүйелерде қамтылған, заңмен қорғалатын құпияны құрайтын мәліметтерді пайдалануға көрсетілетін қызметті алушының келісімін алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Көрсетілетін қызметті берушілер цифрлық құжаттарды іске асырылған интеграция арқылы цифрлық құжаттар сервисінен құжат иесінің келісімі болған жағдайда, порталда тіркелген пайдаланушының ұялы байланысының абоненттік нөмірі арқылы ұсынылған бір реттік парольді беру арқылы немесе портал хабарламасына жауап ретінде қысқа мәтіндік хабарлама жіберу арқылы алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5. Көрсетілетін қызметті алушылардың осы Қағидалардың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-тармағының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1), 2), 3) және 4) тармақшаларында көрсетілген құжаттарын тексеру қорытындылары бойынша көрсетілетін қызметті беруші 3 (үш) жұмыс күні ішінде осы Қағидалардың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3-қосымшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша мемлекеттік білім беру ұйымдарының білім алушылары мен тәрбиеленушілеріне қаржылық және материалдық көмек бөлу туралы хабарлама дайындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6. Осы Қағидалардың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-тармағының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5) тармақшасында көрсетілген көрсетілетін қызметті алушыларды қаржылық және материалдық көмек алуға отбасының материалдық жағдайын тексеру қорытындысы (бұдан әрі – қорытынды) негізінде қамқоршылық кеңес айқындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      7. Көрсетілетін қызметті беруші осы Қағидалардың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1 – тармағының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5) тармақшасында көрсетілген көрсетілетін қызметті алушылардың құжаттарын тексеру қорытындылары бойынша 3 (үш) жұмыс күні ішінде өтініш берушінің (отбасының) қызмет алушының қатысуымен, ал ол болмаған жағдайда-отбасының кәмелетке толған әрекетке қабілетті мүшелерінің бірінің материалдық жағдайына тексеру жүргізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Қорытындыға қамқоршылық кеңес мүшелері қол қояды және танысу үшін көрсетілетін қызметті алушыға, ал ол болмаған жағдайда – қатысуымен тексеру жүргізілген отбасының кәмелетке толған әрекетке қабілетті мүшесіне осы Қағидалардың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4-қосымшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша ұсынылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z29" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Көрсетілетін қызметті алушы, ал ол болмаған жағдайда – отбасының кәмелетке толған әрекетке қабілетті мүшелерінің бірі материалдық жағдайына тексеру жүргізуден бас тартқан жағдайда қамқоршылық кеңес мүшелері қол қоятын қорытындыда тіркеледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z26" w:id="18"/>
-[...15 lines deleted...]
-      5) иным категориям обучающихся и воспитанников, определяемым коллегиальным органом организации образования.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      9. Қорытынды жасалғаннан кейін көрсетілетін қызметті беруші 2 (екі) жұмыс күні ішінде қамқоршылық кеңестің отырысын өткізеді және отырыстың қорытындысы бойынша осы Қағидалардың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5-қосымшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша хаттама рәсімдейді, оған қамқоршылық кеңестің қатысып отырған мүшелері қол қояды және білім беру ұйымының бірінші басшысының шешімімен бекітіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      10. Қамқоршылық кеңес отырысының қорытындысы бойынша көрсетілетін қызметті беруші 3 (үш) жұмыс күні ішінде осы Қағидалардың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3-қосымшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша мемлекеттік білім беру ұйымдарының білім алушылары мен тәрбиеленушілеріне қаржылық және материалдық көмек көрсету туралы хабарлама дайындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      11. Осы Қағидалардың Мемлекеттік қызмет көрсетуге қойылатын талаптарының 9-тармағында көрсетілген негіздер бойынша мемлекеттік қызметті көрсетуден бас тарту үшін негіз анықталған кезде, көрсетілетін қызметті беруші Қазақстан Республикасы Әкімшілік рәсімдік–процестік кодексінің (бұдан әрі - ҚР ӘПК) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>73-бабына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес мемлекеттік қызметті көрсету мерзімі аяқталғанға дейін 3 (үш) жұмыс күнінен кешіктірмей көрсетілетін қызметті алушыға мемлекеттік қызметті көрсетуден бас тарту туралы алдын ала шешімдер туралы, сондай-ақ көрсетілетін қызметті алушыға алдын ала шешім бойынша ұстанымын білдіруге мүмкіндік беру үшін тыңдауды өткізу уақыты мен орны туралы хабарламаны жолдайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тыңдау рәсімі ҚР АӨК-нің 73-бабына сәйкес жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z33" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Тыңдау нәтижелері бойынша көрсетілетін қызметті беруші 1 (бір) жұмыс күні ішінде мемлекеттік білім беру ұйымдарының білім алушылары мен тәрбиеленушілеріне қаржылық және материалдық көмек көрсету туралы немесе мемлекеттік қызмет көрсетуден дәлелді бас тарту бойынша хабарламаны көрсетілетін қызметті алушыға жолдайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z27" w:id="19"/>
-[...15 lines deleted...]
-      Коллегиальным органом управления организации образования является попечительский совет.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      13. Көрсетілетін қызметті беруші осы Қағидалардың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6-қосымшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша қаржылық және материалдық көмек алуға өтініштерді тіркеу журналын жүргізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      14. Көрсетілетін қызметті беруші Заңның 5-бабы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-тармағының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 11) тармақшасына сәйкес ақпараттандыру саласындағы уәкілетті орган белгілеген тәртіппен мемлекеттік қызмет көрсету сатысы туралы мемлекеттік қызметтер көрсету мониторингінің ақпараттық жүйесіне деректерді енгізуді қамтамасыз етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "Мемлекеттік көрсетілетін қызметтер туралы" Қазақстан Республикасы Заңының (бұдан әрі – Заң) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>10-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5) тармақшасына, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>14-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) тармақшасына, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>23-бабына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес орталық мемлекеттік орган осы Қағидаларға өзгеріс және (немесе) толықтыру енгізілген күннен бастап 3 (үш) жұмыс күні ішінде оларды өзектендіреді және көрсетілетін қызметті берушілерге, Бірыңғай байланыс орталығына, Мемлекеттік корпорацияға жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z36" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3-тарау. Мемлекеттік қызмет көрсету процесінде көсетілетін қызметті берушінің және (немесе) оның лауазымды адамдарының шешімдеріне, әрекетіне (әрекетсіздігіне) шағымдану тәртібі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z28" w:id="20"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> Глава 2. Порядок оказания государственной услуги</w:t>
+    <w:bookmarkStart w:name="z37" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Мемлекеттік қызмет көрсету мәселелері бойынша көрсетілетін қызметті берушінің шешіміне, әрекетіне (әрекетсіздігіне) шағым көрсетілетін қызметті беруші басшысының атына, мемлекеттік қызмет көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органға (бұдан әрі – шағымды қарайтын орган) Қазақстан Республикасының заңнамасына сәйкес беріледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z29" w:id="21"/>
-[...15 lines deleted...]
-      2. Для получения государственной услуги "Оказание финансовой и материальной помощи обучающимся и воспитанникам государственных организаций образования" (далее – государственная услуга) услугополучатель подает в организации образования (далее – услугодатель) заявление по форме, согласно приложению 1 к настоящим Правилам с приложением документов, предусмотренных перечнем основных требований к оказанию государственной услуги "Оказание финансовой и материальной помощи обучающимся и воспитанникам государственных организаций образования" (далее – Требования к оказанию государственной услуги), согласно приложению 2 к настоящим Правилам.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мемлекеттік қызметтер көрсету мәселелері бойынша шағымды қарауды жоғары тұрған әкімшілік орган, лауазымды тұлға, шағымды қарайтын орган жүргізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шағымдар көрсетілетін қызметті берушіге және (немесе) шешіміне, әрекетіне (әрекетсіздігіне) шағым жасаған лауазымды тұлғаға беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Көрсетілетін қызметті беруші шешіміне, әрекетіне (әрекетсіздігіне) шағым жасалып отырған лауазымды тұлға шағым келіп түскен күннен бастап 3 (үш) жұмыс күнінен кешіктірмей оны шағымды қарайтын органға жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бұл ретте көрсетілетін қызметті беруші, лауазымды тұлға, шешімге, әрекетке (әрекетсіздікке) шағым жасайды, егер ол 3 (үш) жұмыс күні ішінде шағымда көрсетілген талаптарды толық қанағаттандыратын шешімді немесе әкімшілік әрекетті қабылдаса, шағымды қарайтын органға шағым жібермейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Көрсетілетін қызметті берушінің атына келіп түскен көрсетілетін қызметті алушының шағымы Мемлекеттік көрсетілетін қызметтер туралы заңның 25-бабы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-тармағына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес тіркелген күнінен бастап 5 (бес) жұмыс күні ішінде қаралуға жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шағымды қарайтын органның атына келіп түскен көрсетілетін қызметті алушының шағымы тіркелген күнінен бастап 15 (он бес) жұмыс күні ішінде қаралуға жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Егер заңда өзгеше көзделмесе, сотқа жүгінуге сотқа дейінгі тәртіппен шағым жасалғаннан кейін жол беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z38" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Көрсетілген мемлекеттік қызмет нәтижесімен келіспеген жағдайда көрсетілетін қызметті алушы Қазақстан Республикасының заңнамасында белгіленген тәртіппен сотқа жүгінеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z30" w:id="22"/>
-[...716 lines deleted...]
-    <w:bookmarkEnd w:id="50"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -1887,722 +2293,163 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 1</w:t>
+              <w:t xml:space="preserve"> "Қаржылық және материалдық</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>к Правилам оказания</w:t>
+              <w:t xml:space="preserve">білім алушылар мен </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>государственной услуги</w:t>
+              <w:t xml:space="preserve">тәрбиеленушілерге көмек </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>"Оказание финансовой</w:t>
+              <w:t xml:space="preserve">көрсету мемлекеттік </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>и материальной помощи</w:t>
+              <w:t xml:space="preserve">ұйымдардың білім беру" </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>обучающимся и воспитанникам</w:t>
+              <w:t xml:space="preserve">мемлекеттік қызмет </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>государственных организаций</w:t>
+              <w:t>көрсету көрсету қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>образования"</w:t>
-[...246 lines deleted...]
-              <w:t>(мобильный тел., Е-mail)</w:t>
+              <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z62" w:id="51"/>
-[...326 lines deleted...]
-        <w:t>(фамилия, имя, (подпись) отчество (при его наличии)</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      нысан</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -2638,165 +2485,601 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 2</w:t>
+              <w:t>______________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>к Правилам оказания</w:t>
+              <w:t xml:space="preserve">білім беру </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>государственной услуги</w:t>
+              <w:t>ұйымының басшысына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>"Оказание финансовой</w:t>
+              <w:t>____________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>и материальной помощи</w:t>
+              <w:t>(өтініш берушінің (тегі, аты,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>обучающимся и воспитанникам</w:t>
+              <w:t>әкесінің аты (бар болса)</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>государственных организаций</w:t>
+              <w:t>_______________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>образования"</w:t>
+              <w:t>(үйінің мекенжайы)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>_______________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(ұялы тел., Е-mail)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z65" w:id="53"/>
+    <w:bookmarkStart w:name="z40" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Перечень основных требований к оказанию государственной услуги "Оказание финансовой и материальной помощи обучающимся и воспитанникам государственных организаций образования"</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="53"/>
+        <w:t xml:space="preserve"> Өтініш</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сізден ___________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      (себептер көрсетіледі) байланысты </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      _______________________________ сыныптың білім алушысы, тәрбиеленушісі </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      _____________________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      түрінде (тегі, аты, әкесінің аты (бар болса) </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      ______________________ қаржылық/материалдық көмек көрсетуіңізді сұраймын. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Киім, аяқ киім, мектеп керек-жарақтарын сатып алғанда оларды сатып алған күннен бастап 15 жұмыс күні ішінде қаражаттың нысаналы жұмсалғанын растайтын құжаттарды ұсынуға келісемін. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Жалған ақпарат пен анық емес (жалған) құжаттар бергенім үшін жауапкершілік туралы ескертілді. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ақпараттық жүйелердегі "Дербес деректер және оларды қорғау туралы" Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Заңымен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қорғалатын құпия мәліметтерді қолдануға келісім беремін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "____" ______________2023 жыл             ___________________ ______________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (тегі, аты, әкесінің аты (бар болса) (қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Қаржылық және материалдық</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">білім алушылар мен </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">тәрбиеленушілерге көмек </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">көрсету мемлекеттік </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ұйымдардың білім беру" </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">мемлекеттік қызмет </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>көрсету көрсету қағидаларына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z42" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "Қаржылық және материалдық білім алушылар мен тәрбиеленушілерге көмек көрсету мемлекеттік ұйымдардың білім беру" мемлекеттік қызмет көрсетуге қойылатын негізгі талаптардың тізбесі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -2845,87 +3128,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Наименование услугодателя</w:t>
+Көрсетілетін қызметті берушінің атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Организации образования</w:t>
+Білім беру ұйымдары</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2957,88 +3240,88 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Способы предоставления государственной услуги </w:t>
+              <w:t>
+Мемлекеттік қызметті ұсыну тәсілдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Прием заявления и выдача результата оказания государственной услуги осуществляются через канцелярию услугодателя.</w:t>
+Өтінішті қабылдау және мемлекеттік қызмет көрсетудің нәтижесін беру көрсетілетін қызметті берушінің кеңсесі арқылы жүзеге асырылады.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3071,121 +3354,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Срок оказания государственной услуги</w:t>
+Мемлекеттік қызмет көрсету мерзімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) с момента сдачи документов – 10 (десять) рабочих дней.</w:t>
-[...33 lines deleted...]
-              <w:t>3) максимально допустимое время обслуживания услугодателем – 30 минут.</w:t>
+1) құжаттарды тапсырған сәттен бастап - 10 (он) жұмыс күні;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) құжаттарды тапсыру үшін күтудің рұқсат берілетін ең ұзақ уақыты - 15 минут;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) қызмет көрсетудің рұқсат берілетін ең ұзақ уақыты - 30 минут.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3218,87 +3503,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Форма оказания</w:t>
+Көрсету нысаны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Бумажная </w:t>
+              <w:t>
+Қағаз түрінде</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3331,87 +3616,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Результат оказания государственной услуги</w:t>
+Мемлекеттік қызметті көрсету нәтижесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Уведомление о выделении финансовой и материальной помощи обучающимся и воспитанникам государственных организаций образования либо мотивированный ответ об отказе.</w:t>
+Мемлекеттік білім беру ұйымдарының білім алушылары мен тәрбиеленушілеріне қаржылық және материалдық көмек көрсету туралы хабарлама не бас тарту туралы дәлелді жауап.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3444,87 +3729,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Размер оплаты, взимаемой с услугополучателя при оказании государственной услуги, и способы ее взимания в случаях, предусмотренных законодательством Республики Казахстан</w:t>
+Көрсетілетін қызметті алушыдан алынатын төлем мөлшері Қазақстан Республикасының заңнамасында көзделген жағдайларда мемлекеттік қызмет көрсету кезінде мемлекеттік қызмет көрсету тәртібі және оны алу тәсілдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бесплатно</w:t>
+Тегін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3557,104 +3842,141 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-График работы услугодателя, Государственной корпорации и объектов информации</w:t>
+Көрсетілетін қызметті берушінің, Мемлекеттік корпорацияның және ақпарат объектілерінің жұмыс графигі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-с понедельника по пятницу включительно, с 9.00 до 18.00 часов, с перерывом на обед с 13.00 часов до 14.00 часов, кроме выходных и праздничных дней, согласно трудовому законодательству Республики Казахстан.</w:t>
-[...16 lines deleted...]
-              <w:t>Адреса мест оказания государственной услуги размещены на интернет-ресурсе Министерства просвещения Республики Казахстан: www.edu.gov.kz.</w:t>
+Қазақстан Республикасының еңбек заңнамасына сәйкес демалыс және мереке күндерін қоспағанда сағат 13.00-ден 14.30-ға дейінгі түскі үзіліспен сағат 9.00-ден 18.30-ға дейін.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік қызмет көрсету орындарының мекенжайлары:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) Қазақстан Республикасы Оқу-ағарту министрлігінің: www.gov.kz интернет-ресурсында;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) www.egov.kz порталында орналасқан.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3687,226 +4009,293 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Перечень документов и сведений, истребуемых у услугополучателя для оказания государственной услуги</w:t>
+Мемлекеттік қызмет көрсету үшін көрсетілетін қызметті алушыдан талап етілетін құжаттар мен мәліметтердің тізбесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-к услугодателю:</w:t>
-[...138 lines deleted...]
-              <w:t>Категория лиц, указанных в подпункте 5) пункта 1 настоящих Правил, определяется попечительским советом организации образования на основании заключения обследования материально-бытового положения семьи.</w:t>
+Мемлекеттік корпорацияға:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) өтініш;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) жеке басын куәландыратын құжат немесе цифрлық құжаттар сервисінен электрондық құжат (жеке басын сәйкестендіру үшін қажет);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) "АХАЖ тіркеу пункті" ақпараттық жүйесінде (бұдан әрі – АХАЖ АЖ) мәліметтер болмаған жағдайда не Қазақстан Республикасынан тыс жерде туылған жағдайда баланың (балалардың) туу туралы куәлігі электрондық нысанда немесе оның қағаз жеткізгіштегі көшірмесі;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) неке қию немесе некені бұзу туралы куәліктің көшірмесі (АХАЖ АЖ-да мәліметтер болмаған жағдайда);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+5) қорғаншылықты (қамқоршылықты) белгілеу туралы, осы Қағидалардың </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1-тармағының</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 3) тармақшасында көрсетілген адамдар санатын патронаттық тәрбиелеуге және қабылдау отбасына беру туралы уәкілетті органның шешімінің көшірмесі;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+6) осы Қағидалардың </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1-тармағының</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 4) тармақшасында көрсетілген тұлғалар санаты үшін "Төтенше жағдайлардың туындауына әкеп соққан аварияларды, зілзалаларды, апаттарды тергеп-тексеру қағидаларын бекіту туралы" Қазақстан Республикасы Ішкі істер министрінің 2015 жылғы 23 қаңтардағы № 46 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бұйрығымен</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (Қазақстан Республикасының нормативтік құқықтық актілерін мемлекеттік тіркеу тізілімінде № 10325 болып тіркелген) бекітілген Төтенше жағдайлардың туындауына әкеп соққан аварияларды, зілзалаларды, апаттарды тергеп-тексеру қағидаларына сәйкес табиғи және техногендік сипаттағы төтенше жағдайлардың туындауына әкеп соққан авариялардың, зілзалалардың, апаттардың себептерін тергеп-тексеру актісі қоса беріледі.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Осы Қағидалардың </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1-тармағының</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 5) тармақшасында көрсетілген адамдардың санатын отбасының материалдық-тұрмыстық жағдайын тексеру қорытындысы негізінде білім беру қамқоршылық кеңесі айқындайды.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3939,178 +4328,181 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Основания для отказа в оказании государственной услуги, установленные законами Республики Казахстан</w:t>
+Қазақстан Республикасының заңдарында белгіленген мемлекеттік қызмет көрсетуден бас тарту үшін негіздер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) установление недостоверности документов, представленных услугополучателем для получения государственной услуги, и (или) данных (сведений), содержащихся в них;</w:t>
-[...90 lines deleted...]
-              <w:t xml:space="preserve"> Закона Республики Казахстан "О персональных данных и их защите", на доступ к персональным данным ограниченного доступа, которые требуются для оказания государственной услуги.</w:t>
+1) көрсетілетін қызметті алушы мемлекеттік көрсетілетін қызметті алу үшін ұсынған құжаттардың және (немесе) олардағы деректердің (мәліметтердің) анық еместігін анықтау;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+2) "Мемлекеттік білім беру мекемелерінің мемлекеттік атаулы әлеуметтік көмек алуға құқығы бар отбасылардан, сондай-ақ мемлекеттік атаулы әлеуметтік көмек алмайтын, жан басына шаққандағы табысы ең төменгі күнкөріс деңгейінің шамасынан төмен отбасылардан шыққан білім алушылары мен тәрбиеленушілеріне және жетім балаларға, ата-анасының қамқорлығынсыз қалып, отбасыларда тұратын балаларға, төтенше жағдайлардың салдарынан шұғыл жәрдемді талап ететін отбасылардан шыққан балаларға және өзге де санаттағы білім алушылар мен тәрбиеленушілерге қаржылай және материалдық көмек көрсетуге бөлінетін қаражатты қалыптастыру, жұмсау бағыты мен оларды есепке алу қағидаларын бекіту туралы" Қазақстан Республикасы Үкіметінің 2008 жылғы 25 қаңтардағы № 64 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қаулысында</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> белгіленген талаптарға көрсетілетін қызметті алушының және (немесе) мемлекеттік қызмет көрсету үшін қажетті ұсынылған материалдардың, объектілердің, деректер мен мәліметтердің сәйкес келмеуі;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) отбасының материалдық-тұрмыстық жағдайын тексеру нәтижелері бойынша дайындалған қамқоршылық кеңестің қорытындысына сәйкес қаржылық және материалдық көмек көрсетуді қажет етпейді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+4) көрсетілетін қызметті алушының мемлекеттік қызмет көрсету үшін талап етілетін, "Дербес деректер және оларды қорғау туралы" Қазақстан Республикасы Заңының </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>8-бабына</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сәйкес берілетін қолжетімділігі шектеулі дербес деректерге қол жеткізуге келісімі болмауы бойынша мемлекеттік қызметтерді көрсетуден бас тартады.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4143,104 +4535,105 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
- Иные требования с учетом особенностей оказания государственной услуги, в том числе оказываемой в электронной форме</w:t>
+Мемлекеттік қызмет көрсетудің, оның ішінде электрондық нысанда көрсетілетін қызметтің ерекшеліктерін ескере отырып қойылатын өзге де талаптар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сервис цифровых документов доступен для пользователей, авторизованных в мобильном приложении.</w:t>
-[...16 lines deleted...]
-              <w:t>Для использования цифрового документа необходимо пройти авторизацию в мобильном приложении с использованием электронно-цифровой подписи или одноразового пароля, далее перейти в раздел "Цифровые документы" и выбрать необходимый документ.</w:t>
+Цифрлық құжаттар сервисі мобильді қосымшада және пайдаланушылардың ақпараттық жүйелерінде авторландырылған субъектілер үшін қолжетімді.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Субъект мобильді қосымшада және пайдаланушылардың ақпараттық жүйелерінде қолжетімді әдістермен авторизациядан өтеді, бұдан әрі "Цифрлық құжаттар" бөлімінде одан әрі пайдалану үшін қажетті құжатты қарайды.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -4279,374 +4672,289 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 3</w:t>
+              <w:t>"Қаржылық және материалдық</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>к Правилам оказания</w:t>
+              <w:t xml:space="preserve">білім алушылар мен </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>государственной услуги</w:t>
+              <w:t xml:space="preserve">тәрбиеленушілерге көмек </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>"Оказание финансовой</w:t>
+              <w:t xml:space="preserve">көрсету мемлекеттік </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>и материальной помощи</w:t>
+              <w:t xml:space="preserve">ұйымдардың білім беру" </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>обучающимся и воспитанникам</w:t>
+              <w:t xml:space="preserve">мемлекеттік қызмет </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>государственных организаций</w:t>
+              <w:t>көрсету көрсету қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>образования"</w:t>
-[...64 lines deleted...]
-              <w:t>форма</w:t>
+              <w:t>3-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z68" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      нысан</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z44" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> УВЕДОМЛЕНИЕ</w:t>
-[...146 lines deleted...]
-        <w:t>Место печати</w:t>
+        <w:t xml:space="preserve"> Мемлекеттік білім беру ұйымдарының білім алушылары мен тәрбиеленушілеріне қаржылық және материалдық көмек көрсету туралы  АНЫҚТАМА</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      20__ - 20__ оқу жылында қаржылық және материалдық көмек көрсетілетін </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      тұлғалар тізіміне _________________________ енгізілген. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (баланың тегі, аты, әкесінің аты (бар болса)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      _________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Күні, басшының қолы </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мөрдің орны</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -4682,364 +4990,335 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 4</w:t>
+              <w:t>"Қаржылық және материалдық</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>к Правилам оказания</w:t>
+              <w:t xml:space="preserve">білім алушылар мен </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>государственной услуги</w:t>
+              <w:t xml:space="preserve">тәрбиеленушілерге көмек </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>"Оказание финансовой</w:t>
+              <w:t xml:space="preserve">көрсету мемлекеттік </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>и материальной помощи</w:t>
+              <w:t xml:space="preserve">ұйымдардың білім беру" </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>обучающимся и воспитанникам</w:t>
+              <w:t xml:space="preserve">мемлекеттік қызмет </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>государственных организаций</w:t>
+              <w:t>көрсету көрсету қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>образования"</w:t>
-[...64 lines deleted...]
-              <w:t>форма</w:t>
+              <w:t>4-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z72" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      нысан</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z46" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Заключение обследования материального положения заявителя на получение финансовой и материальной помощи</w:t>
-[...136 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve"> Қаржылық және материалдық көмек алуға өтініш берушінің материалдық жағдайын тексеру қорытындысы</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20__ жылғы "___" _______________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________ (елді мекен)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z47" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Өтініш берушінің тегі, аты, әкесінің аты (бар болса) _________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z48" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Тұрғылықты мекенжайы</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z49" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Жұмыс орны, лауазымы</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z50" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Отбасы құрамы (отбасында нақты тұратындар есепке алынады) _____ адам, оның ішінде:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
@@ -5094,303 +5373,303 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Фамилия, имя, отчество (при его наличии)</w:t>
+Тегі, аты, әкесінің аты (бар болса)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Дата рождения</w:t>
+Туған күні</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Родственное отношение к заявителю</w:t>
+Өтініш берушіге туыстық қатынасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Образование</w:t>
+Білімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Занятость, (место работы, учебы, независимые работники, безработный)</w:t>
+Жұмыспен қамтылуы (жұмыс, оқу орны, тәуелсіз қызметкерлер, жұмыссыз)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Причина не занятости</w:t>
+Жұмыспен қамтылмау себебі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Данные о регистрации в органах занятости в качестве безработного</w:t>
+Жұмыспен қамту органдарында жұмыссыз ретінде тіркелуі туралы деректер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сведения об участии в общественных работах, профессиональной подготовке (переподготовке, повышении квалификации) или в государственных мерах содействия занятости</w:t>
+Қоғамдық жұмыстарға қатысуы, кәсіптік даярлығы (қайта даярлау, біліктілігін арттыру) немесе жұмыспен қамтуға жәрдемдесудің мемлекеттік шараларына қатысуы туралы мәліметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5944,359 +6223,264 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z78" w:id="62"/>
-[...307 lines deleted...]
-    <w:bookmarkEnd w:id="64"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Еңбекке қабілетті барлық адам_____________.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жұмыссыз ретінде тіркелгендері ______адам.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жұмыспен қамтылмаудың басқа да себептері (іздеуде, бас бостандығынан айыру орындарында)______ адам.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Кәмелетке толмаған балалардың саны _______ адам, оның ішінде:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      толық мемлекеттік қамтамасыз етудегі білім алушылар _______ адам, жасы ______;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жоғары және орта арнаулы оқу орындарында ақылы негізде оқитындар ________ адам, оқу құны жылына бір оқушыға ______________теңге.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z51" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Тұрмыс жағдайлары (жатақхана, жалға алынған, жекешелендірілген тұрғын үй, қызметтік тұрғын үй, тұрғын кооператив, жеке тұрғын үй немесе өзге) (қажеттісінің астын сызу)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ас бөлмесін, қойманы және дәлізді есептемегенде бөлмелер саны _____</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тұрғын үйді ұстауға бір айдағы шығыстар ________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z52" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Отбасы табысы</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -6347,718 +6531,674 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Фамилия, имя, отчество</w:t>
-[...16 lines deleted...]
-              <w:t>(при его наличии)</w:t>
+Тегі, аты, әкесінің аты (бар болса)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Вид дохода</w:t>
+Табыс түрі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сумма за квартал, предшествующий кварталу обращения</w:t>
+Өтініш берген тоқсанның алдындағы тоқсандағы сома</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сведения о личном подсобном хозяйстве (приусадебный участок, скот и птица), дачном и земельном участке (земельной доли)</w:t>
+Жеке қосалқы шаруашылық (үй жанындағы учаске, мал және құс), саяжай және жер учаскесі (жер үлесі) туралы мәліметтер)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...535 lines deleted...]
-        <w:t>(или одного из членов семьи)</w:t>
+    <w:bookmarkStart w:name="z53" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Мыналардың бар-жоғы:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      автокөлік (маркасы, шығарылған жылы, құқық белгілейтін құжат, оны пайдаланудан түскен мәлімделген кірістер)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      қазіргі уақытта тұрып жатқан тұрғын үйден басқа тұрғын үй (оны пайдаланудан түскен мәлімделген кірістер)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z54" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Отбасының өзге табыстары (нысаны, сомасы, көзі):</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       ____________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       ____________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z55" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Тұрмысының санитариялық-эпидемиологиялық жағдайы</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       ____________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z56" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Басқа байқалғаны:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       ____________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       ____________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қамқоршылық кеңесінің өкілдері:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       _____________________________ _____________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Білім беру ұйымының бірінші басшысының бұйрығымен бекітілген жауапты тұлға:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       _________________________ _____________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       __________________________ _____________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      __________________________ _____________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (қолы) (тегі, аты, әкесінің аты (бар болса)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       Жасалған актімен таныстым:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       Өтініш берушінің тегі, аты, әкесінің аты (бар болса) және қолы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Тексеру жүргізуден бас тартамын </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      _____________________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (Өтініш берушінің (немесе отбасы мүшелерінің бірінің) тегі, аты, әкесінің аты (бар болса)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -7094,285 +7234,342 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 5</w:t>
+              <w:t>"Қаржылық және материалдық</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>к Правилам оказания</w:t>
+              <w:t xml:space="preserve">білім алушылар мен </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>государственной услуги</w:t>
+              <w:t xml:space="preserve">тәрбиеленушілерге көмек </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>"Оказание финансовой</w:t>
+              <w:t xml:space="preserve">көрсету мемлекеттік </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>и материальной помощи</w:t>
+              <w:t xml:space="preserve">ұйымдардың білім беру" </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>обучающимся и воспитанникам</w:t>
+              <w:t xml:space="preserve">мемлекеттік қызмет </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>государственных организаций</w:t>
+              <w:t>көрсету көрсету қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>образования"</w:t>
+              <w:t xml:space="preserve">5-қосымша </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z86" w:id="69"/>
+    <w:bookmarkStart w:name="z58" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Протокол заседания попечительского совета по оказанию финансовой</w:t>
-[...122 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve"> Мемлекеттік білім беру ұйымдарының білім алушылары мен тәрбиеленушілеріне қаржылық және материалдық көмек көрсету жөніндегі қамқоршылық кеңесінің отырысының хаттамасы</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      20__жылғы "__"______ №_ ______________________ ____________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+                                    (Орналасқан жері)             (Уақыты мен күні)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z59" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Қамқоршылық кеңесінің құрамы: ______________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      (құрамын көрсету) </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (тегі, аты, әкесінің аты (бар болса))</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z60" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Қаржылық / материалдық көмек алуға өтініштер тіркеу журналына сәйкес хронологиялық тәртіппен тіркелген:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -7389,267 +7586,217 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№ п/п</w:t>
+Р/с</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Фамилия, имя, отчество</w:t>
-[...33 lines deleted...]
-              <w:t>заявителя</w:t>
+Өтініш берушінің тегі, аты, әкесінің аты (бар болса)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Фамилия, имя, отчество</w:t>
-[...33 lines deleted...]
-              <w:t>обучающегося/воспитанника, класс</w:t>
+Білім алушының/тәрбиеленушінің тегі, аты, әкесінің аты (бар болса), сыныбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Дата/номер заявления</w:t>
+Күні/өтініш нөмірі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Вид помощи</w:t>
+Көмек түрі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -7698,129 +7845,125 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Финансовая</w:t>
+Қаржылық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Материальная</w:t>
+Қаржылық</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -7967,494 +8110,92 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2.</w:t>
-[...433 lines deleted...]
-Итого</w:t>
+Жалпы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8544,90 +8285,88 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z89" w:id="72"/>
-[...38 lines deleted...]
-    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z61" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Қамқоршылық кеңесі растайтын құжаттармен бірге өтініштерді қарап, ашық дауыс беру арқылы ШЕШІМ ҚАБЫЛДАДЫ:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) Мына өтініш берушілерге көмек көрсетілсін:</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
       </w:tblGrid>
@@ -8646,358 +8385,291 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№ п/п</w:t>
+Р/с</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Фамилия, имя, отчество</w:t>
-[...33 lines deleted...]
-              <w:t>заявителя</w:t>
+Өтініш берушінің тегі, аты, әкесінің аты (бар болса)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Фамилия, имя, отчество</w:t>
-[...50 lines deleted...]
-              <w:t>воспитанника, класс</w:t>
+Білім алушының/тәрбиеленушінің тегі, аты, әкесінің аты (бар болса), сыныбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Дата/номер заявления</w:t>
+Күні/өтініш нөмірі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Категория</w:t>
+Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Финансовая помощь, тенге</w:t>
+Қаржылай көмек, теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Материальная помощь</w:t>
+Материалдық көмек</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -9072,129 +8744,125 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-вид</w:t>
+түрі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-сумма, тенге</w:t>
+сомасы, теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -9405,622 +9073,92 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2.</w:t>
-[...561 lines deleted...]
-Итого</w:t>
+Жиыны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10180,300 +9318,294 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z91" w:id="74"/>
-[...248 lines deleted...]
-        <w:t>Фамилия, имя, отчество (при его наличии) и подпись заявителя</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) __________________________________________________ (негіздеме)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      себебі бойынша көмек көрсетуден бас тартылсын.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бұл шешім үшін дауыс берді:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қолдайды ______ дауыс (қамқоршылық кеңесі өкілдерінің тегі, аты, әкесінің аты (бар болса));</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қарсы ______ дауыс (қамқоршылық кеңесі өкілдерінің тегі, аты, әкесінің аты (бар болса)).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қамқоршылық кеңесінің өкілдері:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _______________ ___________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _______________ ___________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Білім беру ұйымының бірінші басшысының бұйрығымен бекітілген</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жауапты тұлға</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _______________ ____________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (қолы) (тегі, аты, әкесінің аты (бар болса)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жасалған актімен таныстым:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Өтініш берушінің тегі, аты, әкесінің аты (бар болса) және қолы</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -10509,230 +9641,192 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 6</w:t>
+              <w:t>"Қаржылық және материалдық</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>к Правилам оказания</w:t>
+              <w:t xml:space="preserve">білім алушылар мен </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>государственной услуги</w:t>
+              <w:t xml:space="preserve">тәрбиеленушілерге көмек </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>"Оказание финансовой</w:t>
+              <w:t xml:space="preserve">көрсету мемлекеттік </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>и материальной помощи</w:t>
+              <w:t xml:space="preserve">ұйымдардың білім беру" </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>обучающимся и воспитанникам</w:t>
+              <w:t xml:space="preserve">мемлекеттік қызмет </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>государственных организаций</w:t>
+              <w:t>көрсету көрсету қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>образования"</w:t>
-[...64 lines deleted...]
-              <w:t>форма</w:t>
+              <w:t xml:space="preserve">6-қосымша </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z94" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      нысан</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z63" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Журнал регистрации заявлений на получение финансовой и материальной помощи</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="75"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Қаржылық және материалдық көмек алуға өтініштерді тіркеу журналы</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1758"/>
       </w:tblGrid>
       <w:tr>
@@ -10749,267 +9843,267 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№ п/п</w:t>
+Р/с №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Регистрационный номер</w:t>
+Тіркеу нөмірі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Дата приема заявления</w:t>
+Өтініш қабылдан ған күн</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Фамилия, имя, отчество (при его наличии) заявителя</w:t>
+Өтініш берушінің тегі, аты, әкесінің аты (бар болса)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Адрес проживания заявителя</w:t>
+Өтініш берушінің тұратын мекенжайы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Дата передачи на рассмотрение</w:t>
+Қарауға берілген күні</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Дата принятия заключения</w:t>
+Қорытынды қабылданған күн</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11429,70 +10523,68 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z95" w:id="76"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Кестенің жалғасы</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -11504,121 +10596,105 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Вид помощи</w:t>
-[...16 lines deleted...]
-              <w:t>(финансовая и материальная)</w:t>
+Көмек түрі</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(қаржылық және материалдық)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Общая сумма назначенной для оказания финансовой и материальной помощи на обучающегося и воспитанника</w:t>
-[...16 lines deleted...]
-              <w:t>(в тенге)</w:t>
+Білім алушы мен тәрбиеленушіге қаржылай және материалдық көмек көрсету үшін тағайындалған жалпы сома (теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -11637,51 +10713,51 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
-					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
+					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>