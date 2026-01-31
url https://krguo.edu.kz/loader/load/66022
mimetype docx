--- v0 (2025-10-08)
+++ v1 (2026-01-31)
@@ -1,4255 +1,6798 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="9923" w:type="dxa"/>
-[...752 lines deleted...]
-      <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6162"/>
-        <w:gridCol w:w="3901"/>
+        <w:gridCol w:w="5444"/>
+        <w:gridCol w:w="3911"/>
       </w:tblGrid>
-      <w:tr w:rsidR="007D032F" w:rsidTr="00E17C49">
+      <w:tr w:rsidR="00732A16" w:rsidRPr="007D213E" w:rsidTr="00607806">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="007D032F" w:rsidRDefault="007D032F" w:rsidP="00E17C49">
+          <w:p w:rsidR="00732A16" w:rsidRDefault="00732A16" w:rsidP="00607806">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="007D032F" w:rsidRDefault="007D032F" w:rsidP="00E17C49">
+          <w:p w:rsidR="00732A16" w:rsidRPr="007D213E" w:rsidRDefault="00732A16" w:rsidP="00732A16">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Приложение 30 к приказу</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Министр просвещения</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от 12 апреля 2023 года № 95</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00732A16" w:rsidRPr="007D213E" w:rsidTr="00607806">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00732A16" w:rsidRPr="007D213E" w:rsidRDefault="00732A16" w:rsidP="00607806">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...4 lines deleted...]
-          <w:p w:rsidR="007D032F" w:rsidRDefault="007D032F" w:rsidP="00E17C49">
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00732A16" w:rsidRPr="007D213E" w:rsidRDefault="00732A16" w:rsidP="00732A16">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Приложение 1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>к Правилам оказания</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>государственной услуги</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>"Предоставление бесплатного</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>подвоза к общеобразовательным</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>организациям и обратно домой</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>детям, проживающим в</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>отдаленных сельских пунктах"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00732A16" w:rsidTr="00607806">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00732A16" w:rsidRPr="007D213E" w:rsidRDefault="00732A16" w:rsidP="00607806">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...4 lines deleted...]
-          <w:p w:rsidR="007D032F" w:rsidRDefault="007D032F" w:rsidP="00E17C49">
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00732A16" w:rsidRDefault="00732A16" w:rsidP="00732A16">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="right"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00732A16" w:rsidRPr="007D213E" w:rsidTr="00607806">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00732A16" w:rsidRDefault="00732A16" w:rsidP="00607806">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...107 lines deleted...]
-              <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-[...2 lines deleted...]
-            <w:r>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00732A16" w:rsidRPr="007D213E" w:rsidRDefault="00732A16" w:rsidP="00732A16">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Руководителю</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от _____________________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>_______________________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>фамилия, имя, отчество</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>(при его наличии)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>и индивидуальный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>идентификационный номер</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...4 lines deleted...]
-              <w:t>2-қосымша</w:t>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>заявителя, адрес</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>проживания и телефон</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="007D032F" w:rsidRDefault="007D032F" w:rsidP="007D032F">
+    <w:p w:rsidR="00732A16" w:rsidRPr="00732A16" w:rsidRDefault="00732A16" w:rsidP="00732A16">
       <w:pPr>
         <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="1" w:name="z257"/>
-      <w:r>
+      <w:bookmarkStart w:id="0" w:name="z445"/>
+      <w:r w:rsidRPr="00732A16">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...1 lines deleted...]
-        <w:t xml:space="preserve"> "Шалғайдағы ауылдық елді мекендерде тұратын балаларды жалпы білім беру ұйымдарына және кейін үйлеріне тегін тасымалдауды ұсыну" мемлекеттік қызмет көрсетуге қойылатын негізгі талаптардың тізбесі</w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Заявление</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-    <w:p w:rsidR="007D032F" w:rsidRDefault="007D032F" w:rsidP="007D032F">
+    <w:p w:rsidR="00732A16" w:rsidRPr="007D213E" w:rsidRDefault="00732A16" w:rsidP="00732A16">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...4 lines deleted...]
-        <w:t xml:space="preserve">       Ескерту. 2-қосымша жаңа редакцияда - ҚР Оқу-ағарту министрінің м.а. 16.06.2023 № 171 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      <w:bookmarkStart w:id="1" w:name="z446"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D213E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Прошу Вас обеспечить подвоз моего(их) несовершеннолетнего(их)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:p w:rsidR="00732A16" w:rsidRPr="007D213E" w:rsidRDefault="00732A16" w:rsidP="00732A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D213E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ребенка (детей)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>____________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D213E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>______________________________,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00732A16" w:rsidRPr="007D213E" w:rsidRDefault="00732A16" w:rsidP="00732A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D213E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D213E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D213E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (фамилия, имя, отчество (при его наличии) и индивидуальный</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00732A16" w:rsidRPr="007D213E" w:rsidRDefault="00732A16" w:rsidP="00732A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D213E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007D213E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>дентификационный</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007D213E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> номер, дата рождения) проживающего в</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D213E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(указать наименование населенного пункта, района)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D213E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>и обучающегося в __________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D213E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>_______ (указать № класса, полное наименование организации образования)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00732A16" w:rsidRPr="007D213E" w:rsidRDefault="00732A16" w:rsidP="00732A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D213E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>к общеобразовательной организации образования и обратно домой на 20 ___ - 20 __ учебный</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D213E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>год (указать учебный год).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00732A16" w:rsidRPr="00732A16" w:rsidRDefault="00732A16" w:rsidP="00732A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D213E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D213E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Согласен(а) на использования сведений, составляющих охраняемую </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00732A16">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D213E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Республики Казахстан "О персональных данных и их защите" тайну, содержащихся в</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00732A16">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>информационных системах.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10632" w:type="dxa"/>
+        <w:tblW w:w="10617" w:type="dxa"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
-        <w:tblInd w:w="-290" w:type="dxa"/>
+        <w:tblInd w:w="142" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6095"/>
+        <w:gridCol w:w="55"/>
+        <w:gridCol w:w="3489"/>
+        <w:gridCol w:w="978"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00732A16" w:rsidTr="00732A16">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00732A16" w:rsidRDefault="00732A16" w:rsidP="00607806">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"__" _____________ 20 ___</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>года</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4467" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00732A16" w:rsidRDefault="00732A16" w:rsidP="00607806">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:bookmarkStart w:id="2" w:name="z447"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>_____________________</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="2"/>
+          <w:p w:rsidR="00732A16" w:rsidRDefault="00732A16" w:rsidP="00607806">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>подпись</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>заявителя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00732A16" w:rsidRPr="007D213E" w:rsidTr="00732A16">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="978" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6095" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00732A16" w:rsidRDefault="00732A16" w:rsidP="00732A16">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="142"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00732A16" w:rsidRDefault="00732A16" w:rsidP="00732A16">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="142"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00732A16" w:rsidRDefault="00732A16" w:rsidP="00732A16">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="142"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00732A16" w:rsidRDefault="00732A16" w:rsidP="00732A16">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="142"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00732A16" w:rsidRDefault="00732A16" w:rsidP="00732A16">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="142"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00732A16" w:rsidRDefault="00732A16" w:rsidP="00732A16">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="142"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00732A16" w:rsidRDefault="00732A16" w:rsidP="00732A16">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="142"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00732A16" w:rsidRDefault="00732A16" w:rsidP="00732A16">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="142"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00732A16" w:rsidRDefault="00732A16" w:rsidP="00732A16">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="142"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00732A16" w:rsidRDefault="00732A16" w:rsidP="00732A16">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="142"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00732A16" w:rsidRDefault="00732A16" w:rsidP="00732A16">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="142"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00732A16" w:rsidRDefault="00732A16" w:rsidP="00732A16">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="142"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00732A16" w:rsidRDefault="00732A16" w:rsidP="00732A16">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="142"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00732A16" w:rsidRDefault="00732A16" w:rsidP="00732A16">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="142"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00732A16" w:rsidRDefault="00732A16" w:rsidP="00732A16">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="142"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00732A16" w:rsidRPr="007D213E" w:rsidRDefault="00732A16" w:rsidP="00732A16">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="142"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Приложение 31 к приказу</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Приложение 2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>к Правилам оказания</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>государственной услуги</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>"Предоставление бесплатного</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>подвоза к общеобразовательным</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>организациям и обратно домой</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>детям, проживающим в</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>отдаленных сельских пунктах"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00732A16" w:rsidRDefault="00732A16" w:rsidP="00732A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="142"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="z449"/>
+    </w:p>
+    <w:p w:rsidR="00732A16" w:rsidRPr="007D213E" w:rsidRDefault="00732A16" w:rsidP="00732A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="142"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="4"/>
+      <w:r w:rsidRPr="007D213E">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Перечень основных требований к оказанию государственной услуги "Предоставление бесплатного подвоза к общеобразовательным организациям и обратно домой детям, проживающим в отдаленных сельских пунктах"</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="10774" w:type="dxa"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="-999" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="568"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="2447"/>
+        <w:gridCol w:w="567"/>
+        <w:gridCol w:w="2694"/>
+        <w:gridCol w:w="4519"/>
+        <w:gridCol w:w="2994"/>
       </w:tblGrid>
-      <w:tr w:rsidR="007D032F" w:rsidTr="007D032F">
+      <w:tr w:rsidR="00732A16" w:rsidRPr="007D213E" w:rsidTr="00732A16">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="007D032F" w:rsidRDefault="007D032F" w:rsidP="00E17C49">
+          <w:bookmarkEnd w:id="3"/>
+          <w:p w:rsidR="00732A16" w:rsidRDefault="00732A16" w:rsidP="00607806">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcW w:w="2694" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="007D032F" w:rsidRDefault="007D032F" w:rsidP="00E17C49">
+          <w:p w:rsidR="00732A16" w:rsidRDefault="00732A16" w:rsidP="00607806">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Көрсетілетін қызметті берушінің атауы</w:t>
-            </w:r>
+              <w:t>Наименование</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>услугодателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7938" w:type="dxa"/>
+            <w:tcW w:w="7513" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="007D032F" w:rsidRDefault="007D032F" w:rsidP="00E17C49">
+          <w:p w:rsidR="00732A16" w:rsidRPr="007D213E" w:rsidRDefault="00732A16" w:rsidP="00607806">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
-            </w:pPr>
-[...5 lines deleted...]
-              <w:t>Аудандардағы, облыстық маңызы бар қалалардағы білім бөлімдері, білім беру ұйымдары</w:t>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Отделы образования районов, городов областного значения, организации образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007D032F" w:rsidTr="007D032F">
+      <w:tr w:rsidR="00732A16" w:rsidRPr="007D213E" w:rsidTr="00732A16">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="007D032F" w:rsidRDefault="007D032F" w:rsidP="00E17C49">
+          <w:p w:rsidR="00732A16" w:rsidRDefault="00732A16" w:rsidP="00607806">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcW w:w="2694" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="007D032F" w:rsidRDefault="007D032F" w:rsidP="00E17C49">
+          <w:p w:rsidR="00732A16" w:rsidRPr="007D213E" w:rsidRDefault="00732A16" w:rsidP="00607806">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
-            </w:pPr>
-[...5 lines deleted...]
-              <w:t>Мемлекеттік қызметті ұсыну тәсілдері</w:t>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Способы предоставления государственной услуги (каналы доступа)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7938" w:type="dxa"/>
+            <w:tcW w:w="7513" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="007D032F" w:rsidRDefault="007D032F" w:rsidP="00E17C49">
+          <w:p w:rsidR="00732A16" w:rsidRPr="007D213E" w:rsidRDefault="00732A16" w:rsidP="00607806">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
-            </w:pPr>
-[...8 lines deleted...]
-          <w:p w:rsidR="007D032F" w:rsidRDefault="007D032F" w:rsidP="00E17C49">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="5" w:name="z450"/>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Прием заявления и выдача результата оказания государственной услуги осуществляются через:</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="5"/>
+          <w:p w:rsidR="00732A16" w:rsidRPr="007D213E" w:rsidRDefault="00732A16" w:rsidP="00607806">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
-            </w:pPr>
-[...8 lines deleted...]
-          <w:p w:rsidR="007D032F" w:rsidRDefault="007D032F" w:rsidP="00E17C49">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) канцелярию </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугодателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00732A16" w:rsidRPr="007D213E" w:rsidRDefault="00732A16" w:rsidP="00607806">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
-            </w:pPr>
-[...8 lines deleted...]
-          <w:p w:rsidR="007D032F" w:rsidRDefault="007D032F" w:rsidP="00E17C49">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>2) некоммерческое акционерное общество "Государственная корпорация "Правительство для граждан" (далее – Государственная корпорация);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00732A16" w:rsidRPr="007D213E" w:rsidRDefault="00732A16" w:rsidP="00607806">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
-            </w:pPr>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3) веб-портал "электронного правительства" </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>3) "</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramStart"/>
+              <w:t>www</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>электрондық</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+              <w:t>egov</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> үкіметтің" www.egov.kz веб-порталы (бұдан әрі – портал) арқылы жүзеге асырылады.</w:t>
+              <w:t>kz</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (далее – портал).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007D032F" w:rsidTr="007D032F">
+      <w:tr w:rsidR="00732A16" w:rsidRPr="007D213E" w:rsidTr="00732A16">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="007D032F" w:rsidRDefault="007D032F" w:rsidP="00E17C49">
+          <w:p w:rsidR="00732A16" w:rsidRDefault="00732A16" w:rsidP="00607806">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcW w:w="2694" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="007D032F" w:rsidRDefault="007D032F" w:rsidP="00E17C49">
+          <w:p w:rsidR="00732A16" w:rsidRDefault="00732A16" w:rsidP="00607806">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Мемлекеттік қызмет көрсету мерзімі</w:t>
-            </w:r>
+              <w:t>Срок</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оказания</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>государственной</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>услуги</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7938" w:type="dxa"/>
+            <w:tcW w:w="7513" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="007D032F" w:rsidRDefault="007D032F" w:rsidP="00E17C49">
+          <w:p w:rsidR="00732A16" w:rsidRPr="007D213E" w:rsidRDefault="00732A16" w:rsidP="00607806">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
-            </w:pPr>
-[...24 lines deleted...]
-          <w:p w:rsidR="007D032F" w:rsidRDefault="007D032F" w:rsidP="00E17C49">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="6" w:name="z453"/>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) с момента сдачи документов </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугодателю</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>, в Государственную корпорацию, а также при обращении на портал – 5 (пять) рабочих дней.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="6"/>
+          <w:p w:rsidR="00732A16" w:rsidRPr="007D213E" w:rsidRDefault="00732A16" w:rsidP="00607806">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
-            </w:pPr>
-[...8 lines deleted...]
-          <w:p w:rsidR="007D032F" w:rsidRDefault="007D032F" w:rsidP="00E17C49">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) максимально допустимое время ожидания для сдачи документов у </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугодателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> или Государственной корпорации – 15 минут;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00732A16" w:rsidRPr="007D213E" w:rsidRDefault="00732A16" w:rsidP="00607806">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
-            </w:pPr>
-[...21 lines deleted...]
-              <w:t xml:space="preserve"> қызметті берушіде қызмет көрсетудің рұқсат берілетін ең ұзақ уақыты – 30 минут, Мемлекеттік корпорацияда – 15 минут.</w:t>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3) максимально допустимое время обслуживания у </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугодателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – 30 минут, в Государственной корпорации – 15 минут.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007D032F" w:rsidTr="007D032F">
+      <w:tr w:rsidR="00732A16" w:rsidTr="00732A16">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="007D032F" w:rsidRDefault="007D032F" w:rsidP="00E17C49">
+          <w:p w:rsidR="00732A16" w:rsidRDefault="00732A16" w:rsidP="00607806">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcW w:w="2694" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="007D032F" w:rsidRDefault="007D032F" w:rsidP="00E17C49">
+          <w:p w:rsidR="00732A16" w:rsidRDefault="00732A16" w:rsidP="00607806">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Көрсету нысаны</w:t>
-            </w:r>
+              <w:t>Форма</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оказания</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7938" w:type="dxa"/>
+            <w:tcW w:w="7513" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="007D032F" w:rsidRDefault="007D032F" w:rsidP="00E17C49">
+          <w:p w:rsidR="00732A16" w:rsidRDefault="00732A16" w:rsidP="00607806">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Электрондық (ішінара автоматтандырылған)\қағаз жүзінде.</w:t>
-            </w:r>
+              <w:t>Электронная</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>частично</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>автоматизированная</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">)\ </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бумажная</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007D032F" w:rsidTr="007D032F">
+      <w:tr w:rsidR="00732A16" w:rsidRPr="007D213E" w:rsidTr="00732A16">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="007D032F" w:rsidRDefault="007D032F" w:rsidP="00E17C49">
+          <w:p w:rsidR="00732A16" w:rsidRDefault="00732A16" w:rsidP="00607806">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcW w:w="2694" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="007D032F" w:rsidRDefault="007D032F" w:rsidP="00E17C49">
+          <w:p w:rsidR="00732A16" w:rsidRDefault="00732A16" w:rsidP="00607806">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Мемлекеттік қызметті көрсету нәтижесі</w:t>
-            </w:r>
+              <w:t>Результат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оказания</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>государственной</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>услуги</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7938" w:type="dxa"/>
+            <w:tcW w:w="7513" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="007D032F" w:rsidRDefault="007D032F" w:rsidP="00E17C49">
+          <w:p w:rsidR="00732A16" w:rsidRPr="007D213E" w:rsidRDefault="00732A16" w:rsidP="00607806">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
-            </w:pPr>
-[...8 lines deleted...]
-          <w:p w:rsidR="007D032F" w:rsidRDefault="007D032F" w:rsidP="00E17C49">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="7" w:name="z455"/>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Справка о предоставлении бесплатного подвоза к общеобразовательной организации образования и обратно домой либо мотивированный ответ об отказе в оказании государственной услуги в случаях и по основаниям, предусмотренным пунктом 9 требований к оказанию государственной услуги.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="7"/>
+          <w:p w:rsidR="00732A16" w:rsidRPr="007D213E" w:rsidRDefault="00732A16" w:rsidP="00607806">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
-            </w:pPr>
-[...5 lines deleted...]
-              <w:t>Порталда мемлекеттік қызмет көрсетудің нәтижесі көрсетілетін қызметті алушының "жеке кабинетіне" жіберіледі және сақталады.</w:t>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">На портале результат оказания государственной услуги направляется и хранится в "личном кабинете" </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007D032F" w:rsidTr="007D032F">
+      <w:tr w:rsidR="00732A16" w:rsidTr="00732A16">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="007D032F" w:rsidRDefault="007D032F" w:rsidP="00E17C49">
+          <w:p w:rsidR="00732A16" w:rsidRDefault="00732A16" w:rsidP="00607806">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcW w:w="2694" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="007D032F" w:rsidRDefault="007D032F" w:rsidP="00E17C49">
+          <w:p w:rsidR="00732A16" w:rsidRPr="007D213E" w:rsidRDefault="00732A16" w:rsidP="00607806">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
-            </w:pPr>
-[...8 lines deleted...]
-          <w:p w:rsidR="007D032F" w:rsidRDefault="007D032F" w:rsidP="00E17C49">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="8" w:name="z456"/>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Размер оплаты, взимаемой с </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="8"/>
+          <w:p w:rsidR="00732A16" w:rsidRPr="007D213E" w:rsidRDefault="00732A16" w:rsidP="00607806">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
-            </w:pPr>
-[...5 lines deleted...]
-              <w:t>Қазақстан Республикасының заңнамасында көзделген жағдайларда мемлекеттік қызмет көрсету кезінде мемлекеттік қызмет көрсету тәртібі және оны алу тәсілдері</w:t>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>при оказании государственной услуги, и способы ее взимания в случаях, предусмотренных законодательством Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7938" w:type="dxa"/>
+            <w:tcW w:w="7513" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="007D032F" w:rsidRDefault="007D032F" w:rsidP="00E17C49">
+          <w:p w:rsidR="00732A16" w:rsidRDefault="00732A16" w:rsidP="00607806">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Тегін</w:t>
-            </w:r>
+              <w:t>Бесплатно</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007D032F" w:rsidRPr="007A5BFC" w:rsidTr="007D032F">
+      <w:tr w:rsidR="00732A16" w:rsidTr="00732A16">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="007D032F" w:rsidRDefault="007D032F" w:rsidP="00E17C49">
+          <w:p w:rsidR="00732A16" w:rsidRDefault="00732A16" w:rsidP="00607806">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcW w:w="2694" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="007D032F" w:rsidRDefault="007D032F" w:rsidP="00E17C49">
+          <w:p w:rsidR="00732A16" w:rsidRPr="007D213E" w:rsidRDefault="00732A16" w:rsidP="00607806">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
-            </w:pPr>
-[...5 lines deleted...]
-              <w:t>Көрсетілетін қызметті берушінің, Мемлекеттік корпорацияның және ақпарат объектілерінің жұмыс графигі</w:t>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">График работы </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугодателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>, Государственной корпорации и объектов информации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7938" w:type="dxa"/>
+            <w:tcW w:w="7513" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="007D032F" w:rsidRDefault="007D032F" w:rsidP="00E17C49">
+          <w:p w:rsidR="00732A16" w:rsidRPr="007D213E" w:rsidRDefault="00732A16" w:rsidP="00607806">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
-            </w:pPr>
-[...8 lines deleted...]
-          <w:p w:rsidR="007D032F" w:rsidRDefault="007D032F" w:rsidP="00E17C49">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="9" w:name="z457"/>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугодателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>: с понедельника по пятницу включительно, с 9.00 до 18.30 часов, с перерывом на обед с 13.00 часов до 14.30 часов, кроме выходных и праздничных дней, согласно трудовому законодательству Республики Казахстан.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="9"/>
+          <w:p w:rsidR="00732A16" w:rsidRPr="007D213E" w:rsidRDefault="00732A16" w:rsidP="00607806">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
-            </w:pPr>
-[...8 lines deleted...]
-          <w:p w:rsidR="007D032F" w:rsidRDefault="007D032F" w:rsidP="00E17C49">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>2) Государственной корпорации: с понедельника по пятницу включительно с 9.00 до 18.00 часов без перерыва, дежурные отделы обслуживания населения Государственной корпорации с понедельника по пятницу включительно с 9.00 до 20.00 часов и в субботу с 9.00 до 13.00 часов, кроме праздничных и выходных дней согласно трудовому законодательству.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00732A16" w:rsidRPr="007D213E" w:rsidRDefault="00732A16" w:rsidP="00607806">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
-            </w:pPr>
-[...9 lines deleted...]
-          <w:p w:rsidR="007D032F" w:rsidRDefault="007D032F" w:rsidP="00E17C49">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Прием осуществляется в порядке "электронной" очереди, по месту регистрации </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>, или по месту регистрации несовершеннолетнего проживающего в отдаленных сельских пунктах, нуждающегося в подвозе к общеобразовательным организациям и обратно домой, без ускоренного обслуживания, возможно "бронирование" электронной очереди посредством портала.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00732A16" w:rsidRPr="007D213E" w:rsidRDefault="00732A16" w:rsidP="00607806">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
-            </w:pPr>
-[...24 lines deleted...]
-          <w:p w:rsidR="007D032F" w:rsidRDefault="007D032F" w:rsidP="00E17C49">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3) портала: круглосуточно, за исключением технических перерывов в связи с проведением ремонтных работ (при обращении </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> после окончания </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>рабочего времени, в выходные и праздничные дни согласно трудовому законодательству Республики Казахстан, прием заявления и выдача результата оказания государственной услуги осуществляется следующим рабочим днем).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00732A16" w:rsidRPr="007D213E" w:rsidRDefault="00732A16" w:rsidP="00607806">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
-            </w:pPr>
-[...8 lines deleted...]
-          <w:p w:rsidR="007D032F" w:rsidRPr="007A5BFC" w:rsidRDefault="007D032F" w:rsidP="00E17C49">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Адреса мест оказания государственной услуги размещены на:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00732A16" w:rsidRPr="007D213E" w:rsidRDefault="00732A16" w:rsidP="00607806">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A5BFC">
-[...5 lines deleted...]
-              <w:t xml:space="preserve">1) Қазақстан Республикасы Оқу-ағарту министрлігінің: </w:t>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>интернет-ресурсе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Министерства просвещения Республики Казахстан: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>www</w:t>
             </w:r>
-            <w:r w:rsidRPr="007A5BFC">
+            <w:r w:rsidRPr="007D213E">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>edu</w:t>
             </w:r>
-            <w:r w:rsidRPr="007A5BFC">
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007D213E">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>gov</w:t>
             </w:r>
-            <w:r w:rsidRPr="007A5BFC">
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007D213E">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>kz</w:t>
             </w:r>
-            <w:r w:rsidRPr="007A5BFC">
-[...8 lines deleted...]
-          <w:p w:rsidR="007D032F" w:rsidRPr="007A5BFC" w:rsidRDefault="007D032F" w:rsidP="00E17C49">
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00732A16" w:rsidRDefault="00732A16" w:rsidP="00607806">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
-              <w:rPr>
-[...7 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">2) </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>www</w:t>
-[...8 lines deleted...]
-            </w:r>
+              <w:t>портале</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>egov</w:t>
-[...22 lines deleted...]
-              <w:t xml:space="preserve"> порталында орналасқан.</w:t>
+              <w:t>: www.egov.kz.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007D032F" w:rsidTr="007D032F">
+      <w:tr w:rsidR="00732A16" w:rsidRPr="007D213E" w:rsidTr="00732A16">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="007D032F" w:rsidRDefault="007D032F" w:rsidP="00E17C49">
+          <w:p w:rsidR="00732A16" w:rsidRDefault="00732A16" w:rsidP="00607806">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcW w:w="2694" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="007D032F" w:rsidRDefault="007D032F" w:rsidP="00E17C49">
+          <w:p w:rsidR="00732A16" w:rsidRPr="007D213E" w:rsidRDefault="00732A16" w:rsidP="00607806">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
-            </w:pPr>
-[...5 lines deleted...]
-              <w:t>Мемлекеттік қызмет көрсету үшін көрсетілетін қызметті алушыдан талап етілетін құжаттар мен мәліметтердің тізбесі</w:t>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Перечень документов и сведений, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>истребуемых</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> у </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> для оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7938" w:type="dxa"/>
+            <w:tcW w:w="7513" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="007D032F" w:rsidRDefault="007D032F" w:rsidP="00E17C49">
+          <w:p w:rsidR="00732A16" w:rsidRPr="007D213E" w:rsidRDefault="00732A16" w:rsidP="00607806">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
-            </w:pPr>
-[...8 lines deleted...]
-          <w:p w:rsidR="007D032F" w:rsidRDefault="007D032F" w:rsidP="00E17C49">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="10" w:name="z463"/>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">При обращении к </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугодателю</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и в Государственную корпорацию:</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="10"/>
+          <w:p w:rsidR="00732A16" w:rsidRPr="007D213E" w:rsidRDefault="00732A16" w:rsidP="00607806">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
-            </w:pPr>
-[...8 lines deleted...]
-          <w:p w:rsidR="007D032F" w:rsidRDefault="007D032F" w:rsidP="00E17C49">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>1) заявление;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00732A16" w:rsidRPr="007D213E" w:rsidRDefault="00732A16" w:rsidP="00607806">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
-            </w:pPr>
-[...8 lines deleted...]
-          <w:p w:rsidR="007D032F" w:rsidRDefault="007D032F" w:rsidP="00E17C49">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>2) документ, удостоверяющий личность либо электронный документ из сервиса цифровых документов (требуется для идентификации личности);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00732A16" w:rsidRPr="007D213E" w:rsidRDefault="00732A16" w:rsidP="00607806">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
-            </w:pPr>
-[...8 lines deleted...]
-          <w:p w:rsidR="007D032F" w:rsidRDefault="007D032F" w:rsidP="00E17C49">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>3) свидетельство о рождении ребенка (детей) в электронной форме или его копия на бумажном носителе, при отсутствии сведений в информационной системе "Регистрационный пункт ЗАГС" (далее – ИС ЗАГС) либо родившегося за пределами Республики Казахстан;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00732A16" w:rsidRPr="007D213E" w:rsidRDefault="00732A16" w:rsidP="00607806">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
-            </w:pPr>
-[...24 lines deleted...]
-          <w:p w:rsidR="007D032F" w:rsidRDefault="007D032F" w:rsidP="00E17C49">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>4) справка с места учебы по форме согласно приложению, к настоящим требованиям к оказанию государственной услуги.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00732A16" w:rsidRPr="007D213E" w:rsidRDefault="00732A16" w:rsidP="00607806">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
-            </w:pPr>
-[...8 lines deleted...]
-          <w:p w:rsidR="007D032F" w:rsidRDefault="007D032F" w:rsidP="00E17C49">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Документы представляются в подлинниках для сверки, после чего подлинники возвращаются </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателю</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00732A16" w:rsidRPr="007D213E" w:rsidRDefault="00732A16" w:rsidP="00607806">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
-            </w:pPr>
-[...8 lines deleted...]
-          <w:p w:rsidR="007D032F" w:rsidRDefault="007D032F" w:rsidP="00E17C49">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>на портал:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00732A16" w:rsidRPr="007D213E" w:rsidRDefault="00732A16" w:rsidP="00607806">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
-            </w:pPr>
-[...8 lines deleted...]
-          <w:p w:rsidR="007D032F" w:rsidRDefault="007D032F" w:rsidP="00E17C49">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) заявление в форме электронного документа, подписанное ЭЦП </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> или удостоверенное одноразовым паролем, при регистрации и подключения абонентского номера </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>, предоставленного оператором сотовой связи, к учетной записи портала;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00732A16" w:rsidRPr="007D213E" w:rsidRDefault="00732A16" w:rsidP="00607806">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
-            </w:pPr>
-[...8 lines deleted...]
-          <w:p w:rsidR="007D032F" w:rsidRDefault="007D032F" w:rsidP="00E17C49">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>2) электронная копия свидетельства о рождении ребенка (детей), при отсутствии сведений ИС ЗАГС либо родившегося за пределами Республики Казахстан;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00732A16" w:rsidRPr="007D213E" w:rsidRDefault="00732A16" w:rsidP="00607806">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
-            </w:pPr>
-[...21 lines deleted...]
-              <w:t xml:space="preserve"> мемлекеттік қызмет көрсетуге қойылатын талаптарының қосымшасына сәйкес нысан бойынша оқу орнынан анықтаманың электрондық көшірмесі.</w:t>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>3) электронная копия справки с места учебы по форме согласно приложению, к настоящим требованиям к оказанию государственной услуги.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007D032F" w:rsidTr="007D032F">
+      <w:tr w:rsidR="00732A16" w:rsidRPr="007D213E" w:rsidTr="00732A16">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="007D032F" w:rsidRDefault="007D032F" w:rsidP="00E17C49">
+          <w:p w:rsidR="00732A16" w:rsidRDefault="00732A16" w:rsidP="00607806">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcW w:w="2694" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="007D032F" w:rsidRDefault="007D032F" w:rsidP="00E17C49">
+          <w:p w:rsidR="00732A16" w:rsidRPr="007D213E" w:rsidRDefault="00732A16" w:rsidP="00607806">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
-            </w:pPr>
-[...5 lines deleted...]
-              <w:t>Қазақстан Республикасының заңнамасында белгіленген мемлекеттік қызмет көрсетуден бас тарту үшін негіздер</w:t>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Основания для отказа в оказании государственной услуги, установленные законодательством Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7938" w:type="dxa"/>
+            <w:tcW w:w="7513" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="007D032F" w:rsidRDefault="007D032F" w:rsidP="00E17C49">
+          <w:p w:rsidR="00732A16" w:rsidRPr="007D213E" w:rsidRDefault="00732A16" w:rsidP="00607806">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
-            </w:pPr>
-[...8 lines deleted...]
-          <w:p w:rsidR="007D032F" w:rsidRDefault="007D032F" w:rsidP="00E17C49">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="11" w:name="z472"/>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) установление недостоверности документов, представленных </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателем</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> для получения государственной услуги, и (или) данных (сведений), содержащихся в них;</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="11"/>
+          <w:p w:rsidR="00732A16" w:rsidRPr="007D213E" w:rsidRDefault="00732A16" w:rsidP="00607806">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
-            </w:pPr>
-[...8 lines deleted...]
-          <w:p w:rsidR="007D032F" w:rsidRDefault="007D032F" w:rsidP="00E17C49">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) несоответствие </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и (или) представленных материалов, объектов, данных и сведений, необходимых для оказания государственной услуги, требованиям, установленным постановлением Правительства Республики Казахстан от 25 января 2008 года № 64 "Об утверждении Правил формирования, направления расходования и учета средств, выделяемых на оказание финансовой и материальной помощи обучающимся и воспитанникам государственных учреждений образования из семей, имеющих право на получение государственной адресной социальной помощи, а также из семей, не получающих государственную адресную социальную помощь, в которых среднедушевой доход ниже величины прожиточного минимума, и детям - сиротам, детям, оставшимся без попечения родителей, проживающим в семьях, детям из семей, требующих экстренной помощи в результате чрезвычайных ситуаций, и иным категориям обучающихся и воспитанников";</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00732A16" w:rsidRPr="007D213E" w:rsidRDefault="00732A16" w:rsidP="00607806">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
-            </w:pPr>
-[...21 lines deleted...]
-              <w:t xml:space="preserve"> қызметті алушының мемлекеттік қызмет көрсету үшін талап етілетін, "Дербес деректер және оларды қорғау туралы" Қазақстан Республикасы Заңының 8-бабына сәйкес берілетін қолжетімділігі шектеулі дербес деректерге қол жеткізуге келісімі болмауы бойынша мемлекеттік қызметтерді көрсетуден бас тартады.</w:t>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 3) отсутствие согласия </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>, предоставляемого в соответствии со статьей 8 Закона Республики Казахстан "О персональных данных и их защите", на доступ к персональным данным ограниченного доступа, которые требуются для оказания государственной услуги.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007D032F" w:rsidTr="007D032F">
+      <w:tr w:rsidR="00732A16" w:rsidRPr="007D213E" w:rsidTr="00732A16">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="007D032F" w:rsidRDefault="007D032F" w:rsidP="00E17C49">
+          <w:p w:rsidR="00732A16" w:rsidRDefault="00732A16" w:rsidP="00607806">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcW w:w="2694" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="007D032F" w:rsidRDefault="007D032F" w:rsidP="00E17C49">
+          <w:p w:rsidR="00732A16" w:rsidRPr="007D213E" w:rsidRDefault="00732A16" w:rsidP="00607806">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
-            </w:pPr>
-[...5 lines deleted...]
-              <w:t>Мемлекеттік қызмет көрсетудің, оның ішінде электрондық нысанда көрсетілетін қызметтің ерекшеліктерін ескере отырып қойылатын өзге де талаптар</w:t>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Иные требования с учетом особенностей оказания государственной услуги, в том числе оказываемой в электронной форме </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7938" w:type="dxa"/>
+            <w:tcW w:w="7513" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="007D032F" w:rsidRDefault="007D032F" w:rsidP="00E17C49">
+          <w:p w:rsidR="00732A16" w:rsidRPr="007D213E" w:rsidRDefault="00732A16" w:rsidP="00607806">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
-            </w:pPr>
-[...8 lines deleted...]
-          <w:p w:rsidR="007D032F" w:rsidRDefault="007D032F" w:rsidP="00E17C49">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="12" w:name="z474"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Услугополучатель</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> имеет возможность получения государственной услуги в электронной форме через портал при условии наличия ЭЦП.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="12"/>
+          <w:p w:rsidR="00732A16" w:rsidRPr="007D213E" w:rsidRDefault="00732A16" w:rsidP="00607806">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
-            </w:pPr>
-[...8 lines deleted...]
-          <w:p w:rsidR="007D032F" w:rsidRDefault="007D032F" w:rsidP="00E17C49">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Информацию о порядке и статусе оказания государственной услуги </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучатель</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> получает посредством Единого контакт-центра: 1414, 8 800 080 7777.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00732A16" w:rsidRPr="007D213E" w:rsidRDefault="00732A16" w:rsidP="00607806">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
-            </w:pPr>
-[...8 lines deleted...]
-          <w:p w:rsidR="007D032F" w:rsidRDefault="007D032F" w:rsidP="00E17C49">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Сервис цифровых документов доступен для пользователей, авторизованных в мобильном приложении.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00732A16" w:rsidRPr="007D213E" w:rsidRDefault="00732A16" w:rsidP="00607806">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
-            </w:pPr>
-[...5 lines deleted...]
-              <w:t>Цифрлық құжатты пайдалану үшін электрондық-цифрлық қолтаңбаны немесе бір реттік парольді пайдалана отырып, мобильді қосымшада авторландырудан өту, одан әрі "цифрлық құжаттар" бөліміне өтіп, қажетті құжатты таңдау қажет.</w:t>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Для использования цифрового документа необходимо пройти авторизацию в мобильном приложении с использованием электронно-цифровой подписи или одноразового пароля, далее перейти в раздел "Цифровые документы" и выбрать необходимый документ.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007D032F" w:rsidTr="007D032F">
+      <w:tr w:rsidR="00732A16" w:rsidRPr="007D213E" w:rsidTr="00732A16">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8185" w:type="dxa"/>
+            <w:tcW w:w="7780" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="007D032F" w:rsidRDefault="007D032F" w:rsidP="00E17C49">
+          <w:p w:rsidR="00732A16" w:rsidRPr="007D213E" w:rsidRDefault="00732A16" w:rsidP="00607806">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t> </w:t>
             </w:r>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2447" w:type="dxa"/>
+            <w:tcW w:w="2994" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="007D032F" w:rsidRDefault="007D032F" w:rsidP="00E17C49">
-[...22 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="00732A16" w:rsidRPr="007D213E" w:rsidRDefault="00732A16" w:rsidP="00732A16">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Приложение 32 к приказу</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Приложение 3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>к Правилам оказания</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>государственной услуги</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">"Предоставление бесплатного </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>подвоза к общеобразовательным</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>организациям и обратно домой</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...4 lines deleted...]
-              <w:t>3-қосымша</w:t>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>детям, проживающим в</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>отдаленных сельских пунктах"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007D032F" w:rsidTr="007D032F">
+      <w:tr w:rsidR="00732A16" w:rsidTr="00732A16">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8185" w:type="dxa"/>
+            <w:tcW w:w="7780" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="007D032F" w:rsidRDefault="007D032F" w:rsidP="00E17C49">
+          <w:p w:rsidR="00732A16" w:rsidRPr="007D213E" w:rsidRDefault="00732A16" w:rsidP="00607806">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2447" w:type="dxa"/>
+            <w:tcW w:w="2994" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="007D032F" w:rsidRDefault="007D032F" w:rsidP="00E17C49">
-[...3 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00732A16" w:rsidRDefault="00732A16" w:rsidP="00732A16">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="right"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Нысан</w:t>
-            </w:r>
+              <w:t>Форма</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="007D032F" w:rsidRDefault="007D032F" w:rsidP="007D032F">
+    <w:p w:rsidR="00732A16" w:rsidRPr="007D213E" w:rsidRDefault="00732A16" w:rsidP="00732A16">
       <w:pPr>
         <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="2" w:name="z259"/>
-      <w:r w:rsidRPr="007D032F">
+      <w:bookmarkStart w:id="13" w:name="z479"/>
+      <w:r w:rsidRPr="007D213E">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> Құжаттарды қабылдаудан бас тарту туралы қолхат</w:t>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Расписка об отказе в приеме документов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:p w:rsidR="007D032F" w:rsidRDefault="007D032F" w:rsidP="007D032F">
+    <w:p w:rsidR="00732A16" w:rsidRPr="007D213E" w:rsidRDefault="00732A16" w:rsidP="00732A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="14" w:name="z480"/>
+      <w:bookmarkEnd w:id="13"/>
+      <w:r w:rsidRPr="007D213E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D213E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Руководствуясь пунктом 2 статьи 20 Закона Республики Казахстан "О</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:p w:rsidR="00732A16" w:rsidRPr="007D213E" w:rsidRDefault="00732A16" w:rsidP="00732A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D213E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>государственных услугах", отдел №____ филиала Некоммерческого акционерного общества</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00732A16" w:rsidRPr="007D213E" w:rsidRDefault="00732A16" w:rsidP="00732A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D213E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Государственная корпорация "Правительство для граждан" (указать адрес) отказывает в</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00732A16" w:rsidRPr="007D213E" w:rsidRDefault="00732A16" w:rsidP="00732A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D213E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>приеме документов на оказание государственной услуги___________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>__________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D213E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> представления Вами неполного пакета документов согласно перечню, предусмотренному требованиями к оказанию государственной услуги, а именно:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00732A16" w:rsidRPr="007D213E" w:rsidRDefault="00732A16" w:rsidP="00732A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D213E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Наименование отсутствующих документов:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00732A16" w:rsidRPr="007D213E" w:rsidRDefault="00732A16" w:rsidP="00732A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>1)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D213E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>___________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>_____________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D213E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00732A16" w:rsidRPr="007D213E" w:rsidRDefault="00732A16" w:rsidP="00732A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D213E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>_________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>_____________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D213E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>__;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00732A16" w:rsidRPr="007D213E" w:rsidRDefault="00732A16" w:rsidP="00732A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D213E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) ….</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00732A16" w:rsidRPr="007D213E" w:rsidRDefault="00732A16" w:rsidP="00732A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D213E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Настоящая расписка составлена в двух экземплярах, по одному для каждой стороны.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D213E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>__________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>______________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D213E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>______</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00732A16" w:rsidRPr="007D213E" w:rsidRDefault="00732A16" w:rsidP="00732A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D213E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D213E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D213E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> фамилия, имя, отчество (при его наличии) (подпись) работника Государственной корпорации</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00732A16" w:rsidRPr="007D213E" w:rsidRDefault="00732A16" w:rsidP="00732A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Исполнитель:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D213E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007D213E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>______________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>___________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D213E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>_____</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00732A16" w:rsidRPr="007D213E" w:rsidRDefault="00732A16" w:rsidP="00732A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D213E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>__________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>____________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D213E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>____________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00732A16" w:rsidRPr="007D213E" w:rsidRDefault="00732A16" w:rsidP="00732A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D213E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D213E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D213E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D213E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D213E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> фамилия, имя, отчество (при его наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00732A16" w:rsidRPr="007D213E" w:rsidRDefault="00732A16" w:rsidP="00732A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Телефон:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D213E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007D213E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>_________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>__________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D213E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>______</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00732A16" w:rsidRPr="007D213E" w:rsidRDefault="00732A16" w:rsidP="00732A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Получил:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D213E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007D213E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>_________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>__________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D213E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">______ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00732A16" w:rsidRPr="007D213E" w:rsidRDefault="00732A16" w:rsidP="00732A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D213E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D213E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D213E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> фамилия, имя, отчество (при его наличии) подпись </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007D213E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00732A16" w:rsidRDefault="00732A16" w:rsidP="00732A16">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:color w:val="FF0000"/>
-[...162 lines deleted...]
-      </w:r>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">"___" _________ 20__ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>года</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6162"/>
-        <w:gridCol w:w="3901"/>
+        <w:gridCol w:w="5527"/>
+        <w:gridCol w:w="3828"/>
       </w:tblGrid>
-      <w:tr w:rsidR="007D032F" w:rsidTr="00E17C49">
+      <w:tr w:rsidR="00732A16" w:rsidRPr="007D213E" w:rsidTr="00607806">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="007D032F" w:rsidRDefault="007D032F" w:rsidP="00E17C49">
+          <w:p w:rsidR="00732A16" w:rsidRDefault="00732A16" w:rsidP="00607806">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="007D032F" w:rsidRDefault="007D032F" w:rsidP="00E17C49">
-[...157 lines deleted...]
-                <w:sz w:val="20"/>
+          <w:p w:rsidR="00732A16" w:rsidRDefault="00732A16" w:rsidP="00732A16">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00732A16" w:rsidRDefault="00732A16" w:rsidP="00732A16">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00732A16" w:rsidRDefault="00732A16" w:rsidP="00732A16">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00732A16" w:rsidRDefault="00732A16" w:rsidP="00732A16">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00732A16" w:rsidRDefault="00732A16" w:rsidP="00732A16">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00732A16" w:rsidRDefault="00732A16" w:rsidP="00732A16">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00732A16" w:rsidRDefault="00732A16" w:rsidP="00732A16">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00732A16" w:rsidRDefault="00732A16" w:rsidP="00732A16">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00732A16" w:rsidRDefault="00732A16" w:rsidP="00732A16">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00732A16" w:rsidRDefault="00732A16" w:rsidP="00732A16">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00732A16" w:rsidRDefault="00732A16" w:rsidP="00732A16">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00732A16" w:rsidRPr="007D213E" w:rsidRDefault="00732A16" w:rsidP="00732A16">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t xml:space="preserve">"Шалғайдағы ауылдық елді </w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t>Приложение 33 к приказу</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Приложение 4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>к Правилам оказания</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>государственной услуги</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>"Предоставление бесплатного</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>подвоза к общеобразовательным</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>организациям и обратно домой</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...4 lines deleted...]
-              <w:t>4-қосымша</w:t>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>детям, проживающим в</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>отдаленных сельских пунктах"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007D032F" w:rsidTr="00E17C49">
+      <w:tr w:rsidR="00732A16" w:rsidTr="00607806">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="007D032F" w:rsidRDefault="007D032F" w:rsidP="00E17C49">
+          <w:p w:rsidR="00732A16" w:rsidRPr="007D213E" w:rsidRDefault="00732A16" w:rsidP="00607806">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="007D032F" w:rsidRDefault="007D032F" w:rsidP="00E17C49">
-[...3 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00732A16" w:rsidRDefault="00732A16" w:rsidP="00732A16">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="right"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Нысан</w:t>
-            </w:r>
+              <w:t>Форма</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="007D032F" w:rsidRDefault="007D032F" w:rsidP="007D032F">
+    <w:p w:rsidR="00732A16" w:rsidRPr="007D213E" w:rsidRDefault="00732A16" w:rsidP="00732A16">
       <w:pPr>
         <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="z261"/>
-      <w:r>
+      <w:bookmarkStart w:id="15" w:name="z483"/>
+      <w:r w:rsidRPr="007D213E">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
-        </w:rPr>
-        <w:t xml:space="preserve"> Жалпы білім беру ұйымдарына және кері қарай үйлеріне тегін тасымалдауды ұсыну туралы анықтама</w:t>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>СПРАВКА</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D213E">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="007D213E">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D213E">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D213E">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> о предоставлении бесплатного подвоза к общеобразовательной</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D213E">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="007D213E">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D213E">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D213E">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D213E">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> организации образования и обратно домой</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:p w:rsidR="007D032F" w:rsidRDefault="007D032F" w:rsidP="007D032F">
+    <w:p w:rsidR="00732A16" w:rsidRPr="007D213E" w:rsidRDefault="00732A16" w:rsidP="00732A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="16" w:name="z484"/>
+      <w:bookmarkEnd w:id="15"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Дана</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D213E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:p w:rsidR="00732A16" w:rsidRPr="007D213E" w:rsidRDefault="00732A16" w:rsidP="00732A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D213E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D213E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (фамилия, имя, отчество (при его наличии) обучающегося и воспитанника)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00732A16" w:rsidRPr="007D213E" w:rsidRDefault="00732A16" w:rsidP="00732A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D213E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>в том, что он (она) действительно будет обеспечен (-а) бесплатным подвозом к</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D213E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>общеобразовательной организации образования № ____________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00732A16" w:rsidRPr="007D213E" w:rsidRDefault="00732A16" w:rsidP="00732A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D213E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D213E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D213E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D213E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D213E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D213E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D213E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D213E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D213E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (наименование школы) и обратно домой.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00732A16" w:rsidRPr="007D213E" w:rsidRDefault="00732A16" w:rsidP="00732A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="17" w:name="z485"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D213E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Справка действительна на период учебного года.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:p w:rsidR="00732A16" w:rsidRPr="007D213E" w:rsidRDefault="00732A16" w:rsidP="00732A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Руководитель</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D213E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>_______________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00732A16" w:rsidRPr="00732A16" w:rsidRDefault="00732A16" w:rsidP="00732A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D213E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D213E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D213E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D213E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> фамилия, имя, отчество (при его наличии) (подпись)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00732A16">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>__________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00732A16" w:rsidRDefault="00732A16" w:rsidP="00732A16">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...31 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="00732A16">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00732A16">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00732A16">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>білім</w:t>
-      </w:r>
+        <w:t>наименование</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> алушының және тәрбиеленушінің тегі, аты, әкесінің аты (бар болғанда))</w:t>
-[...154 lines deleted...]
-        <w:t xml:space="preserve"> мекеннің атауы)</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>населенного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункта</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6162"/>
-        <w:gridCol w:w="3901"/>
+        <w:gridCol w:w="5527"/>
+        <w:gridCol w:w="3828"/>
       </w:tblGrid>
-      <w:tr w:rsidR="007D032F" w:rsidTr="00E17C49">
+      <w:tr w:rsidR="00732A16" w:rsidRPr="007D213E" w:rsidTr="00607806">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="007D032F" w:rsidRDefault="007D032F" w:rsidP="00E17C49">
+          <w:p w:rsidR="00732A16" w:rsidRDefault="00732A16" w:rsidP="00607806">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="007D032F" w:rsidRDefault="007D032F" w:rsidP="00E17C49">
-[...11 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="00732A16" w:rsidRDefault="00732A16" w:rsidP="00732A16">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00732A16" w:rsidRDefault="00732A16" w:rsidP="00732A16">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00732A16" w:rsidRDefault="00732A16" w:rsidP="00732A16">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00732A16" w:rsidRDefault="00732A16" w:rsidP="00732A16">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00732A16" w:rsidRDefault="00732A16" w:rsidP="00732A16">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00732A16" w:rsidRDefault="00732A16" w:rsidP="00732A16">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00732A16" w:rsidRDefault="00732A16" w:rsidP="00732A16">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00732A16" w:rsidRDefault="00732A16" w:rsidP="00732A16">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00732A16" w:rsidRDefault="00732A16" w:rsidP="00732A16">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00732A16" w:rsidRDefault="00732A16" w:rsidP="00732A16">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00732A16" w:rsidRDefault="00732A16" w:rsidP="00732A16">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00732A16" w:rsidRDefault="00732A16" w:rsidP="00732A16">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00732A16" w:rsidRDefault="00732A16" w:rsidP="00732A16">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00732A16" w:rsidRDefault="00732A16" w:rsidP="00732A16">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00732A16" w:rsidRDefault="00732A16" w:rsidP="00732A16">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00732A16" w:rsidRDefault="00732A16" w:rsidP="00732A16">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00732A16" w:rsidRDefault="00732A16" w:rsidP="00732A16">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00732A16" w:rsidRDefault="00732A16" w:rsidP="00732A16">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00732A16" w:rsidRDefault="00732A16" w:rsidP="00732A16">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00732A16" w:rsidRDefault="00732A16" w:rsidP="00732A16">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00732A16" w:rsidRDefault="00732A16" w:rsidP="00732A16">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00732A16" w:rsidRDefault="00732A16" w:rsidP="00732A16">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00732A16" w:rsidRDefault="00732A16" w:rsidP="00732A16">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00732A16" w:rsidRDefault="00732A16" w:rsidP="00732A16">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00732A16" w:rsidRDefault="00732A16" w:rsidP="00732A16">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00732A16" w:rsidRDefault="00732A16" w:rsidP="00732A16">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00732A16" w:rsidRDefault="00732A16" w:rsidP="00732A16">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00732A16" w:rsidRDefault="00732A16" w:rsidP="00732A16">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00732A16" w:rsidRDefault="00732A16" w:rsidP="00732A16">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00732A16" w:rsidRDefault="00732A16" w:rsidP="00732A16">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00732A16" w:rsidRPr="007D213E" w:rsidRDefault="00732A16" w:rsidP="00732A16">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Приложение 34 к приказу</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Приложение</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>к перечню основных требований</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>к оказанию государственной</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услуги "Предоставление</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>бесплатного подвоза к</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>общеобразовательным</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>организациям и обратно домой</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...4 lines deleted...]
-              <w:t>қосымша</w:t>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>детям, проживающим в</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>отдаленных сельских пунктах"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007D032F" w:rsidTr="00E17C49">
+      <w:tr w:rsidR="00732A16" w:rsidTr="00607806">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="007D032F" w:rsidRDefault="007D032F" w:rsidP="00E17C49">
+          <w:p w:rsidR="00732A16" w:rsidRPr="007D213E" w:rsidRDefault="00732A16" w:rsidP="00607806">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="007D032F" w:rsidRDefault="007D032F" w:rsidP="00E17C49">
-[...3 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00732A16" w:rsidRDefault="00732A16" w:rsidP="00732A16">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="right"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Нысан</w:t>
-            </w:r>
+              <w:t>Форма</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="007D032F" w:rsidRDefault="007D032F" w:rsidP="007D032F">
+    <w:p w:rsidR="00732A16" w:rsidRPr="00732A16" w:rsidRDefault="00732A16" w:rsidP="00732A16">
       <w:pPr>
         <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="5" w:name="z263"/>
-      <w:r>
+      <w:bookmarkStart w:id="18" w:name="z488"/>
+      <w:r w:rsidRPr="00732A16">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>СПРАВКА</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>орнынан  АНЫҚТАМА</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00732A16">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с места учебы</w:t>
+      </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:p w:rsidR="007D032F" w:rsidRDefault="007D032F" w:rsidP="007D032F">
+    <w:p w:rsidR="00732A16" w:rsidRPr="00732A16" w:rsidRDefault="00732A16" w:rsidP="00732A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="19" w:name="z489"/>
+      <w:bookmarkEnd w:id="18"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Дана</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00732A16">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:p w:rsidR="00732A16" w:rsidRPr="007D213E" w:rsidRDefault="00732A16" w:rsidP="00732A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D213E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D213E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (фамилия, имя, отчество (при его наличии) обучающегося и воспитанника) в том,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D213E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>что он действительно обучается в ______________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>_________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D213E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>_____________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00732A16" w:rsidRPr="007D213E" w:rsidRDefault="00732A16" w:rsidP="00732A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D213E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D213E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D213E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D213E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (указать наименование школы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00732A16" w:rsidRPr="007D213E" w:rsidRDefault="00732A16" w:rsidP="00732A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D213E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>в _____ классе ______ смены (период обучения с ___ до ____ часов) и нуждается в подвозе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00732A16" w:rsidRPr="007D213E" w:rsidRDefault="00732A16" w:rsidP="00732A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D213E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Справка дана для предъявления по месту требования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00732A16" w:rsidRPr="007D213E" w:rsidRDefault="00732A16" w:rsidP="00732A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D213E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Директор школы № _______________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00732A16" w:rsidRPr="007D213E" w:rsidRDefault="00732A16" w:rsidP="00732A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D213E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D213E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D213E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D213E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D213E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D213E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D213E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (указать наименование школы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00732A16" w:rsidRPr="007D213E" w:rsidRDefault="00732A16" w:rsidP="00732A16">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D213E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>фамилия, имя, отчество (при его наличии) _______________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00732A16" w:rsidRDefault="00732A16" w:rsidP="00732A16">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...4 lines deleted...]
-        <w:t xml:space="preserve">       Ескерту. Тізбе жаңа редакцияда - ҚР Оқу-ағарту министрінің 12.04.2023 № 95 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      <w:r w:rsidRPr="007D213E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D213E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D213E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D213E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D213E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D213E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D213E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D213E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>инициалы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпись</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007D032F" w:rsidRDefault="007D032F" w:rsidP="007D032F">
-[...10 lines deleted...]
-      </w:r>
+    <w:p w:rsidR="00824113" w:rsidRDefault="00732A16" w:rsidP="00732A16">
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Место</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>печати</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="007D032F" w:rsidRDefault="007D032F" w:rsidP="007D032F">
-[...184 lines deleted...]
-    <w:sectPr w:rsidR="00E27BBA" w:rsidSect="007D032F">
+    <w:sectPr w:rsidR="00824113" w:rsidSect="00732A16">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="567" w:right="850" w:bottom="567" w:left="993" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="284" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-  <w:zoom w:percent="96"/>
+  <w:zoom w:percent="100"/>
   <w:doNotDisplayPageBoundaries/>
-  <w:proofState w:grammar="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="007D032F"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00E27BBA"/>
+    <w:rsidRoot w:val="00732A16"/>
+    <w:rsid w:val="00732A16"/>
+    <w:rsid w:val="00824113"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="42C70192"/>
+  <w14:docId w14:val="29955A82"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{F2C22B89-3C77-4CA5-A79F-CF2A778AAB20}"/>
+  <w15:docId w15:val="{4C0BF9E5-7766-445C-AB3F-84353DB871F9}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -4602,51 +7145,51 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="007D032F"/>
+    <w:rsid w:val="00732A16"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
@@ -4917,70 +7460,70 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>5</Pages>
-[...1 lines deleted...]
-  <Characters>10411</Characters>
+  <Pages>6</Pages>
+  <Words>1808</Words>
+  <Characters>10308</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>86</Lines>
+  <Lines>85</Lines>
   <Paragraphs>24</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>12213</CharactersWithSpaces>
+  <CharactersWithSpaces>12092</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Отдел образования</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>