--- v0 (2025-10-11)
+++ v1 (2026-02-01)
@@ -1,14243 +1,18536 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="000D2049" w:rsidRPr="00C27FAA" w:rsidRDefault="000D2049">
-[...7 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="11561" w:type="dxa"/>
+        <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6961"/>
-        <w:gridCol w:w="4600"/>
+        <w:gridCol w:w="6678"/>
+        <w:gridCol w:w="4110"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000D2049" w:rsidRPr="00C27FAA" w:rsidTr="00C27FAA">
+      <w:tr w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidTr="00FA3A1E">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6961" w:type="dxa"/>
+            <w:tcW w:w="6678" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000D2049" w:rsidRPr="00C27FAA" w:rsidRDefault="00633176">
+          <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00FA3A1E">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C27FAA">
+            <w:r w:rsidRPr="00FA3A1E">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcW w:w="4110" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000D2049" w:rsidRPr="00C27FAA" w:rsidRDefault="00633176">
+          <w:p w:rsidR="002D0D84" w:rsidRDefault="00FA3A1E">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C27FAA">
+            <w:r w:rsidRPr="00FA3A1E">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00C27FAA">
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Утверждены приказом</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA3A1E">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00C27FAA">
+            <w:r w:rsidRPr="00FA3A1E">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00C27FAA">
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Министра образования и науки</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA3A1E">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00C27FAA">
+            <w:r w:rsidRPr="00FA3A1E">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00C27FAA">
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA3A1E">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00C27FAA">
+            <w:r w:rsidRPr="00FA3A1E">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00C27FAA">
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от 19 июня 2020 года  № 254</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00337A90" w:rsidRPr="00FA3A1E" w:rsidRDefault="00337A90">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...9 lines deleted...]
-            </w:r>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="000D2049" w:rsidRPr="00C27FAA" w:rsidRDefault="00633176">
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00FA3A1E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00C27FAA">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="z15"/>
+      <w:r w:rsidRPr="00FA3A1E">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-        <w:t xml:space="preserve"> Мектепке дейінгі білім беру саласында мемлекеттік қызметтер көрсету қағидалары</w:t>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правила оказания государственных услуг в сфере дошкольного образования</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:p w:rsidR="000D2049" w:rsidRPr="00C27FAA" w:rsidRDefault="00633176">
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00337A90" w:rsidRDefault="00FA3A1E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00C27FAA">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA3A1E">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00C27FAA">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00337A90">
         <w:rPr>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...9 lines deleted...]
-        <w:t>ізіледі) бұйрығымен.</w:t>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Сноска. Правила - в редакции приказа и.о. Министра просвещения РК от 31.05.2024 № 133 (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00FA3A1E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="z243"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00FA3A1E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="z244"/>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Правила оказания государственных услуг в сфере дошкольного образования (далее – Правила) разработаны в соответствии с Конституцией Республики Казахстан, Кодексом Республики Казахстан "О браке (супружестве) и семье", Законами Республики Казахстан "О правах ребенка в Республике Казахстан", "О социальной и медико-педагогической коррекционной поддержке детей с ограниченными возможностями", подпунктом 3-1) пункта 1 статьи 270 Кодекса Республики Казахстан "О здоровье народа и системе здравоохранения", пунктом</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>1 статьи 26 Закона Республики Казахстан "Об образовании", пунктом 3 статьи 12 Закона Республики Казахстан "О статусе педагога", пунктом 3 статьи 52 Закона Республики Казахстан "О воинской службе и статусе военнослужащих", пунктом 8 статьи 78 Закона Республики Казахстан "О специальных государственных органах Республики Казахстан", пунктом 4 статьи 16 Закона Республики Казахстан "О государственной фельдъегерской связи", пунктом 5 статьи 64 Закона</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан "О правоохранительной службе", подпунктом 1) статьи 10 Закона Республики Казахстан "О государственных услугах". </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00FA3A1E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="z245"/>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. Правила определяют порядок приема постановки на очередь детей дошкольного возраста (до 6 лет) для направления в дошкольные организации, прием документов и зачисление детей в дошкольные организации (далее - </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ДО</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> государственным образовательным заказом независимо от видов, формы собственности и ведомственной подчиненности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00FA3A1E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="z246"/>
+      <w:bookmarkEnd w:id="3"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3. В настоящих Правилах используются основные понятия:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00FA3A1E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="5" w:name="z247"/>
+      <w:bookmarkEnd w:id="4"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) автоматизированное рабочее место (далее – АРМ) – система, предназначенная для автоматизации деятельности </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00FA3A1E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="6" w:name="z248"/>
+      <w:bookmarkEnd w:id="5"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) архив – хранилище, куда перемещаются заявления из очереди, по которым приостановлена возможность получения направления в дошкольную организацию ввиду отсутствия заинтересованности </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в получении места в дошкольную организацию, а также выявленных нарушений, допущенных со стороны </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателей</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, снятых с очереди по причине успешного получения направления на зачисление в ДО или снятых с очереди по иным причинам, предусмотренным настоящими Правилами;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w:rsidR="000D2049" w:rsidRPr="00C27FAA" w:rsidRDefault="00633176">
-[...38 lines deleted...]
-    <w:p w:rsidR="000D2049" w:rsidRPr="00C27FAA" w:rsidRDefault="00633176">
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00FA3A1E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...42 lines deleted...]
-      </w:r>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="7" w:name="z249"/>
+      <w:bookmarkEnd w:id="6"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) свободное место – информация о вакантном месте для зачисления ребенка в ДО с указанием наименования и вида ДО (ясли-сад, детский сад, санаторный ясли-сад, дошкольный мини-центр, специальный ясли-сад, специальный детский сад), режима работы (4, 9, 10, 5, 12, 24 часа), языка воспитания и обучения, вида группы (раннего возраста, младшая, средняя, старшая, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>предшкольная</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, разновозрастная, специальная);</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w:rsidR="000D2049" w:rsidRPr="00C27FAA" w:rsidRDefault="00633176">
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00FA3A1E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...25 lines deleted...]
-        <w:t>) құжаттарды қабылдау және балаларды қабылдау тәртібін айқындайды.</w:t>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="8" w:name="z250"/>
+      <w:bookmarkEnd w:id="7"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4) электронный бюллетень свободных мест – электронный протокол, формируемый </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ДО</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> конце учебного года с учетом выпуска воспитанников, прошедших программу </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>предшкольной</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> подготовки, перевода детей из одной возрастной группы в другую и комплектования возрастных групп; фиксирующий хронологию передачи свободных мест в Единую базу;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000D2049" w:rsidRPr="00C27FAA" w:rsidRDefault="00633176">
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00FA3A1E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...9 lines deleted...]
-        <w:t>      3. Осы Қағидаларда мынадай негізгі ұғымдар пайдаланылады:</w:t>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="9" w:name="z251"/>
+      <w:bookmarkEnd w:id="8"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5) принцип "одного заявления" – форма оказания государственной услуги, предусматривающая совокупность нескольких государственных услуг, оказываемых на основании одного заявления;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000D2049" w:rsidRPr="00C27FAA" w:rsidRDefault="00633176">
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00FA3A1E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">      1) </w:t>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="10" w:name="z252"/>
+      <w:bookmarkEnd w:id="9"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00C27FAA">
-[...5 lines deleted...]
-        <w:t>автоматтандырылған</w:t>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>6) реестр ДО в Единой базе (далее – Реестр ДО) – электронный перечень ДО независимо от форм собственности и ведомственной подчиненности;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00C27FAA">
-[...14 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="000D2049" w:rsidRPr="00C27FAA" w:rsidRDefault="00633176">
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00FA3A1E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">      2) </w:t>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="11" w:name="z253"/>
+      <w:bookmarkEnd w:id="10"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00C27FAA">
-[...5 lines deleted...]
-        <w:t>архив</w:t>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>7) Единая база учета, очередности и выдачи направлений в дошкольные организации (далее - Единая база) – информационная система в Национальной образовательной базе данных (далее – НОБД), обеспечивающая автоматизированное исполнение бизнес-процессов по постановке на очередь детей дошкольного возраста (до 6 лет) для направления в ДО, прием документов, зачисление детей в ДО и заключения электронного договора;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00C27FAA">
-[...14 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="000D2049" w:rsidRPr="00C27FAA" w:rsidRDefault="00633176">
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00FA3A1E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...43 lines deleted...]
-        <w:t>лық тобы, әртүрлі жас, арнайы) көрсетілген бос орын туралы ақпарат;</w:t>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="12" w:name="z254"/>
+      <w:bookmarkEnd w:id="11"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 8) свободное место режима общеустановленного зачисления – свободное место, срок действия направления по которому начинает исчисляться сразу после получения направления до заключения договора оказания образовательных услуг с </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000D2049" w:rsidRPr="00C27FAA" w:rsidRDefault="00633176">
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00FA3A1E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...35 lines deleted...]
-        <w:t>с топтарын жинақтауды ескере отырып қалыптастыратын, Бірыңғай базада бос орындардың берілу хронологиясын белгілейтін электронды хаттама;</w:t>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="13" w:name="z255"/>
+      <w:bookmarkEnd w:id="12"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 9) номер очередности – положение заявления в очереди относительно других заявлений в этой очереди;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000D2049" w:rsidRPr="00C27FAA" w:rsidRDefault="00633176">
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00FA3A1E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...35 lines deleted...]
-        <w:t>рсетілетін мемлекеттік қызметтің нысаны;</w:t>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="14" w:name="z256"/>
+      <w:bookmarkEnd w:id="13"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 10) объект информатизации </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (далее – объект информатизации) – информационная система, интегрированная с НОБД, обеспечивающая автоматизированное исполнение бизнес-процессов для получения государственных услуг;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000D2049" w:rsidRPr="00C27FAA" w:rsidRDefault="00633176">
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00FA3A1E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...10 lines deleted...]
-        <w:t>      6) Бірыңғай базадағы МДҰ-ның тізілімі (бұдан әрі – МДҰ-ның тізілімі) - меншік нысанына және ведомстволық бағыныстылығына қарамастан МДҰ-лардың электронды тізбесі;</w:t>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="15" w:name="z257"/>
+      <w:bookmarkEnd w:id="14"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 11) очередь в ДО (далее – очередь) – порядок заявлений постановки на очередь для зачисления в ДО, успешно зарегистрированных в Единой базе и упорядоченные относительно друг друга согласно настоящим правилам, к каждой выбранной </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ДО</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000D2049" w:rsidRPr="00C27FAA" w:rsidRDefault="00633176">
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00FA3A1E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...26 lines deleted...]
-      </w:r>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="16" w:name="z258"/>
+      <w:bookmarkEnd w:id="15"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">12) электронное направление в ДО (далее – направление в ДО) – электронный документ, выданный Единой базой, являющийся основанием для предоставления </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> полного пакета документов, для зачисления ребенка в ДО и заключения договора образовательных услуг;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w:rsidR="000D2049" w:rsidRPr="00C27FAA" w:rsidRDefault="00633176">
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00FA3A1E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...35 lines deleted...]
-        <w:t>с орын - көрсетілетін қызметті алушымен білім беру қызметтерін көрсету шартын жасасудан бұрын жолдаманы алғаннан кейін мерзімі бірден есептеле бастайтын бос орын;</w:t>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="17" w:name="z259"/>
+      <w:bookmarkEnd w:id="16"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 13) база мобильных граждан (далее - БМГ) – единая база "электронного правительства" Республики Казахстан номеров мобильных телефонов пользователей, необходимых для оказания государственных услуг, отправки </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>SMS</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>-паролей при авторизации или подписании услуг с помощью одноразового пароля;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000D2049" w:rsidRPr="00C27FAA" w:rsidRDefault="00633176">
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00FA3A1E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...35 lines deleted...]
-        <w:t>і;</w:t>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="18" w:name="z260"/>
+      <w:bookmarkEnd w:id="17"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 14) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>проактивная</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> услуга – государственная услуга, оказываемая без заявления </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по инициативе </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000D2049" w:rsidRPr="00C27FAA" w:rsidRDefault="00633176">
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00FA3A1E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">      10) </w:t>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="19" w:name="z261"/>
+      <w:bookmarkEnd w:id="18"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 15) свободное место временного пребывания – место, которое сохраняется за временно выбывшим воспитанником в </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00C27FAA">
-[...5 lines deleted...]
-        <w:t>көрсетілетін</w:t>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>санаторную</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00C27FAA">
-[...13 lines deleted...]
-        <w:t>Қ-мен кіріктірілген ақпараттық жүйе;</w:t>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ДО, поэтому имеет ограниченный срок пребывания нового ребенка, зачисленного на это место;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000D2049" w:rsidRPr="00C27FAA" w:rsidRDefault="00633176">
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00FA3A1E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...17 lines deleted...]
-        <w:t>реті;</w:t>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="20" w:name="z262"/>
+      <w:bookmarkEnd w:id="19"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 16) уведомление – электронные текстовые сообщения, отправляемые объектом информатизации </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с целью уведомления о прохождении определенных этапов получения государственных услуг в сфере </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ДО</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000D2049" w:rsidRPr="00C27FAA" w:rsidRDefault="00633176">
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00FA3A1E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...17 lines deleted...]
-        <w:t>летін электронды құжат;</w:t>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="21" w:name="z263"/>
+      <w:bookmarkEnd w:id="20"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 17) электронный договор – документ, имеющий юридическую силу, регулирующий взаимоотношения </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>между</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ДО</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и родителем или иным законным представителем ребенка на период нахождения в ДО с установлением прав и обязанностей сторон, механизма взаимной ответственности за воспитание и обучение ребенка.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000D2049" w:rsidRPr="00C27FAA" w:rsidRDefault="00633176">
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00FA3A1E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="22" w:name="z264"/>
+      <w:bookmarkEnd w:id="21"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. Порядок оказания государственных услуг</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00FA3A1E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="23" w:name="z265"/>
+      <w:bookmarkEnd w:id="22"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Параграф 1. Порядок оказания государственной услуги "Постановка на очередь детей дошкольного возраста (до 6 лет) для направления в дошкольные организации"</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00FA3A1E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...17 lines deleted...]
-        <w:t>оны нөмерлерінің Қазақстан Республикасы "электронды үкіметінің" бірыңғай базасы;</w:t>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="24" w:name="z266"/>
+      <w:bookmarkEnd w:id="23"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4. Государственная услуга "Постановка на очередь детей дошкольного возраста (до 6 лет) для направления в дошкольные организации" (далее – государственная услуга по постановке на очередь) оказывается управлениями образования городов республиканского значения и столицы, отделами образования районов, городов областного значения (далее – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000D2049" w:rsidRPr="00C27FAA" w:rsidRDefault="00633176">
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00FA3A1E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...27 lines deleted...]
-        <w:t xml:space="preserve"> көрсетілетін қызмет – көрсетілетін қызметті алушының өтінішінсіз көрсетілетін қызметті берушінің бастамасы бойынша көрсетілетін мемлекеттік қызмет;</w:t>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="25" w:name="z267"/>
+      <w:bookmarkEnd w:id="24"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5. Для получения государственной услуги по постановке на очередь родитель, или законный представитель ребенка (далее – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) направляет заявление по форме согласно приложению 1 к Правилам, а также документы, указанные в пункте 8 Приложения 2, через </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>веб-портал</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "электронного правительства" (далее – портал) или объекты информатизации.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000D2049" w:rsidRPr="00C27FAA" w:rsidRDefault="00633176">
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00FA3A1E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> орналасуға арналған бос орын – санаториялық МДҰ-ға уақытша кеткен тәрбиеленушінің сақталатын орны, сондықтан осы орынға қабылданатын баланың келу мерзімі шектеулі болады;</w:t>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="26" w:name="z268"/>
+      <w:bookmarkEnd w:id="25"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> При обращении </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> после окончания рабочего времени, в выходные и праздничные дни, согласно трудовому законодательству Республики Казахстан, прием заявлений и выдача результатов оказания государственной услуги по постановке на очередь осуществляется следующим рабочим днем.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000D2049" w:rsidRPr="00C27FAA" w:rsidRDefault="00633176">
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00FA3A1E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> алушыға мектепке дейінгі білім саласындағы мемлекеттік қызмет алудың белгіленген кезеңдерінен өткені туралы хабарлау мақсатында жолданатын электронды мәтіндік хабарламалар;</w:t>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="27" w:name="z269"/>
+      <w:bookmarkEnd w:id="26"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Услугополучателям</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, являющимся нерезидентами согласно статье 190 Налогового Кодекса Республики Казахстан, государственные услуги оказываются в порядке, предусмотренном настоящими Правилами.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000D2049" w:rsidRPr="00C27FAA" w:rsidRDefault="00633176">
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00FA3A1E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">      17) </w:t>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="28" w:name="z270"/>
+      <w:bookmarkEnd w:id="27"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00C27FAA">
-[...5 lines deleted...]
-        <w:t>электронды</w:t>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Основные требования к оказанию государственной</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услуги по постановке на очередь согласно подпунктам 3-1) и 4) статьи 14 Закона Республики Казахстан "О государственных услугах" приведены в приложении 2 "Перечень основных требований к оказанию государственной услуги "Постановка на очередь детей дошкольного возраста (до 6 лет) для направления в дошкольные организации" (далее – Перечень требований) к Правилам.</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00C27FAA">
-[...14 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="000D2049" w:rsidRPr="00C27FAA" w:rsidRDefault="00633176">
-[...88 lines deleted...]
-    <w:p w:rsidR="000D2049" w:rsidRPr="00C27FAA" w:rsidRDefault="00633176">
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00FA3A1E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...17 lines deleted...]
-        <w:t>к қызметін (бұдан әрі – кезекке қою жөніндегі мемлекеттік қызмет) республикалық маңызы бар қалалардың және астананың білім басқармалары, аудандардың, облыстық маңызы бар қалалардың білім бөлімдері (бұдан әрі – көрсетілетін қызметті беруші) көрсетеді.</w:t>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="29" w:name="z271"/>
+      <w:bookmarkEnd w:id="28"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> При представлении </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> неполного пакета документов и (или) документов с истекшим сроком действия </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> готовит мотивированный отказ в приеме документов.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000D2049" w:rsidRPr="00C27FAA" w:rsidRDefault="00633176">
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00FA3A1E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...25 lines deleted...]
-        <w:t>осымшаға сәйкес өтініш, сондай-ақ 2-қосымшаның 8-тармағында көрсетілген құжаттарды ұсынады.</w:t>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="30" w:name="z272"/>
+      <w:bookmarkEnd w:id="29"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> При выявлении оснований для отказа в оказании государственной услуги согласно пункту 9 Перечня требований, в указанный срок </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> направляет </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в "личный кабинет" уведомление об отказе в оказании государственной услуги согласно приложению 3 к Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:p w:rsidR="000D2049" w:rsidRPr="00C27FAA" w:rsidRDefault="00633176">
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00FA3A1E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">      </w:t>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="31" w:name="z273"/>
+      <w:bookmarkEnd w:id="30"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6. Заявления </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателей</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и, подтверждение документов на получение вне очереди места </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00C27FAA">
-[...22 lines deleted...]
-        <w:t>өтініштерді қабылдау және мемлекеттік қызмет көрсету нәтижелерін беру келесі жұмыс күні жүзеге асырылады.</w:t>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ДО</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, обрабатываются </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в течение 1 (одного) рабочего дня.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00FA3A1E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="32" w:name="z274"/>
+      <w:bookmarkEnd w:id="31"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заявление </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и, подтверждение документов на получение места </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ДО</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в первоочередном порядке путем интеграции с государственными информационными системами, обрабатываются автоматически на момент их подачи. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00FA3A1E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="33" w:name="z275"/>
+      <w:bookmarkEnd w:id="32"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Заявление </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, поданных на общих основаниях, обрабатываются автоматически на момент подачи.</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w:rsidR="000D2049" w:rsidRPr="00C27FAA" w:rsidRDefault="00633176">
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00FA3A1E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">      </w:t>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="34" w:name="z276"/>
+      <w:bookmarkEnd w:id="33"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в АРМ подтверждает полноту и соответствие представленных документов </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00FA3A1E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="35" w:name="z277"/>
+      <w:bookmarkEnd w:id="34"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> После получения подтверждения в АРМ от </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Единая база обрабатывает заявление по постановке на очередь </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00C27FAA">
-[...13 lines deleted...]
-        <w:t>ік қызметтер осы Қағидаларда көзделген тәртіппен көрсетіледі.</w:t>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ДО</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и уведомляет </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> об оказании государственной услуги по постановке на очередь с указанием даты и времени, номера очередности согласно приложению 4.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00FA3A1E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="36" w:name="z278"/>
+      <w:bookmarkEnd w:id="35"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7. Государственная услуга по постановке на очередь оказывается </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>проактивным</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> способом, в том числе без заявления </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по инициативе </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> посредством информационных систем </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и государственных органов при регистрации телефонного номера абонентского устройства сотовой связи </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>веб-портале</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "электронного правительства" </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>www</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>egov</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>kz</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и включать в себя:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00FA3A1E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="37" w:name="z279"/>
+      <w:bookmarkEnd w:id="36"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) отправку автоматических уведомлений </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с запросом на оказание государственной услуги по постановке на очередь;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00FA3A1E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="38" w:name="z280"/>
+      <w:bookmarkEnd w:id="37"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) получение согласия </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на оказание </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>проактивной</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> услуги, а также иных необходимых сведений от </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, в том числе ограниченного доступа согласно приложению 5 к Правилам, посредством абонентского устройства сотовой связи </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00FA3A1E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="39" w:name="z281"/>
+      <w:bookmarkEnd w:id="38"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 8. По выбору </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> государственная услуга по постановке на </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>очередь</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оказывается по принципу "одного заявления" в совокупности с государственной услугой "Регистрация рождения ребенка, в том числе внесение изменений, дополнений и исправлений в записи актов гражданского состояния".</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00FA3A1E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="40" w:name="z282"/>
+      <w:bookmarkEnd w:id="39"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 9. При внесении изменений и (или) дополнений в Правила уполномоченный орган в области образования в течение трех рабочих дней после государственной регистрации нормативного правового акта направляет информацию о внесенных изменениях и (или) дополнениях оператору информационно-коммуникационной инфраструктуры "электронное правительство" и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателям</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, а также в Единый контакт-центр.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00FA3A1E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="41" w:name="z283"/>
+      <w:bookmarkEnd w:id="40"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обеспечивает внесение сведений о стадии оказания государственной услуги в информационную систему мониторинга оказания государственных услуг в порядке согласно подпункту 11) пункта 2 статьи 5 Закона Республики Казахстан "О государственных услугах".</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w:rsidR="000D2049" w:rsidRPr="00C27FAA" w:rsidRDefault="00633176">
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00FA3A1E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...24 lines deleted...]
-      </w:r>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="42" w:name="z284"/>
+      <w:bookmarkEnd w:id="41"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 10. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Единая база автоматически формирует очередь в порядке подачи заявлений постановки на очередь для зачисления в ДО (до 4-х ДО из Реестра ДО) относительно друг друга с учетом даты и времени (с точностью до миллисекунд), года рождения ребенка, языка обучения.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w:rsidR="000D2049" w:rsidRPr="00C27FAA" w:rsidRDefault="00633176">
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00FA3A1E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">      </w:t>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="43" w:name="z285"/>
+      <w:bookmarkEnd w:id="42"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заявления </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателей</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, которым места в ДО предоставляются вне очереди, располагаются перед заявлениями </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателей</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, которым места в </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00C27FAA">
-[...5 lines deleted...]
-        <w:t>Көрсетілетін қызметті алушы құжаттардың толық емес топтамасын және қолдану мерзімі өткен құжаттарды ұсынған жағдайда көрсетілетін қызметті беруші құжаттарды қабылдаудан бас тарту жөнінде дәлелді жауап дайындайды.</w:t>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ДО</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> предоставляются в первоочередном порядке.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00FA3A1E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="44" w:name="z286"/>
+      <w:bookmarkEnd w:id="43"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заявления </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателей</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, которым предоставляются места в </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ДО</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в первоочередном порядке, распределяются в соотношении "один к трем" к заявлениям </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателей</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, поданным на общих основаниях.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00FA3A1E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="45" w:name="z287"/>
+      <w:bookmarkEnd w:id="44"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Очередь в специальные ДО (специальные ясли-сады, специальные детские сады) и специальные группы в ДО для детей с нарушениями зрения, слуха, тяжелыми нарушениями речи, опорно-двигательного аппарата, интеллекта, с задержкой психического развития согласно Типовым правилам деятельности специальных организаций образования, утвержденных приказом Министра образования и науки Республики Казахстан от 31 августа 2022 года № 385 "Об утверждении Типовых правил деятельности организаций дошкольного, среднего, технического</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и профессионального, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>послесреднего</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> образования, дополнительного образования соответствующих типов и видов" (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>зарегистрированный</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в Реестре государственной регистрации нормативных правовых актов под № 29329) формируется по году рождения детей для каждого года рождения отдельно согласно рекомендации </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>психолого-медико-педагогической</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> консультации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00FA3A1E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="46" w:name="z288"/>
+      <w:bookmarkEnd w:id="45"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Очередь в санаторные ясли-сады формируется по году рождения детей для каждого года рождения отдельно, по видам реабилитации/профилактики согласно заключению отборочной комиссии.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00FA3A1E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="47" w:name="z289"/>
+      <w:bookmarkEnd w:id="46"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 11. Для подачи заявления постановки на очередь </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ДО</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> учитывается возраст ребенка, не превышающий 6-ти лет до конца текущего календарного года (кроме детей с ограниченными возможностями согласно соответствующих рекомендаций </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>психолого-медико-педагогической</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> консультации).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00FA3A1E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="48" w:name="z290"/>
+      <w:bookmarkEnd w:id="47"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ребенок при достижении 6-ти лет исключается из очереди (кроме детей с ограниченными возможностями </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>согласно</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> соответствующих рекомендаций </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>психолого-медико-педагогической</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> консультации).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00FA3A1E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="49" w:name="z291"/>
+      <w:bookmarkEnd w:id="48"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 12. Для выбора другой ДО </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> расторгает электронный договор и подает заявление на постановку в очередь для получения направления </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ДО.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00FA3A1E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="50" w:name="z292"/>
+      <w:bookmarkEnd w:id="49"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 13. Очередь </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ДО обновляется при:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00FA3A1E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="51" w:name="z293"/>
+      <w:bookmarkEnd w:id="50"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) поступлении заявлений от </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателей</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, которым места в ДО предоставляется вне очереди согласно пункту 3 статьи 52 Закона Республики Казахстан "О воинской службе и статусе военнослужащих", пункту 8 статьи 78 Закона Республики Казахстан "О специальных государственных органах", пункту 5 статьи 64 Закона Республики Казахстан "О правоохранительной службе", пунктом 4 статьи 16 Закона Республики Казахстан "О государственной фельдъегерской связи", пунктом 5</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 64 Закона Республики Казахстан "О правоохранительной службе";</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00FA3A1E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="52" w:name="z294"/>
+      <w:bookmarkEnd w:id="51"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) поступлении заявлений от </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателей</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, которым места в ДО предоставляются в первоочередном порядке согласно подпункту 3-1) пункта 1 статьи 270 Кодекса Республики Казахстан "О здоровье народа и системе здравоохранения", пункту 3 статьи 12 Закона Республики Казахстан "О статусе педагога"; детей, законные представители которых являются инвалидами; детей, оставшихся без попечения родителей, и детей-сирот;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> детей из многодетных семей; детей с ограниченными возможностями; детей из семей, имеющих ребенка-инвалида для первоочередного получения места </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ДО;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00FA3A1E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="53" w:name="z295"/>
+      <w:bookmarkEnd w:id="52"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>изменении</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> льготного статуса заявления;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00FA3A1E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="54" w:name="z296"/>
+      <w:bookmarkEnd w:id="53"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>исключении</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> заявления из очереди в результате снятия заявления;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00FA3A1E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="55" w:name="z297"/>
+      <w:bookmarkEnd w:id="54"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5) изменении </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ДО</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00FA3A1E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="56" w:name="z298"/>
+      <w:bookmarkEnd w:id="55"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6) выдаче направления;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00FA3A1E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="57" w:name="z299"/>
+      <w:bookmarkEnd w:id="56"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>помещении</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> заявления в архив;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00FA3A1E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="58" w:name="z300"/>
+      <w:bookmarkEnd w:id="57"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 8) отсутствии заинтересованности </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в получении места </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ДО.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00FA3A1E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="59" w:name="z301"/>
+      <w:bookmarkEnd w:id="58"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 14. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> проверяет и подтверждает достоверность документов </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> дважды - при регистрации заявления на постановку на очередь и после получения направления на зачисление в ДО, отправляет сводные запросы в уполномоченный орган. При не подтверждении выдает уведомление с отказом в предоставлении государственной услуги. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00FA3A1E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="60" w:name="z302"/>
+      <w:bookmarkEnd w:id="59"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 15. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00FA3A1E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="61" w:name="z303"/>
+      <w:bookmarkEnd w:id="60"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) подает заявление на постановку на очередь с выбором от 1 до 4-х </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ДО</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> указанием языка обучения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00FA3A1E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="62" w:name="z304"/>
+      <w:bookmarkEnd w:id="61"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) при постановке на очередь указывает возраст ребенка, планируемого для более позднего зачисления </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ДО;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00FA3A1E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="63" w:name="z305"/>
+      <w:bookmarkEnd w:id="62"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) ежегодно подтверждает заинтересованность в очереди </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ДО;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00FA3A1E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="64" w:name="z306"/>
+      <w:bookmarkEnd w:id="63"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4) снимает заявление из очереди;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00FA3A1E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="65" w:name="z307"/>
+      <w:bookmarkEnd w:id="64"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5) в период нахождения в очереди меняет или добавляет </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ДО</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00FA3A1E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="66" w:name="z308"/>
+      <w:bookmarkEnd w:id="65"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6) просматривает номер очередности </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ДО;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00FA3A1E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="67" w:name="z309"/>
+      <w:bookmarkEnd w:id="66"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7) получает уведомление о свободном месте </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ДО;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00FA3A1E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="68" w:name="z310"/>
+      <w:bookmarkEnd w:id="67"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 8) выражает согласие на получение или отказ от свободного места </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ДО;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00FA3A1E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="69" w:name="z311"/>
+      <w:bookmarkEnd w:id="68"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 9) получает направление на зачисление </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ДО;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00FA3A1E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="70" w:name="z312"/>
+      <w:bookmarkEnd w:id="69"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 10) подает заявление на прием документов и зачисление ребенка </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ДО;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00FA3A1E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="71" w:name="z313"/>
+      <w:bookmarkEnd w:id="70"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 11) подписывает электронный договор. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00FA3A1E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="72" w:name="z314"/>
+      <w:bookmarkEnd w:id="71"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Один раз в год </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> направляется уведомление о подтверждении заинтересованности в очереди </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ДО. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Единая база </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>проактивным</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> способом направляет уведомление для </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателей</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, состоящих в очереди в ДО, для подтверждения заинтересованности по истечении 11 месяцев со дня подачи заявления.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> При неполучении ответа от </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> уведомление направляется повторно через месяц. При отсутствии ответа на повторное уведомление или отрицательного ответа от </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> очередь в </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ДО</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> направляется в архив.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00FA3A1E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="73" w:name="z315"/>
+      <w:bookmarkEnd w:id="72"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Единая база </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>проактивным</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> способом направляет </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>состоящему</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> первым в очереди, уведомление о свободном месте в ДО. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в течение 2-х календарных дней подтверждает получение направления </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ДО или отказывается от свободного места в ДО. При отказе от свободного места очередь в </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ДО</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> перемещается в архив. При отсутствии ответа от </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> очередь </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ДО</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> приостанавливается сроком на 10 рабочих дней, по истечении которых Единая база повторно направляет уведомление для подтверждения заинтересованности. При получении положительного ответа от </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на повторное уведомление очередь </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ДО</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> восстанавливается по дате и времени постановки. При отсутствии ответа на повторное уведомление или отрицательного ответа от </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> очередь в </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ДО</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> перемещается в архив.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00FA3A1E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="74" w:name="z316"/>
+      <w:bookmarkEnd w:id="73"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 16. Единая база, функционирующая круглосуточно и осуществляющая непрерывный процесс распределения свободных мест среди </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателей</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, по мере появления новых свободных мест:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00FA3A1E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="75" w:name="z317"/>
+      <w:bookmarkEnd w:id="74"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) регистрирует (или отказывает в регистрации) заявление на постановку на очередь, помещает заявление в архив, рассматривает отказы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в зачислении по выданным направлениям;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w:rsidR="000D2049" w:rsidRPr="00C27FAA" w:rsidRDefault="00633176">
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00FA3A1E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...23 lines deleted...]
-        <w:t>ті көрсетуден бас тартылғаны туралы хабарлама жібереді.</w:t>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="76" w:name="z318"/>
+      <w:bookmarkEnd w:id="75"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) в конце учебного года принимает информацию </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>от</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ДО</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> о свободных местах с учетом выпуска детей из ДО, перевода детей из одной возрастной группы в другую и комплектования возрастных групп;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000D2049" w:rsidRPr="00C27FAA" w:rsidRDefault="00633176">
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00FA3A1E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...9 lines deleted...]
-      </w:r>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="77" w:name="z319"/>
+      <w:bookmarkEnd w:id="76"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) при появлении свободных мест в ДО, в том числе временного пребывания Единая база </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>проактивным</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> способом направляет уведомление для первых </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателей</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, стоящих в очереди, при неполучении ответа от </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> уведомление направляется повторно в течение вторых суток; при отсутствии ответа на повторное уведомление или отрицательного ответа от </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> уведомление направляется следующему </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:p w:rsidR="000D2049" w:rsidRPr="00C27FAA" w:rsidRDefault="00633176">
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00FA3A1E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">      </w:t>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="78" w:name="z320"/>
+      <w:bookmarkEnd w:id="77"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4) исключает из очереди заявление при достижении ребенком возраста 6 (шести) лет (кроме детей с ограниченными возможностями, имеющих заключение </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>психолого-медико-педагогической</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> консультации, а также детей, которым до конца текущего года еще не исполнилось полных 6 лет) и помещает его в архив по причине достижения максимально допустимого возраста;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00FA3A1E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="79" w:name="z321"/>
+      <w:bookmarkEnd w:id="78"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5) направляет уведомление о проведении проверки достоверности документов (в произвольной форме) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> для получения места в </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00C27FAA">
-[...13 lines deleted...]
-        <w:t>метті алушылардың өтініштері және МДҰ-ға бірінші кезекте орын алуға құжаттарды растау мемлекеттік ақпараттық жүйелермен интеграциялау жолымен оларды беру сәтінде автоматты түрде өңделеді.</w:t>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ДО</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> вне очереди и по первоочередному порядку при постановке на очередь и зачислении в ДО;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00FA3A1E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="80" w:name="z322"/>
+      <w:bookmarkEnd w:id="79"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6) пропускает очередь </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>указавщего</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> возраст ребенка планируемого для более позднего зачисления </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ДО.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00FA3A1E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="81" w:name="z323"/>
+      <w:bookmarkEnd w:id="80"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 17. ДО:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00FA3A1E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="82" w:name="z324"/>
+      <w:bookmarkEnd w:id="81"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) в конце учебного года формируют электронный бюллетень свободных мест, в том числе временного пребывания, с учетом выпуска воспитанников, прошедших программу </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>предшкольной</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> подготовки, перевода детей из одной возрастной группы в другую и комплектования возрастных групп;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00FA3A1E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="83" w:name="z325"/>
+      <w:bookmarkEnd w:id="82"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  2) сохраняют место за временно выбывшим воспитанником в </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>санаторный</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ясли-сад.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00FA3A1E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="84" w:name="z326"/>
+      <w:bookmarkEnd w:id="83"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 18. Жалоба на решение, действия (бездействие) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по вопросам оказания государственной услуги по постановке на очередь подается на имя руководителя </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, в уполномоченный орган по оценке и </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>контролю за</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> качеством оказания государственных услуг в соответствии с законодательством Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00FA3A1E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="85" w:name="z327"/>
+      <w:bookmarkEnd w:id="84"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 19. Жалоба </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по вопросам оказания государственной услуги по постановке на очередь, поступившая в адрес </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, в соответствии с пунктом 2 статьи 25 Закона Республики Казахстан "О государственных услугах" подлежит рассмотрению в течение 5 (пяти) рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00FA3A1E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="86" w:name="z328"/>
+      <w:bookmarkEnd w:id="85"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 20. При отправке жалобы через портал </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> из "личного кабинета" доступна информация об обращении, которая обновляется в ходе обработки обращения </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (отметки о доставке, регистрации, исполнении, ответ о рассмотрении или об отказе в рассмотрении).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00FA3A1E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="87" w:name="z329"/>
+      <w:bookmarkEnd w:id="86"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Информацию о порядке обжалования через портал можно получить посредством Единого </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>контакт-центра</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по вопросам оказания государственных услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00FA3A1E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="88" w:name="z330"/>
+      <w:bookmarkEnd w:id="87"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Жалоба </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, поступившая в адрес уполномоченного органа по оценке и </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>контролю за</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> качеством оказания государственных услуг, подлежит рассмотрению в течение 15 (пятнадцати) рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00FA3A1E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="89" w:name="z331"/>
+      <w:bookmarkEnd w:id="88"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> В случае несогласия с результатом оказания государственной услуги по постановке на очередь </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обращается в суд в установленном законодательством Республики Казахстан порядке.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00FA3A1E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="90" w:name="z332"/>
+      <w:bookmarkEnd w:id="89"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Параграф 2. Порядок оказания государственной услуги "Прием документов и зачисление детей в дошкольные организации"</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00FA3A1E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="91" w:name="z333"/>
+      <w:bookmarkEnd w:id="90"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 21. Государственная услуга "Прием документов и зачисление детей в дошкольные организации" (далее – государственная услуга по приему детей) оказывается ДО всех видов (далее – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00FA3A1E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="92" w:name="z334"/>
+      <w:bookmarkEnd w:id="91"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 22. Государственная услуга по приему детей в </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ДО</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оказывается через портал или объекты информатизации. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00FA3A1E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="93" w:name="z335"/>
+      <w:bookmarkEnd w:id="92"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Основные требования к оказанию государственной услуги по приему детей согласно подпунктам 3-1) и 4) статьи 14 Закона Республики Казахстан "О государственных услугах" приведены в приложении 6 к Правилам "Перечень основных требований к оказанию государственной услуги "Прием документов и зачисление детей в дошкольные организации" (далее – Перечень требований).</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w:rsidR="000D2049" w:rsidRPr="00C27FAA" w:rsidRDefault="00633176">
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00FA3A1E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">      </w:t>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="94" w:name="z336"/>
+      <w:bookmarkEnd w:id="93"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00C27FAA">
-[...13 lines deleted...]
-        <w:t>түскен сәтінде автоматты түрде өңделеді.</w:t>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Единая база после подтверждения </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> согласия на зачисление в ДО, согласно выданному электронному направлению, действующему 5 (пять) рабочих дней (со следующего рабочего дня после получения направления), направляет заявление </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на рассмотрение </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, осуществляющему прием документов. </w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w:rsidR="000D2049" w:rsidRPr="00C27FAA" w:rsidRDefault="00633176">
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00FA3A1E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">      </w:t>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="95" w:name="z337"/>
+      <w:bookmarkEnd w:id="94"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> В период сбора документов </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в Единой базе свободное место находится в режиме общеустановленного зачисления.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00FA3A1E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="96" w:name="z338"/>
+      <w:bookmarkEnd w:id="95"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, после сбора всех документов, согласно установленного срока действия выданного направления на зачисление </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00C27FAA">
-[...5 lines deleted...]
-        <w:t>Көрсетілетін қызметті беруші АЖО-да ұсынылған құжаттардың толықтығы мен сәйкестігін растайды.</w:t>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ДО</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, представляет через портал или объекты информатизации документы для зачисления согласно пункту 8 приложения 6 к Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00FA3A1E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="97" w:name="z339"/>
+      <w:bookmarkEnd w:id="96"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в день поступления документов осуществляет их прием и регистрацию, в течение 1 (одного) рабочего дня проверяет представленные документы на соответствие пункту 8 Приложения 6 к Правилам. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00FA3A1E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="98" w:name="z340"/>
+      <w:bookmarkEnd w:id="97"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> При представлении </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> неполного пакета документов и (или) документов с истекшим сроком действия </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> готовит мотивированный отказ в приеме документов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00FA3A1E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="99" w:name="z341"/>
+      <w:bookmarkEnd w:id="98"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> При выявлении оснований для отказа в оказании государственной услуги согласно пункту 9 Перечня требований, в указанный срок </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> направляет </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в "личный кабинет" уведомление об отказе в оказании государственной услуги согласно приложению 3 к Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00FA3A1E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="100" w:name="z342"/>
+      <w:bookmarkEnd w:id="99"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> При составлении в возрастной группе доли детей, не получивших плановые профилактические прививки, более 10 % является основанием для отказа в оказании государственной услуги в соответствии с пунктом 11 статьи 85 Кодекса Республики Казахстан "О здоровье народа и системе здравоохранения". </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00FA3A1E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="101" w:name="z343"/>
+      <w:bookmarkEnd w:id="100"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> При установлении факта полноты представленных документов, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> заполняет электронный запрос и прикрепляет электронные копии документов </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. После обработки (проверки, регистрации) электронного запроса </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в "личном кабинете" </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> отображается информация о статусе рассмотрения запроса на оказание государственной услуги по приему детей, а также направляется уведомление с указанием даты и времени получения результата государственной услуги по приему детей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00FA3A1E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="102" w:name="z344"/>
+      <w:bookmarkEnd w:id="101"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> При представлении </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> полного пакета документов </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> формирует электронный договор об оказании образовательных услуг и направляет </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> для подписания. После формирования электронного договора </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> направляется уведомление о заключении договора, который подписывается доступными способами (сообщением, ЭЦП, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>QR</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">). После подписания договора </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в "личный кабинет" направляется уведомление о зачислении ребенка </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ДО.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00FA3A1E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="103" w:name="z345"/>
+      <w:bookmarkEnd w:id="102"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 23. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">При отказе от места в ДО, полученного вне очереди или по первоочередному порядку, для выбора другой ДО </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> становится в конец общей очереди.</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w:rsidR="000D2049" w:rsidRPr="00C27FAA" w:rsidRDefault="00633176">
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00FA3A1E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">       </w:t>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="104" w:name="z346"/>
+      <w:bookmarkEnd w:id="103"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> При переводе в другую местность на новое место службы и смене места жительства </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оказываются государственные услуги в сфере дошкольного образования вне очереди </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00C27FAA">
-[...13 lines deleted...]
-        <w:t>ішті өңдеп, күні мен уақытын, кезек нөмерін көрсете отырып, 4-қосымшаға сәйкес кезекке қою бойынша мемлекеттік қызметтің көрсетілгендігі туралы хабарлайды.</w:t>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>согласно</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящих Правил.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00FA3A1E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="105" w:name="z347"/>
+      <w:bookmarkEnd w:id="104"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>зачисленный</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на свободное место временного пребывания, возвращается в очередь по дате и времени постановки.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00FA3A1E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="106" w:name="z348"/>
+      <w:bookmarkEnd w:id="105"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 24. При выдаче направлений </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ДО</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> возраст детей учитывается при достижении ими полных лет до конца текущего года (кроме детей с ограниченными возможностями согласно соответствующих рекомендаций </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>психолого-медико-педагогической</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> консультации).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00FA3A1E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="107" w:name="z349"/>
+      <w:bookmarkEnd w:id="106"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 25. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> аннулирует выданное направление по собственной инициативе в срок не позднее одних суток с момента выдачи направления; один раз продлевает срок действия направления дополнительно до 30 (тридцати) календарных дней в случае физической неспособности явиться в ДО в установленный срок с предоставлением подтверждающих документов.</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w:rsidR="000D2049" w:rsidRPr="00C27FAA" w:rsidRDefault="00633176">
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00FA3A1E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...24 lines deleted...]
-        <w:t>лында тіркей отырып, проактивті жолмен көрсетіледі және оған:</w:t>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="108" w:name="z350"/>
+      <w:bookmarkEnd w:id="107"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 26. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Услугополучателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>подавшему</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> заявления и документы на нескольких детей в общую очередь, получает направления на всех детей в одну ДО при наличии в ней необходимого количества свободных мест в момент получения направления.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000D2049" w:rsidRPr="00C27FAA" w:rsidRDefault="00633176">
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00FA3A1E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...27 lines deleted...]
-        <w:t xml:space="preserve"> қызметті алушыға кезекке қою жөніндегі мемлекеттік қызметті көрсетуге сұраным жасалған автоматты хабарлама жіберу;</w:t>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="109" w:name="z351"/>
+      <w:bookmarkEnd w:id="108"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 27. При внесении изменений и (или) дополнений в Правила уполномоченный орган в области образования в течение трех рабочих дней после государственной регистрации нормативного правового акта направляет информацию о внесенных изменениях и (или) дополнениях оператору информационно-коммуникационной инфраструктуры "электронное правительство" и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателям</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, а также в Единый контакт-центр.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000D2049" w:rsidRPr="00C27FAA" w:rsidRDefault="00633176">
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00FA3A1E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...10 lines deleted...]
-      </w:r>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="110" w:name="z352"/>
+      <w:bookmarkEnd w:id="109"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00C27FAA">
-[...5 lines deleted...]
-        <w:t>проактивті</w:t>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обеспечивает внесение сведений о стадии оказания государственной услуги в информационную систему мониторинга оказания государственных услуг в порядке согласно подпункту 11) пункта 2 статьи 5 Закона Республики Казахстан "О государственных услугах".</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00C27FAA">
-[...22 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="000D2049" w:rsidRPr="00C27FAA" w:rsidRDefault="00633176">
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00FA3A1E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...17 lines deleted...]
-        <w:t>ініш" қағидасы бойынша көрсетіледі.</w:t>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="111" w:name="z353"/>
+      <w:bookmarkEnd w:id="110"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 28. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> аннулирует зачисление ребенка по следующим причинам: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000D2049" w:rsidRPr="00C27FAA" w:rsidRDefault="00633176">
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00FA3A1E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> (немесе) толықтырулар туралы ақпаратты "электронды үкімет" ақпараттық-коммуникациялық инфрақұрылым операторына және көрсетілетін қызметті берушілерге, сондай-ақ Бірыңғай байланыс орталығына жолдайды.</w:t>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="112" w:name="z354"/>
+      <w:bookmarkEnd w:id="111"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) заявитель не представил, требуемые для заключения договора, документы или </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> истекшим срока действия документов (паспорт здоровья ребенка и справка о состоянии здоровья ребенка, выданная не </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>позднее</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> чем за три календарных дня по отношению к дате заключения договора);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:p w:rsidR="000D2049" w:rsidRPr="00C27FAA" w:rsidRDefault="00633176">
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00FA3A1E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">       </w:t>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="113" w:name="z355"/>
+      <w:bookmarkEnd w:id="112"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) согласно представленным документам ребенок имеет медицинские противопоказания для зачисления </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00C27FAA">
-[...13 lines deleted...]
-        <w:t>қстан Республикасы Заңының 5-бабы 2-тармағының 11) тармақшасына сәйкес көрсетілетін қызметті беруші мемлекеттік қызметті көрсету сатысы туралы мемлекеттік қызметтер көрсету мониторингісінің ақпараттық жүйесіне енгізуді қамтамасыз етеді.</w:t>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>в</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ДО;</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="000D2049" w:rsidRPr="00C27FAA" w:rsidRDefault="00633176">
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00FA3A1E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...16 lines deleted...]
-        <w:t>база баланы МДҰ-ға (МДҰ-ның тізілімінен 4-ке дейін) қабылдау үшін кезекке қоюға өтініш беру күні мен уақытын (миллисекундқа дейінгі дәлдікпен), туған жылын, оқыту тілін ескере отырып, бір-біріне қатысты тәртібімен кезекті автоматты түрде қалыптастырады.</w:t>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="114" w:name="z356"/>
+      <w:bookmarkEnd w:id="113"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) при превышении порогового уровня коллективного иммунитета в группах (более 10% детей, не получивших плановые профилактические прививки).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:p w:rsidR="000D2049" w:rsidRPr="00C27FAA" w:rsidRDefault="00633176">
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00FA3A1E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...18 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="115" w:name="z357"/>
+      <w:bookmarkEnd w:id="114"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 29. Прием документов и зачисление детей в дошкольные организации на постоянное или временное пребывание ведется в течение года при наличии в них свободных мест.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="000D2049" w:rsidRPr="00C27FAA" w:rsidRDefault="00633176">
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00FA3A1E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">      </w:t>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="116" w:name="z358"/>
+      <w:bookmarkEnd w:id="115"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 30. Жалоба на решение, действия (бездействие) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по вопросам оказания государственной услуги по приему детей подается на имя руководителя </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, в уполномоченный орган по оценке и </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00C27FAA">
-[...13 lines deleted...]
-        <w:t>тін қызметті алушылардың өтініштері жалпы негіздерде берілген көрсетілетін қызметті алушылардың өтініштері арасында "үшке бір" арақатынасында бөлінеді.</w:t>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>контролю за</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> качеством оказания государственных услуг в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="000D2049" w:rsidRPr="00C27FAA" w:rsidRDefault="00633176">
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00FA3A1E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...31 lines deleted...]
-        <w:t xml:space="preserve"> білім беру ұйымдары қызметінің үлгілік қағидаларына сәйкес балалардың туған жылы бойынша, әрбір туған жылы үшін психологиялық-медициналық-педагогикалық консультацияның ұсынымына сәйкес жеке қалыптастырылады.</w:t>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="117" w:name="z359"/>
+      <w:bookmarkEnd w:id="116"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Жалоба </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, поступившая в адрес </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, в соответствии с пунктом 2 статьи 25 Закона Республики Казахстан "О государственных услугах" подлежит рассмотрению в течение 5 (пяти) рабочих дней со дня ее регистрации.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000D2049" w:rsidRPr="00C27FAA" w:rsidRDefault="00633176">
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00FA3A1E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...26 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="118" w:name="z360"/>
+      <w:bookmarkEnd w:id="117"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> При отправке жалобы через портал </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> из "личного кабинета" доступна информация об обращении, которая обновляется в ходе обработки обращения </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (отметки о доставке, регистрации, исполнении, ответ о рассмотрении или отказ в рассмотрении).</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="000D2049" w:rsidRPr="00C27FAA" w:rsidRDefault="00633176">
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00FA3A1E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...16 lines deleted...]
-        <w:t xml:space="preserve"> 6 жастан аспайтын (психологиялық-медициналық-педагогикалық консультацияның ұсынымдарына сәйкес мүмкіндігі шектеулі балалардан басқа) баланың жасы ескеріледі.</w:t>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="119" w:name="z361"/>
+      <w:bookmarkEnd w:id="118"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Информацию о порядке обжалования через портал можно получить посредством Единого </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>контакт-центра</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по вопросам оказания государственных услуг.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:p w:rsidR="000D2049" w:rsidRPr="00C27FAA" w:rsidRDefault="00633176">
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00FA3A1E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">      </w:t>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="120" w:name="z362"/>
+      <w:bookmarkEnd w:id="119"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Жалоба </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, поступившая в адрес уполномоченного органа по оценке и </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00C27FAA">
-[...13 lines deleted...]
-        <w:t>рына сәйкес мүмкіндігі шектеулі балалардан басқа) кезектен шығарылады.</w:t>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>контролю за</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> качеством оказания государственных услуг, подлежит рассмотрению в течение 15 (пятнадцати) рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="000D2049" w:rsidRPr="00C27FAA" w:rsidRDefault="00633176">
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00FA3A1E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...2654 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="121" w:name="z363"/>
+      <w:bookmarkEnd w:id="120"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> В случае несогласия с результатом оказания государственной услуги по приему детей </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обращается в суд в установленном законодательством Республики Казахстан порядке.</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6537"/>
-        <w:gridCol w:w="4266"/>
+        <w:gridCol w:w="6525"/>
+        <w:gridCol w:w="4278"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000D2049" w:rsidRPr="00C27FAA">
+      <w:tr w:rsidR="002D0D84" w:rsidRPr="00FA3A1E">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000D2049" w:rsidRPr="00C27FAA" w:rsidRDefault="00633176">
+          <w:bookmarkEnd w:id="121"/>
+          <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00FA3A1E">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C27FAA">
+            <w:r w:rsidRPr="00FA3A1E">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C27FAA" w:rsidRPr="00C27FAA" w:rsidRDefault="00C27FAA">
+          <w:p w:rsidR="002D0D84" w:rsidRPr="00337A90" w:rsidRDefault="00FA3A1E" w:rsidP="00337A90">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...19 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00337A90">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Приложение 1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00337A90">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00337A90">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>к Правилам оказания</w:t>
+            </w:r>
+            <w:r w:rsidR="00337A90">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C27FAA">
-[...46 lines deleted...]
-            <w:r w:rsidRPr="00C27FAA">
+            <w:r w:rsidRPr="00337A90">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>государственных услуг</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00337A90">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00C27FAA">
-[...23 lines deleted...]
-              <w:t>1-қосымша</w:t>
+            <w:r w:rsidRPr="00337A90">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>в сфере дошкольного образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000D2049" w:rsidRPr="00F479AC">
+      <w:tr w:rsidR="002D0D84" w:rsidRPr="00337A90">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000D2049" w:rsidRPr="00C27FAA" w:rsidRDefault="00633176">
+          <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00FA3A1E">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C27FAA">
+            <w:r w:rsidRPr="00FA3A1E">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000D2049" w:rsidRPr="00F479AC" w:rsidRDefault="00633176" w:rsidP="00F479AC">
+          <w:p w:rsidR="002D0D84" w:rsidRPr="00337A90" w:rsidRDefault="00FA3A1E" w:rsidP="00046B97">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F479AC">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00F479AC">
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00337A90">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Услугодателю</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00337A90">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00F479AC">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00F479AC">
+            <w:r w:rsidRPr="00337A90">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>(от) _______________________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00337A90">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00F479AC">
-[...17 lines deleted...]
-            <w:r w:rsidRPr="00F479AC">
+            <w:r w:rsidRPr="00337A90">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>фамилия, имя, отчество</w:t>
+            </w:r>
+            <w:r w:rsidR="00337A90">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00337A90">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>(при наличии)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00337A90">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00F479AC">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00F479AC">
+            <w:r w:rsidRPr="00337A90">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>__________________________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00337A90">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00F479AC">
-[...8 lines deleted...]
-            <w:r w:rsidR="00F479AC">
+            <w:r w:rsidRPr="00337A90">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>(индивидуальный</w:t>
+            </w:r>
+            <w:r w:rsidR="00046B97">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00F479AC">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00F479AC">
+            <w:r w:rsidRPr="00337A90">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>идентификационный номер</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00337A90">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00F479AC">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00F479AC">
+            <w:r w:rsidRPr="00337A90">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>проживающего по адресу:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00337A90">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00F479AC">
-[...42 lines deleted...]
-              <w:t xml:space="preserve"> ____ К</w:t>
+            <w:r w:rsidRPr="00337A90">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>__________________________</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00F479AC">
-[...7 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="000D2049" w:rsidRPr="00C27FAA" w:rsidRDefault="00633176">
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00046B97" w:rsidRDefault="00FA3A1E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00F479AC">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="122" w:name="z366"/>
+      <w:r w:rsidRPr="00337A90">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C27FAA">
+      <w:r w:rsidRPr="00046B97">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-        <w:t>Өтініш</w:t>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Заявление</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
-    <w:p w:rsidR="000D2049" w:rsidRPr="00C27FAA" w:rsidRDefault="00633176">
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00FA3A1E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">       ______________________ </w:t>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="123" w:name="z367"/>
+      <w:bookmarkEnd w:id="122"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Прошу поставить ребенка __________ года рождения на очередь для получения</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="123"/>
+      <w:r w:rsidR="00046B97">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>направления в дошкольные организации (до 4-х дошкольных организаций,</w:t>
+      </w:r>
+      <w:r w:rsidR="00046B97">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">выбранных из Реестра </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00C27FAA">
-[...5 lines deleted...]
-        <w:t>жылы</w:t>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ДО</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00C27FAA">
-[...29 lines deleted...]
-        <w:t xml:space="preserve">кезекке қоюды сұраймын. </w:t>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> территории населенного пункта_______________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000D2049" w:rsidRPr="00C27FAA" w:rsidRDefault="00633176">
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00FA3A1E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">       _____________________________________________________ </w:t>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000D2049" w:rsidRPr="00C27FAA" w:rsidRDefault="00633176">
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00FA3A1E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">____________________ </w:t>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>город (поселок, село) ____________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000D2049" w:rsidRPr="00C27FAA" w:rsidRDefault="00633176">
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00FA3A1E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...25 lines deleted...]
-        <w:t xml:space="preserve"> (кент, ауыл) </w:t>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>язык обучения __________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000D2049" w:rsidRPr="00C27FAA" w:rsidRDefault="00633176">
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00FA3A1E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">       _____________________________________________________ </w:t>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>дошкольная организация _________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000D2049" w:rsidRPr="00C27FAA" w:rsidRDefault="00633176">
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00FA3A1E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...25 lines deleted...]
-        <w:t xml:space="preserve"> тілі </w:t>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>дошкольная организация _________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000D2049" w:rsidRPr="00C27FAA" w:rsidRDefault="00633176">
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00FA3A1E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">       ______________________________________________________ </w:t>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>дошкольная организация _________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000D2049" w:rsidRPr="00C27FAA" w:rsidRDefault="00633176">
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00FA3A1E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...25 lines deleted...]
-        <w:t xml:space="preserve"> дейінгі ұйым </w:t>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>дошкольная организация ИИН ____________________________________,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000D2049" w:rsidRPr="00C27FAA" w:rsidRDefault="00633176">
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00FA3A1E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">      ______________________________________________________ </w:t>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000D2049" w:rsidRPr="00C27FAA" w:rsidRDefault="00633176">
+    <w:p w:rsidR="00046B97" w:rsidRDefault="00FA3A1E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...27 lines deleted...]
-        <w:t xml:space="preserve"> дейінгі ұйым </w:t>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ф.И.О. (при наличии) </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000D2049" w:rsidRPr="00C27FAA" w:rsidRDefault="00633176">
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00FA3A1E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">       _____________________________________________________ </w:t>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Информирую, что ребенок является (нужное указать):</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000D2049" w:rsidRPr="00C27FAA" w:rsidRDefault="00633176">
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00FA3A1E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...25 lines deleted...]
-        <w:t xml:space="preserve"> дейінгі ұйым </w:t>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="124" w:name="z368"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) ребенком военнослужащих, в том числе погибших, умерших или пропавших без вести во время прохождения службы (копия документа);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000D2049" w:rsidRPr="00C27FAA" w:rsidRDefault="00633176">
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00FA3A1E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">       _____________________________________________________ </w:t>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="125" w:name="z369"/>
+      <w:bookmarkEnd w:id="124"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) ребенком сотрудников специальных государственных органов, в том числе погибших, умерших или пропавших без вести во время прохождения службы (копия документа);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000D2049" w:rsidRPr="00C27FAA" w:rsidRDefault="00633176">
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00FA3A1E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...33 lines deleted...]
-        <w:t xml:space="preserve"> дейінгі ұйым </w:t>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="126" w:name="z370"/>
+      <w:bookmarkEnd w:id="125"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) ребенком сотрудников правоохранительных органов, в том числе погибших, умерших или пропавших без вести во время прохождения службы (копия документа);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000D2049" w:rsidRPr="00C27FAA" w:rsidRDefault="00633176">
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00FA3A1E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">       ____________________________________________________ </w:t>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="127" w:name="z371"/>
+      <w:bookmarkEnd w:id="126"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4) ребенком сотрудников государственной фельдъегерской службы, в том числе погибших, умерших или пропавших без вести во время прохождения службы (копия документа);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000D2049" w:rsidRPr="00C27FAA" w:rsidRDefault="00633176">
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00FA3A1E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...7 lines deleted...]
-        <w:t>      Т.А.Ә. (бар болғанда)</w:t>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="128" w:name="z372"/>
+      <w:bookmarkEnd w:id="127"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5) ребенком с ограниченными возможностями (копия документа);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000D2049" w:rsidRPr="00C27FAA" w:rsidRDefault="00633176">
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00FA3A1E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C27FAA">
-[...34 lines deleted...]
-        <w:t xml:space="preserve"> көрсету):</w:t>
+      <w:bookmarkStart w:id="129" w:name="z373"/>
+      <w:bookmarkEnd w:id="128"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6) ребенком из семьи, воспитывающей ребенка с инвалидностью;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000D2049" w:rsidRPr="00C27FAA" w:rsidRDefault="00633176">
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00FA3A1E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C27FAA">
+      <w:bookmarkStart w:id="130" w:name="z374"/>
+      <w:bookmarkEnd w:id="129"/>
+      <w:r w:rsidRPr="00FA3A1E">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C27FAA">
-[...15 lines deleted...]
-        <w:t>нның немесе хабар-ошарсыз кеткеннің баласы (құжаттың көшірмесі);</w:t>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7) ребенком из семьи, в которой один из родителей является лицом с инвалидностью;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000D2049" w:rsidRPr="00C27FAA" w:rsidRDefault="00633176">
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00FA3A1E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C27FAA">
+      <w:bookmarkStart w:id="131" w:name="z375"/>
+      <w:bookmarkEnd w:id="130"/>
+      <w:r w:rsidRPr="00FA3A1E">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C27FAA">
-[...80 lines deleted...]
-        <w:t>нде қызмет атқару кезінде қаза тапқан, қайтыс болған немесе хабар-ошарсыз кеткен қызметкердің баласы (құжаттың көшірмесі);</w:t>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 8) ребенком, оставшимся без попечения родителей;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000D2049" w:rsidRPr="00C27FAA" w:rsidRDefault="00633176">
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00FA3A1E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C27FAA">
+      <w:bookmarkStart w:id="132" w:name="z376"/>
+      <w:bookmarkEnd w:id="131"/>
+      <w:r w:rsidRPr="00FA3A1E">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C27FAA">
-[...15 lines deleted...]
-        <w:t>ұқық қорғау органдары қызметкерлерінің, оның ішінде қызмет өткеру кезінде қаза тапқандардың, қайтыс болғандардың немесе хабар-ошарсыз кеткендердің баласы (құжаттың көшірмесі);</w:t>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 9) ребенком сиротой;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000D2049" w:rsidRPr="00C27FAA" w:rsidRDefault="00633176">
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00FA3A1E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C27FAA">
+      <w:bookmarkStart w:id="133" w:name="z377"/>
+      <w:bookmarkEnd w:id="132"/>
+      <w:r w:rsidRPr="00FA3A1E">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C27FAA">
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> өткеру кезінде қаза тапқандардың, қайтыс болғандардың немесе хабар-ошарсыз кеткендердің баласы (құжаттың көшірмесі);</w:t>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 10) ребенком из многодетной семьи;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000D2049" w:rsidRPr="00C27FAA" w:rsidRDefault="00633176">
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00FA3A1E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C27FAA">
+      <w:bookmarkStart w:id="134" w:name="z378"/>
+      <w:bookmarkEnd w:id="133"/>
+      <w:r w:rsidRPr="00FA3A1E">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C27FAA">
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> 5) мүмкіндігі шектеулі бала (құжаттың көшірмесі);</w:t>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 11) ребенком педагога;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000D2049" w:rsidRPr="00C27FAA" w:rsidRDefault="00633176">
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00FA3A1E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C27FAA">
+      <w:bookmarkStart w:id="135" w:name="z379"/>
+      <w:bookmarkEnd w:id="134"/>
+      <w:r w:rsidRPr="00FA3A1E">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C27FAA">
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> 6) мүгедектігі бар баланы тәрбиелеп отырған отбасынан шыққан бала;</w:t>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 12) ребенком медицинского работника;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000D2049" w:rsidRPr="00C27FAA" w:rsidRDefault="00633176">
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00FA3A1E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C27FAA">
+      <w:bookmarkStart w:id="136" w:name="z380"/>
+      <w:bookmarkEnd w:id="135"/>
+      <w:r w:rsidRPr="00FA3A1E">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C27FAA">
-[...35 lines deleted...]
-        <w:t>і мүгедектігі бар тұлға болып табылатын отбасынан шыққан бала (құжаттың көшірмесі);</w:t>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 13) не относится ни к одной из вышеперечисленных категорий.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000D2049" w:rsidRPr="00C27FAA" w:rsidRDefault="00633176">
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00FA3A1E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C27FAA">
+      <w:bookmarkStart w:id="137" w:name="z381"/>
+      <w:bookmarkEnd w:id="136"/>
+      <w:r w:rsidRPr="00FA3A1E">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C27FAA">
-[...26 lines deleted...]
-        <w:t>ған бала;</w:t>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (При изменении жизненных обстоятельств положение заявления в очереди меняется).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000D2049" w:rsidRPr="00C27FAA" w:rsidRDefault="00633176">
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00FA3A1E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C27FAA">
+      <w:bookmarkStart w:id="138" w:name="z382"/>
+      <w:bookmarkEnd w:id="137"/>
+      <w:r w:rsidRPr="00FA3A1E">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C27FAA">
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> 9) жетім бала;</w:t>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Обязуюсь поддерживать актуальные сведения о номере телефона в БМГ для своевременного получения уведомлений о статусе оказания государственной услуги, также ежегодно подтверждать заинтересованность в очереди в ДО, получении направления </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ДО.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000D2049" w:rsidRPr="00C27FAA" w:rsidRDefault="00633176">
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00FA3A1E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C27FAA">
+      <w:bookmarkStart w:id="139" w:name="z383"/>
+      <w:bookmarkEnd w:id="138"/>
+      <w:r w:rsidRPr="00FA3A1E">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C27FAA">
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> 10) кө</w:t>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00C27FAA">
-[...6 lines deleted...]
-        <w:t>п</w:t>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Подтверждаю, что я ознакомлен с правилами оказания государственной услуги, построения (формирования) очередей и получения направления на зачисление в дошкольные организации и согласен (согласна) на использование сведений, составляющих, охраняемых законом тайну, содержащихся в информационных системах.</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00C27FAA">
-[...7 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="000D2049" w:rsidRPr="00C27FAA" w:rsidRDefault="00633176">
+    <w:bookmarkEnd w:id="139"/>
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00FA3A1E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
-[...279 lines deleted...]
-        <w:t>Қолы _______________ Күні _____________</w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Подпись</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> _______________ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Дата</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> _________________</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="10839" w:type="dxa"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="441"/>
-        <w:gridCol w:w="3402"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="5116"/>
+        <w:gridCol w:w="3306"/>
+        <w:gridCol w:w="7041"/>
+        <w:gridCol w:w="51"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000D2049" w:rsidRPr="00F479AC" w:rsidTr="00DA3899">
+      <w:tr w:rsidR="002D0D84" w:rsidRPr="00046B97" w:rsidTr="00046B97">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5687" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="3747" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000D2049" w:rsidRPr="00DA3899" w:rsidRDefault="00633176">
+          <w:p w:rsidR="002D0D84" w:rsidRPr="00046B97" w:rsidRDefault="00FA3A1E">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DA3899">
+            <w:r w:rsidRPr="00046B97">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5116" w:type="dxa"/>
+            <w:tcW w:w="7092" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00F479AC" w:rsidRDefault="00F479AC" w:rsidP="00F479AC">
+          <w:p w:rsidR="00046B97" w:rsidRPr="00046B97" w:rsidRDefault="00046B97">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="000D2049" w:rsidRPr="00F479AC" w:rsidRDefault="00633176" w:rsidP="00F479AC">
+          <w:p w:rsidR="00C409A9" w:rsidRDefault="00FA3A1E">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F479AC">
-[...8 lines deleted...]
-            <w:r w:rsidR="00F479AC">
+            <w:r w:rsidRPr="00046B97">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Приложение 2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00046B97">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00046B97">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>к Правилам оказания</w:t>
+            </w:r>
+            <w:r w:rsidR="00C409A9">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00F479AC">
-[...45 lines deleted...]
-            <w:r w:rsidR="00F479AC">
+            <w:r w:rsidRPr="00046B97">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">государственных услуг </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002D0D84" w:rsidRPr="00046B97" w:rsidRDefault="00FA3A1E">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00046B97">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>в сфере</w:t>
+            </w:r>
+            <w:r w:rsidR="00C409A9">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00F479AC">
-[...24 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="00046B97">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>дошкольного образования</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00046B97" w:rsidRPr="00046B97" w:rsidRDefault="00046B97">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DA3899" w:rsidRPr="00DA3899" w:rsidTr="00FB27CD">
+      <w:tr w:rsidR="002D0D84" w:rsidRPr="00046B97" w:rsidTr="00046B97">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="51" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10803" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="10788" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA3899" w:rsidRPr="00DA3899" w:rsidRDefault="00DA3899">
+          <w:p w:rsidR="002D0D84" w:rsidRPr="00C409A9" w:rsidRDefault="00FA3A1E">
             <w:pPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
-                <w:color w:val="000000"/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DA3899">
+            <w:r w:rsidRPr="00C409A9">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...1 lines deleted...]
-              <w:t>"Мектепке дейінгі ұйымдарға жіберу үшін мектеп жасына дейінгі балаларды (6 жасқа дейін) кезекке қою" мемлекеттік қызмет көрсетуге қойылатын негізгі талаптар тізілімі (бұдан әрі – Талаптар тізбесі)</w:t>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Перечень основных требований к оказанию государственной услуги "Постановка на очередь детей дошкольного возраста (до 6 лет) для направления в дошкольные организации" (далее – Перечень требований)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000D2049" w:rsidRPr="00DA3899" w:rsidTr="00FB27CD">
+      <w:tr w:rsidR="002D0D84" w:rsidRPr="00046B97" w:rsidTr="00046B97">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="51" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="441" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000D2049" w:rsidRPr="00DA3899" w:rsidRDefault="00633176">
+          <w:p w:rsidR="002D0D84" w:rsidRPr="00046B97" w:rsidRDefault="00FA3A1E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DA3899">
+            <w:r w:rsidRPr="00046B97">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcW w:w="3306" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000D2049" w:rsidRPr="00DA3899" w:rsidRDefault="00633176">
+          <w:p w:rsidR="002D0D84" w:rsidRPr="00046B97" w:rsidRDefault="00FA3A1E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DA3899">
-[...6 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00046B97">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Наименование</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00046B97">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00046B97">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>услугодателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6960" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="7041" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000D2049" w:rsidRPr="00DA3899" w:rsidRDefault="00633176">
+          <w:p w:rsidR="002D0D84" w:rsidRPr="00046B97" w:rsidRDefault="00FA3A1E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DA3899">
-[...5 lines deleted...]
-              <w:t>Республикалық маңызы бар қалалардың және астананың білім басқармалары, аудандардың, облыстық маңызы бар қалалардың білім бөлімдері</w:t>
+            <w:r w:rsidRPr="00046B97">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Управления образования городов республиканского значения и столицы, отделы образования районов, городов областного значения</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000D2049" w:rsidRPr="00DA3899" w:rsidTr="00FB27CD">
+      <w:tr w:rsidR="002D0D84" w:rsidRPr="00046B97" w:rsidTr="00046B97">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="51" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="441" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000D2049" w:rsidRPr="00DA3899" w:rsidRDefault="00633176">
+          <w:p w:rsidR="002D0D84" w:rsidRPr="00046B97" w:rsidRDefault="00FA3A1E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DA3899">
+            <w:r w:rsidRPr="00046B97">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcW w:w="3306" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000D2049" w:rsidRPr="00DA3899" w:rsidRDefault="00633176">
+          <w:p w:rsidR="002D0D84" w:rsidRPr="00046B97" w:rsidRDefault="00FA3A1E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DA3899">
-[...5 lines deleted...]
-              <w:t>Мемлекеттік қызметті ұсыну тәсілдері</w:t>
+            <w:r w:rsidRPr="00046B97">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00046B97">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Способы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00046B97">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00046B97">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>предоставления</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00046B97">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00046B97">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>государственной</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00046B97">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00046B97">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>услуги</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00046B97">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6960" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="7041" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000D2049" w:rsidRPr="00DA3899" w:rsidRDefault="00633176">
+          <w:p w:rsidR="002D0D84" w:rsidRPr="00046B97" w:rsidRDefault="00FA3A1E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DA3899">
-[...13 lines deleted...]
-              <w:t>көрсету нәтижесін беру:</w:t>
+            <w:r w:rsidRPr="00046B97">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Прием заявления и выдача результата оказания государственной услуги осуществляются </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00046B97">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>через</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00046B97">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="000D2049" w:rsidRPr="00DA3899" w:rsidRDefault="00633176">
+          <w:p w:rsidR="002D0D84" w:rsidRPr="00046B97" w:rsidRDefault="00FA3A1E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DA3899">
-[...26 lines deleted...]
-              <w:t>імет" веб-порталы;</w:t>
+            <w:r w:rsidRPr="00046B97">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00046B97">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>веб-портал</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00046B97">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> "электронного правительства" </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00046B97">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>www</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00046B97">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00046B97">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>egov</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00046B97">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00046B97">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>kz</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00046B97">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (далее - Портал);</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="000D2049" w:rsidRPr="00DA3899" w:rsidRDefault="00633176">
+          <w:p w:rsidR="002D0D84" w:rsidRPr="00046B97" w:rsidRDefault="00FA3A1E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DA3899">
-[...6 lines deleted...]
-              <w:t>2) ақпараттандыру объектілері;</w:t>
+            <w:r w:rsidRPr="00046B97">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>2) объекты информатизации;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="000D2049" w:rsidRPr="00DA3899" w:rsidRDefault="00633176">
+          <w:p w:rsidR="002D0D84" w:rsidRPr="00046B97" w:rsidRDefault="00FA3A1E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DA3899">
-[...35 lines deleted...]
-              <w:t>а) арқылы жүзеге асырылады.</w:t>
+            <w:r w:rsidRPr="00046B97">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3) абонентское устройство сотовой связи (при регистрации телефонного номера абонентского устройства сотовой связи </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00046B97">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00046B97">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> на </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00046B97">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>веб-портале</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00046B97">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> "электронного правительства").</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000D2049" w:rsidRPr="00DA3899" w:rsidTr="00FB27CD">
+      <w:tr w:rsidR="002D0D84" w:rsidRPr="00046B97" w:rsidTr="00046B97">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="51" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="441" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000D2049" w:rsidRPr="00DA3899" w:rsidRDefault="00633176">
+          <w:p w:rsidR="002D0D84" w:rsidRPr="00046B97" w:rsidRDefault="00FA3A1E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DA3899">
+            <w:r w:rsidRPr="00046B97">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcW w:w="3306" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000D2049" w:rsidRPr="00DA3899" w:rsidRDefault="00633176">
+          <w:p w:rsidR="002D0D84" w:rsidRPr="00046B97" w:rsidRDefault="00FA3A1E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DA3899">
-[...6 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00046B97">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Срок</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00046B97">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00046B97">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>оказания</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00046B97">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00046B97">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>государственной</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00046B97">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00046B97">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>услуги</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6960" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="7041" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000D2049" w:rsidRPr="00DA3899" w:rsidRDefault="00633176">
+          <w:p w:rsidR="002D0D84" w:rsidRPr="00046B97" w:rsidRDefault="00FA3A1E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DA3899">
-[...5 lines deleted...]
-              <w:t>Жалпы білім беру кезегіне өтініштер автоматты түрде өңделеді, кезекке қою туралы хабарлама көрсетілетін қызметті алушының "жеке кабинетіне" жіберіледі.</w:t>
+            <w:r w:rsidRPr="00046B97">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Заявления на общеобразовательную очередь обрабатываются автоматически на момент подачи заявления, уведомление о постановке на очередь направляется в "личный кабинет" </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00046B97">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00046B97">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="000D2049" w:rsidRPr="00DA3899" w:rsidRDefault="00633176">
+          <w:p w:rsidR="002D0D84" w:rsidRPr="00046B97" w:rsidRDefault="00FA3A1E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DA3899">
-[...13 lines deleted...]
-              <w:t>е қоюға өтініштер (әскери қызметшілер, құқық қорғау органдарының, арнаулы мемлекеттік органдарының, фельдъегерлік байланыс қызметкерлері) 1 (бір) жұмыс күні ішінде өңделеді.</w:t>
+            <w:r w:rsidRPr="00046B97">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Заявления для постановки в очередь на получение вне очереди места </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00046B97">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00046B97">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00046B97">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ДО</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00046B97">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (военнослужащие, сотрудники правоохранительных органов, специальных государственных органов, фельдъегерской службы) обрабатываются в течение 1 (одного) рабочего дня.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="000D2049" w:rsidRPr="00DA3899" w:rsidRDefault="00633176">
+          <w:p w:rsidR="002D0D84" w:rsidRPr="00046B97" w:rsidRDefault="00FA3A1E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DA3899">
-[...21 lines deleted...]
-              <w:t>балалар, мүмкіндігі шектеулі балалар) өтініш берілген сәтте автоматты түрде өңделеді, кезекке қою туралы хабарлама кезекке қою туралы хабарлама көрсетілетін қызметті алушының "жеке кабинетіне" жолданады.</w:t>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00046B97">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Заявления для постановки в очередь на получение места в ДО в первоочередном порядке (дети педагогов, медицинских работников; дети, законные </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00046B97">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>представители которых являются лицами с инвалидностью; дети, оставшиеся без попечения родителей; дети-сироты; дети из многодетных семей;</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00046B97">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> дети из семей, имеющих ребенка с инвалидностью, дети с ограниченными возможностями) обрабатываются автоматически на момент подачи заявления, уведомление о постановке на очередь направляется в "личный кабинет" </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00046B97">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00046B97">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="000D2049" w:rsidRPr="00DA3899" w:rsidRDefault="00633176">
+          <w:p w:rsidR="002D0D84" w:rsidRPr="00046B97" w:rsidRDefault="00FA3A1E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DA3899">
-[...13 lines deleted...]
-              <w:t xml:space="preserve"> күні ішінде өңделеді.</w:t>
+            <w:r w:rsidRPr="00046B97">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Заявления на санаторную, специальную очередь обрабатываются в течение 1 (одного) рабочего дня</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000D2049" w:rsidRPr="00DA3899" w:rsidTr="00FB27CD">
+      <w:tr w:rsidR="002D0D84" w:rsidRPr="00046B97" w:rsidTr="00046B97">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="51" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="441" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000D2049" w:rsidRPr="00DA3899" w:rsidRDefault="00633176">
+          <w:p w:rsidR="002D0D84" w:rsidRPr="00046B97" w:rsidRDefault="00FA3A1E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DA3899">
-[...4 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00046B97">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcW w:w="3306" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000D2049" w:rsidRPr="00DA3899" w:rsidRDefault="00633176">
+          <w:p w:rsidR="002D0D84" w:rsidRPr="00046B97" w:rsidRDefault="00FA3A1E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DA3899">
-[...6 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00046B97">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00046B97">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00046B97">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>оказания</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00046B97">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00046B97">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>государственной</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00046B97">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00046B97">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>услуги</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6960" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="7041" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000D2049" w:rsidRPr="00DA3899" w:rsidRDefault="00633176">
+          <w:p w:rsidR="002D0D84" w:rsidRPr="00046B97" w:rsidRDefault="00FA3A1E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DA3899">
-[...6 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00046B97">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Электронная</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00046B97">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00046B97">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>частично</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00046B97">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00046B97">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>автоматизированная</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00046B97">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">)/ </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00046B97">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>проактивная</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000D2049" w:rsidRPr="00DA3899" w:rsidTr="00FB27CD">
+      <w:tr w:rsidR="002D0D84" w:rsidRPr="00046B97" w:rsidTr="00046B97">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="51" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="441" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000D2049" w:rsidRPr="00DA3899" w:rsidRDefault="00633176">
+          <w:p w:rsidR="002D0D84" w:rsidRPr="00046B97" w:rsidRDefault="00FA3A1E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DA3899">
+            <w:r w:rsidRPr="00046B97">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcW w:w="3306" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000D2049" w:rsidRPr="00DA3899" w:rsidRDefault="00633176">
+          <w:p w:rsidR="002D0D84" w:rsidRPr="00046B97" w:rsidRDefault="00FA3A1E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DA3899">
-[...6 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00046B97">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Результат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00046B97">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00046B97">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>оказания</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00046B97">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00046B97">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>государственной</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00046B97">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00046B97">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>услуги</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6960" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="7041" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000D2049" w:rsidRPr="00DA3899" w:rsidRDefault="00633176">
+          <w:p w:rsidR="002D0D84" w:rsidRPr="00046B97" w:rsidRDefault="00FA3A1E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DA3899">
-[...13 lines deleted...]
-              <w:t>белгіленген негіздер бойынша мемлекеттік қызметті көрсетуден бас тарту туралы дәлелді жауап</w:t>
+            <w:r w:rsidRPr="00046B97">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Уведомление о постановке на очередь (в установленной форме) либо мотивированный ответ об отказе в оказании государственной услуги по основаниям, установленным пунктом 9 настоящего Перечня требований</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000D2049" w:rsidRPr="00DA3899" w:rsidTr="00FB27CD">
+      <w:tr w:rsidR="002D0D84" w:rsidRPr="00046B97" w:rsidTr="00046B97">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="51" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="441" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000D2049" w:rsidRPr="00DA3899" w:rsidRDefault="00633176">
+          <w:p w:rsidR="002D0D84" w:rsidRPr="00046B97" w:rsidRDefault="00FA3A1E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DA3899">
+            <w:r w:rsidRPr="00046B97">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcW w:w="3306" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000D2049" w:rsidRPr="00DA3899" w:rsidRDefault="00633176">
+          <w:p w:rsidR="002D0D84" w:rsidRPr="00046B97" w:rsidRDefault="00FA3A1E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DA3899">
-[...13 lines deleted...]
-              <w:t>у тәсілдері</w:t>
+            <w:r w:rsidRPr="00046B97">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Размер оплаты, взимаемой с </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00046B97">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00046B97">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> при оказании государственной услуги, и способы ее взимания в случаях, предусмотренных законодательством Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6960" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="7041" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000D2049" w:rsidRPr="00DA3899" w:rsidRDefault="00633176">
+          <w:p w:rsidR="002D0D84" w:rsidRPr="00046B97" w:rsidRDefault="00FA3A1E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DA3899">
-[...5 lines deleted...]
-              <w:t>Мемлекеттік қызмет жеке тұлғаларға тегін көрсетіледі</w:t>
+            <w:r w:rsidRPr="00046B97">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Государственная услуга </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00046B97">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателям</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00046B97">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> оказывается бесплатно</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000D2049" w:rsidRPr="00DA3899" w:rsidTr="00FB27CD">
+      <w:tr w:rsidR="002D0D84" w:rsidRPr="00046B97" w:rsidTr="00046B97">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="51" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="441" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000D2049" w:rsidRPr="00DA3899" w:rsidRDefault="00633176">
+          <w:p w:rsidR="002D0D84" w:rsidRPr="00046B97" w:rsidRDefault="00FA3A1E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DA3899">
+            <w:r w:rsidRPr="00046B97">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcW w:w="3306" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000D2049" w:rsidRPr="00DA3899" w:rsidRDefault="00633176">
+          <w:p w:rsidR="002D0D84" w:rsidRPr="00046B97" w:rsidRDefault="00FA3A1E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DA3899">
-[...6 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00046B97">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>График</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00046B97">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00046B97">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>работы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6960" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="7041" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000D2049" w:rsidRPr="00DA3899" w:rsidRDefault="00633176">
+          <w:p w:rsidR="002D0D84" w:rsidRPr="00046B97" w:rsidRDefault="00FA3A1E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DA3899">
-[...13 lines deleted...]
-              <w:t>йынша дүйсенбі – жұма аралығында сағат 13.00-ден 14.30-ға дейінгі түскі үзіліспен сағат 09.00-ден 18.30-ға дейін;</w:t>
+            <w:r w:rsidRPr="00046B97">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00046B97">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугодателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00046B97">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: с понедельника по пятницу, за исключением праздничных дней, согласно трудовому законодательству Республики Казахстан в соответствии с установленным графиком работы </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00046B97">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугодателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00046B97">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> с 9:00 часов до 18:30 часов с перерывом на обед с 13:00 часов до 14:30 часов;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="000D2049" w:rsidRPr="00DA3899" w:rsidRDefault="00633176">
+          <w:p w:rsidR="002D0D84" w:rsidRPr="00046B97" w:rsidRDefault="00FA3A1E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DA3899">
-[...13 lines deleted...]
-              <w:t>талғанда жүгінгенде, Қазақстан Республикасында еңбек заңына сәйкес демалыс және мереке күндерін қоспағанда, өтініштерді қабылдау және мемлекеттік қызметті көрсету нәтижелері келесі жұмыс күнінде беріледі);</w:t>
+            <w:r w:rsidRPr="00046B97">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) портала: круглосуточно, за исключением технических перерывов, связанных с проведением ремонтных работ (при обращении </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00046B97">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00046B97">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> после окончания рабочего времени, в выходные и праздничные дни согласно трудовому законодательству Республики Казахстан прием заявлений и выдача результатов оказания государственной услуги осуществляется следующим рабочим днем);</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="000D2049" w:rsidRPr="00DA3899" w:rsidRDefault="00633176">
+          <w:p w:rsidR="002D0D84" w:rsidRPr="00046B97" w:rsidRDefault="00FA3A1E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DA3899">
-[...21 lines deleted...]
-              <w:t>к қызметті көрсету нәтижелері келесі жұмыс күнінде беріледі);</w:t>
+            <w:r w:rsidRPr="00046B97">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3) объектов информатизации: круглосуточно, за исключением технических перерывов, связанных с проведением ремонтных работ (при обращении </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00046B97">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00046B97">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> после окончания рабочего времени, в выходные и праздничные дни согласно трудовому законодательству Республики Казахстан прием заявлений и выдача результатов оказания государственной услуги осуществляется следующим рабочим днем);</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="000D2049" w:rsidRPr="00DA3899" w:rsidRDefault="00633176">
+          <w:p w:rsidR="002D0D84" w:rsidRPr="00046B97" w:rsidRDefault="00FA3A1E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DA3899">
-[...5 lines deleted...]
-              <w:t>Мемлекеттік қызмет көрсету орындарының мекенжайлары:</w:t>
+            <w:r w:rsidRPr="00046B97">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>4) Адреса мест оказания государственной услуги размещены:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="000D2049" w:rsidRPr="00DA3899" w:rsidRDefault="00633176">
+          <w:p w:rsidR="002D0D84" w:rsidRPr="00046B97" w:rsidRDefault="00FA3A1E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DA3899">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00DA3899">
+            <w:r w:rsidRPr="00046B97">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) на </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00046B97">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>интернет-ресурсе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00046B97">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Министерства: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00046B97">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>www</w:t>
             </w:r>
-            <w:r w:rsidRPr="00DA3899">
+            <w:r w:rsidRPr="00046B97">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
-            <w:r w:rsidRPr="00DA3899">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00046B97">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>edu</w:t>
             </w:r>
-            <w:r w:rsidRPr="00DA3899">
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00046B97">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
-            <w:r w:rsidRPr="00DA3899">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00046B97">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>gov</w:t>
             </w:r>
-            <w:r w:rsidRPr="00DA3899">
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00046B97">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
-            <w:r w:rsidRPr="00DA3899">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00046B97">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>kz</w:t>
             </w:r>
-            <w:r w:rsidRPr="00DA3899">
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> интернет-ресурсында;</w:t>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00046B97">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="000D2049" w:rsidRPr="00DA3899" w:rsidRDefault="00633176">
+          <w:p w:rsidR="002D0D84" w:rsidRPr="00046B97" w:rsidRDefault="00FA3A1E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DA3899">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00DA3899">
+            <w:r w:rsidRPr="00046B97">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) на портале: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00046B97">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>www</w:t>
             </w:r>
-            <w:r w:rsidRPr="00DA3899">
+            <w:r w:rsidRPr="00046B97">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
-            <w:r w:rsidRPr="00DA3899">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00046B97">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>egov</w:t>
             </w:r>
-            <w:r w:rsidRPr="00DA3899">
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00046B97">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
-            <w:r w:rsidRPr="00DA3899">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00046B97">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>kz</w:t>
             </w:r>
-            <w:r w:rsidRPr="00DA3899">
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> порталында орналастырылған.</w:t>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00046B97">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000D2049" w:rsidRPr="00DA3899" w:rsidTr="00FB27CD">
+      <w:tr w:rsidR="002D0D84" w:rsidRPr="00046B97" w:rsidTr="00046B97">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="51" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="441" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000D2049" w:rsidRPr="00DA3899" w:rsidRDefault="00633176">
+          <w:p w:rsidR="002D0D84" w:rsidRPr="00046B97" w:rsidRDefault="00FA3A1E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DA3899">
+            <w:r w:rsidRPr="00046B97">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcW w:w="3306" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000D2049" w:rsidRPr="00DA3899" w:rsidRDefault="00633176">
+          <w:p w:rsidR="002D0D84" w:rsidRPr="00046B97" w:rsidRDefault="00FA3A1E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DA3899">
-[...13 lines deleted...]
-              <w:t>көрсетілетін қызметті алушыдан талап етілетін құжаттар мен мәліметтердің тізбесі</w:t>
+            <w:r w:rsidRPr="00046B97">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Перечень документов и сведений, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00046B97">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>истребуемых</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00046B97">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> у </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00046B97">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00046B97">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> для оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6960" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="7041" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000D2049" w:rsidRPr="00DA3899" w:rsidRDefault="00633176">
+          <w:p w:rsidR="002D0D84" w:rsidRPr="00046B97" w:rsidRDefault="00FA3A1E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DA3899">
-[...5 lines deleted...]
-              <w:t>Көрсетілетін қызметті берушіге немесе Мемлекеттік корпорацияға жүгінген кезде:</w:t>
+            <w:r w:rsidRPr="00046B97">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1) заявление </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00046B97">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00046B97">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в форме электронного документа согласно приложениям 1 и 5 к Правилам;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="000D2049" w:rsidRPr="00DA3899" w:rsidRDefault="00633176">
+          <w:p w:rsidR="002D0D84" w:rsidRPr="00046B97" w:rsidRDefault="00FA3A1E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DA3899">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">санындағы өтініші; </w:t>
+            <w:r w:rsidRPr="00046B97">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>2) электронная копия справки, выданная с места работы военнослужащего или сотрудника специальных государственных органов, правоохранительных органов, правоохранительных органов, фельдъегерской службы заверенная подписью уполномоченного лица и печатью (действительна в течение месяца со дня выдачи);</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="000D2049" w:rsidRPr="00DA3899" w:rsidRDefault="00633176">
+          <w:p w:rsidR="002D0D84" w:rsidRPr="00046B97" w:rsidRDefault="00FA3A1E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DA3899">
-[...14 lines deleted...]
-              <w:t>н жағдайда) (берілген күннен бастап бір ай ішінде жарамды);</w:t>
+            <w:r w:rsidRPr="00046B97">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>3) справка с места работы педагога, медицинского работника, заверенная подписью руководителя организации и печатью (действительна в течение месяца со дня выдачи);</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="000D2049" w:rsidRPr="00DA3899" w:rsidRDefault="00633176">
+          <w:p w:rsidR="002D0D84" w:rsidRPr="00046B97" w:rsidRDefault="00FA3A1E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DA3899">
-[...5 lines deleted...]
-              <w:t>3) ұйым басшысының мөрімен және қолымен расталған педагогтің, медициналық қызметкердің жұмыс орнынан анықтама (берілген күннен бастап бір ай ішінде жарамды), дипломның электронды көшірмесі;</w:t>
+            <w:r w:rsidRPr="00046B97">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4) электронная копия заключения </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00046B97">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>психолого-медико-педагогической</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00046B97">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> консультации для детей с ограниченными возможностями (при наличии);</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="000D2049" w:rsidRPr="00DA3899" w:rsidRDefault="00633176">
+          <w:p w:rsidR="002D0D84" w:rsidRPr="00046B97" w:rsidRDefault="00FA3A1E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DA3899">
-[...13 lines deleted...]
-              <w:t>кіндігі шектеулі балалар үшін психологиялық-медициналық-педагогикалық консультацияның қорытындысы (бар болған жағдайда);</w:t>
+            <w:r w:rsidRPr="00046B97">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5) электронная копия документа врача-фтизиатра при постановке на очередь в </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00046B97">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>санаторные</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00046B97">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ДО.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="000D2049" w:rsidRPr="00DA3899" w:rsidRDefault="00633176">
+          <w:p w:rsidR="002D0D84" w:rsidRPr="00046B97" w:rsidRDefault="00FA3A1E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DA3899">
-[...5 lines deleted...]
-              <w:t xml:space="preserve">5) </w:t>
+            <w:r w:rsidRPr="00046B97">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Сведения о документах, удостоверяющих личность, о </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00DA3899">
-[...5 lines deleted...]
-              <w:t>санаториялық</w:t>
+            <w:r w:rsidRPr="00046B97">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>свидетельстве</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00DA3899">
-[...13 lines deleted...]
-              <w:t>етіледі.</w:t>
+            <w:r w:rsidRPr="00046B97">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> о рождении ребенка, сведения, подтверждающие первоочередное получения направления в ДО </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00046B97">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугодатели</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00046B97">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> получают из соответствующих государственных информационных систем.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="000D2049" w:rsidRPr="00DA3899" w:rsidRDefault="00633176">
+          <w:p w:rsidR="002D0D84" w:rsidRPr="00046B97" w:rsidRDefault="00FA3A1E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DA3899">
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> Жеке басын куәландыратын құжаттар, баланың туу туралы куәлігі, мектепке дейінгі ұйымға бірінші кезекте орын алу құқығын растайтын құжат туралы мәліметтерді көрсетілетін қызметті алушы тиісті мемлекеттік ақпараттық жүйелерден тартылып алынады. </w:t>
+            <w:r w:rsidRPr="00046B97">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Для нерезидентов:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="000D2049" w:rsidRPr="00DA3899" w:rsidRDefault="00633176">
+          <w:p w:rsidR="002D0D84" w:rsidRPr="00046B97" w:rsidRDefault="00FA3A1E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DA3899">
-[...13 lines deleted...]
-              <w:t>зидент еместер үшін:</w:t>
+            <w:r w:rsidRPr="00046B97">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) заявление </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00046B97">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00046B97">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в форме электронного документа согласно </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00046B97">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>приложению 1 к Правилам;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="000D2049" w:rsidRPr="00DA3899" w:rsidRDefault="00633176">
+          <w:p w:rsidR="002D0D84" w:rsidRPr="00046B97" w:rsidRDefault="00FA3A1E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DA3899">
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> 1) Қағидаларға 1-қосымшаларға сәйкес көрсетілетін қызметті алушының электронды құжат нысанындағы өтініші;</w:t>
+            <w:r w:rsidRPr="00046B97">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>2) электронная копия свидетельства о рождении ребенка;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="000D2049" w:rsidRPr="00DA3899" w:rsidRDefault="00633176">
+          <w:p w:rsidR="002D0D84" w:rsidRPr="00046B97" w:rsidRDefault="00FA3A1E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DA3899">
-[...5 lines deleted...]
-              <w:t>2) баланың туу туралы куәлігінің электронды көшірмесі;</w:t>
+            <w:r w:rsidRPr="00046B97">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3) электронная копия документа, удостоверяющего личность </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00046B97">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00046B97">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (одного из родителей или законного представителя);</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="000D2049" w:rsidRPr="00DA3899" w:rsidRDefault="00633176">
+          <w:p w:rsidR="002D0D84" w:rsidRPr="00046B97" w:rsidRDefault="00FA3A1E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DA3899">
-[...13 lines deleted...]
-              <w:t>өкілінің) жеке басын куәландыратын құжаттың электронды көшірмесі;</w:t>
+            <w:r w:rsidRPr="00046B97">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4) электронная копия заключения </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00046B97">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>психолого-медико-педагогической</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00046B97">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> консультации для детей с ограниченными возможностями (при наличии);</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="000D2049" w:rsidRPr="00DA3899" w:rsidRDefault="00633176">
+          <w:p w:rsidR="002D0D84" w:rsidRPr="00046B97" w:rsidRDefault="00FA3A1E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DA3899">
-[...24 lines deleted...]
-              <w:t xml:space="preserve">5) </w:t>
+            <w:r w:rsidRPr="00046B97">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5) электронная копия документа врача-фтизиатра (при постановке на очередь в </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00DA3899">
-[...5 lines deleted...]
-              <w:t>санаториялық</w:t>
+            <w:r w:rsidRPr="00046B97">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>санаторные</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00DA3899">
-[...13 lines deleted...]
-              <w:t>мға кезекке қою кезінде фтизиатр-дәрігер берген құжаттың электронды көшірмесі талап етіледі.</w:t>
+            <w:r w:rsidRPr="00046B97">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ДО).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000D2049" w:rsidRPr="00DA3899" w:rsidTr="00FB27CD">
+      <w:tr w:rsidR="002D0D84" w:rsidRPr="00046B97" w:rsidTr="00046B97">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="51" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="441" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000D2049" w:rsidRPr="00DA3899" w:rsidRDefault="00633176">
+          <w:p w:rsidR="002D0D84" w:rsidRPr="00046B97" w:rsidRDefault="00FA3A1E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DA3899">
+            <w:r w:rsidRPr="00046B97">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcW w:w="3306" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000D2049" w:rsidRPr="00DA3899" w:rsidRDefault="00633176">
+          <w:p w:rsidR="002D0D84" w:rsidRPr="00046B97" w:rsidRDefault="00FA3A1E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DA3899">
-[...5 lines deleted...]
-              <w:t>Қазақстан Республикасының заңдарымен белгіленген мемлекеттік қызмет көрсетуден бас тарту үшін негіздер</w:t>
+            <w:r w:rsidRPr="00046B97">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Основания для отказа в оказании государственной услуги, установленные законами Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6960" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="7041" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000D2049" w:rsidRPr="00DA3899" w:rsidRDefault="00633176">
+          <w:p w:rsidR="002D0D84" w:rsidRPr="00046B97" w:rsidRDefault="00FA3A1E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DA3899">
-[...13 lines deleted...]
-              <w:t>н қызметті алу үшін ұсынған құжаттардың және (немесе) олардағы деректердің (мәліметтердің) анық еместігін анықтау;</w:t>
+            <w:r w:rsidRPr="00046B97">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) установление недостоверности документов, представленных </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00046B97">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателем</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00046B97">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> для получения государственной услуги, и (или) данных (сведений), содержащихся в них;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="000D2049" w:rsidRPr="00DA3899" w:rsidRDefault="00633176">
+          <w:p w:rsidR="002D0D84" w:rsidRPr="00046B97" w:rsidRDefault="00FA3A1E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DA3899">
-[...13 lines deleted...]
-              <w:t>ң және мәліметтердің осы Қағидалармен белгіленген талаптарға сәйкес келмеуі;</w:t>
+            <w:r w:rsidRPr="00046B97">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) несоответствие </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00046B97">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00046B97">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и (или) представленных материалов, объектов, данных и сведений, необходимых для оказания государственной услуги, требованиям, установленным настоящими правилами;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="000D2049" w:rsidRPr="00DA3899" w:rsidRDefault="00633176">
+          <w:p w:rsidR="002D0D84" w:rsidRPr="00046B97" w:rsidRDefault="00FA3A1E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DA3899">
-[...31 lines deleted...]
-              <w:t>етін қолжетімділігі шектеулі дербес деректерге қол жеткізуге келісімінің болмауы.</w:t>
+            <w:r w:rsidRPr="00046B97">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3) отсутствие согласия </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00046B97">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00046B97">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, предоставляемого в соответствии со статьей 8 Закона Республики Казахстан "О персональных данных и их защите", на доступ к персональным данным ограниченного доступа, которые требуются для оказания государственной услуги. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000D2049" w:rsidRPr="00DA3899" w:rsidTr="00FB27CD">
+      <w:tr w:rsidR="002D0D84" w:rsidRPr="00046B97" w:rsidTr="00046B97">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="51" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="441" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000D2049" w:rsidRPr="00DA3899" w:rsidRDefault="00633176">
+          <w:p w:rsidR="002D0D84" w:rsidRPr="00046B97" w:rsidRDefault="00046B97">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DA3899">
-[...5 lines deleted...]
-              <w:t>10</w:t>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00FA3A1E" w:rsidRPr="00046B97">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcW w:w="3306" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000D2049" w:rsidRPr="00DA3899" w:rsidRDefault="00633176">
+          <w:p w:rsidR="002D0D84" w:rsidRPr="00046B97" w:rsidRDefault="00FA3A1E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DA3899">
-[...13 lines deleted...]
-              <w:t>де талаптар</w:t>
+            <w:r w:rsidRPr="00046B97">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Иные требования с учетом особенностей оказания государственной услуги, в том числе оказываемой в электронной форме и через Государственную корпорацию</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6960" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="7041" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000D2049" w:rsidRPr="00DA3899" w:rsidRDefault="00633176">
+          <w:p w:rsidR="002D0D84" w:rsidRPr="00046B97" w:rsidRDefault="00FA3A1E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DA3899">
-[...13 lines deleted...]
-              <w:t xml:space="preserve"> байланыс орталығының телефондары: 1414, 8 800 080 7777.</w:t>
+            <w:r w:rsidRPr="00046B97">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Контактные телефоны справочных служб по вопросам оказания государственной услуги указаны на </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00046B97">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>интернет-ресурсе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00046B97">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Министерства </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00046B97">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>www</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00046B97">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00046B97">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>edu</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00046B97">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00046B97">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>gov</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00046B97">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00046B97">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>kz</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00046B97">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в разделе "Государственные услуги". Телефоны Единого </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00046B97">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>контакт-центра</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00046B97">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> по вопросам оказания государственных услуг: 1414, 8 800 080 7777.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="000D2049" w:rsidRPr="00DA3899" w:rsidRDefault="00633176">
+          <w:p w:rsidR="002D0D84" w:rsidRPr="00046B97" w:rsidRDefault="00FA3A1E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DA3899">
-[...13 lines deleted...]
-              <w:t>үзетулер енгізу" мемлекеттік қызметімен бірге көрсетіледі.</w:t>
+            <w:r w:rsidRPr="00046B97">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">По выбору </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00046B97">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00046B97">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> государственная </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00046B97">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услуга</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00046B97">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> оказывается по принципу "одного заявления" в совокупности с государственной услугой "Регистрация рождения ребенка, в том числе внесение изменений, дополнений и исправлений в записи актов гражданского состояния".</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000D2049" w:rsidRPr="00FB27CD" w:rsidTr="00DA3899">
+      <w:tr w:rsidR="002D0D84" w:rsidRPr="00046B97" w:rsidTr="00046B97">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5687" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="3747" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000D2049" w:rsidRPr="00DA3899" w:rsidRDefault="00633176">
+          <w:p w:rsidR="002D0D84" w:rsidRPr="00046B97" w:rsidRDefault="00FA3A1E">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DA3899">
+            <w:r w:rsidRPr="00046B97">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5116" w:type="dxa"/>
+            <w:tcW w:w="7092" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FB27CD" w:rsidRDefault="00FB27CD">
+          <w:p w:rsidR="00046B97" w:rsidRDefault="00046B97">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="000D2049" w:rsidRPr="00FB27CD" w:rsidRDefault="00633176" w:rsidP="00F479AC">
+          <w:p w:rsidR="002D0D84" w:rsidRPr="00046B97" w:rsidRDefault="00FA3A1E" w:rsidP="00046B97">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FB27CD">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00FB27CD">
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00046B97">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Приложение 3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00046B97">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00FB27CD">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00FB27CD">
+            <w:r w:rsidRPr="00046B97">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>к Правилам оказания</w:t>
+            </w:r>
+            <w:r w:rsidR="00046B97">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00046B97">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>государственных услуг</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00046B97">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00FB27CD">
-[...19 lines deleted...]
-            <w:r w:rsidRPr="00FB27CD">
+            <w:r w:rsidRPr="00046B97">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>в сфере дошкольного образования</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00046B97">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00046B97">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>____________________________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00046B97">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00046B97">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>(фамилия, имя, отчество</w:t>
+            </w:r>
+            <w:r w:rsidR="00046B97">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00F479AC">
-[...17 lines deleted...]
-            <w:r w:rsidRPr="00FB27CD">
+            <w:r w:rsidRPr="00046B97">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>(при наличии)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00046B97">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00FB27CD">
-[...70 lines deleted...]
-            <w:r w:rsidRPr="00F479AC">
+            <w:r w:rsidRPr="00046B97">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>____________________________</w:t>
             </w:r>
-            <w:r w:rsidRPr="00F479AC">
+            <w:r w:rsidRPr="00046B97">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00F479AC">
-[...75 lines deleted...]
-              <w:t>алушының мекен-жайы)</w:t>
+            <w:r w:rsidRPr="00046B97">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(адрес </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00046B97">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00046B97">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="000D2049" w:rsidRPr="00C27FAA" w:rsidRDefault="00633176">
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00FA3A1E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="85" w:name="z149"/>
-      <w:r w:rsidRPr="00F479AC">
+      <w:bookmarkStart w:id="140" w:name="z386"/>
+      <w:r w:rsidRPr="00FA3A1E">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...9 lines deleted...]
-        <w:t>Мемлекеттік қызмет көрсетуден бас тарту туралы хабарлама</w:t>
+        <w:t xml:space="preserve"> Уведомление об отказе в оказании государственной услуги</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
-    <w:p w:rsidR="000D2049" w:rsidRPr="00C27FAA" w:rsidRDefault="00633176">
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00FA3A1E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C27FAA">
-[...9 lines deleted...]
-      <w:r w:rsidRPr="00C27FAA">
+      <w:bookmarkStart w:id="141" w:name="z387"/>
+      <w:bookmarkEnd w:id="140"/>
+      <w:r w:rsidRPr="00FA3A1E">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C27FAA">
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> Құрметті _______________________________________________ </w:t>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Уважаемый (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ая</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>): __________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000D2049" w:rsidRPr="00C27FAA" w:rsidRDefault="00633176">
+    <w:bookmarkEnd w:id="141"/>
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00E5750A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C27FAA">
-[...26 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                   </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA3A1E" w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(Ф.И.О. (при наличии) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00FA3A1E" w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00FA3A1E" w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="000D2049" w:rsidRPr="00C27FAA" w:rsidRDefault="00633176">
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00FA3A1E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C27FAA">
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Руководствуясь пунктом 2 статьи 20 Закона Республики Казахстан</w:t>
+      </w:r>
+      <w:r w:rsidR="00E5750A">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C27FAA">
-[...26 lines deleted...]
-      <w:r w:rsidRPr="00C27FAA">
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>"О государственных услугах"________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00E5750A">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C27FAA">
-[...34 lines deleted...]
-        <w:t xml:space="preserve">қарастырылған Талаптар тізбесіне </w:t>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Вам отказано в приеме документов на оказание государственной услуги__________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000D2049" w:rsidRPr="00C27FAA" w:rsidRDefault="00633176">
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00E5750A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C27FAA">
-[...32 lines deleted...]
-        <w:t xml:space="preserve">____________________________________________________ сәйкес </w:t>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                               </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA3A1E" w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(указать наименование государственной услуги)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000D2049" w:rsidRPr="00C27FAA" w:rsidRDefault="00633176">
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00FA3A1E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C27FAA">
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ввиду представления Вами неполного пакета документов:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00FA3A1E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>1) ________________________________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00FA3A1E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(указать наименование документа)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00FA3A1E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>2) ________________________________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00FA3A1E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>указать наименование документа)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00FA3A1E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>3) ________________________________________________________________.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00FA3A1E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(указать наименование документа)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00FA3A1E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>и (или) документов с истекшим сроком действия:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00FA3A1E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>1) ________________________________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00FA3A1E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(указать наименование документа)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00FA3A1E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>2) ________________________________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00FA3A1E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>указать наименование документа)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00FA3A1E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>3) ________________________________________________________________.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00FA3A1E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>(указать наименование документа)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00FA3A1E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>согласно Перечню требований, предусмотренному</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00FA3A1E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00FA3A1E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(указать приложение 2 или приложение 6)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D0D84" w:rsidRDefault="00FA3A1E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="142" w:name="z388"/>
+      <w:r w:rsidRPr="00FA3A1E">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C27FAA">
-[...7 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящими Правилами оказания государственных услуг в сфере дошкольного образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E5750A" w:rsidRPr="00FA3A1E" w:rsidRDefault="00E5750A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6685"/>
-        <w:gridCol w:w="4118"/>
+        <w:gridCol w:w="6656"/>
+        <w:gridCol w:w="4147"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000D2049" w:rsidRPr="00C27FAA">
+      <w:tr w:rsidR="002D0D84" w:rsidRPr="00FA3A1E">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000D2049" w:rsidRPr="00C27FAA" w:rsidRDefault="00633176">
+          <w:bookmarkEnd w:id="142"/>
+          <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00FA3A1E">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C27FAA">
+            <w:r w:rsidRPr="00FA3A1E">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FB27CD" w:rsidRDefault="00FB27CD">
+          <w:p w:rsidR="002D0D84" w:rsidRDefault="00FA3A1E" w:rsidP="00E5750A">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00E5750A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Приложение 4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E5750A">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00E5750A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>к Правилам оказания</w:t>
+            </w:r>
+            <w:r w:rsidR="00E5750A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E5750A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>государственных услуг</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E5750A">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00E5750A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>в сфере дошкольного</w:t>
+            </w:r>
+            <w:r w:rsidR="00E5750A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E5750A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>образования</w:t>
+            </w:r>
           </w:p>
-          <w:p w:rsidR="000D2049" w:rsidRPr="00FB27CD" w:rsidRDefault="00633176" w:rsidP="00F479AC">
+          <w:p w:rsidR="00E5750A" w:rsidRPr="00E5750A" w:rsidRDefault="00E5750A" w:rsidP="00E5750A">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FB27CD">
-[...97 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="000D2049" w:rsidRPr="00C27FAA" w:rsidRDefault="00633176">
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00FA3A1E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="86" w:name="z151"/>
-      <w:r w:rsidRPr="00C27FAA">
+      <w:bookmarkStart w:id="143" w:name="z390"/>
+      <w:r w:rsidRPr="00FA3A1E">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> "Мектепке дейінгі ұ</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00C27FAA">
+        <w:t xml:space="preserve"> Уведомление об оказании государственной услуги</w:t>
+      </w:r>
+      <w:r w:rsidR="00E5750A">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>йымдар</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00C27FAA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA3A1E">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">ға жіберу үшін мектеп жасына </w:t>
-[...9 lines deleted...]
-        <w:t>дейінгі (6 жасқа дейінгі) балаларды кезекке қою" мемлекеттік қызмет көрсету туралы хабарлама</w:t>
+        <w:t>"Постановка на очередь детей дошкольного возраста (до 6 лет) для направления в дошкольные организации"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
-    <w:p w:rsidR="000D2049" w:rsidRPr="00C27FAA" w:rsidRDefault="00633176">
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00FA3A1E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C27FAA">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="00C27FAA">
+      <w:bookmarkStart w:id="144" w:name="z391"/>
+      <w:bookmarkEnd w:id="143"/>
+      <w:r w:rsidRPr="00FA3A1E">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C27FAA">
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> Құрметті: __________________________________________________ </w:t>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Уважаемы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>й(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ая</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>): _______________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000D2049" w:rsidRPr="00C27FAA" w:rsidRDefault="00633176">
+    <w:bookmarkEnd w:id="144"/>
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00E5750A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C27FAA">
-[...23 lines deleted...]
-        <w:t xml:space="preserve"> (көрсетілетін қызметті алушының Т.А.Ә. (бар болғанда)) </w:t>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA3A1E" w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(Ф.И.О.(при наличии) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00FA3A1E" w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00FA3A1E" w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000D2049" w:rsidRPr="00C27FAA" w:rsidRDefault="00633176">
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00FA3A1E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C27FAA">
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Вам оказана государственная услуга "Постановка на очередь детей дошкольного</w:t>
+      </w:r>
+      <w:r w:rsidR="00E5750A">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C27FAA">
-[...23 lines deleted...]
-        <w:t>(6 жасқа дейінгі) балаларды кезекке қою" мемлекеттік қызметі көрсетілі</w:t>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>возраста (до 6 лет) для направления в дошкольные организации", Ваш ребенок</w:t>
+      </w:r>
+      <w:r w:rsidR="00E5750A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(ФИО (при его наличии) ребенка) поставлен в очередь в городе (наименование города,</w:t>
+      </w:r>
+      <w:r w:rsidR="00E5750A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">населенного пункта) для получения места </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00C27FAA">
-[...6 lines deleted...]
-        <w:t>п</w:t>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>в</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00C27FAA">
-[...33 lines deleted...]
-        <w:t xml:space="preserve"> кезекке қойылды: </w:t>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000D2049" w:rsidRPr="00C27FAA" w:rsidRDefault="00633176">
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00FA3A1E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C27FAA">
-[...23 lines deleted...]
-        <w:t xml:space="preserve"> 1. (МДҰ атауы), кезек нөмі</w:t>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. (Наименование </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00C27FAA">
-[...6 lines deleted...]
-        <w:t>р</w:t>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ДО</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00C27FAA">
-[...6 lines deleted...]
-        <w:t xml:space="preserve">і (_______); </w:t>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">), </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>номер</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> очереди (________);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000D2049" w:rsidRPr="00C27FAA" w:rsidRDefault="00633176">
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00FA3A1E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C27FAA">
-[...23 lines deleted...]
-        <w:t xml:space="preserve"> 2. (МДҰ атауы), кезек нөмі</w:t>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. (Наименование </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00C27FAA">
-[...6 lines deleted...]
-        <w:t>р</w:t>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ДО</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00C27FAA">
-[...6 lines deleted...]
-        <w:t xml:space="preserve">і (_______); </w:t>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">), </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>номер</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> очереди (________);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000D2049" w:rsidRPr="00C27FAA" w:rsidRDefault="00633176">
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00FA3A1E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C27FAA">
-[...23 lines deleted...]
-        <w:t xml:space="preserve"> 3. (МДҰ атауы), кезек нөмі</w:t>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. (Наименование </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00C27FAA">
-[...6 lines deleted...]
-        <w:t>р</w:t>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ДО</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00C27FAA">
-[...6 lines deleted...]
-        <w:t xml:space="preserve">і (_______); </w:t>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">), </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>номер</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> очереди (________);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000D2049" w:rsidRPr="00C27FAA" w:rsidRDefault="00633176">
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00FA3A1E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C27FAA">
-[...23 lines deleted...]
-        <w:t xml:space="preserve"> 4. (МДҰ атауы), кезек нөмі</w:t>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. (Наименование </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00C27FAA">
-[...6 lines deleted...]
-        <w:t>р</w:t>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ДО</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00C27FAA">
-[...154 lines deleted...]
-        <w:t xml:space="preserve"> 2</w:t>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">), </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00C27FAA">
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> )</w:t>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>номер</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00C27FAA">
-[...567 lines deleted...]
-        <w:t xml:space="preserve"> көрсетуден бас тартылды.</w:t>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> очереди (________).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6685"/>
-        <w:gridCol w:w="4118"/>
+        <w:gridCol w:w="6656"/>
+        <w:gridCol w:w="4147"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000D2049" w:rsidRPr="00C27FAA">
+      <w:tr w:rsidR="002D0D84" w:rsidRPr="00FA3A1E">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000D2049" w:rsidRPr="00C27FAA" w:rsidRDefault="00633176">
+          <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00FA3A1E">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C27FAA">
+            <w:r w:rsidRPr="00FA3A1E">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000D2049" w:rsidRPr="00FB27CD" w:rsidRDefault="00633176" w:rsidP="00F479AC">
+          <w:p w:rsidR="002D0D84" w:rsidRDefault="00FA3A1E" w:rsidP="00E5750A">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FB27CD">
-[...8 lines deleted...]
-            <w:r w:rsidR="00F479AC">
+            <w:r w:rsidRPr="00E5750A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Приложение 5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E5750A">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00E5750A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>к Правилам оказания</w:t>
+            </w:r>
+            <w:r w:rsidR="00E5750A">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FB27CD">
-[...8 lines deleted...]
-            <w:r w:rsidR="00F479AC">
+            <w:r w:rsidRPr="00E5750A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>государственных услуг в сфере</w:t>
+            </w:r>
+            <w:r w:rsidR="00E5750A">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FB27CD">
-[...61 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="00E5750A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>дошкольного образования</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003B19E1" w:rsidRPr="00E5750A" w:rsidRDefault="003B19E1" w:rsidP="00E5750A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="000D2049" w:rsidRPr="00C27FAA" w:rsidRDefault="00633176">
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00FA3A1E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C27FAA">
+      <w:bookmarkStart w:id="145" w:name="z393"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA3A1E">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C27FAA">
-[...14 lines deleted...]
-        <w:t xml:space="preserve"> Мен, __________________________________________________________________ </w:t>
+      <w:r w:rsidR="003B19E1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Я, ___________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000D2049" w:rsidRPr="00C27FAA" w:rsidRDefault="00633176">
+    <w:bookmarkEnd w:id="145"/>
+    <w:p w:rsidR="001A0F63" w:rsidRDefault="001A0F63">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...28 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                            </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00C27FAA">
-[...6 lines deleted...]
-        <w:t xml:space="preserve">(тегі, аты, әкесінің аты (бар болғанда) </w:t>
+      <w:r w:rsidR="00FA3A1E" w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(фамилия, имя, отчество (при наличии) </w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w:rsidR="000D2049" w:rsidRPr="00C27FAA" w:rsidRDefault="00633176">
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00FA3A1E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C27FAA">
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>даю согласие на сбор и обработку,</w:t>
+      </w:r>
+      <w:r w:rsidR="001A0F63">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C27FAA">
-[...61 lines deleted...]
-        <w:t xml:space="preserve">балаларды қабылдау" мемлекеттік қызметті көрсету үшін талап етілетін </w:t>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>в том числе доступ к моим персональным данным и персональным данным ребенка_____________________________________________________________________,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000D2049" w:rsidRPr="00C27FAA" w:rsidRDefault="00633176">
+    <w:p w:rsidR="001A0F63" w:rsidRDefault="001A0F63">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...29 lines deleted...]
-      </w:r>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00FA3A1E" w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(фамилия, имя, отчество (при наличии) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w:rsidR="000D2049" w:rsidRPr="00C27FAA" w:rsidRDefault="00633176">
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00FA3A1E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C27FAA">
-[...6 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>которые требуются для оказания</w:t>
+      </w:r>
+      <w:r w:rsidR="001A0F63">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C27FAA">
-[...34 lines deleted...]
-        <w:t xml:space="preserve">ға беруді; </w:t>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>государственной услуги "Постановка на очередь детей дошкольного возраста</w:t>
+      </w:r>
+      <w:r w:rsidR="001A0F63">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(до 6 лет) для направления в дошкольные организации"/"Прием документов</w:t>
+      </w:r>
+      <w:r w:rsidR="001A0F63">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>и зачисление детей в дошкольные организации", включающие в себя следующее:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000D2049" w:rsidRPr="00C27FAA" w:rsidRDefault="00633176">
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00FA3A1E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C27FAA">
-[...61 lines deleted...]
-        <w:t xml:space="preserve">ғанда менің дербес деректерімді және </w:t>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>1) передачу персональных данных третьим лицам в целях оказания государственной услуги;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000D2049" w:rsidRPr="00C27FAA" w:rsidRDefault="00633176">
+    <w:p w:rsidR="001A0F63" w:rsidRDefault="00FA3A1E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00C27FAA">
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>2) трансграничную передачу персональных данных в процессе их обработки в целях</w:t>
+      </w:r>
+      <w:r w:rsidR="001A0F63">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C27FAA">
-[...14 lines deleted...]
-        <w:t xml:space="preserve"> ________________________ баламның жеке деректерін жинақ</w:t>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>оказания государственной услуги. Согласе</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00C27FAA">
-[...6 lines deleted...]
-        <w:t>тау</w:t>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>н(</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00C27FAA">
-[...6 lines deleted...]
-        <w:t xml:space="preserve">ға және өңдеуге, </w:t>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>а) на доступ к персональным данным</w:t>
+      </w:r>
+      <w:r w:rsidR="001A0F63">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ограниченного доступа, включающие в себя иные сведения, которые требуются для</w:t>
+      </w:r>
+      <w:r w:rsidR="001A0F63">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>подтверждения достоверности предоставляемых документов при оказании</w:t>
+      </w:r>
+      <w:r w:rsidR="001A0F63">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">государственной услуги. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000D2049" w:rsidRPr="00C27FAA" w:rsidRDefault="00633176">
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="00FA3A1E" w:rsidP="003B19E1">
       <w:pPr>
         <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C27FAA">
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Настоящее согласие действует в течение всего периода</w:t>
+      </w:r>
+      <w:r w:rsidR="001A0F63">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C27FAA">
-[...346 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FA3A1E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>до получения результата оказания государственной услуги.</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="10838" w:type="dxa"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="441"/>
-        <w:gridCol w:w="3245"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="3012"/>
+        <w:gridCol w:w="3397"/>
+        <w:gridCol w:w="6950"/>
+        <w:gridCol w:w="50"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000D2049" w:rsidRPr="0019757D" w:rsidTr="0019757D">
+      <w:tr w:rsidR="002D0D84" w:rsidRPr="001A0F63" w:rsidTr="001A0F63">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="3012" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3686" w:type="dxa"/>
+            <w:tcW w:w="3838" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000D2049" w:rsidRPr="0019757D" w:rsidRDefault="00633176">
+          <w:p w:rsidR="002D0D84" w:rsidRPr="001A0F63" w:rsidRDefault="00FA3A1E">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0019757D">
+            <w:r w:rsidRPr="001A0F63">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4090" w:type="dxa"/>
+            <w:tcW w:w="7000" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0019757D" w:rsidRPr="0019757D" w:rsidRDefault="0019757D">
+          <w:p w:rsidR="001A0F63" w:rsidRPr="001A0F63" w:rsidRDefault="001A0F63">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="000D2049" w:rsidRPr="0019757D" w:rsidRDefault="00633176" w:rsidP="003A5465">
+          <w:p w:rsidR="002D0D84" w:rsidRDefault="00FA3A1E" w:rsidP="001A0F63">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0019757D">
-[...8 lines deleted...]
-            <w:r w:rsidR="003A5465">
+            <w:r w:rsidRPr="001A0F63">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Приложение 6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A0F63">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="001A0F63">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>к Правилам оказания</w:t>
+            </w:r>
+            <w:r w:rsidR="001A0F63">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="0019757D">
-[...8 lines deleted...]
-            <w:r w:rsidR="003A5465">
+            <w:r w:rsidRPr="001A0F63">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>государственных услуг в сфере</w:t>
+            </w:r>
+            <w:r w:rsidR="001A0F63">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="0019757D">
-[...53 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="001A0F63">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>дошкольного образования</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001A0F63" w:rsidRPr="001A0F63" w:rsidRDefault="001A0F63" w:rsidP="001A0F63">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0019757D" w:rsidRPr="0019757D" w:rsidTr="003A5465">
+      <w:tr w:rsidR="002D0D84" w:rsidRPr="001A0F63" w:rsidTr="001A0F63">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="50" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10788" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0019757D" w:rsidRPr="0019757D" w:rsidRDefault="0019757D">
+          <w:p w:rsidR="002D0D84" w:rsidRPr="001A0F63" w:rsidRDefault="00FA3A1E">
             <w:pPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
-                <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0019757D">
+            <w:r w:rsidRPr="001A0F63">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>"Мектепке дейінгі ұйымдарға құжаттарды қабылдау және балаларды қабылдау" мемлекеттік қызмет көрсетуге қойылатын негізгі талаптар тізбесі (бұдан ә</w:t>
-[...21 lines deleted...]
-              <w:t>і – Талаптар тізбесі)</w:t>
+              <w:t>Перечень основных требований к оказанию государственной услуги "Прием документов и зачисление детей в дошкольные организации" (далее – Перечень требований)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000D2049" w:rsidRPr="0019757D" w:rsidTr="003A5465">
+      <w:tr w:rsidR="002D0D84" w:rsidRPr="001A0F63" w:rsidTr="001A0F63">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="50" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="441" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000D2049" w:rsidRPr="003A5465" w:rsidRDefault="00633176">
+          <w:p w:rsidR="002D0D84" w:rsidRPr="001A0F63" w:rsidRDefault="00FA3A1E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0019757D">
+            <w:r w:rsidRPr="001A0F63">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3593" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="3397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000D2049" w:rsidRPr="0019757D" w:rsidRDefault="00633176">
+          <w:p w:rsidR="002D0D84" w:rsidRPr="001A0F63" w:rsidRDefault="00FA3A1E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0019757D">
-[...14 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A0F63">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Наименование</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A0F63">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A0F63">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>услугодателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6754" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="6950" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000D2049" w:rsidRPr="0019757D" w:rsidRDefault="00633176">
+          <w:p w:rsidR="002D0D84" w:rsidRPr="001A0F63" w:rsidRDefault="00FA3A1E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0019757D">
-[...5 lines deleted...]
-              <w:t>Мектепке дейінгі ұйымдардың барлық түрлері (бұдан әрі – көрсетілетін қызметті беруші)</w:t>
+            <w:r w:rsidRPr="001A0F63">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Дошкольные организации всех видов (далее – </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A0F63">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугодатель</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A0F63">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000D2049" w:rsidRPr="0019757D" w:rsidTr="003A5465">
+      <w:tr w:rsidR="002D0D84" w:rsidRPr="001A0F63" w:rsidTr="001A0F63">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="50" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="441" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000D2049" w:rsidRPr="0019757D" w:rsidRDefault="00633176">
+          <w:p w:rsidR="002D0D84" w:rsidRPr="001A0F63" w:rsidRDefault="00FA3A1E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0019757D">
+            <w:r w:rsidRPr="001A0F63">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3593" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="3397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000D2049" w:rsidRPr="0019757D" w:rsidRDefault="00633176">
+          <w:p w:rsidR="002D0D84" w:rsidRPr="001A0F63" w:rsidRDefault="00FA3A1E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0019757D">
-[...6 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A0F63">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Способы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A0F63">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A0F63">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>предоставления</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A0F63">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A0F63">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>государственной</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A0F63">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A0F63">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>услуги</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6754" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="6950" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000D2049" w:rsidRPr="0019757D" w:rsidRDefault="00633176">
+          <w:p w:rsidR="002D0D84" w:rsidRPr="001A0F63" w:rsidRDefault="00FA3A1E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0019757D">
-[...5 lines deleted...]
-              <w:t>Қызмет проактивті форматта көрсетіледі.</w:t>
+            <w:r w:rsidRPr="001A0F63">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Услуга оказывается в </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A0F63">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>проактивном</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A0F63">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> формате.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="000D2049" w:rsidRPr="0019757D" w:rsidRDefault="00633176">
+          <w:p w:rsidR="002D0D84" w:rsidRPr="001A0F63" w:rsidRDefault="00FA3A1E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0019757D">
-[...13 lines deleted...]
-              <w:t>ру:</w:t>
+            <w:r w:rsidRPr="001A0F63">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Прием заявления и выдача результата оказания государственной услуги осуществляются </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="001A0F63">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>через</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="001A0F63">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="000D2049" w:rsidRPr="0019757D" w:rsidRDefault="00633176">
+          <w:p w:rsidR="002D0D84" w:rsidRPr="001A0F63" w:rsidRDefault="00FA3A1E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0019757D">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="0019757D">
+            <w:r w:rsidRPr="001A0F63">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A0F63">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>веб-портал</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A0F63">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> "электронного правительства" </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A0F63">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>www</w:t>
             </w:r>
-            <w:r w:rsidRPr="0019757D">
+            <w:r w:rsidRPr="001A0F63">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
-            <w:r w:rsidRPr="0019757D">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A0F63">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>egov</w:t>
             </w:r>
-            <w:r w:rsidRPr="0019757D">
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A0F63">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
-            <w:r w:rsidRPr="0019757D">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A0F63">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>kz</w:t>
             </w:r>
-            <w:r w:rsidRPr="0019757D">
-[...26 lines deleted...]
-              <w:t>Портал);</w:t>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A0F63">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (далее - Портал);</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="000D2049" w:rsidRPr="0019757D" w:rsidRDefault="00633176">
+          <w:p w:rsidR="002D0D84" w:rsidRPr="001A0F63" w:rsidRDefault="00FA3A1E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0019757D">
-[...6 lines deleted...]
-              <w:t>2) ақпараттандыру объектілері;</w:t>
+            <w:r w:rsidRPr="001A0F63">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>2) объекты информатизации;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="000D2049" w:rsidRPr="0019757D" w:rsidRDefault="00633176">
+          <w:p w:rsidR="002D0D84" w:rsidRPr="001A0F63" w:rsidRDefault="00FA3A1E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0019757D">
-[...35 lines deleted...]
-              <w:t>келген жағдайда) арқылы жүзеге асады.</w:t>
+            <w:r w:rsidRPr="001A0F63">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3) абонентское устройство сотовой связи (при регистрации телефонного номера абонентского устройства сотовой связи </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A0F63">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A0F63">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> на </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A0F63">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>веб-портале</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A0F63">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> "электронного правительства").</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000D2049" w:rsidRPr="0019757D" w:rsidTr="003A5465">
+      <w:tr w:rsidR="002D0D84" w:rsidRPr="001A0F63" w:rsidTr="001A0F63">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="50" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="441" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000D2049" w:rsidRPr="0019757D" w:rsidRDefault="00633176">
+          <w:p w:rsidR="002D0D84" w:rsidRPr="001A0F63" w:rsidRDefault="00FA3A1E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0019757D">
-[...4 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="001A0F63">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3593" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="3397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000D2049" w:rsidRPr="0019757D" w:rsidRDefault="00633176">
+          <w:p w:rsidR="002D0D84" w:rsidRPr="001A0F63" w:rsidRDefault="00FA3A1E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0019757D">
-[...6 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A0F63">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Сроки</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A0F63">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A0F63">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>оказания</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A0F63">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A0F63">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>государственной</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A0F63">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A0F63">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>услуги</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6754" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="6950" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000D2049" w:rsidRPr="0019757D" w:rsidRDefault="00633176">
+          <w:p w:rsidR="002D0D84" w:rsidRPr="001A0F63" w:rsidRDefault="00FA3A1E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0019757D">
-[...5 lines deleted...]
-              <w:t>Өтініш келіп түскен сәттен бастап 1 (бір) жұмыс күні ішінде</w:t>
+            <w:r w:rsidRPr="001A0F63">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>В течение 1 (одного рабочего) дня с момента поступления заявления</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000D2049" w:rsidRPr="0019757D" w:rsidTr="003A5465">
+      <w:tr w:rsidR="002D0D84" w:rsidRPr="001A0F63" w:rsidTr="001A0F63">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="50" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="441" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000D2049" w:rsidRPr="0019757D" w:rsidRDefault="00633176">
+          <w:p w:rsidR="002D0D84" w:rsidRPr="001A0F63" w:rsidRDefault="00FA3A1E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0019757D">
+            <w:r w:rsidRPr="001A0F63">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3593" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="3397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000D2049" w:rsidRPr="0019757D" w:rsidRDefault="00633176">
+          <w:p w:rsidR="002D0D84" w:rsidRPr="001A0F63" w:rsidRDefault="00FA3A1E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0019757D">
-[...6 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A0F63">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A0F63">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A0F63">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>оказания</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A0F63">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A0F63">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>государственной</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A0F63">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A0F63">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>услуги</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6754" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="6950" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000D2049" w:rsidRPr="0019757D" w:rsidRDefault="00633176">
+          <w:p w:rsidR="002D0D84" w:rsidRPr="001A0F63" w:rsidRDefault="00FA3A1E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0019757D">
-[...5 lines deleted...]
-              <w:t>Электронды (ішінара автоматтандырылған)</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A0F63">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Электронная</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A0F63">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A0F63">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>частично</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A0F63">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A0F63">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>автоматизированная</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A0F63">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000D2049" w:rsidRPr="0019757D" w:rsidTr="003A5465">
+      <w:tr w:rsidR="002D0D84" w:rsidRPr="001A0F63" w:rsidTr="001A0F63">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="50" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="441" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000D2049" w:rsidRPr="003A5465" w:rsidRDefault="00633176" w:rsidP="003A5465">
+          <w:p w:rsidR="002D0D84" w:rsidRPr="001A0F63" w:rsidRDefault="00FA3A1E">
             <w:pPr>
               <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0019757D">
+            <w:r w:rsidRPr="001A0F63">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3593" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="3397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000D2049" w:rsidRPr="0019757D" w:rsidRDefault="00633176">
+          <w:p w:rsidR="002D0D84" w:rsidRPr="001A0F63" w:rsidRDefault="00FA3A1E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0019757D">
-[...14 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A0F63">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Результат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A0F63">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A0F63">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>оказания</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A0F63">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A0F63">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>государственной</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A0F63">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A0F63">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>услуги</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6754" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="6950" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000D2049" w:rsidRPr="0019757D" w:rsidRDefault="00633176">
+          <w:p w:rsidR="002D0D84" w:rsidRPr="001A0F63" w:rsidRDefault="00FA3A1E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0019757D">
-[...6 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="001A0F63">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Зачисление ребенка в ДО /мотивированный ответ об отказе в оказании государственной услуги</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000D2049" w:rsidRPr="0019757D" w:rsidTr="003A5465">
+      <w:tr w:rsidR="002D0D84" w:rsidRPr="001A0F63" w:rsidTr="001A0F63">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="50" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="441" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000D2049" w:rsidRPr="003A5465" w:rsidRDefault="00633176">
+          <w:p w:rsidR="002D0D84" w:rsidRPr="001A0F63" w:rsidRDefault="00FA3A1E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0019757D">
+            <w:r w:rsidRPr="001A0F63">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3593" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="3397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000D2049" w:rsidRPr="0019757D" w:rsidRDefault="00633176">
+          <w:p w:rsidR="002D0D84" w:rsidRPr="001A0F63" w:rsidRDefault="00FA3A1E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0019757D">
-[...13 lines deleted...]
-              <w:t>рсету кезінде көрсетілетін қызметті алушыдан алынатын төлем мөлшері және Қазақстан Республикасының заңнамасында көзделген жағдайларда оны алу тәсілдері</w:t>
+            <w:r w:rsidRPr="001A0F63">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Размер оплаты, взимаемой с </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A0F63">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A0F63">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> при оказании государственной услуги, и способы ее взимания в случаях, предусмотренных законодательством Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6754" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="6950" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000D2049" w:rsidRPr="0019757D" w:rsidRDefault="00633176">
+          <w:p w:rsidR="002D0D84" w:rsidRPr="001A0F63" w:rsidRDefault="00FA3A1E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0019757D">
-[...5 lines deleted...]
-              <w:t>Мемлекеттік қызмет жеке тұлғаларға тегін көрсетіледі</w:t>
+            <w:r w:rsidRPr="001A0F63">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Государственная услуга физическим лицам оказывается бесплатно</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000D2049" w:rsidRPr="0019757D" w:rsidTr="003A5465">
+      <w:tr w:rsidR="002D0D84" w:rsidRPr="001A0F63" w:rsidTr="001A0F63">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="50" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="441" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000D2049" w:rsidRPr="003A5465" w:rsidRDefault="00633176">
+          <w:p w:rsidR="002D0D84" w:rsidRPr="001A0F63" w:rsidRDefault="00FA3A1E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0019757D">
+            <w:r w:rsidRPr="001A0F63">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3593" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="3397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000D2049" w:rsidRPr="0019757D" w:rsidRDefault="00633176">
+          <w:p w:rsidR="002D0D84" w:rsidRPr="001A0F63" w:rsidRDefault="00FA3A1E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0019757D">
-[...6 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A0F63">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>График</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A0F63">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A0F63">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>работы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6754" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="6950" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000D2049" w:rsidRPr="0019757D" w:rsidRDefault="00633176">
+          <w:p w:rsidR="002D0D84" w:rsidRPr="001A0F63" w:rsidRDefault="00FA3A1E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0019757D">
-[...21 lines deleted...]
-              <w:t>не мереке күндерін қоспағанда, өтініштерді қабылдау және мемлекеттік қызметті көрсету нәтижелері келесі жұмыс күнінде беріледі);</w:t>
+            <w:r w:rsidRPr="001A0F63">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A0F63">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>веб-портал</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A0F63">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> "электронного правительства" </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A0F63">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>www</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A0F63">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A0F63">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>egov</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A0F63">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A0F63">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>kz</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A0F63">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (далее - Портал): круглосуточно, за исключением технических перерывов, связанных с проведением ремонтных работ (при обращении </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A0F63">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A0F63">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> после окончания рабочего времени, в выходные и праздничные дни, согласно трудовому законодательству Республики Казахстан, прием заявлений и выдача результатов оказания государственной услуги осуществляется следующим рабочим днем);</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="000D2049" w:rsidRPr="0019757D" w:rsidRDefault="00633176">
+          <w:p w:rsidR="002D0D84" w:rsidRPr="001A0F63" w:rsidRDefault="00FA3A1E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0019757D">
-[...13 lines deleted...]
-              <w:t>тін қызметті алушы жұмыс уақыты аяқталғанан кейін жүгінген кезде, Қазақстан Республикасында еңбек заңына сәйкес демалыс және мереке күндерін қоспағанда, өтініштерді қабылдау және мемлекеттік қызметті көрсету нәтижелері келесі жұмыс күнінде беріледі);</w:t>
+            <w:r w:rsidRPr="001A0F63">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) объекты информатизации: круглосуточно, за исключением технических перерывов, связанных с проведением ремонтных работ (при обращении </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A0F63">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A0F63">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> после окончания рабочего времени, в выходные и праздничные дни, согласно трудовому законодательству Республики Казахстан прием заявлений и выдача результатов оказания государственной услуги осуществляется следующим рабочим днем);</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="000D2049" w:rsidRPr="0019757D" w:rsidRDefault="00633176">
+          <w:p w:rsidR="002D0D84" w:rsidRPr="001A0F63" w:rsidRDefault="00FA3A1E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0019757D">
-[...13 lines deleted...]
-              <w:t>кеттік қызмет көрсету орындарының мекенжайлары:</w:t>
+            <w:r w:rsidRPr="001A0F63">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Адреса мест оказания государственной услуги размещены:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="000D2049" w:rsidRPr="0019757D" w:rsidRDefault="00633176">
+          <w:p w:rsidR="002D0D84" w:rsidRPr="001A0F63" w:rsidRDefault="00FA3A1E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0019757D">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="0019757D">
+            <w:r w:rsidRPr="001A0F63">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) на </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A0F63">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>интернет-ресурсе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A0F63">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Министерства: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A0F63">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>www</w:t>
             </w:r>
-            <w:r w:rsidRPr="0019757D">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="0019757D">
+            <w:r w:rsidRPr="001A0F63">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A0F63">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>edu</w:t>
             </w:r>
-            <w:r w:rsidRPr="0019757D">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="0019757D">
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A0F63">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A0F63">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>gov</w:t>
             </w:r>
-            <w:r w:rsidRPr="0019757D">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="0019757D">
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A0F63">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A0F63">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>kz</w:t>
             </w:r>
-            <w:r w:rsidRPr="0019757D">
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> интернет-ресурсында;</w:t>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A0F63">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="000D2049" w:rsidRPr="0019757D" w:rsidRDefault="00633176">
+          <w:p w:rsidR="002D0D84" w:rsidRPr="001A0F63" w:rsidRDefault="00FA3A1E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0019757D">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="0019757D">
+            <w:r w:rsidRPr="001A0F63">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) на портале: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A0F63">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>www</w:t>
             </w:r>
-            <w:r w:rsidRPr="0019757D">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="0019757D">
+            <w:r w:rsidRPr="001A0F63">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A0F63">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>egov</w:t>
             </w:r>
-            <w:r w:rsidRPr="0019757D">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="0019757D">
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A0F63">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A0F63">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>kz</w:t>
             </w:r>
-            <w:r w:rsidRPr="0019757D">
-[...6 lines deleted...]
-              <w:t>. порталында орналастырылған.</w:t>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A0F63">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000D2049" w:rsidRPr="0019757D" w:rsidTr="003A5465">
+      <w:tr w:rsidR="002D0D84" w:rsidRPr="001A0F63" w:rsidTr="001A0F63">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="50" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="441" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000D2049" w:rsidRPr="003A5465" w:rsidRDefault="00633176">
+          <w:p w:rsidR="002D0D84" w:rsidRPr="001A0F63" w:rsidRDefault="00FA3A1E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0019757D">
+            <w:r w:rsidRPr="001A0F63">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3593" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="3397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000D2049" w:rsidRPr="0019757D" w:rsidRDefault="00633176">
+          <w:p w:rsidR="002D0D84" w:rsidRPr="001A0F63" w:rsidRDefault="00FA3A1E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0019757D">
-[...22 lines deleted...]
-              <w:t>мәліметтердің тізбесі</w:t>
+            <w:r w:rsidRPr="001A0F63">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Перечень документов и сведений, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A0F63">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>истребуемых</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A0F63">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> у </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A0F63">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A0F63">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> для оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6754" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="6950" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000D2049" w:rsidRPr="0019757D" w:rsidRDefault="00633176">
+          <w:p w:rsidR="002D0D84" w:rsidRPr="001A0F63" w:rsidRDefault="00FA3A1E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0019757D">
-[...6 lines deleted...]
-              <w:t>1) Қағидалардың 1 және 5-қосымшаларына сәйкес нысан бойынша өтініш;</w:t>
+            <w:r w:rsidRPr="001A0F63">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1) заявление по форме, согласно приложению 4 к Правилам;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="000D2049" w:rsidRPr="0019757D" w:rsidRDefault="00633176">
+          <w:p w:rsidR="002D0D84" w:rsidRPr="001A0F63" w:rsidRDefault="00FA3A1E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0019757D">
-[...22 lines deleted...]
-              <w:t>илактикалық екпелердің картасы;</w:t>
+            <w:r w:rsidRPr="001A0F63">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2) карта профилактических прививок формы № 065/у, утвержденная приказом исполняющего обязанности Министра здравоохранения Республики Казахстан от 30 октября 2020 года № Қ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="001A0F63">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="001A0F63">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ДСМ-175/2020 "Об утверждении форм учетной документации в области здравоохранения, а также инструкций по их заполнению" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21579) (далее – Приказ № ҚР ДСМ-175/2020);</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="000D2049" w:rsidRPr="0019757D" w:rsidRDefault="00633176">
+          <w:p w:rsidR="002D0D84" w:rsidRPr="001A0F63" w:rsidRDefault="00FA3A1E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0019757D">
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> 3) № ҚР ДСМ-175/2020 бұйрығымен бекітілген "052-2/у" нысандағы "Бала денсаулығы паспорты";</w:t>
+            <w:r w:rsidRPr="001A0F63">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>3) справка формы № 052-2/у "Паспорт здоровья ребенка", утвержденная Приказом № Қ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="001A0F63">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="001A0F63">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ДСМ-175/2020;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="000D2049" w:rsidRPr="0019757D" w:rsidRDefault="00633176">
+          <w:p w:rsidR="002D0D84" w:rsidRPr="001A0F63" w:rsidRDefault="00FA3A1E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0019757D">
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> 4) № ҚР ДСМ-175/2020 бұйрығымен бекітілген № 027/е нысанындағы анықтама;</w:t>
+            <w:r w:rsidRPr="001A0F63">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>4) справка формы № 027/у, утвержденная Приказом № Қ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="001A0F63">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="001A0F63">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ДСМ-175/2020;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="000D2049" w:rsidRPr="0019757D" w:rsidRDefault="00633176">
+          <w:p w:rsidR="002D0D84" w:rsidRPr="001A0F63" w:rsidRDefault="00FA3A1E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0019757D">
-[...13 lines deleted...]
-              <w:t xml:space="preserve"> қорытындысының (мүмкіндігі шектеулі балалар үшін) (болған жағдайда) электронды көшірмесі;</w:t>
+            <w:r w:rsidRPr="001A0F63">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5) электронная копия заключения </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A0F63">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>психолого-медико-педагогической</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A0F63">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> консультации (для детей с ограниченными возможностями) (при наличии).</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="000D2049" w:rsidRPr="0019757D" w:rsidRDefault="00633176">
+          <w:p w:rsidR="002D0D84" w:rsidRPr="001A0F63" w:rsidRDefault="00FA3A1E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0019757D">
-[...13 lines deleted...]
-              <w:t>ың қолымен және мөрімен (бар болса) расталған анықтаманың электронды көшірмесі (берілген күннен бастап бір ай ішінде жарамды);</w:t>
+            <w:r w:rsidRPr="001A0F63">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>6) электронная копия справки, выданной с места работы военнослужащего или сотрудника специальных государственных органов, правоохранительных органов, заверенная подписью уполномоченного лица и печатью (действительна в течение месяца со дня выдачи);</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="000D2049" w:rsidRPr="0019757D" w:rsidRDefault="00633176">
+          <w:p w:rsidR="002D0D84" w:rsidRPr="001A0F63" w:rsidRDefault="00FA3A1E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0019757D">
-[...13 lines deleted...]
-              <w:t>стап бір ай ішінде жарамды), дипломның электронды көшірмесі;</w:t>
+            <w:r w:rsidRPr="001A0F63">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>7) справка с места работы педагога, медицинского работника заверенная подписью руководителя организации и печатью (действительна в течение месяца со дня выдачи).</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="000D2049" w:rsidRPr="0019757D" w:rsidRDefault="00633176">
+          <w:p w:rsidR="002D0D84" w:rsidRPr="001A0F63" w:rsidRDefault="00FA3A1E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0019757D">
-[...5 lines deleted...]
-              <w:t>Жеке басын куәландыратын құжаттар, баланың туу туралы куәлігі туралы мәліметтер, МДҰ-ға бірінші кезекте жолдама алуды растайтын мәліметтер тиісті мемлекеттік ақпараттық жүйелерден тартылады.</w:t>
+            <w:r w:rsidRPr="001A0F63">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Сведения о документах, удостоверяющих личность, о </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="001A0F63">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>свидетельстве</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="001A0F63">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> о рождении ребенка, сведения, подтверждающие первоочередное получение направления в ДО подтягиваются из соответствующих государственных информационных систем.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="000D2049" w:rsidRPr="0019757D" w:rsidRDefault="00633176">
+          <w:p w:rsidR="002D0D84" w:rsidRPr="001A0F63" w:rsidRDefault="00FA3A1E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0019757D">
-[...13 lines deleted...]
-              <w:t>дент еместер үшін:</w:t>
+            <w:r w:rsidRPr="001A0F63">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Для нерезидентов:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="000D2049" w:rsidRPr="0019757D" w:rsidRDefault="00633176">
+          <w:p w:rsidR="002D0D84" w:rsidRPr="001A0F63" w:rsidRDefault="00FA3A1E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0019757D">
-[...5 lines deleted...]
-              <w:t>1) Қағидаларға 1-қосымшаға сәйкес нысан бойынша өтініш;</w:t>
+            <w:r w:rsidRPr="001A0F63">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>1) заявление по форме, согласно приложению 4 к Правилам;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="000D2049" w:rsidRPr="0019757D" w:rsidRDefault="00633176">
+          <w:p w:rsidR="002D0D84" w:rsidRPr="001A0F63" w:rsidRDefault="00FA3A1E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0019757D">
-[...5 lines deleted...]
-              <w:t>2) көрсетілетін қызметті алушының (ата-анасының бірінің немесе заңды өкілінің) жеке басын куәландыратын құжаттың электронды көшірмесі;</w:t>
+            <w:r w:rsidRPr="001A0F63">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) электронная копия документа, удостоверяющего личность </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A0F63">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A0F63">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (одного из родителей или законного представителя);</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="000D2049" w:rsidRPr="0019757D" w:rsidRDefault="00633176">
+          <w:p w:rsidR="002D0D84" w:rsidRPr="001A0F63" w:rsidRDefault="00FA3A1E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0019757D">
-[...13 lines deleted...]
-              <w:t>электронды көшірмесі;</w:t>
+            <w:r w:rsidRPr="001A0F63">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>3) электронная копия документа, свидетельствующего о рождении ребенка;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="000D2049" w:rsidRPr="0019757D" w:rsidRDefault="00633176">
+          <w:p w:rsidR="002D0D84" w:rsidRPr="001A0F63" w:rsidRDefault="00FA3A1E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0019757D">
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> 4) № ҚР ДСМ-175/2020 бұйрығымен бекітілген № 065/е нысанындағы профилактикалық егу картасы;</w:t>
+            <w:r w:rsidRPr="001A0F63">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>4) карта профилактических прививок формы № 065/е, утвержденная Приказом № Қ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="001A0F63">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="001A0F63">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ДСМ-175/2020;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="000D2049" w:rsidRPr="0019757D" w:rsidRDefault="00633176">
+          <w:p w:rsidR="002D0D84" w:rsidRPr="001A0F63" w:rsidRDefault="00FA3A1E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0019757D">
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> 5) № ҚР ДСМ-175/2020 бұйрығымен бекітілген "Бала денсаулығы паспорты" "052-2/у" нысандағы анықтама;</w:t>
+            <w:r w:rsidRPr="001A0F63">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>5) справка формы № 052-2/у "Паспорта здоровья ребенка", утвержденная Приказом № Қ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="001A0F63">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="001A0F63">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ДСМ-175/2020;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="000D2049" w:rsidRPr="0019757D" w:rsidRDefault="00633176">
+          <w:p w:rsidR="002D0D84" w:rsidRPr="001A0F63" w:rsidRDefault="00FA3A1E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0019757D">
-[...13 lines deleted...]
-              <w:t xml:space="preserve"> бекітілген № 027/е нысанындағы анықтама;</w:t>
+            <w:r w:rsidRPr="001A0F63">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>6) справка формы № 027/е, утвержденная Приказом № Қ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="001A0F63">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="001A0F63">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ДСМ-175/2020;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="000D2049" w:rsidRPr="0019757D" w:rsidRDefault="00633176">
+          <w:p w:rsidR="002D0D84" w:rsidRPr="001A0F63" w:rsidRDefault="00FA3A1E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0019757D">
-[...5 lines deleted...]
-              <w:t>7) психологиялық-медициналық-педагогикалық консультация қорытындысының электронды көшірмесі (мүмкіндігі шектеулі балалар үшін) (бар болса).</w:t>
+            <w:r w:rsidRPr="001A0F63">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">7) электронная копия заключения </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A0F63">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>психолого-медико-педагогической</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A0F63">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> консультации (для детей с ограниченными возможностями) (при наличии).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000D2049" w:rsidRPr="0019757D" w:rsidTr="003A5465">
+      <w:tr w:rsidR="002D0D84" w:rsidRPr="001A0F63" w:rsidTr="001A0F63">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="50" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="441" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000D2049" w:rsidRPr="003A5465" w:rsidRDefault="00633176">
+          <w:p w:rsidR="002D0D84" w:rsidRPr="001A0F63" w:rsidRDefault="00FA3A1E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0019757D">
+            <w:r w:rsidRPr="001A0F63">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3593" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="3397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000D2049" w:rsidRPr="0019757D" w:rsidRDefault="00633176">
+          <w:p w:rsidR="002D0D84" w:rsidRPr="001A0F63" w:rsidRDefault="00FA3A1E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0019757D">
-[...13 lines deleted...]
-              <w:t>көрсетуден бас тарту үшін негіздер</w:t>
+            <w:r w:rsidRPr="001A0F63">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Основания для отказа в оказании государственной услуги, установленные законами Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6754" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="6950" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000D2049" w:rsidRPr="0019757D" w:rsidRDefault="00633176">
+          <w:p w:rsidR="002D0D84" w:rsidRPr="001A0F63" w:rsidRDefault="00FA3A1E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0019757D">
-[...5 lines deleted...]
-              <w:t>1) көрсетілетін қызметті алушының мемлекеттік көрсетілетін қызметті алу үшін ұсынған құжаттардың және (немесе) олардағы деректердің (мәліметтердің) анық еместігін анықтау;</w:t>
+            <w:r w:rsidRPr="001A0F63">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) установление недостоверности документов, представленных </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A0F63">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателем</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A0F63">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> для получения государственной услуги, и (или) данных (сведений), содержащихся в них;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="000D2049" w:rsidRPr="0019757D" w:rsidRDefault="00633176">
+          <w:p w:rsidR="002D0D84" w:rsidRPr="001A0F63" w:rsidRDefault="00FA3A1E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0019757D">
-[...13 lines deleted...]
-              <w:t>емлекеттік қызметті көрсету үшін қажетті ұсынылған материалдардың, объектілердің, деректердің және мәліметтердің осы Қағидалармен белгіленген талаптарға сәйкес келмеуі;</w:t>
+            <w:r w:rsidRPr="001A0F63">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) несоответствие </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A0F63">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A0F63">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и (или) представленных материалов, объектов, данных и сведений, необходимых для оказания государственной услуги, Перечню требований, установленному настоящими правилами;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="000D2049" w:rsidRPr="0019757D" w:rsidRDefault="00633176">
+          <w:p w:rsidR="002D0D84" w:rsidRPr="001A0F63" w:rsidRDefault="00FA3A1E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0019757D">
-[...31 lines deleted...]
-              <w:t xml:space="preserve">бес деректер және оларды қорғау туралы" Қазақстан Республикасы Заңының 8-бабына сәйкес берілетін қолжетімділігі шектеулі дербес деректерге қол жеткізуге келісімінің болмауы. </w:t>
+            <w:r w:rsidRPr="001A0F63">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3) отсутствие согласия </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A0F63">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A0F63">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, предоставляемого в соответствии со статьей 8 Закона Республики Казахстан "О персональных данных и их защите", на доступ к персональным данным ограниченного доступа, которые требуются для оказания государственной услуги. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000D2049" w:rsidRPr="0019757D" w:rsidTr="003A5465">
+      <w:tr w:rsidR="002D0D84" w:rsidRPr="001A0F63" w:rsidTr="001A0F63">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="50" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="441" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000D2049" w:rsidRPr="0019757D" w:rsidRDefault="00633176">
+          <w:p w:rsidR="002D0D84" w:rsidRPr="001A0F63" w:rsidRDefault="00FA3A1E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0019757D">
+            <w:r w:rsidRPr="001A0F63">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3593" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="3397" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000D2049" w:rsidRPr="0019757D" w:rsidRDefault="00633176">
+          <w:p w:rsidR="002D0D84" w:rsidRPr="001A0F63" w:rsidRDefault="00FA3A1E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0019757D">
-[...13 lines deleted...]
-              <w:t>ция арқылы көрсету ерекшеліктері ескеріле отырып, қойылатын өзге де талаптар</w:t>
+            <w:r w:rsidRPr="001A0F63">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Иные требования с учетом особенностей оказания государственной услуги, в том числе оказываемой в электронной форме и через Государственную корпорацию</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6754" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="6950" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000D2049" w:rsidRPr="0019757D" w:rsidRDefault="00633176">
+          <w:p w:rsidR="002D0D84" w:rsidRPr="001A0F63" w:rsidRDefault="00FA3A1E">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0019757D">
-[...13 lines deleted...]
-              <w:t>етілген. Мемлекеттік қызмет көрсету мәселелері жөніндегі бірыңғай байланыс орталығының телефондары: 1414, 8 800 080 7777.</w:t>
+            <w:r w:rsidRPr="001A0F63">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Контактные телефоны справочных служб по вопросам оказания государственной услуги указаны на </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A0F63">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>интернет-ресурсе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A0F63">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Министерства </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A0F63">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>www</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A0F63">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A0F63">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>edu</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A0F63">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A0F63">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>gov</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A0F63">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A0F63">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>kz</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A0F63">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в разделе "Государственные услуги". </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A0F63">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Телефоны</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A0F63">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A0F63">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Единого</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A0F63">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A0F63">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>контакт-центра</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A0F63">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A0F63">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>по</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A0F63">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A0F63">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>вопросам</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A0F63">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A0F63">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>оказания</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A0F63">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A0F63">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>государственных</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A0F63">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A0F63">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>услуг</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A0F63">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>: 1414, 8 800 080 7777.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="000D2049" w:rsidRPr="00C27FAA" w:rsidRDefault="000D2049" w:rsidP="003A5465">
+    <w:p w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidRDefault="002D0D84">
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="000D2049" w:rsidRPr="00C27FAA" w:rsidSect="00C27FAA">
+    <w:sectPr w:rsidR="002D0D84" w:rsidRPr="00FA3A1E" w:rsidSect="00FA3A1E">
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="567" w:right="567" w:bottom="567" w:left="567" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
-  <w:hideSpellingErrors/>
-  <w:proofState w:grammar="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
-    <w:rsidRoot w:val="000D2049"/>
-[...7 lines deleted...]
-    <w:rsid w:val="00FB27CD"/>
+    <w:rsidRoot w:val="002D0D84"/>
+    <w:rsid w:val="000122B9"/>
+    <w:rsid w:val="00046B97"/>
+    <w:rsid w:val="001A0F63"/>
+    <w:rsid w:val="002D0D84"/>
+    <w:rsid w:val="00337A90"/>
+    <w:rsid w:val="003B19E1"/>
+    <w:rsid w:val="00C409A9"/>
+    <w:rsid w:val="00E5750A"/>
+    <w:rsid w:val="00FA3A1E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -14489,137 +18782,137 @@
   <w:style w:type="character" w:customStyle="1" w:styleId="a9">
     <w:name w:val="Название Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a8"/>
     <w:uiPriority w:val="10"/>
     <w:rsid w:val="00841CD9"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="aa">
     <w:name w:val="Emphasis"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="20"/>
     <w:qFormat/>
     <w:rsid w:val="00D1197D"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="ab">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="000D2049"/>
+    <w:rsid w:val="002D0D84"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="ac">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="59"/>
-    <w:rsid w:val="000D2049"/>
+    <w:rsid w:val="002D0D84"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
     </w:rPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ad">
     <w:name w:val="caption"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:uiPriority w:val="35"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="007109C0"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="disclaimer">
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="a"/>
-    <w:rsid w:val="000D2049"/>
+    <w:rsid w:val="002D0D84"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
-    <w:rsid w:val="000D2049"/>
+    <w:rsid w:val="002D0D84"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ae">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="af"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00C27FAA"/>
+    <w:rsid w:val="00FA3A1E"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="af">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="ae"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00C27FAA"/>
+    <w:rsid w:val="00FA3A1E"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
@@ -14881,64 +19174,64 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>14</Pages>
-  <Words>7385</Words>
-  <Characters>42097</Characters>
+  <Words>7124</Words>
+  <Characters>40608</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>350</Lines>
-  <Paragraphs>98</Paragraphs>
+  <Lines>338</Lines>
+  <Paragraphs>95</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>49384</CharactersWithSpaces>
+  <CharactersWithSpaces>47637</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>