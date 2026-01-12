--- v0 (2025-10-09)
+++ v1 (2026-01-12)
@@ -1,2642 +1,4865 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="9781" w:type="dxa"/>
+        <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
-        <w:tblInd w:w="851" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5570"/>
-        <w:gridCol w:w="4211"/>
+        <w:gridCol w:w="5371"/>
+        <w:gridCol w:w="3984"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00365E5B" w:rsidTr="00365E5B">
+      <w:tr w:rsidR="00EB3FCC" w:rsidRPr="007D213E" w:rsidTr="00607806">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5570" w:type="dxa"/>
+            <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00365E5B" w:rsidRDefault="00365E5B" w:rsidP="00E17C49">
+          <w:p w:rsidR="00EB3FCC" w:rsidRDefault="00EB3FCC" w:rsidP="00607806">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4211" w:type="dxa"/>
+            <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00365E5B" w:rsidRDefault="00365E5B" w:rsidP="00365E5B">
+          <w:p w:rsidR="00EB3FCC" w:rsidRPr="007D213E" w:rsidRDefault="00EB3FCC" w:rsidP="00EB3FCC">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="right"/>
-            </w:pPr>
-[...7 lines deleted...]
-            <w:r>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Приложение 35 к приказу</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Министр просвещения</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от 12 апреля 2023 года № 95</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EB3FCC" w:rsidRPr="007D213E" w:rsidTr="00607806">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EB3FCC" w:rsidRPr="007D213E" w:rsidRDefault="00EB3FCC" w:rsidP="00607806">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EB3FCC" w:rsidRPr="007D213E" w:rsidRDefault="00EB3FCC" w:rsidP="00EB3FCC">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Приложение 1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>к Правилам оказания</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>государственной услуги</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>"Предоставление бесплатного и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>льготного питания отдельным</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...4 lines deleted...]
-              <w:t>2-қосымша</w:t>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>категориям обучающихся и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>воспитанников в</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>общеобразовательных школах"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EB3FCC" w:rsidTr="00607806">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EB3FCC" w:rsidRPr="007D213E" w:rsidRDefault="00EB3FCC" w:rsidP="00607806">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EB3FCC" w:rsidRDefault="00EB3FCC" w:rsidP="00EB3FCC">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="right"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EB3FCC" w:rsidRPr="007D213E" w:rsidTr="00607806">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EB3FCC" w:rsidRDefault="00EB3FCC" w:rsidP="00607806">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EB3FCC" w:rsidRPr="007D213E" w:rsidRDefault="00EB3FCC" w:rsidP="00EB3FCC">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Руководителю _____________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>__________________________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от гражданина (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ки</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>) _________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>фамилия, имя, отчество</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>(при его наличии) и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>индивидуальный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>идентификационный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>номер заявителя,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>проживающего(-ей) по адресу:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>__________________________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>(наименование населенного</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>пункта, адрес места</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>проживания, телефон)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00365E5B" w:rsidRDefault="00365E5B" w:rsidP="00365E5B">
+    <w:p w:rsidR="00EB3FCC" w:rsidRPr="00EB3FCC" w:rsidRDefault="00EB3FCC" w:rsidP="00EB3FCC">
       <w:pPr>
         <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="z283"/>
-      <w:r>
+      <w:bookmarkStart w:id="0" w:name="z494"/>
+      <w:r w:rsidRPr="00EB3FCC">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
-        </w:rPr>
-        <w:t xml:space="preserve"> "Жалпы білім беретін мектептердегі білім алушылар мен тәрбиеленушілердің жекелеген санаттарына тегін және жеңілдетілген тамақтандыруды ұсыну" мемлекеттік қызмет көрсетуге қойылатын негізгі талаптардың тізбесі</w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Заявление</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-    <w:p w:rsidR="00365E5B" w:rsidRDefault="00365E5B" w:rsidP="00365E5B">
+    <w:p w:rsidR="00EB3FCC" w:rsidRPr="007D213E" w:rsidRDefault="00EB3FCC" w:rsidP="00EB3FCC">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:color w:val="FF0000"/>
-          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="z495"/>
+      <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:rPr>
-          <w:color w:val="FF0000"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">       Ескерту. 2-қосымша жаңа редакцияда - ҚР Оқу-ағарту министрінің 12.04.2023 № 95 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D213E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Прошу Вас включить моего несовершеннолетнего ребенка (фамилия, имя, отчество</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>___________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00365E5B" w:rsidRDefault="00365E5B" w:rsidP="00365E5B">
+    <w:bookmarkEnd w:id="1"/>
+    <w:p w:rsidR="00EB3FCC" w:rsidRPr="007D213E" w:rsidRDefault="00EB3FCC" w:rsidP="00EB3FCC">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:ind w:left="-1134"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="007D213E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(при его наличии) и индивидуальный идентификационный номер, дата рождения</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007D213E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>),</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>_______________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EB3FCC" w:rsidRPr="007D213E" w:rsidRDefault="00EB3FCC" w:rsidP="00EB3FCC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D213E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>обучающегося в (указать № школы, № и литер класса) в список обучающихся и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D213E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>воспитанников, обеспечивающихся бесплатным и льготным питанием на (указать учебный</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D213E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>год).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EB3FCC" w:rsidRPr="00EB3FCC" w:rsidRDefault="00EB3FCC" w:rsidP="00EB3FCC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D213E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D213E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Согласен(а) на использования сведений, составляющих охраняемую </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB3FCC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Законом</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EB3FCC" w:rsidRPr="007D213E" w:rsidRDefault="00EB3FCC" w:rsidP="00EB3FCC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D213E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Республики Казахстан "О персональных данных и их защите" тайну, содержащихся в</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EB3FCC" w:rsidRPr="007D213E" w:rsidRDefault="00EB3FCC" w:rsidP="00EB3FCC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D213E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>информационных системах.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EB3FCC" w:rsidRPr="007D213E" w:rsidRDefault="00EB3FCC" w:rsidP="00EB3FCC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="z496"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D213E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "___" __________20__года </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D213E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D213E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D213E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D213E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2"/>
+    <w:p w:rsidR="00EB3FCC" w:rsidRPr="007D213E" w:rsidRDefault="00EB3FCC" w:rsidP="00EB3FCC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D213E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D213E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D213E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D213E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D213E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D213E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D213E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D213E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D213E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> подпись гражданина (-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007D213E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ки</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007D213E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10936" w:type="dxa"/>
+        <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
-        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5533"/>
+        <w:gridCol w:w="3822"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00EB3FCC" w:rsidRPr="007D213E" w:rsidTr="00607806">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EB3FCC" w:rsidRPr="007D213E" w:rsidRDefault="00EB3FCC" w:rsidP="00607806">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EB3FCC" w:rsidRDefault="00EB3FCC" w:rsidP="00607806">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00EB3FCC" w:rsidRDefault="00EB3FCC" w:rsidP="00607806">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00EB3FCC" w:rsidRDefault="00EB3FCC" w:rsidP="00607806">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00EB3FCC" w:rsidRDefault="00EB3FCC" w:rsidP="00607806">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00EB3FCC" w:rsidRDefault="00EB3FCC" w:rsidP="00607806">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00EB3FCC" w:rsidRDefault="00EB3FCC" w:rsidP="00607806">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00EB3FCC" w:rsidRDefault="00EB3FCC" w:rsidP="00607806">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00EB3FCC" w:rsidRDefault="00EB3FCC" w:rsidP="00607806">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00EB3FCC" w:rsidRDefault="00EB3FCC" w:rsidP="00607806">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00EB3FCC" w:rsidRDefault="00EB3FCC" w:rsidP="00607806">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00EB3FCC" w:rsidRPr="007D213E" w:rsidRDefault="00EB3FCC" w:rsidP="00EB3FCC">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Приложение 36 к приказу</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Приложение 2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>к Правилам оказания</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>государственной услуги</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>"Предоставление бесплатного и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>льготного питания отдельным</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>категориям обучающихся и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>воспитанников в</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>общеобразовательных школах"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00EB3FCC" w:rsidRDefault="00EB3FCC" w:rsidP="00EB3FCC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="z498"/>
+      <w:r w:rsidRPr="007D213E">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EB3FCC" w:rsidRPr="007D213E" w:rsidRDefault="00EB3FCC" w:rsidP="00EB3FCC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D213E">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Перечень основных требований к оказанию государственной услуги "Предоставление бесплатного и льготного питания отдельным категориям обучающихся и воспитанников в общеобразовательных школах"</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="10490" w:type="dxa"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="-857" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="21"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="3156"/>
+        <w:gridCol w:w="709"/>
+        <w:gridCol w:w="1843"/>
+        <w:gridCol w:w="5228"/>
+        <w:gridCol w:w="2710"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00365E5B" w:rsidTr="00365E5B">
+      <w:tr w:rsidR="00EB3FCC" w:rsidRPr="007D213E" w:rsidTr="00EB3FCC">
         <w:trPr>
-          <w:gridBefore w:val="1"/>
-          <w:wBefore w:w="21" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00365E5B" w:rsidRDefault="00365E5B" w:rsidP="00E17C49">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:bookmarkEnd w:id="3"/>
+          <w:p w:rsidR="00EB3FCC" w:rsidRDefault="00EB3FCC" w:rsidP="00EB3FCC">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:firstLine="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00365E5B" w:rsidRDefault="00365E5B" w:rsidP="00E17C49">
-[...11 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00EB3FCC" w:rsidRDefault="00EB3FCC" w:rsidP="00607806">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Наименование</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>услугодателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7938" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00365E5B" w:rsidRDefault="00365E5B" w:rsidP="00E17C49">
-[...10 lines deleted...]
-              <w:t>Облыстардың, Астана, Алматы және Шымкент қалаларының, аудандар мен облыстық маңызы бар қалалардың жергілікті атқарушы органдары, республикалық маңызы бар қалалардың және астананың білім басқармалары, аудандардағы, облыстық маңызы бар қалалардағы білім бөлімдері, білім беру ұйымдары.</w:t>
+          <w:p w:rsidR="00EB3FCC" w:rsidRPr="007D213E" w:rsidRDefault="00EB3FCC" w:rsidP="00607806">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Местные исполнительные органы областей, городов Астана, Алматы и Шымкент, районов и городов областного значения, управления образования областей, городов республиканского значения и столицы, отделы образования районов и городов областного значения, организации образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00365E5B" w:rsidTr="00365E5B">
+      <w:tr w:rsidR="00EB3FCC" w:rsidRPr="007D213E" w:rsidTr="00EB3FCC">
         <w:trPr>
-          <w:gridBefore w:val="1"/>
-          <w:wBefore w:w="21" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00365E5B" w:rsidRDefault="00365E5B" w:rsidP="00E17C49">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w:rsidR="00EB3FCC" w:rsidRDefault="00EB3FCC" w:rsidP="00EB3FCC">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="7" w:firstLine="13"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00365E5B" w:rsidRDefault="00365E5B" w:rsidP="00E17C49">
-[...10 lines deleted...]
-              <w:t>Мемлекеттік қызметті ұсыну тәсілдері</w:t>
+          <w:p w:rsidR="00EB3FCC" w:rsidRDefault="00EB3FCC" w:rsidP="00607806">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Способы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>предоставления</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>государственной</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>услуги</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7938" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00365E5B" w:rsidRDefault="00365E5B" w:rsidP="00E17C49">
-[...68 lines deleted...]
-              <w:t xml:space="preserve"> үкіметтің" www.egov.kz веб-порталы (бұдан әрі - портал) арқылы жүзеге асырылады.</w:t>
+          <w:p w:rsidR="00EB3FCC" w:rsidRPr="007D213E" w:rsidRDefault="00EB3FCC" w:rsidP="00607806">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="4" w:name="z499"/>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Прием заявления и выдача результата оказания государственной услуги осуществляются через:</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="4"/>
+          <w:p w:rsidR="00EB3FCC" w:rsidRPr="007D213E" w:rsidRDefault="00EB3FCC" w:rsidP="00607806">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) канцелярию </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугодателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EB3FCC" w:rsidRPr="007D213E" w:rsidRDefault="00EB3FCC" w:rsidP="00607806">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) веб-портал "электронного правительства" </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>www</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>egov</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>kz</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (далее – портал).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00365E5B" w:rsidTr="00365E5B">
+      <w:tr w:rsidR="00EB3FCC" w:rsidRPr="007D213E" w:rsidTr="00EB3FCC">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="588" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00365E5B" w:rsidRDefault="00365E5B" w:rsidP="00E17C49">
+          <w:p w:rsidR="00EB3FCC" w:rsidRDefault="00EB3FCC" w:rsidP="00607806">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00365E5B" w:rsidRDefault="00365E5B" w:rsidP="00E17C49">
-[...25 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00EB3FCC" w:rsidRDefault="00EB3FCC" w:rsidP="00607806">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Срок</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оказания</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>государственной</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>услуги</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7938" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00365E5B" w:rsidRDefault="00365E5B" w:rsidP="00E17C49">
-[...54 lines deleted...]
-              <w:t xml:space="preserve"> қызметті алушыға қызмет көрсетудің рұқсат берілетін ең ұзақ уақыты - 30 минут.</w:t>
+          <w:p w:rsidR="00EB3FCC" w:rsidRPr="007D213E" w:rsidRDefault="00EB3FCC" w:rsidP="00607806">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="5" w:name="z501"/>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) с момента сдачи документов </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугодателю</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>, а также при обращении на портал – 5 (пять) рабочих дней;</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="5"/>
+          <w:p w:rsidR="00EB3FCC" w:rsidRPr="007D213E" w:rsidRDefault="00EB3FCC" w:rsidP="00607806">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) максимально допустимое время ожидания для сдачи документов у </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугодателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – 15 минут;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EB3FCC" w:rsidRPr="007D213E" w:rsidRDefault="00EB3FCC" w:rsidP="00607806">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3) максимально допустимое время обслуживания </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугодателем</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – 30 минут.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00365E5B" w:rsidTr="00365E5B">
+      <w:tr w:rsidR="00EB3FCC" w:rsidRPr="007D213E" w:rsidTr="00EB3FCC">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="588" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00365E5B" w:rsidRDefault="00365E5B" w:rsidP="00E17C49">
+          <w:p w:rsidR="00EB3FCC" w:rsidRDefault="00EB3FCC" w:rsidP="00607806">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00365E5B" w:rsidRDefault="00365E5B" w:rsidP="00E17C49">
-[...11 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00EB3FCC" w:rsidRDefault="00EB3FCC" w:rsidP="00607806">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оказания</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7938" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00365E5B" w:rsidRDefault="00365E5B" w:rsidP="00E17C49">
-[...11 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00EB3FCC" w:rsidRPr="007D213E" w:rsidRDefault="00EB3FCC" w:rsidP="00607806">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Электронная (частично автоматизированная)\ бумажная/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>проактивная</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00365E5B" w:rsidTr="00365E5B">
+      <w:tr w:rsidR="00EB3FCC" w:rsidRPr="007D213E" w:rsidTr="00EB3FCC">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="588" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00365E5B" w:rsidRDefault="00365E5B" w:rsidP="00E17C49">
+          <w:p w:rsidR="00EB3FCC" w:rsidRDefault="00EB3FCC" w:rsidP="00607806">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00365E5B" w:rsidRDefault="00365E5B" w:rsidP="00E17C49">
-[...11 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00EB3FCC" w:rsidRDefault="00EB3FCC" w:rsidP="00607806">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Результат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оказания</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>государственной</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>услуги</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7938" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00365E5B" w:rsidRDefault="00365E5B" w:rsidP="00E17C49">
-[...24 lines deleted...]
-              <w:t>Порталда мемлекеттік қызмет көрсетудің нәтижесі көрсетілетін қызметті алушының "жеке кабинетіне" жіберіледі және сақталады.</w:t>
+          <w:p w:rsidR="00EB3FCC" w:rsidRPr="007D213E" w:rsidRDefault="00EB3FCC" w:rsidP="00607806">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="6" w:name="z503"/>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Справка о предоставлении бесплатного и льготного питания в общеобразовательной школе либо мотивированный ответ об отказе в оказании государственной услуги в случаях и по основаниям, предусмотренным пунктом 9 требований к оказанию государственной услуги.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="6"/>
+          <w:p w:rsidR="00EB3FCC" w:rsidRPr="007D213E" w:rsidRDefault="00EB3FCC" w:rsidP="00607806">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">На портале результат оказания государственной услуги направляется и хранится в "личном кабинете" </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00365E5B" w:rsidTr="00365E5B">
+      <w:tr w:rsidR="00EB3FCC" w:rsidTr="00EB3FCC">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="588" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00365E5B" w:rsidRDefault="00365E5B" w:rsidP="00E17C49">
+          <w:p w:rsidR="00EB3FCC" w:rsidRDefault="00EB3FCC" w:rsidP="00607806">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00365E5B" w:rsidRDefault="00365E5B" w:rsidP="00E17C49">
-[...24 lines deleted...]
-              <w:t>Қазақстан Республикасының заңнамасында көзделген жағдайларда мемлекеттік қызмет көрсету кезінде мемлекеттік қызмет көрсету тәртібі және оны алу тәсілдері</w:t>
+          <w:p w:rsidR="00EB3FCC" w:rsidRPr="007D213E" w:rsidRDefault="00EB3FCC" w:rsidP="00607806">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="7" w:name="z504"/>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Размер оплаты, взимаемой с </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="7"/>
+          <w:p w:rsidR="00EB3FCC" w:rsidRPr="007D213E" w:rsidRDefault="00EB3FCC" w:rsidP="00607806">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>при оказании государственной услуги, и способы ее взимания в случаях, предусмотренных законодательством Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7938" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00365E5B" w:rsidRDefault="00365E5B" w:rsidP="00E17C49">
-[...11 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00EB3FCC" w:rsidRDefault="00EB3FCC" w:rsidP="00607806">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Бесплатно</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00365E5B" w:rsidRPr="007A5BFC" w:rsidTr="00365E5B">
+      <w:tr w:rsidR="00EB3FCC" w:rsidTr="00EB3FCC">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="588" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00365E5B" w:rsidRDefault="00365E5B" w:rsidP="00E17C49">
+          <w:p w:rsidR="00EB3FCC" w:rsidRDefault="00EB3FCC" w:rsidP="00607806">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00365E5B" w:rsidRDefault="00365E5B" w:rsidP="00E17C49">
-[...18 lines deleted...]
-              <w:t>ақпарат объектілерінің жұмыс графигі</w:t>
+          <w:p w:rsidR="00EB3FCC" w:rsidRPr="007D213E" w:rsidRDefault="00EB3FCC" w:rsidP="00607806">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">График работы </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугодателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>, Государственной корпорации и объектов информации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7938" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00365E5B" w:rsidRDefault="00365E5B" w:rsidP="00E17C49">
-[...25 lines deleted...]
-              <w:lastRenderedPageBreak/>
+          <w:p w:rsidR="00EB3FCC" w:rsidRPr="007D213E" w:rsidRDefault="00EB3FCC" w:rsidP="00607806">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="8" w:name="z505"/>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугодателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>: с понедельника по пятницу включительно, с 9.00 до 18.30 часов, с перерывом на обед с 13.00 часов до 14.30 часов, кроме выходных и праздничных дней, согласно трудовому законодательству Республики Казахстан.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="8"/>
+          <w:p w:rsidR="00EB3FCC" w:rsidRPr="007D213E" w:rsidRDefault="00EB3FCC" w:rsidP="00607806">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) портала: круглосуточно, за исключением технических перерывов в связи с проведением ремонтных работ (при обращении </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> после окончания рабочего времени, в выходные и праздничные дни согласно трудовому законодательству Республики Казахстан, прием заявления и выдача результата оказания государственной услуги осуществляется следующим рабочим днем).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EB3FCC" w:rsidRPr="007D213E" w:rsidRDefault="00EB3FCC" w:rsidP="00607806">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Адреса мест оказания государственной услуги размещены на:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EB3FCC" w:rsidRPr="007D213E" w:rsidRDefault="00EB3FCC" w:rsidP="00607806">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>интернет-ресурсе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Министерства просвещения Республики Казахстан: </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>www</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>edu</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>gov</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>kz</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EB3FCC" w:rsidRDefault="00EB3FCC" w:rsidP="00607806">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t xml:space="preserve">2) </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>порталда</w:t>
-            </w:r>
+              <w:t>портале</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>: жөндеу жұмыстарын жүргізуге байланысты техникалық үзілістерді қоспағанда, тәулік бойы (Қазақстан Республикасының еңбек заңнамасына сәйкес көрсетілетін қызметті алушы жұмыс уақыты аяқталғаннан кейін, демалыс және мереке күндері жүгінген жағдайда өтінішті қабылдау және мемлекеттік қызмет көрсету нәтижесін беру келесі жұмыс күнімен жүзеге асырылады).</w:t>
-[...154 lines deleted...]
-              <w:t xml:space="preserve"> порталында орналасқан.</w:t>
+              <w:t>: www.egov.kz.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00365E5B" w:rsidTr="00365E5B">
+      <w:tr w:rsidR="00EB3FCC" w:rsidRPr="007D213E" w:rsidTr="00EB3FCC">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="588" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00365E5B" w:rsidRDefault="00365E5B" w:rsidP="00E17C49">
+          <w:p w:rsidR="00EB3FCC" w:rsidRDefault="00EB3FCC" w:rsidP="00607806">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00365E5B" w:rsidRDefault="00365E5B" w:rsidP="00E17C49">
-[...10 lines deleted...]
-              <w:t>Мемлекеттік қызмет көрсету үшін көрсетілетін қызметті алушыдан талап етілетін құжаттар мен мәліметтердің тізбесі</w:t>
+          <w:p w:rsidR="00EB3FCC" w:rsidRPr="007D213E" w:rsidRDefault="00EB3FCC" w:rsidP="00607806">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Перечень документов и сведений, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>истребуемых</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> у </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> для оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7938" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00365E5B" w:rsidRDefault="00365E5B" w:rsidP="00E17C49">
-[...262 lines deleted...]
-                <w:sz w:val="20"/>
+          <w:p w:rsidR="00EB3FCC" w:rsidRPr="007D213E" w:rsidRDefault="00EB3FCC" w:rsidP="00607806">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="9" w:name="z509"/>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">к </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугодателю</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="9"/>
+          <w:p w:rsidR="00EB3FCC" w:rsidRPr="007D213E" w:rsidRDefault="00EB3FCC" w:rsidP="00607806">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>1) заявление;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EB3FCC" w:rsidRPr="007D213E" w:rsidRDefault="00EB3FCC" w:rsidP="00607806">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>2) документ, удостоверяющий личность либо электронный документ из сервиса цифровых документов (требуется для идентификации личности);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EB3FCC" w:rsidRPr="007D213E" w:rsidRDefault="00EB3FCC" w:rsidP="00607806">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>3) свидетельство о рождении ребенка (детей) в электронной форме или его копия на бумажном носителе, при отсутствии сведений в информационной системе "Регистрационный пункт ЗАГС" (далее – ИС ЗАГС) либо родившегося за пределами Республики Казахстан;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EB3FCC" w:rsidRPr="007D213E" w:rsidRDefault="00EB3FCC" w:rsidP="00607806">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>4) копия свидетельства о заключении или расторжении брака (при отсутствии сведений в ИС ЗАГС);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EB3FCC" w:rsidRPr="007D213E" w:rsidRDefault="00EB3FCC" w:rsidP="00607806">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>5) копия документа, подтверждающего статус:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EB3FCC" w:rsidRPr="007D213E" w:rsidRDefault="00EB3FCC" w:rsidP="00607806">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">для детей из семей, имеющих право на получение государственной адресной социальной помощи - справка, подтверждающая принадлежность </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (семьи) к получателям государственной адресной социальной помощи, предоставляемая местными исполнительными органами;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EB3FCC" w:rsidRPr="007D213E" w:rsidRDefault="00EB3FCC" w:rsidP="00607806">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>для детей из семей, не получающих государственную адресную социальную помощь, в которых среднедушевой доход ниже величины прожиточного минимума - документы о полученных доходах (справка о заработной плате работающих родителей или лиц их заменяющих, о доходах от предпринимательской и других видов деятельности, о доходах в виде алиментов на детей и других иждивенцев);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EB3FCC" w:rsidRPr="007D213E" w:rsidRDefault="00EB3FCC" w:rsidP="00607806">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>для детей - сирот и детей, оставшиеся без попечения родителей, проживающих в семьях - решение уполномоченного органа об утверждении опеки (попечительства), патронатного воспитания для детей-сирот и детей, оставшихся без попечения родителей, воспитывающихся в семьях;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EB3FCC" w:rsidRPr="007D213E" w:rsidRDefault="00EB3FCC" w:rsidP="00607806">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>для детей из семей, требующих экстренной помощи в результате чрезвычайных ситуаций и иных категории обучающихся и воспитанников, определяемых коллегиальным органом управления организации образования - решение коллегиального органа на основании обследования материально-бытового положения семьи.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EB3FCC" w:rsidRPr="007D213E" w:rsidRDefault="00EB3FCC" w:rsidP="00607806">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Документы представляются в подлинниках для сверки, после чего подлинники возвращаются </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателю</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EB3FCC" w:rsidRPr="007D213E" w:rsidRDefault="00EB3FCC" w:rsidP="00607806">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>на портал:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EB3FCC" w:rsidRPr="007D213E" w:rsidRDefault="00EB3FCC" w:rsidP="00607806">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) заявление в форме электронного документа, подписанное ЭЦП </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> или удостоверенное одноразовым паролем, при регистрации и подключения абонентского номера </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>, предоставленного оператором сотовой связи, к учетной записи портала;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EB3FCC" w:rsidRPr="007D213E" w:rsidRDefault="00EB3FCC" w:rsidP="00607806">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>2) электронная копия свидетельства о рождении ребенка, при отсутствии сведений в ИС ЗАГС либо родившегося за пределами Республики Казахстан;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EB3FCC" w:rsidRPr="007D213E" w:rsidRDefault="00EB3FCC" w:rsidP="00607806">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>3) электронная копия свидетельства о заключении или расторжении брака (при отсутствии сведений в ИС ЗАГС);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EB3FCC" w:rsidRPr="007D213E" w:rsidRDefault="00EB3FCC" w:rsidP="00607806">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>4) электронная копия документа, подтверждающего статус:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EB3FCC" w:rsidRPr="007D213E" w:rsidRDefault="00EB3FCC" w:rsidP="00607806">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">для детей из семей, имеющих право на получение государственной адресной социальной помощи - справка, подтверждающая принадлежность </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (семьи) к получателям государственной адресной социальной помощи, предоставляемая местными исполнительными органами;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EB3FCC" w:rsidRPr="007D213E" w:rsidRDefault="00EB3FCC" w:rsidP="00607806">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>для детей из семей, не получающих государственную адресную социальную помощь, в которых среднедушевой доход ниже величины прожиточного минимума - документы о полученных доходах (справка о заработной плате работающих родителей или лиц их заменяющих, о доходах от предпринимательской и других видов деятельности, о доходах в виде алиментов на детей и других иждивенцев);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EB3FCC" w:rsidRPr="007D213E" w:rsidRDefault="00EB3FCC" w:rsidP="00607806">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>для детей - сирот и детей, оставшихся без попечения родителей, проживающих в семьях - решение уполномоченного органа об утверждении опеки (попечительства), патронатного воспитания для детей-сирот и детей, оставшихся без попечения родителей, воспитывающихся в семьях;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EB3FCC" w:rsidRPr="007D213E" w:rsidRDefault="00EB3FCC" w:rsidP="00607806">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">для детей из семей, требующих экстренной помощи в результате чрезвычайных ситуаций и иных категории обучающихся и воспитанников, определяемых коллегиальным органом </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>құжаттар (жұмыс істейтін ата-аналардың немесе оларды алмастыратын адамдардың жалақылары туралы, кәсіпкерліктен және басқа да қызмет түрлерінен түсетін табыстары туралы, балаларға және басқа да асырауындағыларға төленетін алимент түріндегі табыстары туралы анықтама);</w:t>
-[...36 lines deleted...]
-              <w:t xml:space="preserve"> жағдайлардың салдарынан шұғыл көмекті талап ететін отбасылардан шыққан және білім беру ұйымының алқалы басқару органы айқындайтын білім алушылар мен тәрбиеленушілердің өзге де санаттарына жататын балалар үшін - отбасының материалдық-тұрмыстық жағдайын тексеру негізінде алқалы органның шешімі.</w:t>
+              <w:t>управления организации образования - решение коллегиального органа на основании обследования материально-бытового положения семьи.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00365E5B" w:rsidTr="00365E5B">
+      <w:tr w:rsidR="00EB3FCC" w:rsidRPr="007D213E" w:rsidTr="00EB3FCC">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="588" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00365E5B" w:rsidRDefault="00365E5B" w:rsidP="00E17C49">
+          <w:p w:rsidR="00EB3FCC" w:rsidRDefault="00EB3FCC" w:rsidP="00607806">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00365E5B" w:rsidRDefault="00365E5B" w:rsidP="00E17C49">
-[...10 lines deleted...]
-              <w:t>Қазақстан Республикасының заңнамасында белгіленген мемлекеттік қызмет көрсетуден бас тарту үшін негіздер</w:t>
+          <w:p w:rsidR="00EB3FCC" w:rsidRPr="007D213E" w:rsidRDefault="00EB3FCC" w:rsidP="00607806">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Основания для отказа в оказании государственной услуги, установленные законодательством Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7938" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00365E5B" w:rsidRDefault="00365E5B" w:rsidP="00E17C49">
-[...54 lines deleted...]
-              <w:t xml:space="preserve"> қызметті алушының мемлекеттік қызмет көрсету үшін талап етілетін, "Дербес деректер және оларды қорғау туралы" Қазақстан Республикасы Заңының 8-бабына сәйкес берілетін қолжетімділігі шектеулі дербес деректерге қол жеткізуге келісімі болмауы бойынша мемлекеттік қызметтерді көрсетуден бас тартады.</w:t>
+          <w:p w:rsidR="00EB3FCC" w:rsidRPr="007D213E" w:rsidRDefault="00EB3FCC" w:rsidP="00607806">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="10" w:name="z528"/>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) установление недостоверности документов, представленных </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателем</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> для получения государственной услуги, и (или) данных (сведений), содержащихся в них;</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="10"/>
+          <w:p w:rsidR="00EB3FCC" w:rsidRPr="007D213E" w:rsidRDefault="00EB3FCC" w:rsidP="00607806">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) несоответствие </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и (или) представленных материалов, объектов, данных и сведений, необходимых для оказания государственной услуги, требованиям, установленным постановлением Правительства Республики Казахстан от 25 января 2008 года № 64 "Об утверждении Правил формирования, направления расходования и учета средств, выделяемых на оказание финансовой и материальной помощи обучающимся и воспитанникам государственных учреждений образования из семей, имеющих право на получение государственной адресной социальной помощи, а также из семей, не получающих государственную адресную социальную помощь, в которых среднедушевой доход ниже величины прожиточного минимума, и детям - сиротам, детям, оставшимся без попечения родителей, проживающим в семьях, детям из семей, требующих экстренной помощи в результате чрезвычайных ситуаций, и иным категориям обучающихся и воспитанников";</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EB3FCC" w:rsidRPr="007D213E" w:rsidRDefault="00EB3FCC" w:rsidP="00607806">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 3) отсутствие согласия </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>, предоставляемого в соответствии со статьей 8 Закона Республики Казахстан "О персональных данных и их защите", на доступ к персональным данным ограниченного доступа, которые требуются для оказания государственной услуги.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00365E5B" w:rsidTr="00365E5B">
+      <w:tr w:rsidR="00EB3FCC" w:rsidRPr="007D213E" w:rsidTr="00EB3FCC">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="588" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00365E5B" w:rsidRDefault="00365E5B" w:rsidP="00E17C49">
+          <w:p w:rsidR="00EB3FCC" w:rsidRDefault="00EB3FCC" w:rsidP="00607806">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00365E5B" w:rsidRDefault="00365E5B" w:rsidP="00E17C49">
-[...10 lines deleted...]
-              <w:t xml:space="preserve"> Мемлекеттік қызмет көрсетудің, оның ішінде электрондық нысанда көрсетілетін қызметтің ерекшеліктерін ескере отырып қойылатын өзге де талаптар </w:t>
+          <w:p w:rsidR="00EB3FCC" w:rsidRPr="007D213E" w:rsidRDefault="00EB3FCC" w:rsidP="00607806">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Иные требования с учетом особенностей оказания государственной услуги, в том числе оказываемой в электронной форме </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7938" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00365E5B" w:rsidRDefault="00365E5B" w:rsidP="00E17C49">
-[...52 lines deleted...]
-              <w:t>Цифрлық құжатты пайдалану үшін электрондық-цифрлық қолтаңбаны немесе бір реттік парольді пайдалана отырып, мобильді қосымшада авторландырудан өту, одан әрі "цифрлық құжаттар" бөліміне өтіп, қажетті құжатты таңдау қажет.</w:t>
+          <w:p w:rsidR="00EB3FCC" w:rsidRPr="007D213E" w:rsidRDefault="00EB3FCC" w:rsidP="00607806">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="11" w:name="z530"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Услугополучатель</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> имеет возможность получения государственной услуги в электронной форме через портал при условии наличия ЭЦП.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="11"/>
+          <w:p w:rsidR="00EB3FCC" w:rsidRPr="007D213E" w:rsidRDefault="00EB3FCC" w:rsidP="00607806">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Информацию о порядке и статусе оказания государственной услуги </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучатель</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> получает посредством Единого контакт-центра: 1414, 8 800 080 7777.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EB3FCC" w:rsidRPr="007D213E" w:rsidRDefault="00EB3FCC" w:rsidP="00607806">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Сервис цифровых документов доступен для пользователей, авторизованных в мобильном приложении.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EB3FCC" w:rsidRPr="007D213E" w:rsidRDefault="00EB3FCC" w:rsidP="00607806">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Для использования цифрового документа необходимо пройти авторизацию в мобильном приложении с использованием электронно-цифровой подписи или одноразового пароля, далее перейти в раздел "Цифровые документы" и выбрать необходимый документ.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00365E5B" w:rsidTr="00365E5B">
+      <w:tr w:rsidR="00EB3FCC" w:rsidRPr="007D213E" w:rsidTr="00EB3FCC">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="3"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00365E5B" w:rsidRDefault="00365E5B" w:rsidP="00E17C49">
+          <w:p w:rsidR="00EB3FCC" w:rsidRPr="007D213E" w:rsidRDefault="00EB3FCC" w:rsidP="00607806">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
-            </w:pPr>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="12" w:name="_GoBack" w:colFirst="1" w:colLast="1"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3156" w:type="dxa"/>
+            <w:tcW w:w="2710" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00365E5B" w:rsidRDefault="00365E5B" w:rsidP="00E17C49">
+          <w:p w:rsidR="00EB3FCC" w:rsidRDefault="00EB3FCC" w:rsidP="00EB3FCC">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:jc w:val="center"/>
-[...6 lines deleted...]
-          <w:p w:rsidR="00365E5B" w:rsidRDefault="00365E5B" w:rsidP="00E17C49">
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00EB3FCC" w:rsidRDefault="00EB3FCC" w:rsidP="00EB3FCC">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:jc w:val="center"/>
-[...6 lines deleted...]
-          <w:p w:rsidR="00365E5B" w:rsidRDefault="00365E5B" w:rsidP="00E17C49">
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00EB3FCC" w:rsidRDefault="00EB3FCC" w:rsidP="00EB3FCC">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:jc w:val="center"/>
-[...6 lines deleted...]
-          <w:p w:rsidR="00365E5B" w:rsidRDefault="00365E5B" w:rsidP="00E17C49">
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00EB3FCC" w:rsidRDefault="00EB3FCC" w:rsidP="00EB3FCC">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:jc w:val="center"/>
-[...6 lines deleted...]
-          <w:p w:rsidR="00365E5B" w:rsidRDefault="00365E5B" w:rsidP="00E17C49">
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00EB3FCC" w:rsidRDefault="00EB3FCC" w:rsidP="00EB3FCC">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:jc w:val="center"/>
-[...6 lines deleted...]
-          <w:p w:rsidR="00365E5B" w:rsidRDefault="00365E5B" w:rsidP="00E17C49">
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00EB3FCC" w:rsidRDefault="00EB3FCC" w:rsidP="00EB3FCC">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:jc w:val="center"/>
-[...6 lines deleted...]
-          <w:p w:rsidR="00365E5B" w:rsidRDefault="00365E5B" w:rsidP="00E17C49">
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00EB3FCC" w:rsidRDefault="00EB3FCC" w:rsidP="00EB3FCC">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:jc w:val="center"/>
-[...6 lines deleted...]
-          <w:p w:rsidR="00365E5B" w:rsidRDefault="00365E5B" w:rsidP="00E17C49">
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00EB3FCC" w:rsidRDefault="00EB3FCC" w:rsidP="00EB3FCC">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:jc w:val="center"/>
-[...6 lines deleted...]
-          <w:p w:rsidR="00365E5B" w:rsidRDefault="00365E5B" w:rsidP="00E17C49">
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00EB3FCC" w:rsidRDefault="00EB3FCC" w:rsidP="00EB3FCC">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:jc w:val="center"/>
-[...6 lines deleted...]
-          <w:p w:rsidR="00365E5B" w:rsidRDefault="00365E5B" w:rsidP="00E17C49">
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00EB3FCC" w:rsidRDefault="00EB3FCC" w:rsidP="00EB3FCC">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:jc w:val="center"/>
-[...6 lines deleted...]
-          <w:p w:rsidR="00365E5B" w:rsidRDefault="00365E5B" w:rsidP="00E17C49">
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00EB3FCC" w:rsidRDefault="00EB3FCC" w:rsidP="00EB3FCC">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:jc w:val="center"/>
-[...6 lines deleted...]
-          <w:p w:rsidR="00365E5B" w:rsidRDefault="00365E5B" w:rsidP="00E17C49">
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00EB3FCC" w:rsidRDefault="00EB3FCC" w:rsidP="00EB3FCC">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:jc w:val="center"/>
-[...6 lines deleted...]
-          <w:p w:rsidR="00365E5B" w:rsidRDefault="00365E5B" w:rsidP="00E17C49">
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00EB3FCC" w:rsidRDefault="00EB3FCC" w:rsidP="00EB3FCC">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:jc w:val="center"/>
-[...6 lines deleted...]
-          <w:p w:rsidR="00365E5B" w:rsidRDefault="00365E5B" w:rsidP="00E17C49">
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00EB3FCC" w:rsidRDefault="00EB3FCC" w:rsidP="00EB3FCC">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:jc w:val="center"/>
-[...6 lines deleted...]
-          <w:p w:rsidR="00365E5B" w:rsidRDefault="00365E5B" w:rsidP="00E17C49">
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00EB3FCC" w:rsidRDefault="00EB3FCC" w:rsidP="00EB3FCC">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:jc w:val="center"/>
-[...6 lines deleted...]
-          <w:p w:rsidR="00365E5B" w:rsidRDefault="00365E5B" w:rsidP="00E17C49">
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00EB3FCC" w:rsidRDefault="00EB3FCC" w:rsidP="00EB3FCC">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:jc w:val="center"/>
-[...6 lines deleted...]
-          <w:p w:rsidR="00365E5B" w:rsidRDefault="00365E5B" w:rsidP="00E17C49">
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00EB3FCC" w:rsidRDefault="00EB3FCC" w:rsidP="00EB3FCC">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:jc w:val="center"/>
-[...6 lines deleted...]
-          <w:p w:rsidR="00365E5B" w:rsidRDefault="00365E5B" w:rsidP="00E17C49">
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00EB3FCC" w:rsidRDefault="00EB3FCC" w:rsidP="00EB3FCC">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:jc w:val="center"/>
-[...6 lines deleted...]
-          <w:p w:rsidR="00365E5B" w:rsidRDefault="00365E5B" w:rsidP="00E17C49">
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00EB3FCC" w:rsidRDefault="00EB3FCC" w:rsidP="00EB3FCC">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:jc w:val="center"/>
-[...8 lines deleted...]
-            <w:r>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00EB3FCC" w:rsidRDefault="00EB3FCC" w:rsidP="00EB3FCC">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00EB3FCC" w:rsidRDefault="00EB3FCC" w:rsidP="00EB3FCC">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00EB3FCC" w:rsidRDefault="00EB3FCC" w:rsidP="00EB3FCC">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00EB3FCC" w:rsidRDefault="00EB3FCC" w:rsidP="00EB3FCC">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00EB3FCC" w:rsidRDefault="00EB3FCC" w:rsidP="00EB3FCC">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00EB3FCC" w:rsidRDefault="00EB3FCC" w:rsidP="00EB3FCC">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00EB3FCC" w:rsidRDefault="00EB3FCC" w:rsidP="00EB3FCC">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00EB3FCC" w:rsidRDefault="00EB3FCC" w:rsidP="00EB3FCC">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00EB3FCC" w:rsidRDefault="00EB3FCC" w:rsidP="00EB3FCC">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00EB3FCC" w:rsidRDefault="00EB3FCC" w:rsidP="00EB3FCC">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00EB3FCC" w:rsidRPr="007D213E" w:rsidRDefault="00EB3FCC" w:rsidP="00EB3FCC">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Приложение 37 к приказу</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Приложение 3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>к Правилам оказания</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>государственной услуги</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>"Предоставление бесплатного и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>льготного питания отдельным</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>категориям обучающихся и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>воспитанников в</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...4 lines deleted...]
-              <w:t>3-қосымша</w:t>
+            <w:r w:rsidRPr="007D213E">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>общеобразовательных школах"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00365E5B" w:rsidTr="00365E5B">
+      <w:tr w:rsidR="00EB3FCC" w:rsidTr="00EB3FCC">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="3"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00365E5B" w:rsidRDefault="00365E5B" w:rsidP="00E17C49">
+          <w:p w:rsidR="00EB3FCC" w:rsidRPr="007D213E" w:rsidRDefault="00EB3FCC" w:rsidP="00607806">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3156" w:type="dxa"/>
+            <w:tcW w:w="2710" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00365E5B" w:rsidRDefault="00365E5B" w:rsidP="00E17C49">
+          <w:p w:rsidR="00EB3FCC" w:rsidRDefault="00EB3FCC" w:rsidP="00EB3FCC">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:jc w:val="center"/>
-[...13 lines deleted...]
-          <w:p w:rsidR="00365E5B" w:rsidRDefault="00365E5B" w:rsidP="00E17C49">
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00EB3FCC" w:rsidRDefault="00EB3FCC" w:rsidP="00EB3FCC">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:jc w:val="center"/>
+              <w:jc w:val="right"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00365E5B" w:rsidRDefault="00365E5B" w:rsidP="00365E5B">
+    <w:p w:rsidR="00EB3FCC" w:rsidRDefault="00EB3FCC" w:rsidP="00EB3FCC">
       <w:pPr>
         <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="1" w:name="z285"/>
+      <w:bookmarkStart w:id="13" w:name="z535"/>
+      <w:bookmarkEnd w:id="12"/>
+      <w:r w:rsidRPr="007D213E">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>СПРАВКА</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D213E">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="007D213E">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Жалпы білім беретін мектептерде тегін және жеңілдетілген тамақтандыруды ұсыну туралы анықтама</w:t>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D213E">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D213E">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> о предоставлении бесплатного и льготного питания в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D213E">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="007D213E">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D213E">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D213E">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D213E">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D213E">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> общеобразовательной школе</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00365E5B" w:rsidRDefault="00365E5B" w:rsidP="00365E5B">
+    <w:p w:rsidR="00EB3FCC" w:rsidRPr="007D213E" w:rsidRDefault="00EB3FCC" w:rsidP="00EB3FCC">
       <w:pPr>
         <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-    <w:p w:rsidR="00365E5B" w:rsidRDefault="00365E5B" w:rsidP="00365E5B">
+    <w:p w:rsidR="00EB3FCC" w:rsidRPr="007D213E" w:rsidRDefault="00EB3FCC" w:rsidP="00EB3FCC">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="14" w:name="z536"/>
+      <w:bookmarkEnd w:id="13"/>
       <w:r>
         <w:rPr>
-          <w:color w:val="FF0000"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">       Ескерту. 3-қосымша жаңа редакцияда - ҚР Оқу-ағарту министрінің 12.04.2023 № 95 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D213E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Дана _______________________________ в том, что он/она включен(-а) в список</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="14"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D213E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007D213E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>фамилия, имя. отчество (при его наличии))</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D213E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">обучающихся и воспитанников, обеспечивающихся бесплатным питанием в 20__ - 20__ </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00365E5B" w:rsidRDefault="00365E5B" w:rsidP="00365E5B">
+    <w:p w:rsidR="00EB3FCC" w:rsidRPr="007D213E" w:rsidRDefault="00EB3FCC" w:rsidP="00EB3FCC">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...4 lines deleted...]
-        <w:t xml:space="preserve">       Осы анықтама ________________________________________________ </w:t>
+      <w:r w:rsidRPr="007D213E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>учебном году.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00365E5B" w:rsidRDefault="00365E5B" w:rsidP="00365E5B">
+    <w:p w:rsidR="00EB3FCC" w:rsidRPr="007D213E" w:rsidRDefault="00EB3FCC" w:rsidP="00EB3FCC">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...20 lines deleted...]
-        <w:t>, аты, әкесінің аты (бар болғанда))</w:t>
+      <w:r w:rsidRPr="007D213E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>___________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00365E5B" w:rsidRDefault="00365E5B" w:rsidP="00365E5B">
+    <w:p w:rsidR="00824113" w:rsidRPr="00EB3FCC" w:rsidRDefault="00EB3FCC" w:rsidP="00EB3FCC">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="007D213E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Дата, подпись руководителя</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">       20__ - 20__ оқу жылында тегін тамақтандырумен қамтамасыз етілетін білім </w:t>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                           </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D213E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Место печати</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00365E5B" w:rsidRDefault="00365E5B" w:rsidP="00365E5B">
-[...51 lines deleted...]
-    <w:sectPr w:rsidR="00E27BBA" w:rsidSect="00365E5B">
+    <w:sectPr w:rsidR="00824113" w:rsidRPr="00EB3FCC" w:rsidSect="00EB3FCC">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="568" w:right="850" w:bottom="993" w:left="709" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="284" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-  <w:zoom w:percent="96"/>
+  <w:zoom w:percent="100"/>
   <w:doNotDisplayPageBoundaries/>
-  <w:proofState w:grammar="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00365E5B"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00E27BBA"/>
+    <w:rsidRoot w:val="00EB3FCC"/>
+    <w:rsid w:val="00824113"/>
+    <w:rsid w:val="00EB3FCC"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="2877F544"/>
+  <w14:docId w14:val="7A0AC44B"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{C4C8F28F-F707-43E8-80D3-6DA363ECC8AF}"/>
+  <w15:docId w15:val="{8F61E492-46C9-4744-AD1F-176C4ED86912}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -2989,51 +5212,51 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00365E5B"/>
+    <w:rsid w:val="00EB3FCC"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
@@ -3304,70 +5527,70 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>4</Pages>
-[...1 lines deleted...]
-  <Characters>8756</Characters>
+  <Pages>5</Pages>
+  <Words>1602</Words>
+  <Characters>9135</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>72</Lines>
-  <Paragraphs>20</Paragraphs>
+  <Lines>76</Lines>
+  <Paragraphs>21</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>10272</CharactersWithSpaces>
+  <CharactersWithSpaces>10716</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Отдел образования</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>