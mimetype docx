--- v0 (2025-10-09)
+++ v1 (2025-11-08)
@@ -1,10634 +1,13676 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
-  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
+    <w:p w:rsidR="00FF09E1" w:rsidRDefault="005B7070">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="2057400" cy="571500"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="1" name=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId4" cstate="print"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="2057400" cy="571500"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>О внесении дополнений в приказ Министра образования и науки Республики Казахстан от 24 апреля 2020 года № 158 "Об утверждении Правил оказания государственных услуг в сфере семьи и детей"</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Приказ Министра просвещения Республики Казахстан от 21 февраля </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>2024 года № 41. Зарегистрирован в Министерстве юстиции Республики Казахстан 27 февраля 2024 года № 34060</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="z4"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ПРИКАЗЫВАЮ:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="z5"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. Внести в приказ Министра образования и науки Республики Казахстан от 24 апреля 2020 года № 158 "Об утверждении Правил оказа</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ния государственных услуг в сфере семьи и детей" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 20478) следующие дополнения:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="00FF09E1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пункт 1 дополнить подпунктом 13) следующего содержания:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF09E1" w:rsidRDefault="005B7070">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="z7"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "13) Правила оказани</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">я государственных услуг "Оказание финансовой и материальной помощи обучающимся и воспитанникам государственных организаций образования" согласно приложению </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>13 к настоящему приказу</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.";</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="z8"/>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>дополнить приложением 13 согласно приложению к настоящему приказу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="z9"/>
+      <w:bookmarkEnd w:id="3"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. Комитету по охране </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>прав детей Министерства просвещения Республики</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Казахстан в установленном законодательством Республики Казахстан порядке обеспечить:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="5" w:name="z10"/>
+      <w:bookmarkEnd w:id="4"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) государственную регистрацию настоящего приказа в Министерстве юстиции Республики Казах</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>стан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="6" w:name="z11"/>
+      <w:bookmarkEnd w:id="5"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) размещение настоящего приказа на интернет-ресурсе Министерства просвещения Республики Казахстан после его официального опубликования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="7" w:name="z12"/>
+      <w:bookmarkEnd w:id="6"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) в течение десяти рабочих дней после государственной регистрации настоящего приказа представление в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Юридический департамент Министерства просвещения Республики Казахстан сведений об исполнении мероприятий, предусмотренных подпунктами 1) и 2) настоящего пункта.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="8" w:name="z13"/>
+      <w:bookmarkEnd w:id="7"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3. Контроль за исполнением настоящего приказа возложить </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>курирующего</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> вице-министра про</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>свещения Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="9" w:name="z14"/>
+      <w:bookmarkEnd w:id="8"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4. Настоящий приказ вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования.</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5673"/>
-        <w:gridCol w:w="3682"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00BE42D0" w:rsidTr="00156E49">
+      <w:tr w:rsidR="00FF09E1">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7780" w:type="dxa"/>
-[...8 lines deleted...]
-          <w:p w:rsidR="00BE42D0" w:rsidRDefault="00BE42D0" w:rsidP="00156E49">
+            <w:tcW w:w="8040" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkEnd w:id="9"/>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="005B7070">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...17 lines deleted...]
-          <w:p w:rsidR="00BE42D0" w:rsidRDefault="00BE42D0" w:rsidP="00156E49">
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Министр просвещения</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="00FF09E1">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="00FF09E1">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="005B7070">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...3 lines deleted...]
-            </w:r>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4340" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="005B7070">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
             <w:r>
-              <w:br/>
-[...36 lines deleted...]
-              <w:t>13-қосымша</w:t>
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Г. Бейсембаев</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00BE42D0" w:rsidRDefault="00BE42D0" w:rsidP="00BE42D0">
-[...3 lines deleted...]
-      <w:bookmarkStart w:id="0" w:name="z506"/>
+    <w:p w:rsidR="00FF09E1" w:rsidRDefault="005B7070">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="10" w:name="z16"/>
       <w:r>
         <w:rPr>
-          <w:b/>
-[...4 lines deleted...]
-      <w:bookmarkStart w:id="1" w:name="_GoBack"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      "СОГЛАСОВАН"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:p w:rsidR="00FF09E1" w:rsidRDefault="005B7070">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
-          <w:b/>
-[...67 lines deleted...]
-      </w:r>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Министерство цифрового развития, инноваций</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF09E1" w:rsidRDefault="005B7070">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>мемлекеттік</w:t>
+        <w:t>и</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> атаулы әлеуметтік көмек алуға құқығы бар отбасылардан шыққан балаларға;</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00BE42D0" w:rsidRDefault="00BE42D0" w:rsidP="00BE42D0">
+        <w:t xml:space="preserve"> аэрокосмической промышленности</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF09E1" w:rsidRDefault="005B7070">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      2) </w:t>
-[...594 lines deleted...]
-        <w:t>      16. Көрсетілген мемлекеттік қызмет нәтижесімен келіспеген жағдайда көрсетілетін қызметті алушы Қазақстан Республикасының заңнамасында белгіленген тәртіппен сотқа жүгінеді.</w:t>
+        <w:t>Республики Казахстан</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5589"/>
-        <w:gridCol w:w="3766"/>
+        <w:gridCol w:w="6690"/>
+        <w:gridCol w:w="4113"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00BE42D0" w:rsidTr="00156E49">
+      <w:tr w:rsidR="00FF09E1" w:rsidRPr="00A2617A">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkEnd w:id="20"/>
-          <w:p w:rsidR="00BE42D0" w:rsidRDefault="00BE42D0" w:rsidP="00156E49">
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="005B7070">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BE42D0" w:rsidRDefault="00BE42D0" w:rsidP="00156E49">
+          <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Приложение к приказу</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Министр просвещения</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от 21 февраля 2024 года № 41</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FF09E1" w:rsidRPr="00A2617A">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> "Қаржылық және материалдық</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:lastRenderedPageBreak/>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Приложение 13 к приказу</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Министра образования и науки</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Республики</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Казахстан</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...44 lines deleted...]
-              <w:t>1-қосымша</w:t>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от 24 апреля 2020 года № 158</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00BE42D0" w:rsidRDefault="00BE42D0" w:rsidP="00BE42D0">
-[...3 lines deleted...]
-      </w:pPr>
+    <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="11" w:name="z19"/>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правила оказания государственной услуги "Оказание финансовой и материальной помощи обучающимся и воспитанникам государственных организаций образования"</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="12" w:name="z20"/>
+      <w:bookmarkEnd w:id="11"/>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="13" w:name="z21"/>
+      <w:bookmarkEnd w:id="12"/>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. Настоящие Правила оказания государственной услуги "Оказание финансовой и материальной помощи обучающимся и воспитанникам государственных организаций образования" (далее – Правила) разработаны в соответствии подпунктом 1) статьи 10 Закона Республик</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>и Казахстан "О государственных услугах" (далее - Закон) и определяют порядок оказания финансовой и материальной помощи обучающимся и воспитанникам государственных организаций образования:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="14" w:name="z22"/>
+      <w:bookmarkEnd w:id="13"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) детям из семей, имеющих право на получение государственной </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>адресной социальной помощи;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="15" w:name="z23"/>
+      <w:bookmarkEnd w:id="14"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) детям из семей, не получающих государственную адресную социальную помощь, в которых среднедушевой доход ниже величины прожиточного минимума;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="16" w:name="z24"/>
+      <w:bookmarkEnd w:id="15"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) детям-сиротам и детям, оставшимся без попечения родителей, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>проживающим в семьях;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="17" w:name="z25"/>
+      <w:bookmarkEnd w:id="16"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4) детям из семей, требующих экстренной помощи в результате чрезвычайных ситуаций;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="18" w:name="z26"/>
+      <w:bookmarkEnd w:id="17"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5) иным категориям обучающихся и воспитанников, определяемым коллегиальным органом организации образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="19" w:name="z27"/>
+      <w:bookmarkEnd w:id="18"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Коллегиальным органом упр</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>авления организации образования является попечительский совет.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="20" w:name="z28"/>
+      <w:bookmarkEnd w:id="19"/>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. Порядок оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF09E1" w:rsidRDefault="005B7070">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="21" w:name="z29"/>
+      <w:bookmarkEnd w:id="20"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Для получения государственной услуги "Оказание финансовой и материальной помощи обучающимся и воспитанникам государственных организаци</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>й образования" (далее – государственная услуга) услугополучатель подает в организации образования (далее – услугодатель) заявление по форме, согласно приложению 1 к настоящим Правилам с приложением документов, предусмотренных перечнем основных требований к</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оказанию государственной услуги "Оказание финансовой и материальной помощи обучающимся и воспитанникам государственных организаций образования" (далее – Требования к оказанию</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> государственной услуги), согласно приложению </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2 к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="22" w:name="z30"/>
+      <w:bookmarkEnd w:id="21"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Для р</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ассмотрения заявлений в организации образования решением первого руководителя организации образования утверждается ответственное лицо.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="23" w:name="z31"/>
+      <w:bookmarkEnd w:id="22"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3. Услугодатель в течение 1 (одного) рабочего дня с момента получения документов, проверяет полноту представленных </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>документов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="24" w:name="z32"/>
+      <w:bookmarkEnd w:id="23"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> В случае предоставления услугополучателем неполного пакета документов и (или) документов с истекшим сроком действия услугодатель отказывает в приеме заявления в течение 1 (одного) рабочего дня с момента получения документов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="25" w:name="z33"/>
+      <w:bookmarkEnd w:id="24"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4. </w:t>
+      </w:r>
       <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Свед</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ения о документах, удостоверяющих личность услугополучателя, рождение ребенка, заключение или расторжении брака, о регистрации в качестве безработного, о принадлежности услугополучателя (семьи) к получателям государственной адресной социальной помощи, о до</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ходах лиц, не получающих государственную социальную помощь, в которых среднедушевой доход ниже величины прожиточного минимума, о детях-сиротах и детях, оставшихся без попечения родителей, переданных под опеку или попечительство, на патронатное воспитание и</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> приемную семью услугодатель получает из соответствующих государственных информационных систем.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="26" w:name="z34"/>
+      <w:bookmarkEnd w:id="25"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>нысан</w:t>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Услугодатель получает согласие услугополучателя на использование сведений, составляющих охраняемую законом тайну, содержащихся в информационных системах, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>при оказании государственной услуги, если иное не предусмотрено законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="27" w:name="z35"/>
+      <w:bookmarkEnd w:id="26"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Услугодатели получают цифровые документы из сервиса цифровых документов через реализованную интеграцию при условии согласия владельца документа, предоставл</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>енного посредством зарегистрированного на портале абонентского номера сотовой связи пользователя путем передачи одноразового пароля или путем отправления короткого текстового сообщения в качестве ответа на уведомление портала.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF09E1" w:rsidRDefault="005B7070">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="28" w:name="z36"/>
+      <w:bookmarkEnd w:id="27"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5. По итогам проверки д</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>окументов услугополучателей, указанных в подпунктах 1), 2), 3) и 4) пункта 1 настоящих Правил услугодатель в течение 3 (трех) рабочих дней готовит уведомление о выделении финансовой и материальной помощи обучающимся и воспитанникам государственных организа</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ций образования, по форме согласно приложению </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3 к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="29" w:name="z37"/>
+      <w:bookmarkEnd w:id="28"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>6. Услугополучателей, указанных в подпункте 5) пункта 1 настоящих Правил, определяет попечительский совет на основании заключения обследования материального положения семьи на полу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>чение финансовой и материальной помощи (далее – заключение).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="30" w:name="z38"/>
+      <w:bookmarkEnd w:id="29"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7. Услугодатель по итогам проверки документов услугополучателей, указанных в подпункте 5) пункта 1 настоящих Правил в течение 3 (трех) рабочих дней проводит обследование материального полож</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ения заявителя (семьи) в присутствии услугуполучателя, а в случае его отсутствия – одного из совершеннолетних дееспособных членов семьи.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF09E1" w:rsidRDefault="005B7070">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="31" w:name="z39"/>
+      <w:bookmarkEnd w:id="30"/>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заключение подписывается членами попечительского совета и представляется для ознакомления услугополучателю, в сл</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">учае его отсутствия – совершеннолетнему дееспособному члену семьи, в присутствии которого было проведено обследование, по форме согласно приложению </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4 настоящих Правил. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="32" w:name="z40"/>
+      <w:bookmarkEnd w:id="31"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>8. Отказ услугополучателя, а в случае его отсутствия – одного из совершеннолетних</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> дееспособных членов семьи в проведении обследования материального положения фиксируется в заключении, которое подписывается членами попечительского совета.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="33" w:name="z41"/>
+      <w:bookmarkEnd w:id="32"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 9. После составления заключения услугодатель в течение 2 (двух) рабочих дней проводит заседан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ие попечительского совета и по итогам заседания оформляет протокол по форме согласно приложению 5 настоящих Правил, который подписывается </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>присутствующими членами попечительского совета и утверждается решением первого руководителя организации образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF09E1" w:rsidRDefault="005B7070">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="34" w:name="z42"/>
+      <w:bookmarkEnd w:id="33"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 10. По итогам заседания попечительского совета услугодатель в течение 3 (трех) рабочих дней готовит уведомление о выделении финансовой и материальной помощи обучающимся и воспитанникам государственных организаций образования, по форме согласно приложе</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нию </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3 к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="35" w:name="z43"/>
+      <w:bookmarkEnd w:id="34"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>11. При отказе в оказании государственной услуги по основаниям, указанным в пункте 9 Требований к оказанию государственной услуги настоящих Правил услугодатель не позднее чем за 3 (три) рабочих дня до завершения срока ока</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">зания государственной услуги согласно статьи 73 Административного процедурно-процессуального кодекса Республики Казахстан (далее – АППК РК) направляет услугополучателю уведомление о предварительном </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>решении</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> об отказе в оказании государственной услуги, а так</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">же времени и </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>месте</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> проведения заслушивания для возможности выразить услугополучателю позицию по предварительному решению.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="36" w:name="z44"/>
+      <w:bookmarkEnd w:id="35"/>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Процедура заслушивания проводится в соответствии со статьей 73 АППК РК.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="37" w:name="z45"/>
+      <w:bookmarkEnd w:id="36"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 12. По результатам заслушивания услугодатель в те</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>чение 1 (одного) рабочего дня направляет уведомление о выделении финансовой и материальной помощи обучающимся и воспитанникам государственных организаций образования либо мотивированный отказ в оказании государственной услуги услугополучателю.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF09E1" w:rsidRDefault="005B7070">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="38" w:name="z46"/>
+      <w:bookmarkEnd w:id="37"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 13. Ус</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">лугодателем ведется журнал регистрации заявлений на получение финансовой и материальной помощи, по форме согласно приложению </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6 к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="39" w:name="z47"/>
+      <w:bookmarkEnd w:id="38"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">14. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Услугодатель обеспечивает внесение данных в информационную систему мониторинга оказания государс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>твенных услуг о стадии оказания государственной услуги в порядке, установленном уполномоченным органом в сфере информатизации в соответствии с подпунктом 11) пункта 2 статьи 5 Закона.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="40" w:name="z48"/>
+      <w:bookmarkEnd w:id="39"/>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>В соответствии с подпунктом 5) статьи 10, подпунктом 3) статьи 14</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, статьи 23 Закона Республики Казахстан "О государственных услугах" (далее – Закон) центральный государственный орган, в течение 3 (трех) рабочих дней с даты внесения изменения и (или) дополнения в настоящие Правила, актуализирует их и направляет услугодат</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>елям, в Единый контакт-центр, в Государственную корпорацию.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="41" w:name="z49"/>
+      <w:bookmarkEnd w:id="40"/>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 3. Порядок обжалования решений, действий (бездействия) услугодателя и (или) его должностных лиц в процессе оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="42" w:name="z50"/>
+      <w:bookmarkEnd w:id="41"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 15. Жалоба на решение, действий (бездействия</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) услугодателя по вопросам оказания государственных услуг подается на имя руководителя услугодателя, в уполномоченный орган по оценке и </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>контролю за</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> качеством оказания государственных услуг (далее – орган, рассматривающий жалобу), в соответствии с законодат</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ельством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="43" w:name="z51"/>
+      <w:bookmarkEnd w:id="42"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Рассмотрение жалобы по вопросам оказания государственных услуг производится вышестоящим административным органом, должностным лицом, органом, рассматривающим жалобу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="44" w:name="z52"/>
+      <w:bookmarkEnd w:id="43"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Жалоба подается услугодателю и (или) должностно</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>му лицу, чье решение, действие (бездействие) обжалуются.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="45" w:name="z53"/>
+      <w:bookmarkEnd w:id="44"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Услугодатель должностное лицо, чье решение, действие (бездействие) обжалуются, не позднее 3 (трех) рабочих дней со дня поступления жалобы направляют ее в орган, рассматривающий жалобу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="46" w:name="z54"/>
+      <w:bookmarkEnd w:id="45"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Пр</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>и этом услугодатель, должностное лицо, решение, действие (бездействие) которого обжалуются, не направляет жалобу в орган, рассматривающий жалобу, если он в течение 3 (трех) рабочих дней примет решение либо административное действие, полностью удовлетворяющ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ие требования, указанные в жалобе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="47" w:name="z55"/>
+      <w:bookmarkEnd w:id="46"/>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Жалоба услугополучателя, поступившая в адрес услугодателя, в соответствии с пунктом 2 статьи 25 Закона подлежит рассмотрению в течение 5 (пяти) рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="48" w:name="z56"/>
+      <w:bookmarkEnd w:id="47"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Жалоба услугополучателя, пос</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тупившая в адрес органа, рассматривающего жалобу, подлежит рассмотрению в течение 15 (пятнадцати) рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="49" w:name="z57"/>
+      <w:bookmarkEnd w:id="48"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Если иное не предусмотрено законом, обращение в суд допускается после обжалования в досудебном порядке.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="50" w:name="z58"/>
+      <w:bookmarkEnd w:id="49"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 16. В </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>случаях несогласия с результатами оказания государственной услуги услугополучатель обращается в суд в установленном законодательством Республики Казахстан порядке.</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5444"/>
-        <w:gridCol w:w="3911"/>
+        <w:gridCol w:w="6550"/>
+        <w:gridCol w:w="4253"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00BE42D0" w:rsidTr="00156E49">
+      <w:tr w:rsidR="00FF09E1" w:rsidRPr="00A2617A">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BE42D0" w:rsidRDefault="00BE42D0" w:rsidP="00156E49">
+          <w:bookmarkEnd w:id="50"/>
+          <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BE42D0" w:rsidRDefault="00BE42D0" w:rsidP="00156E49">
+          <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
-            </w:pPr>
-[...7 lines deleted...]
-            <w:r>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Приложение 1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>к Правилам оказания</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>государственной услуги</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>"Оказание финансовой</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>и материально</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>й помощи</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>обучающимся и воспитанникам</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>государственных организаций</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...24 lines deleted...]
-              <w:t>(ұялы тел., Е-mail)</w:t>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>образования"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-    </w:tbl>
-[...245 lines deleted...]
-      <w:tr w:rsidR="00BE42D0" w:rsidTr="00BE42D0">
+      <w:tr w:rsidR="00FF09E1">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5589" w:type="dxa"/>
-[...8 lines deleted...]
-          <w:p w:rsidR="00BE42D0" w:rsidRDefault="00BE42D0" w:rsidP="00156E49">
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4476" w:type="dxa"/>
-[...8 lines deleted...]
-          <w:p w:rsidR="00BE42D0" w:rsidRDefault="00BE42D0" w:rsidP="00156E49">
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="005B7070">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...5 lines deleted...]
-          <w:p w:rsidR="00BE42D0" w:rsidRDefault="00BE42D0" w:rsidP="00156E49">
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>форма</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FF09E1" w:rsidRPr="00A2617A">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="005B7070">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...5 lines deleted...]
-          <w:p w:rsidR="00BE42D0" w:rsidRDefault="00BE42D0" w:rsidP="00156E49">
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...4 lines deleted...]
-          <w:p w:rsidR="00BE42D0" w:rsidRDefault="00BE42D0" w:rsidP="00156E49">
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>______________________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>руководителю</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>организации образования</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от _____________________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>(фамилия, имя, отчество</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>(при его наличии) заявителя)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>________________________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>(дом</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>а</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>дрес)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>________________________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>(мобильный тел., Е-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>mail</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="51" w:name="z62"/>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заявление</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="52" w:name="z63"/>
+      <w:bookmarkEnd w:id="51"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Прошу Вас оказать финансовую и материальную помощь в виде:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>___________________________________________ обучающемуся, воспитаннику</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(обучающейся, воспитаннице)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>_________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> класса ______________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(фамилия, имя, отчество (при его наличии)</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>в связи с тем, что ______________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(указываются причины)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Согласен</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (на) предоставить документы, подтверждающие целевое ра</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>сходование</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>средств (квитанции, чеки по оплате, фото) при приобретении одежды, обуви,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>школьных принадлежностей, в течение 15 рабочих дней со дня их приобретения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Предупрежден</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (а) об ответственности за предоставление ложной информации</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>и недостоверных (поддел</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ьных) документов. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Согласен</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (-а) на использования сведений,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">составляющих </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>охраняемую</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Законом Республики Казахстан "О персональных данных</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>и их защите" тайну, содержащихся в информационных системах.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>"____" ____________ 20___ года</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>______________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(фамилия, имя, (подпись) отчество (при его наличии)</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6656"/>
+        <w:gridCol w:w="4147"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00FF09E1" w:rsidRPr="00A2617A">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...4 lines deleted...]
-          <w:p w:rsidR="00BE42D0" w:rsidRDefault="00BE42D0" w:rsidP="00156E49">
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...385 lines deleted...]
-            <w:r>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Приложение 2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>к Правилам оказания</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>государственной услуги</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>"Оказание финансовой</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>и материальной помощи</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>обучающимся и воспитанникам</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>государственных организаций</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...4 lines deleted...]
-              <w:t>2-қосымша</w:t>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>образования"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00BE42D0" w:rsidRDefault="00BE42D0" w:rsidP="00BE42D0">
-[...3 lines deleted...]
-      <w:r>
+    <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="53" w:name="z65"/>
+      <w:r w:rsidRPr="00A2617A">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...1 lines deleted...]
-        <w:t xml:space="preserve"> "Қаржылық және материалдық білім алушылар мен тәрбиеленушілерге көмек көрсету мемлекеттік ұйымдардың білім беру" мемлекеттік қызмет көрсетуге қойылатын негізгі талаптардың тізбесі</w:t>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Перечень основных требований к оказанию государственной услуги "Оказание финансовой и материальной помощи обучающимся и воспитанникам государственных организаций образования"</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10207" w:type="dxa"/>
+        <w:tblW w:w="10895" w:type="dxa"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
-        <w:tblInd w:w="-432" w:type="dxa"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="568"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="1880"/>
+        <w:gridCol w:w="467"/>
+        <w:gridCol w:w="3680"/>
+        <w:gridCol w:w="420"/>
+        <w:gridCol w:w="6248"/>
+        <w:gridCol w:w="80"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00BE42D0" w:rsidTr="00BE42D0">
+      <w:tr w:rsidR="00FF09E1" w:rsidTr="00A2617A">
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="80" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="568" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00BE42D0" w:rsidRDefault="00BE42D0" w:rsidP="00156E49">
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkEnd w:id="53"/>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="005B7070">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00BE42D0" w:rsidRDefault="00BE42D0" w:rsidP="00156E49">
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="005B7070">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Көрсетілетін қызметті берушінің атауы</w:t>
-[...21 lines deleted...]
-          <w:p w:rsidR="00BE42D0" w:rsidRDefault="00BE42D0" w:rsidP="00156E49">
+              <w:t>Наименование услугодателя</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6248" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="005B7070">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Білім беру ұйымдары</w:t>
+              <w:t>Организации образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BE42D0" w:rsidTr="00BE42D0">
+      <w:tr w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidTr="00A2617A">
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="80" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="568" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00BE42D0" w:rsidRDefault="00BE42D0" w:rsidP="00156E49">
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="005B7070">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00BE42D0" w:rsidRDefault="00BE42D0" w:rsidP="00156E49">
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="005B7070">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Мемлекеттік қызметті ұсыну тәсілдері</w:t>
-[...26 lines deleted...]
-            </w:pPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Өтінішті қабылдау және мемлекеттік қызмет көрсетудің нәтижесін беру көрсетілетін қызметті берушінің кеңсесі арқылы жүзеге асырылады.</w:t>
+              <w:t xml:space="preserve">Способы предоставления государственной услуги </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6248" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Прием заявления и выдача результата оказания государственной услуги осуществляются через канцелярию услугодателя.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BE42D0" w:rsidTr="00BE42D0">
+      <w:tr w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidTr="00A2617A">
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="80" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="568" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00BE42D0" w:rsidRDefault="00BE42D0" w:rsidP="00156E49">
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="005B7070">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00BE42D0" w:rsidRDefault="00BE42D0" w:rsidP="00156E49">
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="005B7070">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Мемлекеттік қызмет көрсету мерзімі</w:t>
-[...76 lines deleted...]
-              <w:t xml:space="preserve"> көрсетудің рұқсат берілетін ең ұзақ уақыты - 30 минут.</w:t>
+              <w:t>Срок оказания государственной услуги</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6248" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>1) с момента сдачи документов – 10 (десять) рабочих дне</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>й.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>2) максимально допустимое время ожидания для сдачи документов у услугодателя – 15 минут;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>3) максимально допустимое время обслуживания услугодателем – 30 минут.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BE42D0" w:rsidTr="00BE42D0">
+      <w:tr w:rsidR="00FF09E1" w:rsidTr="00A2617A">
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="80" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="568" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00BE42D0" w:rsidRDefault="00BE42D0" w:rsidP="00156E49">
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="005B7070">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00BE42D0" w:rsidRDefault="00BE42D0" w:rsidP="00156E49">
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="005B7070">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Көрсету нысаны</w:t>
-[...21 lines deleted...]
-          <w:p w:rsidR="00BE42D0" w:rsidRDefault="00BE42D0" w:rsidP="00156E49">
+              <w:t>Форма оказания</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6248" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="005B7070">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Қағаз түрінде</w:t>
+              <w:t xml:space="preserve"> Бумажная </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BE42D0" w:rsidTr="00BE42D0">
+      <w:tr w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidTr="00A2617A">
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="80" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="568" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00BE42D0" w:rsidRDefault="00BE42D0" w:rsidP="00156E49">
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="005B7070">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00BE42D0" w:rsidRDefault="00BE42D0" w:rsidP="00156E49">
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="005B7070">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Мемлекеттік қызметті көрсету нәтижесі</w:t>
-[...32 lines deleted...]
-              <w:t>Мемлекеттік білім беру ұйымдарының білім алушылары мен тәрбиеленушілеріне қаржылық және материалдық көмек көрсету туралы хабарлама не бас тарту туралы дәлелді жауап.</w:t>
+              <w:t>Результат оказания государственной услуги</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6248" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Уведомление о </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>выделении финансовой и материальной помощи обучающимся и воспитанникам государственных организаций образования либо мотивированный ответ об отказе.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BE42D0" w:rsidTr="00BE42D0">
+      <w:tr w:rsidR="00FF09E1" w:rsidTr="00A2617A">
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="80" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="568" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00BE42D0" w:rsidRDefault="00BE42D0" w:rsidP="00156E49">
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="005B7070">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00BE42D0" w:rsidRDefault="00BE42D0" w:rsidP="00156E49">
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Размер оплаты, взимаемой с услугополучателя при оказании государственной услуги, и способы ее взимания в </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>случаях, предусмотренных законодательством Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6248" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="005B7070">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Көрсетілетін қызметті алушыдан алынатын төлем мөлшері Қазақстан Республикасының заңнамасында көзделген жағдайларда мемлекеттік қызмет көрсету кезінде мемлекеттік қызмет көрсету тәртібі және оны алу тәсілдері</w:t>
-[...32 lines deleted...]
-              <w:t>Тегін</w:t>
+              <w:t>Бесплатно</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BE42D0" w:rsidRPr="00F577E4" w:rsidTr="00BE42D0">
+      <w:tr w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidTr="00A2617A">
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="80" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="568" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00BE42D0" w:rsidRDefault="00BE42D0" w:rsidP="00156E49">
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="005B7070">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
-[...19 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>График работы услугодателя, Государственной корпорации и объектов информации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6248" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>с понедельника по пятницу включительно, с 9.00 до 18.00 часов, с перерывом на обед с 13.00 часов до 14</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.00 часов, кроме выходных и праздничных дней, согласно трудовому законодательству Республики Казахстан.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Адреса мест оказания государственной услуги размещены на интернет-ресурсе Министерства просвещения Республики Казахстан: </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Көрсетілетін қызметті берушінің, Мемлекеттік корпорацияның және ақпарат объектілерінің жұмыс графигі</w:t>
-[...26 lines deleted...]
-            </w:pPr>
+              <w:t>www</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Қазақстан Республикасының еңбек заңнамасына сәйкес демалыс және мереке күндерін қоспағанда сағат 13.00-ден 14.30-ға дейінгі түскі үзіліспен сағат 9.00-ден 18.30-ға дейін.</w:t>
-[...7 lines deleted...]
-            </w:pPr>
+              <w:t>edu</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Мемлекеттік қызмет көрсету орындарының мекенжайлары:</w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve">1) Қазақстан Республикасы Оқу-ағарту министрлігінің: </w:t>
+              <w:t>gov</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>www</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00F577E4">
+              <w:t>kz</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A2617A">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
-            <w:r>
-[...91 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BE42D0" w:rsidTr="00BE42D0">
+      <w:tr w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidTr="00A2617A">
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="80" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="568" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00BE42D0" w:rsidRDefault="00BE42D0" w:rsidP="00156E49">
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="005B7070">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="7654" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BE42D0" w:rsidRDefault="00BE42D0" w:rsidP="00156E49">
-[...78 lines deleted...]
-                <w:sz w:val="20"/>
+          <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Перечень док</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ументов и сведений, истребуемых у услугополучателя для оказания государственной услуги</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6248" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>к услугодателю:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>1) заявление;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>2) документ, удостоверяющий личность либо электронный документ из сервиса цифровых документов (требуется для идентификации личности);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>свидетельство о рождении ребенка (детей) в электронной форме или его копия на бумажном носителе, при отсутствии сведений в информационной системе "Регистрационный пункт ЗАГС" (далее – ИС ЗАГС) либо родившегося за пределами Республики Казахстан;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>4) копия св</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>идетельства о заключении или расторжении брака (при отсутствии сведений в ИС ЗАГС);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5) копия решения уполномоченного органа об установлении опеки </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t xml:space="preserve"> 5) қорғаншылықты (қамқоршылықты) белгілеу туралы, осы Қағидалардың 1-тармағының 3) тармақшасында көрсетілген адамдар санатын патронаттық тәрбиелеуге және қабылдау отбасына беру туралы уәкілетті органның шешімінің көшірмесі;</w:t>
-[...14 lines deleted...]
-            </w:r>
+              <w:t>(попечительства), о передаче на патронатное воспитание и в приемную семью категории лиц, указанных в подпункте</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 3) пункта 1 настоящих Правил;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
             <w:proofErr w:type="gramStart"/>
-            <w:r>
-[...4 lines deleted...]
-              <w:t>6) осы Қағидалардың 1-тармағының 4) тармақшасында көрсетілген тұлғалар санаты үшін "Төтенше жағдайлардың туындауына әкеп соққан аварияларды, зілзалаларды, апаттарды тергеп-тексеру қағидаларын бекіту туралы" Қазақстан Республикасы Ішкі істер министрінің 2015 жылғы 23 қаңтардағы № 46 бұйрығымен (Қазақстан Республикасының нормативтік құқықтық актілерін мемлекеттік тіркеу тізілімінде № 10325 болып тіркелген) бекітілген Төтенше жағдайлардың туындауына әкеп соққан аварияларды, зілзалаларды, апаттарды тергеп-тексеру қағидаларына сәйкес табиғи және техногендік сипаттағы төтенше жағдайлардың туындауына әкеп соққан авариялардың, зілзалалардың, апаттардың себептерін тергеп-тексеру актісі қоса беріледі.</w:t>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>6) акт расследования причин аварий, бедствий, катастроф, приведших к возникновению чрезвычайных ситуаций природного и техногенного характера в соответствии с Правилами расследования аварий, бедствий, катастроф, приведших к во</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>зникновению чрезвычайных ситуаций, утвержденными приказом Министра внутренних дел Республики Казахстан от 23 января 2015 года № 46 "Об утверждении Правил расследования аварий, бедствий, катастроф, приведших к возникновению чрезвычайных ситуаций" (зарегистр</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ирован в реестре государственной регистрации нормативных</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-          </w:p>
-[...11 lines deleted...]
-              <w:t xml:space="preserve"> Осы Қағидалардың 1-тармағының 5) тармақшасында көрсетілген адамдардың санатын отбасының материалдық-тұрмыстық жағдайын тексеру қорытындысы негізінде білім беру қамқоршылық кеңесі айқындайды.</w:t>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> правовых актов Республики Казахстан под № 10325) для категории лиц, указанных в подпункте 4) пункта 1 настоящих Правил.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Категория лиц, указанных в подпункте 5) пункта 1 настоящих Правил, определяется</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> попечительским советом организации образования на основании заключения обследования материально-бытового положения семьи.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BE42D0" w:rsidTr="00BE42D0">
+      <w:tr w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidTr="00A2617A">
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="80" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="568" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00BE42D0" w:rsidRDefault="00BE42D0" w:rsidP="00156E49">
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="005B7070">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="7654" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BE42D0" w:rsidRDefault="00BE42D0" w:rsidP="00156E49">
-[...53 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Основания для отказа в оказании государственной услуги, установленные законами Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6248" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>1) установление недостоверност</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>и документов, представленных услугополучателем для получения государственной услуги, и (или) данных (сведений), содержащихся в них;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
             <w:proofErr w:type="gramStart"/>
-            <w:r>
-[...4 lines deleted...]
-              <w:t>көрсетілетін</w:t>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) несоответствие услугополучателя и (или) представленных материалов, объектов, данных и сведений, необходимых для оказания </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>государственной услуги, требованиям, установленным постановлением Правительства Республики Казахстан от 25 января 2008 года № 64 "Об утверждении Правил формирования, направления расходования и учета средств, выделяемых на оказание финансовой и материальной</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> помощи обучающимся и воспитанникам государственных учреждений образования из семей, имеющих право на получение государственной адресной социальной помощи</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r>
-[...4 lines deleted...]
-              <w:t xml:space="preserve"> қызметті алушының мемлекеттік қызмет көрсету үшін талап етілетін, "Дербес деректер және оларды қорғау туралы" Қазақстан Республикасы Заңының 8-бабына сәйкес берілетін қолжетімділігі шектеулі дербес деректерге қол жеткізуге келісімі болмауы бойынша мемлекеттік қызметтерді көрсетуден бас тартады.</w:t>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">а также из семей, не получающих государственную адресную социальную помощь, в которых среднедушевой </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>доход ниже величины прожиточного минимума, и детям - сиротам, детям, оставшимся без попечения родителей, проживающим в семьях, детям из семей, требующих экстренной помощи в результате чрезвычайных ситуаций, и иным категориям обучающихся и воспитанников";</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+          <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>) не нуждаются в предоставлении финансовой и материальной помощи согласно заключению попечительского совета подготовленного по результатам обследования материально-бытового положения семьи;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>4) отсутствие согласия услугополучателя, предоставляемого в соотве</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>тствии со статьей 8 Закона Республики Казахстан "О персональных данных и их защите", на доступ к персональным данным ограниченного доступа, которые требуются для оказания государственной услуги.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BE42D0" w:rsidTr="00BE42D0">
+      <w:tr w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidTr="00A2617A">
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="80" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="568" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00BE42D0" w:rsidRDefault="00BE42D0" w:rsidP="00156E49">
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="005B7070">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="7654" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BE42D0" w:rsidRDefault="00BE42D0" w:rsidP="00156E49">
-[...24 lines deleted...]
-              <w:t>Субъект мобильді қосымшада және пайдаланушылардың ақпараттық жүйелерінде қолжетімді әдістермен авторизациядан өтеді, бұдан әрі "Цифрлық құжаттар" бөлімінде одан әрі пайдалану үшін қажетті құжатты қарайды.</w:t>
+          <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Иные требования с учетом особенностей оказания государств</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>енной услуги, в том числе оказываемой в электронной форме</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6248" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Сервис цифровых документов доступен для пользователей, авторизованных в мобильном приложении.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Для использования цифрового документа необходимо пройти авторизацию в мобильном приложении с </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>использованием электронно-цифровой подписи или одноразового пароля, далее перейти в раздел "Цифровые документы" и выбрать необходимый документ.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BE42D0" w:rsidTr="00BE42D0">
+      <w:tr w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidTr="00A2617A">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8327" w:type="dxa"/>
-[...9 lines deleted...]
-          <w:p w:rsidR="00BE42D0" w:rsidRDefault="00BE42D0" w:rsidP="00156E49">
+            <w:tcW w:w="4147" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00BE42D0" w:rsidRDefault="00BE42D0" w:rsidP="00156E49">
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6748" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
-            </w:pPr>
-[...13 lines deleted...]
-          <w:p w:rsidR="00BE42D0" w:rsidRDefault="00BE42D0" w:rsidP="00156E49">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Приложение 3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>к Правилам оказания</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>государственной услуги</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>"Оказание финансовой</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>и материальной помощи</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>обучающимся и воспитанникам</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>государственных организаций</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>образования"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FF09E1" w:rsidTr="00A2617A">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:tblBorders>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4147" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...4 lines deleted...]
-          <w:p w:rsidR="00BE42D0" w:rsidRDefault="00BE42D0" w:rsidP="00156E49">
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6748" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="005B7070">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...68 lines deleted...]
-              <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-[...70 lines deleted...]
-              <w:t>3-қосымша</w:t>
+              <w:t>форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00BE42D0" w:rsidRDefault="00BE42D0" w:rsidP="00BE42D0">
-[...3 lines deleted...]
-      </w:pPr>
+    <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="54" w:name="z68"/>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> УВЕДОМЛЕНИЕ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>о выделении финансовой и материальной помощи обучающимся</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>и воспитанникам государственных организаций образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="55" w:name="z69"/>
+      <w:bookmarkEnd w:id="54"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Выдана ___________________________ в том, что</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> он/она включе</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>н(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>-а) в список</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(фамилия, имя, отчество (при его наличии) ребенка)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>лиц, которым будет оказана финансовая и материальная помощь</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>в 20__ - 20__ учебном году.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>_________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Дата, подпись руководителя</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF09E1" w:rsidRDefault="005B7070">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>нысан</w:t>
-[...131 lines deleted...]
-        <w:t>      Мөрдің орны</w:t>
+        <w:t>Место печати</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5589"/>
-        <w:gridCol w:w="3766"/>
+        <w:gridCol w:w="6656"/>
+        <w:gridCol w:w="4147"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00BE42D0" w:rsidTr="00156E49">
+      <w:tr w:rsidR="00FF09E1" w:rsidRPr="00A2617A">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BE42D0" w:rsidRDefault="00BE42D0" w:rsidP="00156E49">
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="005B7070">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BE42D0" w:rsidRDefault="00BE42D0" w:rsidP="00156E49">
+          <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
-            </w:pPr>
-[...7 lines deleted...]
-            <w:r>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Приложение 4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>к Прави</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>лам оказания</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>государственной услуги</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>"Оказание финансовой</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>и материальной помощи</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>обучающимся и воспитанникам</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>государственных организаций</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...4 lines deleted...]
-              <w:t>4-қосымша</w:t>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>образования"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-    </w:tbl>
-[...177 lines deleted...]
-      <w:tr w:rsidR="00BE42D0" w:rsidTr="00BE42D0">
+      <w:tr w:rsidR="00FF09E1">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="709" w:type="dxa"/>
-[...18 lines deleted...]
-              <w:jc w:val="both"/>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№</w:t>
-[...24 lines deleted...]
-              <w:jc w:val="both"/>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="005B7070">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Тегі, аты, әкесінің аты (бар болса)</w:t>
-[...838 lines deleted...]
-            </w:pPr>
+              <w:t>форма</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00BE42D0" w:rsidRDefault="00BE42D0" w:rsidP="00BE42D0">
-[...3 lines deleted...]
-      </w:pPr>
+    <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="56" w:name="z72"/>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заключение обследования материального положения заявителя на получение финансовой и материальной </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>помощи</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="57" w:name="z73"/>
+      <w:bookmarkEnd w:id="56"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Еңбекке қабілетті барлық адам_____________.</w:t>
-[...6 lines deleted...]
-      </w:pPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> от "___" ________ 20__ года</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Жұмыссыз ретінде тіркелгендері ______адам.</w:t>
-[...6 lines deleted...]
-      </w:pPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ____________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(населенный пункт)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="58" w:name="z74"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Жұмыспен қамтылмаудың басқа да себептері (іздеуде, бас бостандығынан айыру орындарында</w:t>
-      </w:r>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. Фамилия, имя, отчество (при его наличии) заявителя _________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="59" w:name="z75"/>
+      <w:bookmarkEnd w:id="58"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. Адрес места жительства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>__________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="60" w:name="z76"/>
+      <w:bookmarkEnd w:id="59"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3. Место работы, должность ________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="61" w:name="z77"/>
+      <w:bookmarkEnd w:id="60"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4. Состав семьи (учитываются фактически проживающие в семье) _____ человек,</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:p w:rsidR="00FF09E1" w:rsidRDefault="005B7070">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>)_</w:t>
+        <w:t>в</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>_____ адам.</w:t>
-[...148 lines deleted...]
-        <w:t>      6. Отбасы табысы</w:t>
+        <w:t xml:space="preserve"> том числе:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10632" w:type="dxa"/>
-[...1481 lines deleted...]
-        <w:tblW w:w="9858" w:type="dxa"/>
+        <w:tblW w:w="10714" w:type="dxa"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="730"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="12"/>
+        <w:gridCol w:w="467"/>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1044"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1185"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1184"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00BE42D0" w:rsidTr="00BE42D0">
+      <w:tr w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidTr="00A2617A">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="730" w:type="dxa"/>
-[...15 lines deleted...]
-          <w:p w:rsidR="00BE42D0" w:rsidRDefault="00BE42D0" w:rsidP="00156E49">
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="005B7070">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Р/с</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BE42D0" w:rsidRDefault="00BE42D0" w:rsidP="00156E49">
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Фамилия, имя, отчество (пр</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>и его наличии)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1044" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="005B7070">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№</w:t>
-[...21 lines deleted...]
-          <w:p w:rsidR="00BE42D0" w:rsidRDefault="00BE42D0" w:rsidP="00156E49">
+              <w:t>Дата рождения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="005B7070">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Өтініш берушінің тегі, аты, әкесінің аты (бар болса)</w:t>
-[...21 lines deleted...]
-          <w:p w:rsidR="00BE42D0" w:rsidRDefault="00BE42D0" w:rsidP="00156E49">
+              <w:t>Родственное отношение к заявителю</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1185" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="005B7070">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Білім алушының/тәрбиеленушінің тегі, аты, әкесінің аты (бар болса), сыныбы</w:t>
-[...21 lines deleted...]
-          <w:p w:rsidR="00BE42D0" w:rsidRDefault="00BE42D0" w:rsidP="00156E49">
+              <w:t>Образование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Занятость, (место работы, учебы, независимые работники, безработный)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1184" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="005B7070">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Күні/өтініш нөмірі</w:t>
-[...32 lines deleted...]
-              <w:t>Көмек түрі</w:t>
+              <w:t>Причина не занятости</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Данные о регистрации в органах занятости в качестве безработного</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Сведения об участии в </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>общественных работах, профессиональной подготовке (переподготовке, повышении квалификации) или в государственных мерах содействия занятости</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BE42D0" w:rsidTr="00BE42D0">
+      <w:tr w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidTr="00A2617A">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="12" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="730" w:type="dxa"/>
-[...110 lines deleted...]
-            </w:r>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="00FF09E1">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="00FF09E1">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="00FF09E1">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="00FF09E1">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1044" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="00FF09E1">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="00FF09E1">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="00FF09E1">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="00FF09E1">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1185" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="00FF09E1">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="00FF09E1">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="00FF09E1">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="00FF09E1">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1184" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="00FF09E1">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="00FF09E1">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="00FF09E1">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="00FF09E1">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="00FF09E1">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="00FF09E1">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BE42D0" w:rsidTr="00BE42D0">
+      <w:tr w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidTr="00A2617A">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="12" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="730" w:type="dxa"/>
-[...385 lines deleted...]
-              <w:jc w:val="both"/>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="00FF09E1">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="00FF09E1">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="00FF09E1">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="00FF09E1">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1044" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="00FF09E1">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="00FF09E1">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="00FF09E1">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="00FF09E1">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1185" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="00FF09E1">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="00FF09E1">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="00FF09E1">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="00FF09E1">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1184" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="00FF09E1">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="00FF09E1">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="00FF09E1">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="00FF09E1">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="00FF09E1">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="00FF09E1">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00BE42D0" w:rsidRDefault="00BE42D0" w:rsidP="00BE42D0">
-[...3 lines deleted...]
-      </w:pPr>
+    <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="62" w:name="z78"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      3. Қамқоршылық кеңесі растайтын құжаттармен бірге өтініштерді қарап, ашық дауыс беру арқылы ШЕШІМ ҚАБЫЛДАДЫ:</w:t>
-[...6 lines deleted...]
-      </w:pPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Всего трудоспособных _________ человек.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Зарегистрированы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в качестве </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>безработного _______ человек.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Другие причины незанятости (в розыске, в местах лишения свободы) ______ человек.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Количество несовершеннолетних детей _______ человек, в том числе:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>обучающихся на полном государственном обеспечении _____ человек,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>в возрасте ___</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>_ лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>обучающихся в высших, технических и профессиональных, послесреднего</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>образования на платной основе - _______ человек, стоимость обучения в год</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>на учащегося ________ тенге.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="63" w:name="z79"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      1) Мына өтініш берушілерге көмек көрсетілсін:</w:t>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Условия проживания (общежитие, арендное, приватизированное жилье, слу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жебное</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жилье, жилищный кооператив, индивидуальный жилой дом или иное)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(нужное подчеркнуть)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Количество комнат без кухни, кладовой и к</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>оридора ________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Расходы на содержание жилья в месяц ___________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF09E1" w:rsidRDefault="005B7070">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF09E1" w:rsidRDefault="005B7070">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="64" w:name="z80"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      6. Доходы семьи:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="9660" w:type="dxa"/>
+        <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="588"/>
-[...6 lines deleted...]
-        <w:gridCol w:w="1984"/>
+        <w:gridCol w:w="467"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00BE42D0" w:rsidTr="00BE42D0">
+      <w:tr w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidTr="00A2617A">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="588" w:type="dxa"/>
-[...15 lines deleted...]
-          <w:p w:rsidR="00BE42D0" w:rsidRDefault="00BE42D0" w:rsidP="00156E49">
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkEnd w:id="64"/>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="005B7070">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Р/с</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BE42D0" w:rsidRDefault="00BE42D0" w:rsidP="00156E49">
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Фамилия, имя, отчество</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>(при его наличии)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="005B7070">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№</w:t>
-[...197 lines deleted...]
-              <w:t>Материалдық көмек</w:t>
+              <w:t>Вид дохода</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Сумма за квартал, предшествую</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>щий кварталу обращения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Сведения о личном подсобном хозяйстве (приусадебный участок, скот и птица), дачном и земельном участке (земельной доли)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BE42D0" w:rsidTr="00BE42D0">
+    </w:tbl>
+    <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="65" w:name="z81"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7. Наличие:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>автотранспорта (марка, год выпуска, правоустанавливающий документ,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">заявленные доходы от его </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>эксплуатации)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>___________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>___________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">иного жилья, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>кроме</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> занимаемого в настоящее время</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(заявленные доходы от его эксплуатации)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>_________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>__________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>___________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="66" w:name="z82"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 8. Иные доходы семьи (форма, сумма, источник):</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>___________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>___</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="67" w:name="z83"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 9. Санитарно-эпидемиологические условия проживания</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>___________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="68" w:name="z84"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 10. Другие наблюдения:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>___________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>___________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Члены попечительского совета:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>___________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>________________________________ ___________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ответственное лицо, утвержденное приказом </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>первого руководителя</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>организации образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>_________________________ ____________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(подпись) (фамилия, имя, отчество (при его наличии)</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>С составленным актом ознакомле</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>н(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>а):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Фамилия, имя, отчество (при его наличии) и подпись заявителя</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>_______</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>_______________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>От проведения обследования отказываюсь</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>______________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(Фамилия, имя, отчество (при его наличии) и подпись заявителя</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(или одного из членов семьи)</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6656"/>
+        <w:gridCol w:w="4147"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00FF09E1" w:rsidRPr="00A2617A">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="588" w:type="dxa"/>
-[...96 lines deleted...]
-              <w:jc w:val="both"/>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>түрі</w:t>
-[...556 lines deleted...]
-            </w:pPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Приложение 5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>к Правил</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ам оказания</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>государственной услуги</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>"Оказание финансовой</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>и материальной помощи</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>обучающимся и воспитанникам</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>государственных организаций</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>образования"</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00BE42D0" w:rsidRDefault="00BE42D0" w:rsidP="00BE42D0">
-[...3 lines deleted...]
-      </w:pPr>
+    <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="69" w:name="z86"/>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Протокол заседания попечительского совета по оказанию финансовой</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>и материальной помощи обучающимся и воспит</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>анникам государственных организаций образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="70" w:name="z87"/>
+      <w:bookmarkEnd w:id="69"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      2) __________________________________________________ (негіздеме)</w:t>
-[...9 lines deleted...]
-      </w:pPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> №__ от "____"______20__года</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>_____________________ ______________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(Местонахождение) (Время и дата)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="71" w:name="z88"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00F577E4">
-[...14 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. Попечительский совет в составе: __________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(перечислить</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> состав</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>)(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Ф.И.О.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF09E1" w:rsidRDefault="005B7070">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>     </w:t>
-[...272 lines deleted...]
-        <w:t xml:space="preserve"> Өтініш берушінің тегі, аты, әкесінің аты (бар болса) және қолы</w:t>
+        <w:t>2.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="0" w:type="auto"/>
-[...266 lines deleted...]
-        <w:tblW w:w="9745" w:type="dxa"/>
+        <w:tblW w:w="11001" w:type="dxa"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="730"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="1928"/>
+        <w:gridCol w:w="751"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00BE42D0" w:rsidTr="00BE42D0">
+      <w:tr w:rsidR="00FF09E1" w:rsidTr="00AA0711">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="730" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00BE42D0" w:rsidRDefault="00BE42D0" w:rsidP="00156E49">
+            <w:tcW w:w="751" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="005B7070">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Р/с №</w:t>
-[...20 lines deleted...]
-          <w:p w:rsidR="00BE42D0" w:rsidRDefault="00BE42D0" w:rsidP="00156E49">
+              <w:t>№ п/п</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Фамилия, имя, отчество</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>(при его наличии)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="005B7070">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Тіркеу нөмірі</w:t>
-[...20 lines deleted...]
-          <w:p w:rsidR="00BE42D0" w:rsidRDefault="00BE42D0" w:rsidP="00156E49">
+              <w:t>заявителя</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Фамилия, имя, отчество</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>(при его наличии)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="005B7070">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Өтініш қабылдан ған күн</w:t>
-[...20 lines deleted...]
-          <w:p w:rsidR="00BE42D0" w:rsidRDefault="00BE42D0" w:rsidP="00156E49">
+              <w:t>обучающегося/воспитанника, класс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="005B7070">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Өтініш берушінің тегі, аты, әкесінің аты (бар болса)</w:t>
-[...20 lines deleted...]
-          <w:p w:rsidR="00BE42D0" w:rsidRDefault="00BE42D0" w:rsidP="00156E49">
+              <w:t>Дата/номер заявления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="005B7070">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Өтініш берушінің тұратын мекенжайы</w:t>
-[...63 lines deleted...]
-              <w:t>Қорытынды қабылданған күн</w:t>
+              <w:t>Вид помощи</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BE42D0" w:rsidTr="00BE42D0">
+      <w:tr w:rsidR="00FF09E1" w:rsidTr="00AA0711">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="730" w:type="dxa"/>
-[...218 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="751" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="00FF09E1"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="00FF09E1"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="00FF09E1"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="00FF09E1"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="005B7070">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Финансовая</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="005B7070">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Материальная</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BE42D0" w:rsidTr="00BE42D0">
+      <w:tr w:rsidR="00FF09E1" w:rsidTr="00AA0711">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="730" w:type="dxa"/>
-[...213 lines deleted...]
-          <w:p w:rsidR="00BE42D0" w:rsidRDefault="00BE42D0" w:rsidP="00156E49">
+            <w:tcW w:w="751" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="005B7070">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="00FF09E1">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="00FF09E1">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="00FF09E1">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="00FF09E1">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="00FF09E1">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="00FF09E1">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="00FF09E1">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="00FF09E1">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="00FF09E1">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="00FF09E1">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FF09E1" w:rsidTr="00AA0711">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="751" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="005B7070">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="00FF09E1">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="00FF09E1">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="00FF09E1">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="00FF09E1">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="00FF09E1">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="00FF09E1">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="00FF09E1">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="00FF09E1">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="00FF09E1">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="00FF09E1">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FF09E1" w:rsidTr="00AA0711">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="751" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="005B7070">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="00FF09E1">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="00FF09E1">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="00FF09E1">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="00FF09E1">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="00FF09E1">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="00FF09E1">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="00FF09E1">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="00FF09E1">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="00FF09E1">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="00FF09E1">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FF09E1" w:rsidTr="00AA0711">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="751" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="00FF09E1">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="00FF09E1">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="005B7070">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Итого</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="00FF09E1">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="00FF09E1">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="00FF09E1">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="00FF09E1">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="00FF09E1">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="00FF09E1">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="00FF09E1">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="00FF09E1">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00BE42D0" w:rsidRDefault="00BE42D0" w:rsidP="00BE42D0">
-[...3 lines deleted...]
-      </w:pPr>
+    <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="72" w:name="z89"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Кестенің жалғасы</w:t>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3. Попечительский совет, рассмотрев заявления с подтверждающими документами, путем открытого голосования РЕШИЛ:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF09E1" w:rsidRDefault="005B7070">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="73" w:name="z90"/>
+      <w:bookmarkEnd w:id="72"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) Оказать помощь следующим заявителям:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="9660" w:type="dxa"/>
+        <w:tblW w:w="10489" w:type="dxa"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2998"/>
-        <w:gridCol w:w="6662"/>
+        <w:gridCol w:w="609"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1179"/>
+        <w:gridCol w:w="1275"/>
+        <w:gridCol w:w="1276"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00BE42D0" w:rsidTr="00BE42D0">
+      <w:tr w:rsidR="00FF09E1" w:rsidTr="00AA0711">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2998" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00BE42D0" w:rsidRDefault="00BE42D0" w:rsidP="00156E49">
+            <w:tcW w:w="609" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkEnd w:id="73"/>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="005B7070">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Көмек түрі</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BE42D0" w:rsidRDefault="00BE42D0" w:rsidP="00156E49">
+              <w:t>№ п/п</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Фамилия, имя, отчество</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>(при его наличии)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="005B7070">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>(қаржылық және материалдық)</w:t>
-[...20 lines deleted...]
-          <w:p w:rsidR="00BE42D0" w:rsidRDefault="00BE42D0" w:rsidP="00156E49">
+              <w:t>заявителя</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Фамилия, имя, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>отчество</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>(при его наличии)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="005B7070">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Білім алушы мен тәрбиеленушіге қаржылай және материалдық көмек көрсету үшін тағайындалған жалпы сома (теңге)</w:t>
-            </w:r>
+              <w:t>обучающегося/</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="005B7070">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">воспитанника, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>класс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1179" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="005B7070">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Дата/номер заявления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="005B7070">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Категория</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="005B7070">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Финансовая помощь, тенге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3076" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="005B7070">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Материальная помощь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FF09E1" w:rsidTr="00AA0711">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="609" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="00FF09E1"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="00FF09E1"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="00FF09E1"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1179" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="00FF09E1"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="00FF09E1"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="00FF09E1"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="005B7070">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>вид</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="005B7070">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>сумма, тенге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FF09E1" w:rsidTr="00AA0711">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="609" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="005B7070">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="00FF09E1">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="00FF09E1">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="00FF09E1">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="00FF09E1">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1179" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="00FF09E1">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="00FF09E1">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="00FF09E1">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="00FF09E1">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="00FF09E1">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="00FF09E1">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="00FF09E1">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="00FF09E1">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="00FF09E1">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="00FF09E1">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FF09E1" w:rsidTr="00AA0711">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="609" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="005B7070">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="00FF09E1">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="00FF09E1">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="00FF09E1">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="00FF09E1">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1179" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="00FF09E1">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="00FF09E1">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="00FF09E1">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="00FF09E1">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="00FF09E1">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="00FF09E1">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="00FF09E1">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="00FF09E1">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="00FF09E1">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="00FF09E1">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FF09E1" w:rsidTr="00AA0711">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="609" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="005B7070">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="00FF09E1">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="00FF09E1">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="00FF09E1">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="00FF09E1">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1179" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="00FF09E1">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="00FF09E1">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="00FF09E1">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="00FF09E1">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="00FF09E1">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="00FF09E1">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="00FF09E1">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="00FF09E1">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="00FF09E1">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="00FF09E1">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FF09E1" w:rsidTr="00AA0711">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="609" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="00FF09E1">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="00FF09E1">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="005B7070">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Итого</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="00FF09E1">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="00FF09E1">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1179" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="00FF09E1">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="00FF09E1">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="00FF09E1">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="00FF09E1">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="00FF09E1">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="00FF09E1">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="00FF09E1">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="00FF09E1">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="00FF09E1">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="00FF09E1">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="001B5D1A" w:rsidRDefault="001B5D1A"/>
-[...4 lines deleted...]
-      <w:docGrid w:linePitch="360"/>
+    <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="74" w:name="z91"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) Отказать в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оказании помощи по причине:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>__________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(обоснование)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>За данное решение проголосовали:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ЗА - ____ голосов (фамилия, имя, отчество (при его наличии) представители</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>попечительского совета);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Против - ____ голосов (фамилия</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, имя, отчество (при его наличии)</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>представители попечительского совета).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Члены попечительского совета: ______________ ___________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>_______________ ______________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ответственное лицо, утвержденное приказом первого </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>руководителя</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>организации образования _______________ _______________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(подпись) Фамилия, имя, отчество (при его наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>С составленным актом ознакомле</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>н(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>а):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Фамилия, имя, отчество (при его наличии) и подпись заявителя</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6656"/>
+        <w:gridCol w:w="4147"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00FF09E1" w:rsidRPr="00A2617A">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Приложение 6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>к Правилам оказа</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ния</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>государственной услуги</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>"Оказание финансовой</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>и материальной помощи</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>обучающимся и воспитанникам</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>государственных организаций</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>образования"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FF09E1">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="005B7070">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>форма</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="75" w:name="z94"/>
+      <w:r w:rsidRPr="00A2617A">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Журнал регистрации заявлений на получение финансовой и материальной помощи</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="10673" w:type="dxa"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="04A0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="751"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1361"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1533"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00FF09E1" w:rsidTr="00AA0711">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="751" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkEnd w:id="75"/>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="005B7070">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ п/п</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="005B7070">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Регистрационный номер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1361" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="005B7070">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Дата приема заявления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Фамилия, имя, отчество (при его наличии) заявителя</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="005B7070">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Адрес проживания заявителя</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="005B7070">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Дата передачи на рассмотрение</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1533" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="005B7070">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Дата принятия заключения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FF09E1" w:rsidTr="00AA0711">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="751" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="00FF09E1">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="00FF09E1">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="00FF09E1">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="00FF09E1">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1361" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="00FF09E1">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="00FF09E1">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="00FF09E1">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="00FF09E1">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="00FF09E1">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="00FF09E1">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="00FF09E1">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="00FF09E1">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1533" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="00FF09E1">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="00FF09E1">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FF09E1" w:rsidTr="00AA0711">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="751" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="00FF09E1">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="00FF09E1">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="00FF09E1">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="00FF09E1">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1361" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="00FF09E1">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="00FF09E1">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="00FF09E1">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="00FF09E1">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="00FF09E1">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="00FF09E1">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="00FF09E1">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="00FF09E1">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1533" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="00FF09E1">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="00FF09E1">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00FF09E1" w:rsidRDefault="005B7070">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="76" w:name="z95"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Продолжение таблицы</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="10532" w:type="dxa"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="04A0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4862"/>
+        <w:gridCol w:w="5670"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00FF09E1" w:rsidTr="00AA0711">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4862" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkEnd w:id="76"/>
+          <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Вид помощи</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>(финансовая и материальная)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5670" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF09E1" w:rsidRPr="00A2617A" w:rsidRDefault="005B7070">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Общая</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A2617A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сумма назначенной для оказания финансовой и материальной помощи на обучающегося и воспитанника</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FF09E1" w:rsidRDefault="005B7070">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(в тенге)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00FF09E1" w:rsidRDefault="005B7070">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00FF09E1" w:rsidSect="00A2617A">
+      <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
+      <w:pgMar w:top="567" w:right="567" w:bottom="567" w:left="567" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri Light">
-    <w:panose1 w:val="020F0302020204030204"/>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
-  <w:doNotDisplayPageBoundaries/>
-  <w:hideSpellingErrors/>
   <w:proofState w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:compat>
-[...5 lines deleted...]
-  </w:compat>
+  <w:compat/>
   <w:rsids>
-    <w:rsidRoot w:val="00BE42D0"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00BE42D0"/>
+    <w:rsidRoot w:val="00FF09E1"/>
+    <w:rsid w:val="005B7070"/>
+    <w:rsid w:val="008212D0"/>
+    <w:rsid w:val="00A2617A"/>
+    <w:rsid w:val="00AA0711"/>
+    <w:rsid w:val="00FF09E1"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="0"/>
+    <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="5A7D1FEA"/>
-[...1 lines deleted...]
-  <w15:docId w15:val="{6806A3B2-D94D-49A7-B3AD-46DDB0F93A0D}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
-[...370 lines deleted...]
-    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00BE42D0"/>
-[...2 lines deleted...]
-    </w:pPr>
+    <w:rsid w:val="004A3277"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-      <w:lang w:val="en-US"/>
     </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="10"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="00841CD9"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="480"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="20"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00841CD9"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="200"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="30"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00841CD9"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="200"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="40"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00841CD9"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="200"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a4"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00841CD9"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
+    <w:name w:val="Верхний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a3"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="10">
+    <w:name w:val="Заголовок 1 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="20">
+    <w:name w:val="Заголовок 2 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="2"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="30">
+    <w:name w:val="Заголовок 3 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="3"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="40">
+    <w:name w:val="Заголовок 4 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="4"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="Normal Indent"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00841CD9"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a6">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="a7"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
+    <w:rsid w:val="00841CD9"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+      </w:numPr>
+      <w:ind w:left="86"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a7">
+    <w:name w:val="Подзаголовок Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a6"/>
+    <w:uiPriority w:val="11"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a8">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="a9"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:rsid w:val="00841CD9"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:bottom w:val="single" w:sz="8" w:space="4" w:color="4F81BD" w:themeColor="accent1"/>
+      </w:pBdr>
+      <w:spacing w:after="300"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a9">
+    <w:name w:val="Название Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a8"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="aa">
+    <w:name w:val="Emphasis"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="20"/>
+    <w:qFormat/>
+    <w:rsid w:val="00D1197D"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ab">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00FF09E1"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ac">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="00FF09E1"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ad">
+    <w:name w:val="caption"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:uiPriority w:val="35"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="007109C0"/>
+    <w:pPr>
+      <w:spacing w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="disclaimer">
+    <w:name w:val="disclaimer"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00FF09E1"/>
+    <w:pPr>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="DocDefaults">
+    <w:name w:val="DocDefaults"/>
+    <w:rsid w:val="00FF09E1"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ae">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="af"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00A2617A"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="af">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="ae"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00A2617A"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
-[...2 lines deleted...]
-</w:webSettings>
+<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Стандартная">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游明朝"/>
+        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:lumMod val="110000"/>
-[...1 lines deleted...]
-                <a:tint val="67000"/>
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="35000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="73000"/>
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="81000"/>
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:satMod val="103000"/>
-[...1 lines deleted...]
-                <a:tint val="94000"/>
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="80000">
               <a:schemeClr val="phClr">
-                <a:satMod val="110000"/>
-[...1 lines deleted...]
-                <a:shade val="100000"/>
+                <a:shade val="93000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="99000"/>
-[...1 lines deleted...]
-                <a:shade val="78000"/>
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
-[...6 lines deleted...]
-          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
-          <a:effectLst/>
-[...2 lines deleted...]
-          <a:effectLst/>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="63000"/>
+                <a:alpha val="35000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:solidFill>
-[...4 lines deleted...]
-        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="93000"/>
-[...2 lines deleted...]
-                <a:lumMod val="102000"/>
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="40000">
               <a:schemeClr val="phClr">
-                <a:tint val="98000"/>
-[...2 lines deleted...]
-                <a:lumMod val="103000"/>
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="63000"/>
-                <a:satMod val="120000"/>
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
-  <a:extLst>
-[...3 lines deleted...]
-  </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>13</Pages>
-[...1 lines deleted...]
-  <Characters>21410</Characters>
+  <Pages>11</Pages>
+  <Words>3878</Words>
+  <Characters>22107</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>178</Lines>
-  <Paragraphs>50</Paragraphs>
+  <Lines>184</Lines>
+  <Paragraphs>51</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company/>
+  <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>25115</CharactersWithSpaces>
+  <CharactersWithSpaces>25934</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-[...3 lines deleted...]
-  <dc:description/>
+  <dc:creator>Пользователь</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>