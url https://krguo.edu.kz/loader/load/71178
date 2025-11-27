--- v0 (2025-10-08)
+++ v1 (2025-11-27)
@@ -38,52 +38,52 @@
   <Override PartName="/ppt/notesSlides/notesSlide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" saveSubsetFonts="1">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483648" r:id="rId1"/>
   </p:sldMasterIdLst>
   <p:notesMasterIdLst>
     <p:notesMasterId r:id="rId9"/>
   </p:notesMasterIdLst>
   <p:sldIdLst>
     <p:sldId id="262" r:id="rId2"/>
     <p:sldId id="263" r:id="rId3"/>
     <p:sldId id="264" r:id="rId4"/>
-    <p:sldId id="269" r:id="rId5"/>
-    <p:sldId id="270" r:id="rId6"/>
+    <p:sldId id="270" r:id="rId5"/>
+    <p:sldId id="269" r:id="rId6"/>
     <p:sldId id="268" r:id="rId7"/>
     <p:sldId id="267" r:id="rId8"/>
   </p:sldIdLst>
   <p:sldSz cx="12192000" cy="6858000"/>
   <p:notesSz cx="6858000" cy="9144000"/>
   <p:defaultTextStyle>
     <a:defPPr>
       <a:defRPr lang="ru-RU"/>
     </a:defPPr>
     <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
@@ -143,130 +143,115 @@
     </a:lvl7pPr>
     <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl8pPr>
     <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:defaultTextStyle>
   <p:extLst>
     <p:ext uri="{EFAFB233-063F-42B5-8137-9DF3F51BA10A}">
       <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main">
-        <p15:guide id="1" orient="horz" pos="1797" userDrawn="1">
+        <p15:guide id="1" orient="horz" pos="1820" userDrawn="1">
           <p15:clr>
             <a:srgbClr val="A4A3A4"/>
           </p15:clr>
         </p15:guide>
-        <p15:guide id="2" pos="3840" userDrawn="1">
+        <p15:guide id="2" pos="3817" userDrawn="1">
           <p15:clr>
             <a:srgbClr val="A4A3A4"/>
           </p15:clr>
         </p15:guide>
       </p15:sldGuideLst>
     </p:ext>
   </p:extLst>
 </p:presentation>
 </file>
 
 <file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
-  <p:showPr showNarration="1">
-[...15 lines deleted...]
-  </p:showPr>
   <p:clrMru>
+    <a:srgbClr val="D49A0A"/>
     <a:srgbClr val="2A339C"/>
-    <a:srgbClr val="D49A0A"/>
+    <a:srgbClr val="FFFFF2"/>
+    <a:srgbClr val="F8CC86"/>
     <a:srgbClr val="FEFB62"/>
     <a:srgbClr val="FFF6DF"/>
     <a:srgbClr val="FFF9E7"/>
     <a:srgbClr val="14334B"/>
     <a:srgbClr val="3D464F"/>
   </p:clrMru>
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="220"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="1"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" lastView="sldThumbnailView">
   <p:normalViewPr>
     <p:restoredLeft sz="9457" autoAdjust="0"/>
     <p:restoredTop sz="94660"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0" showGuides="1">
-      <p:cViewPr varScale="1">
+      <p:cViewPr>
         <p:scale>
-          <a:sx n="66" d="100"/>
-          <a:sy n="66" d="100"/>
+          <a:sx n="60" d="100"/>
+          <a:sy n="60" d="100"/>
         </p:scale>
-        <p:origin x="90" y="942"/>
+        <p:origin x="24" y="942"/>
       </p:cViewPr>
       <p:guideLst>
-        <p:guide orient="horz" pos="1797"/>
-        <p:guide pos="3840"/>
+        <p:guide orient="horz" pos="1820"/>
+        <p:guide pos="3817"/>
       </p:guideLst>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:gridSpacing cx="72008" cy="72008"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/_rels/notesMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/notesMaster1.xml><?xml version="1.0" encoding="utf-8"?>
@@ -862,51 +847,51 @@
         <p:nvSpPr>
           <p:cNvPr id="4" name="Номер слайда 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{CA8A0A1F-81B4-485B-B4A9-5DB292D8D756}" type="slidenum">
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>4</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2726933921"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="891449583"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -946,51 +931,51 @@
         <p:nvSpPr>
           <p:cNvPr id="4" name="Номер слайда 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{CA8A0A1F-81B4-485B-B4A9-5DB292D8D756}" type="slidenum">
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>5</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3082223663"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2175114868"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -4012,120 +3997,115 @@
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="../media/hdphoto1.wdp"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.svg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.svg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.svg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.svg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image30.svg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.svg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image28.svg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.svg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image26.svg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image220.svg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image27.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.png"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="../media/hdphoto2.wdp"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image240.svg"/><Relationship Id="rId14" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="../media/hdphoto3.wdp"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image34.svg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="../media/hdphoto2.wdp"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image36.svg"/><Relationship Id="rId14" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="../media/hdphoto3.wdp"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="30" name="Рисунок 29">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="7" name="Рисунок 6"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
-        <p:blipFill rotWithShape="1">
+        <p:blipFill>
           <a:blip r:embed="rId2">
-            <a:alphaModFix amt="10000"/>
+            <a:alphaModFix amt="6000"/>
           </a:blip>
-          <a:srcRect t="18016" b="22417"/>
-          <a:stretch/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="-2394" y="1952038"/>
-            <a:ext cx="12187212" cy="4840704"/>
+            <a:off x="-7182" y="0"/>
+            <a:ext cx="12177634" cy="6858000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="31" name="Прямоугольник 30">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F8A1E0CB-CDE3-E23F-5127-95BDF08F8C32}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="7183" y="0"/>
+            <a:off x="-2394" y="65258"/>
             <a:ext cx="12196788" cy="3500362"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="2A339C"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
@@ -30076,68 +30056,60 @@
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:defRPr sz="1800" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:defRPr sz="1800" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="2000" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>ҚАЗАҚСТАН РЕСПУБЛИКАСЫ ОҚУ-АҒАРТУ МИНИСТРЛІГІ </a:t>
+              <a:t>МИНИСТЕРСТВО ПРОСВЕЩЕНИЯ РЕСПУБЛИКИ КАЗАХСТАН</a:t>
             </a:r>
-            <a:endParaRPr lang="ru-RU" sz="2000" b="1" dirty="0">
-[...6 lines deleted...]
-            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="53" name="Прямая соединительная линия 52">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8EC1C3FB-26E2-F69C-BD0B-BEA424F50E96}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvCxnSpPr/>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="7183" y="6662225"/>
             <a:ext cx="12196788" cy="0"/>
           </a:xfrm>
           <a:prstGeom prst="line">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="28575">
             <a:solidFill>
@@ -30202,52 +30174,52 @@
           <a:xfrm>
             <a:off x="5196853" y="1006946"/>
             <a:ext cx="1919007" cy="1890171"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="55" name="TextBox 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{95082046-E5D5-C7C1-53B0-0C158C7380BF}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="1008184" y="4040394"/>
-            <a:ext cx="10166056" cy="1815882"/>
+            <a:off x="1358020" y="3917680"/>
+            <a:ext cx="9124384" cy="2339102"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
@@ -30336,129 +30308,77 @@
               <a:defRPr sz="1800" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:defRPr sz="1800" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr algn="ctr">
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="3600" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="ru-RU" altLang="ru-RU" sz="6600" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="D49A0A"/>
                 </a:solidFill>
                 <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>БАЛАЛАРДЫ ТАСЫМАЛДАУД</a:t>
+              <a:t>АЛГОРИТМ </a:t>
             </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:defRPr/>
+            </a:pPr>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="3600" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="ru-RU" altLang="ru-RU" sz="4000" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="D49A0A"/>
                 </a:solidFill>
                 <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Ы ҰЙЫМДАСТЫРУ ТУРАЛЫ  </a:t>
+              <a:t>ПО ПЕРЕВОЗКЕ ДЕТЕЙ ДЛЯ ОРГАНИЗАЦИЙ ОБРАЗОВАНИЯ</a:t>
             </a:r>
-            <a:r>
-[...56 lines deleted...]
-            <a:endParaRPr lang="ru-RU" altLang="ru-RU" sz="3600" b="1" dirty="0">
+            <a:endParaRPr lang="ru-RU" altLang="ru-RU" sz="2000" b="1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="D49A0A"/>
               </a:solidFill>
               <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
               <a:ea typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2867648535"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
@@ -30469,51 +30389,51 @@
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="58" name="Полилиния: фигура 57">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{222C2AA1-828E-67B4-F817-57EB709D00AC}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="309680" y="4614789"/>
+            <a:off x="309681" y="4457775"/>
             <a:ext cx="5586615" cy="2037294"/>
           </a:xfrm>
           <a:custGeom>
             <a:avLst/>
             <a:gdLst>
               <a:gd name="connsiteX0" fmla="*/ 0 w 1406835"/>
               <a:gd name="connsiteY0" fmla="*/ 0 h 844101"/>
               <a:gd name="connsiteX1" fmla="*/ 1406835 w 1406835"/>
               <a:gd name="connsiteY1" fmla="*/ 0 h 844101"/>
               <a:gd name="connsiteX2" fmla="*/ 1406835 w 1406835"/>
               <a:gd name="connsiteY2" fmla="*/ 844101 h 844101"/>
               <a:gd name="connsiteX3" fmla="*/ 0 w 1406835"/>
               <a:gd name="connsiteY3" fmla="*/ 844101 h 844101"/>
               <a:gd name="connsiteX4" fmla="*/ 0 w 1406835"/>
               <a:gd name="connsiteY4" fmla="*/ 0 h 844101"/>
             </a:gdLst>
             <a:ahLst/>
             <a:cxnLst>
               <a:cxn ang="0">
                 <a:pos x="connsiteX0" y="connsiteY0"/>
               </a:cxn>
               <a:cxn ang="0">
                 <a:pos x="connsiteX1" y="connsiteY1"/>
               </a:cxn>
               <a:cxn ang="0">
@@ -30602,52 +30522,52 @@
             </a:pPr>
             <a:endParaRPr lang="en-US" sz="1600" kern="1200" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
               <a:ea typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="57" name="Полилиния: фигура 57">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{222C2AA1-828E-67B4-F817-57EB709D00AC}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="309681" y="3185195"/>
-            <a:ext cx="5586615" cy="1073053"/>
+            <a:off x="309681" y="3425937"/>
+            <a:ext cx="5586615" cy="791880"/>
           </a:xfrm>
           <a:custGeom>
             <a:avLst/>
             <a:gdLst>
               <a:gd name="connsiteX0" fmla="*/ 0 w 1406835"/>
               <a:gd name="connsiteY0" fmla="*/ 0 h 844101"/>
               <a:gd name="connsiteX1" fmla="*/ 1406835 w 1406835"/>
               <a:gd name="connsiteY1" fmla="*/ 0 h 844101"/>
               <a:gd name="connsiteX2" fmla="*/ 1406835 w 1406835"/>
               <a:gd name="connsiteY2" fmla="*/ 844101 h 844101"/>
               <a:gd name="connsiteX3" fmla="*/ 0 w 1406835"/>
               <a:gd name="connsiteY3" fmla="*/ 844101 h 844101"/>
               <a:gd name="connsiteX4" fmla="*/ 0 w 1406835"/>
               <a:gd name="connsiteY4" fmla="*/ 0 h 844101"/>
             </a:gdLst>
             <a:ahLst/>
             <a:cxnLst>
               <a:cxn ang="0">
                 <a:pos x="connsiteX0" y="connsiteY0"/>
               </a:cxn>
               <a:cxn ang="0">
                 <a:pos x="connsiteX1" y="connsiteY1"/>
               </a:cxn>
               <a:cxn ang="0">
                 <a:pos x="connsiteX2" y="connsiteY2"/>
@@ -31234,108 +31154,78 @@
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId3"/>
           <a:srcRect l="13389" t="15028" r="12833" b="12303"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="883904" y="65338"/>
             <a:ext cx="951068" cy="936777"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="TextBox 6"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="2061712" y="286704"/>
-            <a:ext cx="9524284" cy="461665"/>
+            <a:off x="2061712" y="102038"/>
+            <a:ext cx="9524284" cy="830997"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0" anchor="ctr">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0">
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" altLang="ru-RU" sz="2400" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="ru-RU" altLang="ru-RU" sz="2400" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>АЛГОРИТМНІҢ НЕГІЗІНЕ АЛЫНҒАН </a:t>
+              <a:t>АЛГОРИТМ ПО ПЕРЕВОЗКЕ ДЕТЕЙ ОРГАНИЗАЦИЯМИ ОБРАЗОВАНИЯ РАЗРАБОТАН В СООТВЕТСТВИИ С ЗАКОНАМИ РК</a:t>
             </a:r>
-            <a:r>
-[...28 lines deleted...]
-            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Прямоугольник 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B1D7D6B6-294F-4ED6-99C7-2F32093CF129}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1370099" y="78150"/>
             <a:ext cx="9729702" cy="395478"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
@@ -31379,244 +31269,120 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="13" name="Прямоугольник 12"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="681872" y="1423733"/>
             <a:ext cx="4842235" cy="369332"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
-[...5 lines deleted...]
-            <a:r>
               <a:rPr lang="ru-RU" b="1" dirty="0">
                 <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Бала </a:t>
+              <a:t>«О правах ребенка» </a:t>
             </a:r>
-            <a:r>
-[...30 lines deleted...]
-            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="15" name="Прямоугольник 14"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="681872" y="2030017"/>
             <a:ext cx="4842235" cy="369332"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
-[...5 lines deleted...]
-            <a:r>
               <a:rPr lang="ru-RU" b="1" dirty="0">
                 <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Автомобиль </a:t>
+              <a:t>«Об автомобильном транспорте» </a:t>
             </a:r>
-            <a:r>
-[...30 lines deleted...]
-            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="17" name="Прямоугольник 16"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="681872" y="2636301"/>
             <a:ext cx="4842235" cy="369332"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
-[...12 lines deleted...]
-            <a:r>
               <a:rPr lang="ru-RU" b="1" dirty="0">
                 <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
+              <a:t>«О дорожном движении»</a:t>
             </a:r>
-            <a:r>
-[...30 lines deleted...]
-            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="27" name="Прямая соединительная линия 26"/>
           <p:cNvCxnSpPr>
             <a:stCxn id="13" idx="2"/>
             <a:endCxn id="15" idx="0"/>
           </p:cNvCxnSpPr>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3102990" y="1793065"/>
             <a:ext cx="0" cy="236952"/>
           </a:xfrm>
           <a:prstGeom prst="line">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="19050">
             <a:solidFill>
               <a:srgbClr val="D49A0A"/>
             </a:solidFill>
             <a:headEnd type="diamond" w="med" len="med"/>
@@ -31664,1146 +31430,180 @@
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="30" name="Прямоугольник 29"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="443909" y="3242585"/>
+            <a:off x="492585" y="3452545"/>
             <a:ext cx="5220808" cy="738664"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1400" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="ru-RU" sz="1400" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="2A339C"/>
+                </a:solidFill>
                 <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>ҚР </a:t>
+              <a:t>Правила перевозок пассажиров и багажа автомобильным </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1400" b="1" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="ru-RU" sz="1400" b="1" dirty="0">
                 <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Инвестициялар</a:t>
-[...6 lines deleted...]
-              <a:t> </a:t>
+              <a:t>транспортом, утвержденными приказом </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="1400" b="1" dirty="0" err="1">
                 <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>және</a:t>
+              <a:t>и.о</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="1400" b="1" dirty="0">
                 <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t> даму </a:t>
-[...27 lines deleted...]
-              <a:t>. </a:t>
+              <a:t>. Министра по инвестициям и развитию </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="1400" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="2A339C"/>
                 </a:solidFill>
                 <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>2015 </a:t>
+              <a:t>РК от 26 марта 2015 года № 349</a:t>
             </a:r>
-            <a:r>
-[...236 lines deleted...]
-            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="32" name="Прямоугольник 31"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="492585" y="4559812"/>
-            <a:ext cx="5220808" cy="1600438"/>
+            <a:ext cx="5220808" cy="1815882"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0" algn="ctr"/>
             <a:r>
               <a:rPr lang="ru-RU" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:prstClr val="black"/>
                 </a:solidFill>
                 <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>ҚР </a:t>
+              <a:t>Правила дорожного движения, Основными положениями по допуску транспортных средств к эксплуатации, перечня оперативных и специальных служб, транспорт которых подлежит оборудованию специальными световыми и звуковыми сигналами и окраске по специальным </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="1400" dirty="0" err="1">
                 <a:solidFill>
                   <a:prstClr val="black"/>
                 </a:solidFill>
                 <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Ішкі</a:t>
+              <a:t>цветографическим</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:prstClr val="black"/>
                 </a:solidFill>
                 <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
+              <a:t> схемам, утвержденными приказом Министра внутренних дел </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1400" dirty="0" err="1">
+              <a:rPr lang="ru-RU" sz="1400" b="1" dirty="0">
                 <a:solidFill>
-                  <a:prstClr val="black"/>
+                  <a:srgbClr val="2A339C"/>
                 </a:solidFill>
                 <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>істер</a:t>
+              <a:t>РК от 30 июня 2023 года № 534 </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:prstClr val="black"/>
                 </a:solidFill>
                 <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
+              <a:t>и иными нормативными правовыми актами</a:t>
             </a:r>
-            <a:r>
-[...694 lines deleted...]
-            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:grpSp>
         <p:nvGrpSpPr>
           <p:cNvPr id="40" name="Группа 39"/>
           <p:cNvGrpSpPr/>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm>
             <a:off x="6363093" y="1266901"/>
             <a:ext cx="5326597" cy="5326597"/>
             <a:chOff x="6560271" y="1895022"/>
             <a:chExt cx="4350470" cy="4350470"/>
           </a:xfrm>
         </p:grpSpPr>
         <p:pic>
           <p:nvPicPr>
             <p:cNvPr id="36" name="Рисунок 35"/>
             <p:cNvPicPr>
               <a:picLocks noChangeAspect="1"/>
             </p:cNvPicPr>
             <p:nvPr/>
           </p:nvPicPr>
@@ -33393,112 +32193,79 @@
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId3"/>
           <a:srcRect l="13389" t="15028" r="12833" b="12303"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="883904" y="65338"/>
             <a:ext cx="951068" cy="936777"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="TextBox 6"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1885499" y="225151"/>
-            <a:ext cx="9871071" cy="584775"/>
+            <a:off x="2061711" y="-21071"/>
+            <a:ext cx="9873911" cy="1077218"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0" anchor="ctr">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="ctr">
+            <a:pPr lvl="0" algn="ctr">
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="3200" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="ru-RU" altLang="ru-RU" sz="3200" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
+              <a:t>ОБЯЗАННОСТИ РУКОВОДИТЕЛЯ ОРГАНИЗАЦИИ ОБРАЗОВАНИЯ </a:t>
             </a:r>
-            <a:r>
-[...32 lines deleted...]
-            <a:endParaRPr lang="ru-RU" altLang="ru-RU" sz="2800" b="1" dirty="0">
+            <a:endParaRPr lang="ru-RU" altLang="ru-RU" sz="3200" b="1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
               <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
               <a:ea typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Прямоугольник 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B1D7D6B6-294F-4ED6-99C7-2F32093CF129}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1370099" y="78150"/>
@@ -33526,3485 +32293,1803 @@
             <a:schemeClr val="dk1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr lIns="68580" tIns="34290" rIns="68580" bIns="34290" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" defTabSz="684935">
               <a:buClr>
                 <a:srgbClr val="0070CE"/>
               </a:buClr>
               <a:buSzPct val="100000"/>
               <a:defRPr/>
             </a:pPr>
             <a:endParaRPr lang="en-US" altLang="ru-RU" sz="1801" b="1" cap="small" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:grpSp>
-[...2 lines deleted...]
-          <p:cNvGrpSpPr/>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="23" name="Прямая соединительная линия 22"/>
+          <p:cNvCxnSpPr>
+            <a:stCxn id="11" idx="0"/>
+            <a:endCxn id="11" idx="1"/>
+          </p:cNvCxnSpPr>
           <p:nvPr/>
-        </p:nvGrpSpPr>
-        <p:grpSpPr>
+        </p:nvCxnSpPr>
+        <p:spPr>
           <a:xfrm>
-            <a:off x="16128" y="913340"/>
-[...2 lines deleted...]
-            <a:chExt cx="11686650" cy="3642455"/>
+            <a:off x="256375" y="1327509"/>
+            <a:ext cx="2716104" cy="0"/>
           </a:xfrm>
-        </p:grpSpPr>
-[...260 lines deleted...]
-            </a:xfrm>
+          <a:prstGeom prst="line">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln w="57150">
             <a:solidFill>
-              <a:schemeClr val="bg1">
-[...1 lines deleted...]
-              </a:schemeClr>
+              <a:srgbClr val="2A339C"/>
             </a:solidFill>
-          </p:grpSpPr>
-[...2660 lines deleted...]
-            </a:prstGeom>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="tx1"/>
+          </a:fontRef>
+        </p:style>
+      </p:cxnSp>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="47" name="Прямая соединительная линия 46"/>
+          <p:cNvCxnSpPr/>
+          <p:nvPr/>
+        </p:nvCxnSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3244090" y="1327509"/>
+            <a:ext cx="2716104" cy="0"/>
+          </a:xfrm>
+          <a:prstGeom prst="line">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln w="57150">
             <a:solidFill>
-              <a:srgbClr val="D49A0A"/>
+              <a:srgbClr val="2A339C"/>
             </a:solidFill>
-            <a:ln>
-[...31 lines deleted...]
-                </a:effectLst>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="tx1"/>
+          </a:fontRef>
+        </p:style>
+      </p:cxnSp>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="48" name="Прямая соединительная линия 47"/>
+          <p:cNvCxnSpPr/>
+          <p:nvPr/>
+        </p:nvCxnSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6231805" y="1327509"/>
+            <a:ext cx="2716104" cy="0"/>
+          </a:xfrm>
+          <a:prstGeom prst="line">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln w="57150">
+            <a:solidFill>
+              <a:srgbClr val="2A339C"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="tx1"/>
+          </a:fontRef>
+        </p:style>
+      </p:cxnSp>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="49" name="Прямая соединительная линия 48"/>
+          <p:cNvCxnSpPr/>
+          <p:nvPr/>
+        </p:nvCxnSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9219520" y="1327509"/>
+            <a:ext cx="2716104" cy="0"/>
+          </a:xfrm>
+          <a:prstGeom prst="line">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln w="57150">
+            <a:solidFill>
+              <a:srgbClr val="2A339C"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="tx1"/>
+          </a:fontRef>
+        </p:style>
+      </p:cxnSp>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="50" name="Прямая соединительная линия 49"/>
+          <p:cNvCxnSpPr/>
+          <p:nvPr/>
+        </p:nvCxnSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="256375" y="3440735"/>
+            <a:ext cx="2716104" cy="0"/>
+          </a:xfrm>
+          <a:prstGeom prst="line">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln w="57150">
+            <a:solidFill>
+              <a:srgbClr val="2A339C"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="tx1"/>
+          </a:fontRef>
+        </p:style>
+      </p:cxnSp>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="51" name="Прямая соединительная линия 50"/>
+          <p:cNvCxnSpPr/>
+          <p:nvPr/>
+        </p:nvCxnSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3244089" y="3439827"/>
+            <a:ext cx="2716104" cy="0"/>
+          </a:xfrm>
+          <a:prstGeom prst="line">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln w="57150">
+            <a:solidFill>
+              <a:srgbClr val="2A339C"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="tx1"/>
+          </a:fontRef>
+        </p:style>
+      </p:cxnSp>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="53" name="Прямая соединительная линия 52"/>
+          <p:cNvCxnSpPr/>
+          <p:nvPr/>
+        </p:nvCxnSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6231804" y="3439827"/>
+            <a:ext cx="2716104" cy="0"/>
+          </a:xfrm>
+          <a:prstGeom prst="line">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln w="57150">
+            <a:solidFill>
+              <a:srgbClr val="2A339C"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="tx1"/>
+          </a:fontRef>
+        </p:style>
+      </p:cxnSp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="11" name="Полилиния 10"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="256375" y="1327509"/>
+            <a:ext cx="2716104" cy="1810557"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst>
+              <a:gd name="connsiteX0" fmla="*/ 0 w 2716104"/>
+              <a:gd name="connsiteY0" fmla="*/ 0 h 1629662"/>
+              <a:gd name="connsiteX1" fmla="*/ 2716104 w 2716104"/>
+              <a:gd name="connsiteY1" fmla="*/ 0 h 1629662"/>
+              <a:gd name="connsiteX2" fmla="*/ 2716104 w 2716104"/>
+              <a:gd name="connsiteY2" fmla="*/ 1629662 h 1629662"/>
+              <a:gd name="connsiteX3" fmla="*/ 0 w 2716104"/>
+              <a:gd name="connsiteY3" fmla="*/ 1629662 h 1629662"/>
+              <a:gd name="connsiteX4" fmla="*/ 0 w 2716104"/>
+              <a:gd name="connsiteY4" fmla="*/ 0 h 1629662"/>
+            </a:gdLst>
+            <a:ahLst/>
+            <a:cxnLst>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX0" y="connsiteY0"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX1" y="connsiteY1"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX2" y="connsiteY2"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX3" y="connsiteY3"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX4" y="connsiteY4"/>
+              </a:cxn>
+            </a:cxnLst>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="2716104" h="1629662">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="2716104" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2716104" y="1629662"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="1629662"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="0"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1">
+              <a:lumMod val="95000"/>
+            </a:schemeClr>
+          </a:solidFill>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="lt1">
+              <a:hueOff val="0"/>
+              <a:satOff val="0"/>
+              <a:lumOff val="0"/>
+              <a:alphaOff val="0"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1">
+              <a:hueOff val="0"/>
+              <a:satOff val="0"/>
+              <a:lumOff val="0"/>
+              <a:alphaOff val="0"/>
+            </a:schemeClr>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1">
+              <a:hueOff val="0"/>
+              <a:satOff val="0"/>
+              <a:lumOff val="0"/>
+              <a:alphaOff val="0"/>
+            </a:schemeClr>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="57150" tIns="57150" rIns="57150" bIns="57150" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0" algn="ctr" defTabSz="666750" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="35000"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1500" kern="1200" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
                 <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
-              </a:endParaRPr>
-[...54 lines deleted...]
-                </a:effectLst>
+              </a:rPr>
+              <a:t>Утверждает </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1500" b="1" kern="1200" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="2A339C"/>
+                </a:solidFill>
                 <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
-              </a:endParaRPr>
-[...54 lines deleted...]
-                </a:effectLst>
+              </a:rPr>
+              <a:t>План </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1500" b="1" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="2A339C"/>
+                </a:solidFill>
                 <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
-              </a:endParaRPr>
-[...54 lines deleted...]
-                </a:effectLst>
+              </a:rPr>
+              <a:t>мероприятий </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1500" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
                 <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
-              </a:endParaRPr>
-[...54 lines deleted...]
-                </a:effectLst>
+              </a:rPr>
+              <a:t>на учебный год, связанного с перевозкой детей</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="12" name="Полилиния 11"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3244090" y="1327509"/>
+            <a:ext cx="2716104" cy="1810557"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst>
+              <a:gd name="connsiteX0" fmla="*/ 0 w 2716104"/>
+              <a:gd name="connsiteY0" fmla="*/ 0 h 1629662"/>
+              <a:gd name="connsiteX1" fmla="*/ 2716104 w 2716104"/>
+              <a:gd name="connsiteY1" fmla="*/ 0 h 1629662"/>
+              <a:gd name="connsiteX2" fmla="*/ 2716104 w 2716104"/>
+              <a:gd name="connsiteY2" fmla="*/ 1629662 h 1629662"/>
+              <a:gd name="connsiteX3" fmla="*/ 0 w 2716104"/>
+              <a:gd name="connsiteY3" fmla="*/ 1629662 h 1629662"/>
+              <a:gd name="connsiteX4" fmla="*/ 0 w 2716104"/>
+              <a:gd name="connsiteY4" fmla="*/ 0 h 1629662"/>
+            </a:gdLst>
+            <a:ahLst/>
+            <a:cxnLst>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX0" y="connsiteY0"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX1" y="connsiteY1"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX2" y="connsiteY2"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX3" y="connsiteY3"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX4" y="connsiteY4"/>
+              </a:cxn>
+            </a:cxnLst>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="2716104" h="1629662">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="2716104" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2716104" y="1629662"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="1629662"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="0"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1">
+              <a:lumMod val="95000"/>
+            </a:schemeClr>
+          </a:solidFill>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="lt1">
+              <a:hueOff val="0"/>
+              <a:satOff val="0"/>
+              <a:lumOff val="0"/>
+              <a:alphaOff val="0"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1">
+              <a:hueOff val="0"/>
+              <a:satOff val="0"/>
+              <a:lumOff val="0"/>
+              <a:alphaOff val="0"/>
+            </a:schemeClr>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1">
+              <a:hueOff val="0"/>
+              <a:satOff val="0"/>
+              <a:lumOff val="0"/>
+              <a:alphaOff val="0"/>
+            </a:schemeClr>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="57150" tIns="57150" rIns="57150" bIns="57150" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0" algn="ctr" defTabSz="666750" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="35000"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1500" kern="1200" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
                 <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
-              </a:endParaRPr>
-[...54 lines deleted...]
-                </a:effectLst>
+              </a:rPr>
+              <a:t>Получает письменное </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1500" b="1" kern="1200" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="2A339C"/>
+                </a:solidFill>
                 <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
-              </a:endParaRPr>
-[...54 lines deleted...]
-                </a:effectLst>
+              </a:rPr>
+              <a:t>согласие от </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1500" b="1" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="2A339C"/>
+                </a:solidFill>
                 <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
-              </a:endParaRPr>
-[...54 lines deleted...]
-                </a:effectLst>
+              </a:rPr>
+              <a:t>родителей </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1500" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
                 <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
-              </a:endParaRPr>
-[...38 lines deleted...]
-      </p:grpSp>
+              </a:rPr>
+              <a:t>или законных представителей детей</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="14" name="Полилиния 13"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6231805" y="1327509"/>
+            <a:ext cx="2716104" cy="1810557"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst>
+              <a:gd name="connsiteX0" fmla="*/ 0 w 2716104"/>
+              <a:gd name="connsiteY0" fmla="*/ 0 h 1629662"/>
+              <a:gd name="connsiteX1" fmla="*/ 2716104 w 2716104"/>
+              <a:gd name="connsiteY1" fmla="*/ 0 h 1629662"/>
+              <a:gd name="connsiteX2" fmla="*/ 2716104 w 2716104"/>
+              <a:gd name="connsiteY2" fmla="*/ 1629662 h 1629662"/>
+              <a:gd name="connsiteX3" fmla="*/ 0 w 2716104"/>
+              <a:gd name="connsiteY3" fmla="*/ 1629662 h 1629662"/>
+              <a:gd name="connsiteX4" fmla="*/ 0 w 2716104"/>
+              <a:gd name="connsiteY4" fmla="*/ 0 h 1629662"/>
+            </a:gdLst>
+            <a:ahLst/>
+            <a:cxnLst>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX0" y="connsiteY0"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX1" y="connsiteY1"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX2" y="connsiteY2"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX3" y="connsiteY3"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX4" y="connsiteY4"/>
+              </a:cxn>
+            </a:cxnLst>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="2716104" h="1629662">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="2716104" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2716104" y="1629662"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="1629662"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="0"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1">
+              <a:lumMod val="95000"/>
+            </a:schemeClr>
+          </a:solidFill>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="lt1">
+              <a:hueOff val="0"/>
+              <a:satOff val="0"/>
+              <a:lumOff val="0"/>
+              <a:alphaOff val="0"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1">
+              <a:hueOff val="0"/>
+              <a:satOff val="0"/>
+              <a:lumOff val="0"/>
+              <a:alphaOff val="0"/>
+            </a:schemeClr>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1">
+              <a:hueOff val="0"/>
+              <a:satOff val="0"/>
+              <a:lumOff val="0"/>
+              <a:alphaOff val="0"/>
+            </a:schemeClr>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="57150" tIns="57150" rIns="57150" bIns="57150" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0" algn="ctr" defTabSz="666750" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="35000"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1500" b="1" kern="1200" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="2A339C"/>
+                </a:solidFill>
+                <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Назначает ответственного </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1500" b="1" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="2A339C"/>
+                </a:solidFill>
+                <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>лица </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1500" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>из числа сотрудников организации образования для сопровождения детей до места их назначения</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="16" name="Полилиния 15"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9219519" y="1327509"/>
+            <a:ext cx="2716104" cy="1810557"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst>
+              <a:gd name="connsiteX0" fmla="*/ 0 w 2716104"/>
+              <a:gd name="connsiteY0" fmla="*/ 0 h 1629662"/>
+              <a:gd name="connsiteX1" fmla="*/ 2716104 w 2716104"/>
+              <a:gd name="connsiteY1" fmla="*/ 0 h 1629662"/>
+              <a:gd name="connsiteX2" fmla="*/ 2716104 w 2716104"/>
+              <a:gd name="connsiteY2" fmla="*/ 1629662 h 1629662"/>
+              <a:gd name="connsiteX3" fmla="*/ 0 w 2716104"/>
+              <a:gd name="connsiteY3" fmla="*/ 1629662 h 1629662"/>
+              <a:gd name="connsiteX4" fmla="*/ 0 w 2716104"/>
+              <a:gd name="connsiteY4" fmla="*/ 0 h 1629662"/>
+            </a:gdLst>
+            <a:ahLst/>
+            <a:cxnLst>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX0" y="connsiteY0"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX1" y="connsiteY1"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX2" y="connsiteY2"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX3" y="connsiteY3"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX4" y="connsiteY4"/>
+              </a:cxn>
+            </a:cxnLst>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="2716104" h="1629662">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="2716104" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2716104" y="1629662"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="1629662"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="0"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1">
+              <a:lumMod val="95000"/>
+            </a:schemeClr>
+          </a:solidFill>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="lt1">
+              <a:hueOff val="0"/>
+              <a:satOff val="0"/>
+              <a:lumOff val="0"/>
+              <a:alphaOff val="0"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1">
+              <a:hueOff val="0"/>
+              <a:satOff val="0"/>
+              <a:lumOff val="0"/>
+              <a:alphaOff val="0"/>
+            </a:schemeClr>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1">
+              <a:hueOff val="0"/>
+              <a:satOff val="0"/>
+              <a:lumOff val="0"/>
+              <a:alphaOff val="0"/>
+            </a:schemeClr>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="57150" tIns="57150" rIns="57150" bIns="57150" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0" algn="ctr" defTabSz="666750" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="35000"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1500" kern="1200" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Направляет заявки </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1500" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>в территориальное подразделение административной полиции об организации патрульного сопровождения не позднее чем за </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1500" b="1" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="2A339C"/>
+                </a:solidFill>
+                <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>3 рабочих дня</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="18" name="Полилиния 17"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="256375" y="3439827"/>
+            <a:ext cx="2716104" cy="1810557"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst>
+              <a:gd name="connsiteX0" fmla="*/ 0 w 2716104"/>
+              <a:gd name="connsiteY0" fmla="*/ 0 h 1629662"/>
+              <a:gd name="connsiteX1" fmla="*/ 2716104 w 2716104"/>
+              <a:gd name="connsiteY1" fmla="*/ 0 h 1629662"/>
+              <a:gd name="connsiteX2" fmla="*/ 2716104 w 2716104"/>
+              <a:gd name="connsiteY2" fmla="*/ 1629662 h 1629662"/>
+              <a:gd name="connsiteX3" fmla="*/ 0 w 2716104"/>
+              <a:gd name="connsiteY3" fmla="*/ 1629662 h 1629662"/>
+              <a:gd name="connsiteX4" fmla="*/ 0 w 2716104"/>
+              <a:gd name="connsiteY4" fmla="*/ 0 h 1629662"/>
+            </a:gdLst>
+            <a:ahLst/>
+            <a:cxnLst>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX0" y="connsiteY0"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX1" y="connsiteY1"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX2" y="connsiteY2"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX3" y="connsiteY3"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX4" y="connsiteY4"/>
+              </a:cxn>
+            </a:cxnLst>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="2716104" h="1629662">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="2716104" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2716104" y="1629662"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="1629662"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="0"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1">
+              <a:lumMod val="95000"/>
+            </a:schemeClr>
+          </a:solidFill>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="lt1">
+              <a:hueOff val="0"/>
+              <a:satOff val="0"/>
+              <a:lumOff val="0"/>
+              <a:alphaOff val="0"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1">
+              <a:hueOff val="0"/>
+              <a:satOff val="0"/>
+              <a:lumOff val="0"/>
+              <a:alphaOff val="0"/>
+            </a:schemeClr>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1">
+              <a:hueOff val="0"/>
+              <a:satOff val="0"/>
+              <a:lumOff val="0"/>
+              <a:alphaOff val="0"/>
+            </a:schemeClr>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="57150" tIns="57150" rIns="57150" bIns="57150" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0" algn="ctr" defTabSz="666750" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="35000"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1500" b="1" kern="1200" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="2A339C"/>
+                </a:solidFill>
+                <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Издает приказ </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1500" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>об организации перевозки детей</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="19" name="Полилиния 18"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3244089" y="3439827"/>
+            <a:ext cx="2716104" cy="1810557"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst>
+              <a:gd name="connsiteX0" fmla="*/ 0 w 2716104"/>
+              <a:gd name="connsiteY0" fmla="*/ 0 h 1629662"/>
+              <a:gd name="connsiteX1" fmla="*/ 2716104 w 2716104"/>
+              <a:gd name="connsiteY1" fmla="*/ 0 h 1629662"/>
+              <a:gd name="connsiteX2" fmla="*/ 2716104 w 2716104"/>
+              <a:gd name="connsiteY2" fmla="*/ 1629662 h 1629662"/>
+              <a:gd name="connsiteX3" fmla="*/ 0 w 2716104"/>
+              <a:gd name="connsiteY3" fmla="*/ 1629662 h 1629662"/>
+              <a:gd name="connsiteX4" fmla="*/ 0 w 2716104"/>
+              <a:gd name="connsiteY4" fmla="*/ 0 h 1629662"/>
+            </a:gdLst>
+            <a:ahLst/>
+            <a:cxnLst>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX0" y="connsiteY0"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX1" y="connsiteY1"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX2" y="connsiteY2"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX3" y="connsiteY3"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX4" y="connsiteY4"/>
+              </a:cxn>
+            </a:cxnLst>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="2716104" h="1629662">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="2716104" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2716104" y="1629662"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="1629662"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="0"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1">
+              <a:lumMod val="95000"/>
+            </a:schemeClr>
+          </a:solidFill>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="lt1">
+              <a:hueOff val="0"/>
+              <a:satOff val="0"/>
+              <a:lumOff val="0"/>
+              <a:alphaOff val="0"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1">
+              <a:hueOff val="0"/>
+              <a:satOff val="0"/>
+              <a:lumOff val="0"/>
+              <a:alphaOff val="0"/>
+            </a:schemeClr>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1">
+              <a:hueOff val="0"/>
+              <a:satOff val="0"/>
+              <a:lumOff val="0"/>
+              <a:alphaOff val="0"/>
+            </a:schemeClr>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="57150" tIns="57150" rIns="57150" bIns="57150" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0" algn="ctr" defTabSz="666750">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="35000"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1500" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Организовывает перевозку </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1500" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>детей </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1500" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="2A339C"/>
+                </a:solidFill>
+                <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>автобусами</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1500" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="2A339C"/>
+                </a:solidFill>
+                <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>, микроавтобусами  </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1500" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>оборудованными в соответствии с требованиями</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="20" name="Полилиния 19"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6231804" y="3439827"/>
+            <a:ext cx="2716104" cy="1810557"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst>
+              <a:gd name="connsiteX0" fmla="*/ 0 w 2716104"/>
+              <a:gd name="connsiteY0" fmla="*/ 0 h 1629662"/>
+              <a:gd name="connsiteX1" fmla="*/ 2716104 w 2716104"/>
+              <a:gd name="connsiteY1" fmla="*/ 0 h 1629662"/>
+              <a:gd name="connsiteX2" fmla="*/ 2716104 w 2716104"/>
+              <a:gd name="connsiteY2" fmla="*/ 1629662 h 1629662"/>
+              <a:gd name="connsiteX3" fmla="*/ 0 w 2716104"/>
+              <a:gd name="connsiteY3" fmla="*/ 1629662 h 1629662"/>
+              <a:gd name="connsiteX4" fmla="*/ 0 w 2716104"/>
+              <a:gd name="connsiteY4" fmla="*/ 0 h 1629662"/>
+            </a:gdLst>
+            <a:ahLst/>
+            <a:cxnLst>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX0" y="connsiteY0"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX1" y="connsiteY1"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX2" y="connsiteY2"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX3" y="connsiteY3"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX4" y="connsiteY4"/>
+              </a:cxn>
+            </a:cxnLst>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="2716104" h="1629662">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="2716104" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2716104" y="1629662"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="1629662"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="0"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1">
+              <a:lumMod val="95000"/>
+            </a:schemeClr>
+          </a:solidFill>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="lt1">
+              <a:hueOff val="0"/>
+              <a:satOff val="0"/>
+              <a:lumOff val="0"/>
+              <a:alphaOff val="0"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1">
+              <a:hueOff val="0"/>
+              <a:satOff val="0"/>
+              <a:lumOff val="0"/>
+              <a:alphaOff val="0"/>
+            </a:schemeClr>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1">
+              <a:hueOff val="0"/>
+              <a:satOff val="0"/>
+              <a:lumOff val="0"/>
+              <a:alphaOff val="0"/>
+            </a:schemeClr>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="57150" tIns="57150" rIns="57150" bIns="57150" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0" algn="ctr" defTabSz="666750" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="35000"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1500" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Организовывает </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1500" b="1" kern="1200" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="2A339C"/>
+                </a:solidFill>
+                <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>проведение </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1500" b="1" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="2A339C"/>
+                </a:solidFill>
+                <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>инструктажа </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1500" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ответственного лица по соблюдению мер безопасности при перевозке детей</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="21" name="Скругленный прямоугольник 20"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="416687" y="1146905"/>
+            <a:ext cx="596772" cy="403297"/>
+          </a:xfrm>
+          <a:prstGeom prst="roundRect">
+            <a:avLst>
+              <a:gd name="adj" fmla="val 50000"/>
+            </a:avLst>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="D49A0A"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="ru-RU" sz="2000" b="1" dirty="0">
+              <a:effectLst>
+                <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                  <a:srgbClr val="000000">
+                    <a:alpha val="43137"/>
+                  </a:srgbClr>
+                </a:outerShdw>
+              </a:effectLst>
+              <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+              <a:ea typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="35" name="Скругленный прямоугольник 34"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3410606" y="1146905"/>
+            <a:ext cx="596772" cy="403297"/>
+          </a:xfrm>
+          <a:prstGeom prst="roundRect">
+            <a:avLst>
+              <a:gd name="adj" fmla="val 50000"/>
+            </a:avLst>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="D49A0A"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="ru-RU" sz="2000" b="1" dirty="0">
+              <a:effectLst>
+                <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                  <a:srgbClr val="000000">
+                    <a:alpha val="43137"/>
+                  </a:srgbClr>
+                </a:outerShdw>
+              </a:effectLst>
+              <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+              <a:ea typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="39" name="Скругленный прямоугольник 38"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6404525" y="1146905"/>
+            <a:ext cx="596772" cy="403297"/>
+          </a:xfrm>
+          <a:prstGeom prst="roundRect">
+            <a:avLst>
+              <a:gd name="adj" fmla="val 50000"/>
+            </a:avLst>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="D49A0A"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="ru-RU" sz="2000" b="1" dirty="0">
+              <a:effectLst>
+                <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                  <a:srgbClr val="000000">
+                    <a:alpha val="43137"/>
+                  </a:srgbClr>
+                </a:outerShdw>
+              </a:effectLst>
+              <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+              <a:ea typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="41" name="Скругленный прямоугольник 40"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9398444" y="1146905"/>
+            <a:ext cx="596772" cy="403297"/>
+          </a:xfrm>
+          <a:prstGeom prst="roundRect">
+            <a:avLst>
+              <a:gd name="adj" fmla="val 50000"/>
+            </a:avLst>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="D49A0A"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="ru-RU" sz="2000" b="1" dirty="0">
+              <a:effectLst>
+                <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                  <a:srgbClr val="000000">
+                    <a:alpha val="43137"/>
+                  </a:srgbClr>
+                </a:outerShdw>
+              </a:effectLst>
+              <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+              <a:ea typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="44" name="Скругленный прямоугольник 43"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="419486" y="3273787"/>
+            <a:ext cx="596772" cy="403297"/>
+          </a:xfrm>
+          <a:prstGeom prst="roundRect">
+            <a:avLst>
+              <a:gd name="adj" fmla="val 50000"/>
+            </a:avLst>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="D49A0A"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="ru-RU" sz="2000" b="1" dirty="0">
+              <a:effectLst>
+                <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                  <a:srgbClr val="000000">
+                    <a:alpha val="43137"/>
+                  </a:srgbClr>
+                </a:outerShdw>
+              </a:effectLst>
+              <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+              <a:ea typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="45" name="Скругленный прямоугольник 44"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3410336" y="3273787"/>
+            <a:ext cx="596772" cy="403297"/>
+          </a:xfrm>
+          <a:prstGeom prst="roundRect">
+            <a:avLst>
+              <a:gd name="adj" fmla="val 50000"/>
+            </a:avLst>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="D49A0A"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="ru-RU" sz="2000" b="1" dirty="0">
+              <a:effectLst>
+                <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                  <a:srgbClr val="000000">
+                    <a:alpha val="43137"/>
+                  </a:srgbClr>
+                </a:outerShdw>
+              </a:effectLst>
+              <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+              <a:ea typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="46" name="Скругленный прямоугольник 45"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6401186" y="3273787"/>
+            <a:ext cx="596772" cy="403297"/>
+          </a:xfrm>
+          <a:prstGeom prst="roundRect">
+            <a:avLst>
+              <a:gd name="adj" fmla="val 50000"/>
+            </a:avLst>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="D49A0A"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="ru-RU" sz="2000" b="1" dirty="0">
+              <a:effectLst>
+                <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                  <a:srgbClr val="000000">
+                    <a:alpha val="43137"/>
+                  </a:srgbClr>
+                </a:outerShdw>
+              </a:effectLst>
+              <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+              <a:ea typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
       <p:grpSp>
         <p:nvGrpSpPr>
           <p:cNvPr id="31" name="Группа 30"/>
           <p:cNvGrpSpPr/>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm>
-            <a:off x="0" y="5425436"/>
+            <a:off x="0" y="5679965"/>
             <a:ext cx="12199716" cy="1102148"/>
             <a:chOff x="0" y="5425436"/>
             <a:chExt cx="12199716" cy="1102148"/>
           </a:xfrm>
         </p:grpSpPr>
         <p:pic>
           <p:nvPicPr>
             <p:cNvPr id="26" name="Рисунок 25"/>
             <p:cNvPicPr>
               <a:picLocks noChangeAspect="1"/>
             </p:cNvPicPr>
             <p:nvPr/>
           </p:nvPicPr>
           <p:blipFill rotWithShape="1">
             <a:blip r:embed="rId4">
               <a:duotone>
                 <a:prstClr val="black"/>
                 <a:schemeClr val="accent3">
                   <a:tint val="45000"/>
                   <a:satMod val="400000"/>
                 </a:schemeClr>
               </a:duotone>
             </a:blip>
             <a:srcRect t="51840"/>
             <a:stretch/>
@@ -37045,412 +34130,675 @@
               <a:off x="7725663" y="5425436"/>
               <a:ext cx="4474053" cy="1102148"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
           </p:spPr>
         </p:pic>
       </p:grpSp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="28" name="Рисунок 27"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId5"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="-287168" y="4439622"/>
+            <a:off x="-283984" y="4661162"/>
             <a:ext cx="5463371" cy="2693056"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="3" name="Рисунок 2" descr="Флажок со сплошной заливкой">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6E90460A-4337-43ED-1FD9-308A7589A130}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId6" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
               <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
-                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" xmlns="" r:embed="rId7"/>
+                <asvg:svgBlip xmlns="" xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId7"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="464184" y="930162"/>
+            <a:off x="552054" y="1182628"/>
             <a:ext cx="331850" cy="331850"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:effectLst>
             <a:outerShdw blurRad="63500" sx="102000" sy="102000" algn="ctr" rotWithShape="0">
               <a:prstClr val="black">
                 <a:alpha val="40000"/>
               </a:prstClr>
             </a:outerShdw>
           </a:effectLst>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="13" name="Рисунок 12" descr="Флажок со сплошной заливкой">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EDBB1607-1BFA-2EE1-81C3-577D54D1880E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId6" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
               <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
-                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" xmlns="" r:embed="rId7"/>
+                <asvg:svgBlip xmlns="" xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId7"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="3615557" y="854935"/>
+            <a:off x="3543067" y="1186579"/>
             <a:ext cx="331850" cy="331850"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:effectLst>
             <a:outerShdw blurRad="63500" sx="102000" sy="102000" algn="ctr" rotWithShape="0">
               <a:prstClr val="black">
                 <a:alpha val="40000"/>
               </a:prstClr>
             </a:outerShdw>
           </a:effectLst>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="15" name="Рисунок 14" descr="Флажок со сплошной заливкой">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CE059995-157B-C3BF-B512-25EBFDA15898}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId6" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
               <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
-                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" xmlns="" r:embed="rId7"/>
+                <asvg:svgBlip xmlns="" xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId7"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="6774746" y="931396"/>
+            <a:off x="6534080" y="1190530"/>
             <a:ext cx="331850" cy="331850"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:effectLst>
             <a:outerShdw blurRad="63500" sx="102000" sy="102000" algn="ctr" rotWithShape="0">
               <a:prstClr val="black">
                 <a:alpha val="40000"/>
               </a:prstClr>
             </a:outerShdw>
           </a:effectLst>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="17" name="Рисунок 16" descr="Флажок со сплошной заливкой">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CF749E74-0ECF-F304-0676-D7DEF8352418}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId6" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
               <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
-                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" xmlns="" r:embed="rId7"/>
+                <asvg:svgBlip xmlns="" xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId7"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="9870424" y="945319"/>
+            <a:off x="9525093" y="1194481"/>
             <a:ext cx="331850" cy="331850"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:effectLst>
             <a:outerShdw blurRad="63500" sx="102000" sy="102000" algn="ctr" rotWithShape="0">
               <a:prstClr val="black">
                 <a:alpha val="40000"/>
               </a:prstClr>
             </a:outerShdw>
           </a:effectLst>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="22" name="Рисунок 21" descr="Флажок со сплошной заливкой">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{21A2068A-9367-46A2-16EA-A242F9F7E8A0}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId6" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
               <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
-                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" xmlns="" r:embed="rId7"/>
+                <asvg:svgBlip xmlns="" xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId7"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="552054" y="3102960"/>
-            <a:ext cx="392954" cy="392954"/>
+            <a:off x="551947" y="3309510"/>
+            <a:ext cx="331850" cy="331850"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:effectLst>
             <a:outerShdw blurRad="63500" sx="102000" sy="102000" algn="ctr" rotWithShape="0">
               <a:prstClr val="black">
                 <a:alpha val="40000"/>
               </a:prstClr>
             </a:outerShdw>
           </a:effectLst>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="24" name="Рисунок 23" descr="Флажок со сплошной заливкой">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4898939C-BDF7-1349-2843-E02D722E727C}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId6" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
               <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
-                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" xmlns="" r:embed="rId7"/>
+                <asvg:svgBlip xmlns="" xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId7"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="6684875" y="2991245"/>
+            <a:off x="3542797" y="3309510"/>
             <a:ext cx="331850" cy="331850"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:effectLst>
             <a:outerShdw blurRad="63500" sx="102000" sy="102000" algn="ctr" rotWithShape="0">
               <a:prstClr val="black">
                 <a:alpha val="40000"/>
               </a:prstClr>
             </a:outerShdw>
           </a:effectLst>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="25" name="Рисунок 24" descr="Флажок со сплошной заливкой">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{53E5AEF7-7BBB-217A-4C74-1E8DA0B97A59}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId6" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
               <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
-                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" xmlns="" r:embed="rId7"/>
+                <asvg:svgBlip xmlns="" xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId7"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="9811520" y="3005155"/>
+            <a:off x="6533647" y="3309510"/>
             <a:ext cx="331850" cy="331850"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:effectLst>
             <a:outerShdw blurRad="63500" sx="102000" sy="102000" algn="ctr" rotWithShape="0">
               <a:prstClr val="black">
                 <a:alpha val="40000"/>
               </a:prstClr>
             </a:outerShdw>
           </a:effectLst>
         </p:spPr>
       </p:pic>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="40" name="Прямая соединительная линия 39"/>
+          <p:cNvCxnSpPr/>
+          <p:nvPr/>
+        </p:nvCxnSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9219519" y="3433747"/>
+            <a:ext cx="2716104" cy="0"/>
+          </a:xfrm>
+          <a:prstGeom prst="line">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln w="57150">
+            <a:solidFill>
+              <a:srgbClr val="2A339C"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="tx1"/>
+          </a:fontRef>
+        </p:style>
+      </p:cxnSp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="42" name="Полилиния 41"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9219519" y="3433747"/>
+            <a:ext cx="2716104" cy="1810557"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst>
+              <a:gd name="connsiteX0" fmla="*/ 0 w 2716104"/>
+              <a:gd name="connsiteY0" fmla="*/ 0 h 1629662"/>
+              <a:gd name="connsiteX1" fmla="*/ 2716104 w 2716104"/>
+              <a:gd name="connsiteY1" fmla="*/ 0 h 1629662"/>
+              <a:gd name="connsiteX2" fmla="*/ 2716104 w 2716104"/>
+              <a:gd name="connsiteY2" fmla="*/ 1629662 h 1629662"/>
+              <a:gd name="connsiteX3" fmla="*/ 0 w 2716104"/>
+              <a:gd name="connsiteY3" fmla="*/ 1629662 h 1629662"/>
+              <a:gd name="connsiteX4" fmla="*/ 0 w 2716104"/>
+              <a:gd name="connsiteY4" fmla="*/ 0 h 1629662"/>
+            </a:gdLst>
+            <a:ahLst/>
+            <a:cxnLst>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX0" y="connsiteY0"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX1" y="connsiteY1"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX2" y="connsiteY2"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX3" y="connsiteY3"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX4" y="connsiteY4"/>
+              </a:cxn>
+            </a:cxnLst>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="2716104" h="1629662">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="2716104" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2716104" y="1629662"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="1629662"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="0"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1">
+              <a:lumMod val="95000"/>
+            </a:schemeClr>
+          </a:solidFill>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="lt1">
+              <a:hueOff val="0"/>
+              <a:satOff val="0"/>
+              <a:lumOff val="0"/>
+              <a:alphaOff val="0"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1">
+              <a:hueOff val="0"/>
+              <a:satOff val="0"/>
+              <a:lumOff val="0"/>
+              <a:alphaOff val="0"/>
+            </a:schemeClr>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1">
+              <a:hueOff val="0"/>
+              <a:satOff val="0"/>
+              <a:lumOff val="0"/>
+              <a:alphaOff val="0"/>
+            </a:schemeClr>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="57150" tIns="57150" rIns="57150" bIns="57150" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0" algn="ctr" defTabSz="666750">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="35000"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1500" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Организовывает проведение </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1500" dirty="0" err="1">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>предрейсового</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1500" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1500" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="2A339C"/>
+                </a:solidFill>
+                <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>медицинского освидетельствования </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1500" dirty="0">
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>водителя и акт обследования автобуса</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="43" name="Скругленный прямоугольник 42"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9388901" y="3267707"/>
+            <a:ext cx="596772" cy="403297"/>
+          </a:xfrm>
+          <a:prstGeom prst="roundRect">
+            <a:avLst>
+              <a:gd name="adj" fmla="val 50000"/>
+            </a:avLst>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="D49A0A"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="ru-RU" sz="2000" b="1" dirty="0">
+              <a:effectLst>
+                <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                  <a:srgbClr val="000000">
+                    <a:alpha val="43137"/>
+                  </a:srgbClr>
+                </a:outerShdw>
+              </a:effectLst>
+              <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+              <a:ea typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="52" name="Рисунок 51" descr="Флажок со сплошной заливкой">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4898939C-BDF7-1349-2843-E02D722E727C}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{53E5AEF7-7BBB-217A-4C74-1E8DA0B97A59}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId6" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
               <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
-                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" xmlns="" r:embed="rId7"/>
+                <asvg:svgBlip xmlns="" xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId7"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="3605417" y="3080084"/>
+            <a:off x="9521362" y="3303430"/>
             <a:ext cx="331850" cy="331850"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:effectLst>
             <a:outerShdw blurRad="63500" sx="102000" sy="102000" algn="ctr" rotWithShape="0">
               <a:prstClr val="black">
                 <a:alpha val="40000"/>
               </a:prstClr>
             </a:outerShdw>
           </a:effectLst>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2104404079"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
@@ -37927,51 +35275,51 @@
             <a:ext cx="9929006" cy="584775"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0" anchor="ctr">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0">
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ru-RU" altLang="ru-RU" sz="3200" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>БАЛАЛАРДЫ ТАСЫМАЛДАУ ТӘРТІБІ </a:t>
+              <a:t>ПОРЯДОК ПЕРЕВОЗКИ ДЕТЕЙ</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Прямоугольник 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B1D7D6B6-294F-4ED6-99C7-2F32093CF129}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1370099" y="78150"/>
             <a:ext cx="9729702" cy="395478"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
@@ -38225,101 +35573,106 @@
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="29" name="Прямоугольник: скругленные углы 21">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B8EDB923-7573-549D-FF57-FE6CC6CD67F6}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1700693" y="3390327"/>
-            <a:ext cx="10290025" cy="891516"/>
+            <a:off x="1595122" y="3387564"/>
+            <a:ext cx="10491786" cy="891516"/>
           </a:xfrm>
           <a:prstGeom prst="roundRect">
             <a:avLst>
               <a:gd name="adj" fmla="val 50000"/>
             </a:avLst>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="bg1">
               <a:lumMod val="95000"/>
             </a:schemeClr>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="15000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="ctr"/>
-            <a:endParaRPr lang="ru-RU"/>
+            <a:endParaRPr lang="ru-RU" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+              <a:ea typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="30" name="Овал 29"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1700694" y="3390327"/>
+            <a:off x="1359438" y="3426430"/>
             <a:ext cx="891516" cy="891516"/>
           </a:xfrm>
           <a:prstGeom prst="ellipse">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="bg1"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:effectLst>
             <a:outerShdw blurRad="63500" sx="102000" sy="102000" algn="ctr" rotWithShape="0">
               <a:prstClr val="black">
                 <a:alpha val="40000"/>
               </a:prstClr>
             </a:outerShdw>
           </a:effectLst>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
@@ -38560,1165 +35913,304 @@
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="35" name="Прямоугольник 34"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1886675" y="1331593"/>
             <a:ext cx="9371675" cy="923330"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" anchor="ctr">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" dirty="0" err="1">
-[...5 lines deleted...]
-            <a:r>
               <a:rPr lang="ru-RU" dirty="0">
                 <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
-[...163 lines deleted...]
-              <a:t>бөлек</a:t>
+              <a:t>Площадки, отводимые для ожидающих автобуса детей, </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="2A339C"/>
                 </a:solidFill>
                 <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
+              <a:t>располагаются отдельно </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>от остановочных пунктов маршрутов регулярных автомобильных перевозок </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0" smtClean="0">
                 <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>, </a:t>
-[...6 lines deleted...]
-              <a:t>абаттандырылған</a:t>
+              <a:t>пассажиров, </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0">
                 <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
+              <a:t>имеют благоустроенные подходы и </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0">
-[...13 lines deleted...]
-              <a:rPr lang="ru-RU" b="1" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="ru-RU" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="2A339C"/>
                 </a:solidFill>
                 <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>жол</a:t>
+              <a:t>не располагаются на проезжей части</a:t>
             </a:r>
-            <a:r>
-[...75 lines deleted...]
-            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="36" name="Прямоугольник 35"/>
+          <p:cNvPr id="37" name="Прямоугольник 36"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="2669697" y="3337687"/>
-            <a:ext cx="8727307" cy="923330"/>
+            <a:off x="1929606" y="5537972"/>
+            <a:ext cx="8762537" cy="646331"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" anchor="ctr">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" dirty="0" err="1">
-[...26 lines deleted...]
-            <a:r>
               <a:rPr lang="ru-RU" dirty="0">
                 <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t> маршруты, </a:t>
-[...170 lines deleted...]
-              <a:t>хабардар</a:t>
+              <a:t>Перевозка детей автобусом в период </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="2A339C"/>
                 </a:solidFill>
                 <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
+              <a:t>с 22.00 до 06.00 часов</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" b="1" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="ru-RU" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="2A339C"/>
                 </a:solidFill>
                 <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>ету</a:t>
+              <a:t>,</a:t>
             </a:r>
-            <a:endParaRPr lang="ru-RU" b="1" dirty="0">
-[...5 lines deleted...]
-            </a:endParaRPr>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> а также в условиях недостаточной видимости (туман, снегопад, дождь) </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="2A339C"/>
+                </a:solidFill>
+                <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>не допускается</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="37" name="Прямоугольник 36"/>
+          <p:cNvPr id="38" name="Прямоугольник 37"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1929606" y="5399473"/>
-            <a:ext cx="8259763" cy="923330"/>
+            <a:off x="2372493" y="4664878"/>
+            <a:ext cx="8801435" cy="369332"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" anchor="ctr">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" dirty="0" err="1">
-[...5 lines deleted...]
-            <a:r>
               <a:rPr lang="ru-RU" dirty="0">
                 <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
-[...6 lines deleted...]
-              <a:t>сағат</a:t>
+              <a:t>При </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0" smtClean="0">
                 <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
+              <a:t>перевозке детей обеспечивается сопровождение </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="2A339C"/>
+                </a:solidFill>
+                <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>медицинским </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="2A339C"/>
                 </a:solidFill>
                 <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>22.00-ден 06.00-ге </a:t>
+              <a:t>работником</a:t>
             </a:r>
-            <a:r>
-[...334 lines deleted...]
-            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="39" name="Прямоугольник 38"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2420371" y="2625180"/>
             <a:ext cx="7351258" cy="369332"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" anchor="ctr">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" b="1" dirty="0" err="1">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="ru-RU" dirty="0">
                 <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Сапар</a:t>
-[...9 lines deleted...]
-              <a:t> </a:t>
+              <a:t>Перед</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="2A339C"/>
                 </a:solidFill>
                 <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" dirty="0" err="1">
-[...5 lines deleted...]
-            <a:r>
               <a:rPr lang="ru-RU" dirty="0">
                 <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
-[...16 lines deleted...]
-              <a:t>алаларды</a:t>
+              <a:t>поездкой </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="2A339C"/>
                 </a:solidFill>
                 <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
-[...29 lines deleted...]
-              <a:t>бойынша</a:t>
+              <a:t>проводить </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="2A339C"/>
                 </a:solidFill>
                 <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
+              <a:t>сверку </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" b="1" dirty="0" err="1" smtClean="0">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="ru-RU" dirty="0">
                 <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>тексеру</a:t>
+              <a:t>детей по </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0" smtClean="0">
                 <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>;</a:t>
+              <a:t>списку; </a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" dirty="0">
               <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
               <a:ea typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="40" name="Рисунок 39" descr="Доктор женский со сплошной заливкой">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C862E041-DD87-DBE3-76C1-8E46F2635285}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId5" cstate="print">
             <a:extLst>
@@ -39930,62 +36422,107 @@
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId15" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
               <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
                 <asvg:svgBlip xmlns="" xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId16"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1731969" y="3451908"/>
+            <a:off x="1402481" y="3468264"/>
             <a:ext cx="789637" cy="789637"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="45" name="Прямоугольник 44"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2396104" y="3521048"/>
+            <a:ext cx="9454882" cy="646331"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" anchor="ctr">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="2A339C"/>
+                </a:solidFill>
+                <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Информирование </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="en-US" dirty="0">
+                <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>детей о маршруте поездки, мерах безопасности и правилах поведения, номерах мобильных телефонов руководителя и других ответственных лиц</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" dirty="0">
+              <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+              <a:ea typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2440024005"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3168952961"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -40389,99 +36926,98 @@
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId3"/>
           <a:srcRect l="13389" t="15028" r="12833" b="12303"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="883904" y="65338"/>
             <a:ext cx="951068" cy="936777"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="TextBox 6"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="2061712" y="102039"/>
-            <a:ext cx="9866128" cy="830997"/>
+            <a:off x="2061712" y="40484"/>
+            <a:ext cx="9866128" cy="954107"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0" anchor="ctr">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr lvl="0" algn="ctr">
+            <a:pPr lvl="0">
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" altLang="ru-RU" sz="2400" b="1" dirty="0">
+              <a:rPr lang="ru-RU" altLang="ru-RU" sz="2800" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>БАЛАЛАРДЫ ТАСЫМАЛДАУ КЕЗІНДЕ </a:t>
+              <a:t>ТРЕБОВАНИЕ ВОДИТЕЛЯМ АВТОТРАНСПОРТНЫХ </a:t>
             </a:r>
-            <a:r>
-              <a:rPr lang="ru-RU" altLang="ru-RU" sz="2400" b="1" dirty="0" smtClean="0">
+            <a:br>
+              <a:rPr lang="ru-RU" altLang="ru-RU" sz="2800" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>ЖҮРГІЗУШІЛЕРГЕ </a:t>
-            </a:r>
+            </a:br>
             <a:r>
-              <a:rPr lang="ru-RU" altLang="ru-RU" sz="2400" b="1" dirty="0">
+              <a:rPr lang="ru-RU" altLang="ru-RU" sz="2800" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>ҚОЙЫЛАТЫН ТАЛАПТАР</a:t>
+              <a:t>СРЕДСТВ ПРИ ПЕРЕВОЗКЕ ДЕТЕЙ</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Прямоугольник 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B1D7D6B6-294F-4ED6-99C7-2F32093CF129}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1370099" y="78150"/>
             <a:ext cx="9729702" cy="395478"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
@@ -40620,148 +37156,101 @@
             <a:schemeClr val="accent1">
               <a:hueOff val="0"/>
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
             </a:schemeClr>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1">
               <a:hueOff val="0"/>
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
             </a:schemeClr>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="485209" tIns="53341" rIns="99568" bIns="53340" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr lvl="0" defTabSz="622300">
+            <a:pPr lvl="0" defTabSz="622300" rtl="0">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="35000"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1400" b="1" dirty="0" err="1">
+              <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Соблюдать ограничение </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" b="1" kern="1200" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="2A339C"/>
                 </a:solidFill>
                 <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Жылдамдықты</a:t>
+              <a:t>скорости</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1400" b="1" dirty="0">
-[...19 lines deleted...]
-              <a:rPr lang="ru-RU" sz="1400" b="1" dirty="0">
+              <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="2A339C"/>
                 </a:solidFill>
                 <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1400" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="ru-RU" sz="1400" b="1" kern="1200" dirty="0">
                 <a:solidFill>
-                  <a:schemeClr val="tx1"/>
+                  <a:srgbClr val="2A339C"/>
                 </a:solidFill>
                 <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>асырмау</a:t>
+              <a:t>до 60 км/ч</a:t>
             </a:r>
-            <a:r>
-[...35 lines deleted...]
-            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="33" name="Овал 32"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6670385" y="2415692"/>
             <a:ext cx="587057" cy="587057"/>
           </a:xfrm>
           <a:prstGeom prst="ellipse">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="D49A0A"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
@@ -40903,168 +37392,91 @@
             <a:schemeClr val="accent1">
               <a:hueOff val="0"/>
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
             </a:schemeClr>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1">
               <a:hueOff val="0"/>
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
             </a:schemeClr>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="485209" tIns="53341" rIns="99568" bIns="53341" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr lvl="0" defTabSz="622300">
+            <a:pPr lvl="0" defTabSz="622300" rtl="0">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="35000"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1400" b="1" dirty="0" err="1">
+              <a:rPr lang="ru-RU" sz="1400" b="1" kern="1200" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="2A339C"/>
                 </a:solidFill>
                 <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Бекітілген</a:t>
+              <a:t>Строго</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1400" b="1" dirty="0">
+              <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> следовать по утвержденному </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" b="1" kern="1200" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="2A339C"/>
                 </a:solidFill>
                 <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
+              <a:t>маршруту</a:t>
             </a:r>
-            <a:r>
-[...85 lines deleted...]
-            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="39" name="Овал 38"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6670385" y="3094234"/>
             <a:ext cx="587057" cy="587057"/>
           </a:xfrm>
           <a:prstGeom prst="ellipse">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="D49A0A"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
@@ -41206,288 +37618,81 @@
             <a:schemeClr val="accent1">
               <a:hueOff val="0"/>
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
             </a:schemeClr>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1">
               <a:hueOff val="0"/>
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
             </a:schemeClr>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="485209" tIns="53341" rIns="99568" bIns="53340" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr lvl="0" defTabSz="622300">
+            <a:pPr lvl="0" defTabSz="622300" rtl="0">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="35000"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1400" dirty="0" err="1">
+              <a:rPr lang="ru-RU" sz="1400" b="1" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="2A339C"/>
+                </a:solidFill>
+                <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Не перевозить в салоне лишний груз</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Салонда</a:t>
+              <a:t>, кроме ручной клади и личных вещей детей</a:t>
             </a:r>
-            <a:r>
-[...215 lines deleted...]
-            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="42" name="Овал 41"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6670385" y="3775599"/>
             <a:ext cx="587057" cy="587057"/>
           </a:xfrm>
           <a:prstGeom prst="ellipse">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="D49A0A"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
@@ -41629,338 +37834,81 @@
             <a:schemeClr val="accent1">
               <a:hueOff val="0"/>
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
             </a:schemeClr>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1">
               <a:hueOff val="0"/>
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
             </a:schemeClr>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="485209" tIns="53341" rIns="99568" bIns="53340" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr lvl="0" defTabSz="622300">
+            <a:pPr lvl="0" defTabSz="622300" rtl="0">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="35000"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1400" dirty="0" err="1">
+              <a:rPr lang="ru-RU" sz="1400" b="1" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="2A339C"/>
+                </a:solidFill>
+                <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Не оставлять салон автобуса </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Отырғызу</a:t>
+              <a:t>при наличии в нём детей, включая моменты посадки и высадки</a:t>
             </a:r>
-            <a:r>
-[...265 lines deleted...]
-            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="46" name="Овал 45"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6670386" y="4456962"/>
             <a:ext cx="587058" cy="587058"/>
           </a:xfrm>
           <a:prstGeom prst="ellipse">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="D49A0A"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
@@ -41993,52 +37941,52 @@
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1">
               <a:hueOff val="0"/>
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
             </a:schemeClr>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="47" name="Полилиния 46"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="7039339" y="5164809"/>
-            <a:ext cx="4888500" cy="442471"/>
+            <a:off x="6963913" y="5138326"/>
+            <a:ext cx="4963926" cy="587058"/>
           </a:xfrm>
           <a:custGeom>
             <a:avLst/>
             <a:gdLst>
               <a:gd name="connsiteX0" fmla="*/ 0 w 5543292"/>
               <a:gd name="connsiteY0" fmla="*/ 0 h 702211"/>
               <a:gd name="connsiteX1" fmla="*/ 5192187 w 5543292"/>
               <a:gd name="connsiteY1" fmla="*/ 0 h 702211"/>
               <a:gd name="connsiteX2" fmla="*/ 5543292 w 5543292"/>
               <a:gd name="connsiteY2" fmla="*/ 351106 h 702211"/>
               <a:gd name="connsiteX3" fmla="*/ 5192187 w 5543292"/>
               <a:gd name="connsiteY3" fmla="*/ 702211 h 702211"/>
               <a:gd name="connsiteX4" fmla="*/ 0 w 5543292"/>
               <a:gd name="connsiteY4" fmla="*/ 702211 h 702211"/>
               <a:gd name="connsiteX5" fmla="*/ 0 w 5543292"/>
               <a:gd name="connsiteY5" fmla="*/ 0 h 702211"/>
             </a:gdLst>
             <a:ahLst/>
             <a:cxnLst>
               <a:cxn ang="0">
                 <a:pos x="connsiteX0" y="connsiteY0"/>
               </a:cxn>
               <a:cxn ang="0">
                 <a:pos x="connsiteX1" y="connsiteY1"/>
               </a:cxn>
@@ -42102,200 +38050,80 @@
             <a:schemeClr val="accent1">
               <a:hueOff val="0"/>
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
             </a:schemeClr>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1">
               <a:hueOff val="0"/>
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
             </a:schemeClr>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="485209" tIns="53341" rIns="99568" bIns="53340" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr lvl="0" defTabSz="622300">
+            <a:pPr lvl="0" defTabSz="622300" rtl="0">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="35000"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1400" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="ru-RU" sz="1400" b="1" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="2A339C"/>
+                </a:solidFill>
+                <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Не обгонять </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Калоннадағы</a:t>
-[...129 lines deleted...]
-              <a:t>;</a:t>
+              <a:t>другой транспорт в колонне</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="48" name="Овал 47"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6670385" y="5138327"/>
             <a:ext cx="587057" cy="587057"/>
           </a:xfrm>
           <a:prstGeom prst="ellipse">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="D49A0A"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
@@ -42329,52 +38157,52 @@
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1">
               <a:hueOff val="0"/>
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
             </a:schemeClr>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="49" name="Полилиния 48"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="6963913" y="5816609"/>
-            <a:ext cx="4963927" cy="846441"/>
+            <a:off x="6963913" y="5816610"/>
+            <a:ext cx="4963927" cy="587058"/>
           </a:xfrm>
           <a:custGeom>
             <a:avLst/>
             <a:gdLst>
               <a:gd name="connsiteX0" fmla="*/ 0 w 5543292"/>
               <a:gd name="connsiteY0" fmla="*/ 0 h 702211"/>
               <a:gd name="connsiteX1" fmla="*/ 5192187 w 5543292"/>
               <a:gd name="connsiteY1" fmla="*/ 0 h 702211"/>
               <a:gd name="connsiteX2" fmla="*/ 5543292 w 5543292"/>
               <a:gd name="connsiteY2" fmla="*/ 351106 h 702211"/>
               <a:gd name="connsiteX3" fmla="*/ 5192187 w 5543292"/>
               <a:gd name="connsiteY3" fmla="*/ 702211 h 702211"/>
               <a:gd name="connsiteX4" fmla="*/ 0 w 5543292"/>
               <a:gd name="connsiteY4" fmla="*/ 702211 h 702211"/>
               <a:gd name="connsiteX5" fmla="*/ 0 w 5543292"/>
               <a:gd name="connsiteY5" fmla="*/ 0 h 702211"/>
             </a:gdLst>
             <a:ahLst/>
             <a:cxnLst>
               <a:cxn ang="0">
                 <a:pos x="connsiteX0" y="connsiteY0"/>
               </a:cxn>
               <a:cxn ang="0">
                 <a:pos x="connsiteX1" y="connsiteY1"/>
               </a:cxn>
@@ -42438,68 +38266,81 @@
             <a:schemeClr val="accent1">
               <a:hueOff val="0"/>
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
             </a:schemeClr>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1">
               <a:hueOff val="0"/>
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
             </a:schemeClr>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="485209" tIns="53341" rIns="99569" bIns="53340" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr lvl="0" defTabSz="622300">
+            <a:pPr lvl="0" defTabSz="622300" rtl="0">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="35000"/>
               </a:spcAft>
             </a:pPr>
-            <a:endParaRPr lang="ru-RU" sz="1400" b="1" dirty="0" smtClean="0">
-[...5 lines deleted...]
-            </a:endParaRPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" b="1" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="2A339C"/>
+                </a:solidFill>
+                <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Не покидать своё место </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>и не оставлять автобус без принятия мер против самопроизвольного движения или использования автобуса в отсутствие водителя</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="50" name="Овал 49"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6670385" y="5816611"/>
             <a:ext cx="587057" cy="587057"/>
           </a:xfrm>
           <a:prstGeom prst="ellipse">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="D49A0A"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
@@ -43208,205 +39049,307 @@
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="43" name="Прямоугольник 42"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1253760" y="2619033"/>
             <a:ext cx="4642941" cy="738664"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" anchor="ctr">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="just"/>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="1400" b="1" dirty="0">
+              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+                <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>в возрасте </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="2A339C"/>
                 </a:solidFill>
                 <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>кемінде 25 жастағы</a:t>
+              <a:t>не менее 25 лет</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="1400" dirty="0">
+              <a:rPr lang="ru-RU" sz="1400" dirty="0">
                 <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>, тиісті санаттағы жүргізуші куәлігі және жүргізуші ретінде кемінде бес жыл жұмыс өтілі </a:t>
+              <a:t>, имеющие водительское удостоверение соответствующей категории и стаж работы водителем не менее пяти лет;</a:t>
             </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="45" name="Прямоугольник 44"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1253760" y="3663939"/>
+            <a:ext cx="4642941" cy="523220"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" anchor="ctr">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="1400" dirty="0" smtClean="0">
+              <a:rPr lang="ru-RU" sz="1400" dirty="0">
                 <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>бар тұлғаға;</a:t>
+              <a:t>имеющие </a:t>
             </a:r>
-            <a:endParaRPr lang="ru-RU" sz="1400" dirty="0">
-[...2 lines deleted...]
-            </a:endParaRPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="2A339C"/>
+                </a:solidFill>
+                <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>непрерывный стаж </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+                <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>работы в качестве водителя автобуса не менее трех последних лет;</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="52" name="Прямоугольник 51"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1253760" y="4493401"/>
+            <a:ext cx="4642941" cy="738664"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" anchor="ctr">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="2A339C"/>
+                </a:solidFill>
+                <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>не имевшие </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+                <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>в течение последнего года </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="2A339C"/>
+                </a:solidFill>
+                <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>грубых нарушений</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+                <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> трудовой дисциплины и Правил дорожного движения.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="53" name="Прямоугольник 52"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1253760" y="5322864"/>
+            <a:ext cx="4642941" cy="954107"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" anchor="ctr">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+                <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>водители, назначаемые для перевозки детей автобусами вместимостью </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="2A339C"/>
+                </a:solidFill>
+                <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>более 41 места</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+                <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>, а также на любые перевозки детей в междугородном сообщении со стажем работы на автобусах </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="2A339C"/>
+                </a:solidFill>
+                <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>не менее пяти лет</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+                <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>.</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Прямоугольник 1"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="692415" y="1269628"/>
             <a:ext cx="4233267" cy="830997"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0">
                 <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Балаларды</a:t>
+              <a:t>К перевозке детей допускаются водители:</a:t>
             </a:r>
-            <a:r>
-[...51 lines deleted...]
-            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="56" name="Прямоугольник 55"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6549877" y="1451558"/>
             <a:ext cx="4233267" cy="461665"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0">
                 <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Жүргізуші</a:t>
+              <a:t>Водитель обязан:</a:t>
             </a:r>
-            <a:r>
-[...9 lines deleted...]
-            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="57" name="Соединительная линия уступом 56"/>
           <p:cNvCxnSpPr>
             <a:stCxn id="56" idx="1"/>
             <a:endCxn id="33" idx="2"/>
           </p:cNvCxnSpPr>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm rot="10800000" flipH="1" flipV="1">
             <a:off x="6549877" y="1682391"/>
             <a:ext cx="120508" cy="1026830"/>
           </a:xfrm>
           <a:prstGeom prst="bentConnector3">
             <a:avLst>
               <a:gd name="adj1" fmla="val -189697"/>
             </a:avLst>
           </a:prstGeom>
           <a:ln w="19050">
             <a:solidFill>
               <a:schemeClr val="bg1">
@@ -43624,1032 +39567,54 @@
           </a:prstGeom>
           <a:ln w="19050">
             <a:solidFill>
               <a:schemeClr val="bg1">
                 <a:lumMod val="65000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:tailEnd type="triangle"/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
-      <p:sp>
-[...976 lines deleted...]
-      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1258483045"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3601166099"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -45071,68 +40036,60 @@
         <p:nvSpPr>
           <p:cNvPr id="7" name="TextBox 6"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2061712" y="225150"/>
             <a:ext cx="9524284" cy="584775"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0" anchor="ctr">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0">
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" altLang="ru-RU" sz="3200" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="ru-RU" altLang="ru-RU" sz="3200" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>БАЛАЛАРДЫ ТАСЫМАЛДАУ ТӘРТІБІ </a:t>
+              <a:t>ПОРЯДОК ПЕРЕВОЗКИ ДЕТЕЙ</a:t>
             </a:r>
-            <a:endParaRPr lang="ru-RU" altLang="ru-RU" sz="3200" b="1" dirty="0">
-[...6 lines deleted...]
-            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Прямоугольник 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B1D7D6B6-294F-4ED6-99C7-2F32093CF129}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1370099" y="78150"/>
             <a:ext cx="9729702" cy="395478"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
@@ -45176,1130 +40133,346 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Прямоугольник 2"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1208541" y="2369754"/>
             <a:ext cx="2213390" cy="830997"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1600" dirty="0" err="1">
+              <a:rPr lang="ru-RU" sz="1600" dirty="0">
                 <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Сапардың</a:t>
+              <a:t>Длительность поездки не должна </a:t>
             </a:r>
+            <a:br>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0">
+                <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
             <a:r>
               <a:rPr lang="ru-RU" sz="1600" dirty="0">
                 <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
-[...13 lines deleted...]
-              <a:t> </a:t>
+              <a:t>превышать </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="2A339C"/>
                 </a:solidFill>
                 <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>4 </a:t>
+              <a:t>4 часа</a:t>
             </a:r>
-            <a:r>
-[...43 lines deleted...]
-            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="Прямоугольник 8"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4586997" y="2369754"/>
             <a:ext cx="3018005" cy="830997"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1600" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="ru-RU" sz="1600" dirty="0">
                 <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Тасымалданатын</a:t>
+              <a:t>Дети, допущенные к перевозке, должны быть </a:t>
             </a:r>
-            <a:r>
-              <a:rPr lang="ru-RU" sz="1600" dirty="0" smtClean="0">
+            <a:br>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0">
                 <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
-[...38 lines deleted...]
-            </a:r>
+            </a:br>
             <a:r>
               <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="2A339C"/>
                 </a:solidFill>
                 <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
+              <a:t>не младше семи лет</a:t>
             </a:r>
-            <a:r>
-[...43 lines deleted...]
-            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="10" name="Прямоугольник 9"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="8483729" y="2369754"/>
             <a:ext cx="2609552" cy="1077218"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1600" dirty="0" err="1">
+              <a:rPr lang="ru-RU" sz="1600" dirty="0">
                 <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Автобустарда</a:t>
+              <a:t>На автобусах должны быть установлены знаки </a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0">
+                <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="2A339C"/>
+                </a:solidFill>
+                <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>«Перевозка детей» </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="1600" dirty="0">
                 <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
+              <a:t>спереди и сзади</a:t>
             </a:r>
-            <a:r>
-[...123 lines deleted...]
-            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="11" name="Прямоугольник 10"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="424854" y="4640165"/>
             <a:ext cx="3780763" cy="1569660"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0">
                 <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>12 </a:t>
-[...9 lines deleted...]
-              <a:t>жасқа</a:t>
+              <a:t>Дети </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="2A339C"/>
                 </a:solidFill>
                 <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
+              <a:t>до 12 лет </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0" err="1">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0">
                 <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>дейінгі</a:t>
+              <a:t>должны перевозиться только с использованием специальных </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="2A339C"/>
                 </a:solidFill>
                 <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
-[...13 lines deleted...]
-              <a:t> </a:t>
+              <a:t>детских удерживающих устройств </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="1600" dirty="0">
                 <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>тек </a:t>
+              <a:t>или других средств, позволяющих пристегнуть ребенка ремнями безопасности</a:t>
             </a:r>
-            <a:r>
-[...251 lines deleted...]
-            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="12" name="Прямоугольник 11"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="4586997" y="4763275"/>
-            <a:ext cx="3147789" cy="830997"/>
+            <a:off x="4300192" y="4640165"/>
+            <a:ext cx="3591613" cy="1077218"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1600" dirty="0" err="1" smtClean="0">
-[...26 lines deleted...]
-            <a:r>
               <a:rPr lang="ru-RU" sz="1600" dirty="0">
                 <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>саны </a:t>
-[...51 lines deleted...]
-              <a:t>санынан</a:t>
+              <a:t>Общее количество перевозимых людей </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="2A339C"/>
                 </a:solidFill>
                 <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
+              <a:t>не должно превышать </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0" err="1" smtClean="0">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0">
                 <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>аспаууы</a:t>
+              <a:t>количество мест, предназначенных для сидения</a:t>
             </a:r>
-            <a:r>
-[...25 lines deleted...]
-            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="13" name="Прямоугольник 12"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="8080955" y="4640165"/>
             <a:ext cx="3591613" cy="1077218"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1600" dirty="0" err="1">
-[...5 lines deleted...]
-            <a:r>
               <a:rPr lang="ru-RU" sz="1600" dirty="0">
                 <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
-[...9 lines deleted...]
-              <a:t>отырғызу</a:t>
+              <a:t>Места </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="2A339C"/>
                 </a:solidFill>
                 <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
-[...46 lines deleted...]
-              <a:t>орындарын</a:t>
+              <a:t>посадки и высадки </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="1600" dirty="0">
                 <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
+              <a:t>детей определяются организацией образования совместно с местными властями</a:t>
             </a:r>
-            <a:r>
-[...79 lines deleted...]
-            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="2" name="Picture 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{ABEE7364-D2FB-DE7A-61F4-CC24B157BE93}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId4" cstate="print">
             <a:duotone>
               <a:schemeClr val="accent4">
                 <a:shade val="45000"/>
                 <a:satMod val="135000"/>
               </a:schemeClr>
               <a:prstClr val="white"/>
@@ -46348,159 +40521,129 @@
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="16" name="Рисунок 15" descr="Часы со сплошной заливкой">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E796D3E4-11F0-266F-32DA-AF8594FA3DE6}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId6" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
               <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
-                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" xmlns="" r:embed="rId7"/>
+                <asvg:svgBlip xmlns="" xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId7"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="1862881" y="1441904"/>
             <a:ext cx="914400" cy="914400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="17" name="Рисунок 16" descr="Дети со сплошной заливкой">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E6C78509-3833-5070-1B97-02827CEA5F79}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId8" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
               <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
-                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" xmlns="" r:embed="rId9"/>
+                <asvg:svgBlip xmlns="" xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId9"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="5638798" y="1513679"/>
             <a:ext cx="914400" cy="914400"/>
-          </a:xfrm>
-[...28 lines deleted...]
-            <a:ext cx="1343422" cy="556261"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="22" name="Рисунок 21" descr="Автобус со сплошной заливкой">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8C0986C6-5271-D9E8-F1FB-5836A30A4767}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId11" cstate="print">
+          <a:blip r:embed="rId10" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
               <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
-                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" xmlns="" r:embed="rId12"/>
+                <asvg:svgBlip xmlns="" xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId12"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="9419561" y="3710832"/>
             <a:ext cx="914400" cy="914400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="14" name="Рисунок 13">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9A3C2C08-3DB8-3656-531E-7582ACBE1C1C}"/>
               </a:ext>
             </a:extLst>
@@ -46537,80 +40680,156 @@
                         <a14:foregroundMark x1="57222" y1="98828" x2="57222" y2="98828"/>
                         <a14:foregroundMark x1="42556" y1="99219" x2="42556" y2="99219"/>
                         <a14:backgroundMark x1="58444" y1="13281" x2="57667" y2="19727"/>
                         <a14:backgroundMark x1="52222" y1="74219" x2="52222" y2="74219"/>
                       </a14:backgroundRemoval>
                     </a14:imgEffect>
                   </a14:imgLayer>
                 </a14:imgProps>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="1517302" y="3657250"/>
             <a:ext cx="1668349" cy="949106"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="15" name="Рисунок 14"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId15" cstate="print">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9414714" y="1509108"/>
+            <a:ext cx="942565" cy="829457"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3657587309"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide7.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="22" name="Блок-схема: задержка 21"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2173837" y="1734532"/>
+            <a:ext cx="5244061" cy="4204355"/>
+          </a:xfrm>
+          <a:prstGeom prst="flowChartDelay">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="D49A0A"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
       <p:grpSp>
         <p:nvGrpSpPr>
           <p:cNvPr id="19" name="Группа 18"/>
           <p:cNvGrpSpPr/>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm>
             <a:off x="1" y="1734532"/>
             <a:ext cx="7305772" cy="4204355"/>
             <a:chOff x="1" y="1734532"/>
             <a:chExt cx="7305772" cy="4204355"/>
           </a:xfrm>
           <a:solidFill>
             <a:schemeClr val="bg1"/>
           </a:solidFill>
           <a:effectLst>
             <a:outerShdw blurRad="50800" dist="38100" algn="l" rotWithShape="0">
               <a:prstClr val="black">
                 <a:alpha val="40000"/>
               </a:prstClr>
             </a:outerShdw>
           </a:effectLst>
         </p:grpSpPr>
         <p:sp>
@@ -47115,72 +41334,64 @@
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="TextBox 6"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2061712" y="225150"/>
             <a:ext cx="9524284" cy="584775"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0" anchor="ctr">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr>
+            <a:pPr lvl="0">
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="3200" b="1" dirty="0">
+              <a:rPr lang="ru-RU" altLang="ru-RU" sz="3200" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>ҰЙЫМДАСТЫРУ ІС-ШАРАЛАРЫ</a:t>
+              <a:t>ОРГАНИЗАЦИОННЫЕ МЕРОПРИЯТИЯ</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" sz="3200" b="1" dirty="0">
-[...6 lines deleted...]
-            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Прямоугольник 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B1D7D6B6-294F-4ED6-99C7-2F32093CF129}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1370099" y="78150"/>
             <a:ext cx="9729702" cy="395478"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
@@ -47210,1313 +41421,333 @@
                 <a:srgbClr val="0070CE"/>
               </a:buClr>
               <a:buSzPct val="100000"/>
               <a:defRPr/>
             </a:pPr>
             <a:endParaRPr lang="en-US" altLang="ru-RU" sz="1801" b="1" cap="small" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="10" name="Прямоугольник 9"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="7905213" y="2386985"/>
-            <a:ext cx="4063267" cy="369332"/>
+            <a:ext cx="4063267" cy="646331"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" b="1" dirty="0" err="1">
+              <a:rPr lang="ru-RU" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="2A339C"/>
+                </a:solidFill>
                 <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Автобустың</a:t>
-[...34 lines deleted...]
-              <a:t>:</a:t>
+              <a:t>Ответственность за исправность автобуса в случаях, если это:</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="12" name="Прямоугольник 11"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="8299288" y="4497999"/>
-            <a:ext cx="3352522" cy="860665"/>
+            <a:off x="8310881" y="4483945"/>
+            <a:ext cx="3275116" cy="860665"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="bg1">
               <a:lumMod val="95000"/>
             </a:schemeClr>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1600" dirty="0" err="1" smtClean="0">
-[...28 lines deleted...]
-            <a:r>
               <a:rPr lang="ru-RU" sz="1600" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
+              <a:t>автобус поставщика государственных услуг – за поставщиком услуг</a:t>
             </a:r>
-            <a:r>
-[...85 lines deleted...]
-            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="13" name="Прямоугольник 12"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="8310881" y="3328298"/>
             <a:ext cx="3275116" cy="860665"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="bg1">
               <a:lumMod val="95000"/>
             </a:schemeClr>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1600" dirty="0" err="1">
-[...8 lines deleted...]
-            <a:r>
               <a:rPr lang="ru-RU" sz="1600" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
+              <a:t>школьный автобус закрепляется за руководителем организаций образования</a:t>
             </a:r>
-            <a:r>
-[...95 lines deleted...]
-            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="14" name="Прямоугольник 13"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="403067" y="1831022"/>
             <a:ext cx="5692934" cy="2031325"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0">
-[...33 lines deleted...]
-            <a:r>
               <a:rPr lang="ru-RU" dirty="0">
                 <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
+              <a:t>Ответственность за организацию безопасной перевозки детей, включая требования к поставщику услуг, документирование решения о перевозке детей, определение сопровождающих лиц, проведение инструктажа и другие организационные мероприятия закрепляется </a:t>
             </a:r>
-            <a:r>
-[...20 lines deleted...]
-            <a:r>
+            <a:br>
               <a:rPr lang="ru-RU" dirty="0">
                 <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
-[...304 lines deleted...]
-            </a:r>
+            </a:br>
             <a:r>
               <a:rPr lang="ru-RU" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="2A339C"/>
                 </a:solidFill>
                 <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t> беру </a:t>
+              <a:t>за руководителем организации образования</a:t>
             </a:r>
-            <a:r>
-[...55 lines deleted...]
-            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="15" name="Прямоугольник 14"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="403067" y="4189668"/>
             <a:ext cx="5692934" cy="1477328"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" dirty="0" err="1">
-[...5 lines deleted...]
-            <a:r>
               <a:rPr lang="ru-RU" dirty="0">
                 <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>-шара </a:t>
-[...261 lines deleted...]
-              <a:t>жетекші</a:t>
+              <a:t>Ответственность за безопасность детей в пути следования до места проведения мероприятия и обратно, а также на месте пребывания закрепляется за сопровождающими лицами, утвержденными </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="2A339C"/>
                 </a:solidFill>
                 <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
+              <a:t>приказом руководителя организации образования</a:t>
             </a:r>
-            <a:r>
-[...35 lines deleted...]
-            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="21" name="Соединительная линия уступом 20"/>
           <p:cNvCxnSpPr>
             <a:stCxn id="10" idx="1"/>
             <a:endCxn id="13" idx="1"/>
           </p:cNvCxnSpPr>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm rot="10800000" flipH="1" flipV="1">
-            <a:off x="7905213" y="2571651"/>
-            <a:ext cx="405668" cy="1186980"/>
+            <a:off x="7905213" y="2710151"/>
+            <a:ext cx="405668" cy="1048480"/>
           </a:xfrm>
           <a:prstGeom prst="bentConnector3">
             <a:avLst>
               <a:gd name="adj1" fmla="val -56351"/>
             </a:avLst>
           </a:prstGeom>
           <a:ln w="19050">
             <a:solidFill>
               <a:srgbClr val="D49A0A"/>
             </a:solidFill>
             <a:tailEnd type="triangle"/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="24" name="Соединительная линия уступом 23"/>
           <p:cNvCxnSpPr>
             <a:stCxn id="10" idx="1"/>
             <a:endCxn id="12" idx="1"/>
           </p:cNvCxnSpPr>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm rot="10800000" flipH="1" flipV="1">
-            <a:off x="7905212" y="2571650"/>
-            <a:ext cx="394075" cy="2356681"/>
+            <a:off x="7905213" y="2710150"/>
+            <a:ext cx="405668" cy="2204127"/>
           </a:xfrm>
           <a:prstGeom prst="bentConnector3">
             <a:avLst>
-              <a:gd name="adj1" fmla="val -58009"/>
+              <a:gd name="adj1" fmla="val -56351"/>
             </a:avLst>
           </a:prstGeom>
           <a:ln w="19050">
             <a:solidFill>
               <a:srgbClr val="D49A0A"/>
             </a:solidFill>
             <a:tailEnd type="triangle"/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
     </p:spTree>
@@ -49035,54 +42266,54 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
-  <Words>538</Words>
+  <Words>627</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Широкоэкранный</PresentationFormat>
-  <Paragraphs>62</Paragraphs>
+  <Paragraphs>60</Paragraphs>
   <Slides>7</Slides>
   <Notes>6</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Использованные шрифты</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Тема</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Заголовки слайдов</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>7</vt:i4>
       </vt:variant>
@@ -49097,30 +42328,29 @@
       <vt:lpstr>Tahoma</vt:lpstr>
       <vt:lpstr>Тема Office</vt:lpstr>
       <vt:lpstr>Презентация PowerPoint</vt:lpstr>
       <vt:lpstr>Презентация PowerPoint</vt:lpstr>
       <vt:lpstr>Презентация PowerPoint</vt:lpstr>
       <vt:lpstr>Презентация PowerPoint</vt:lpstr>
       <vt:lpstr>Презентация PowerPoint</vt:lpstr>
       <vt:lpstr>Презентация PowerPoint</vt:lpstr>
       <vt:lpstr>Презентация PowerPoint</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Презентация PowerPoint</dc:title>
   <dc:creator>User</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>